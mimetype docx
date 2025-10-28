--- v0 (2025-10-04)
+++ v1 (2025-10-28)
@@ -1,4468 +1,4819 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3AA59455" w14:textId="3D7FAE98" w:rsidR="0069719B" w:rsidRPr="0069719B" w:rsidRDefault="0069719B" w:rsidP="0069719B">
-[...5 lines deleted...]
-        <w:t>PATVIRTINTA</w:t>
+    <w:p w14:paraId="24B58727" w14:textId="77777777" w:rsidR="00FA0BA0" w:rsidRDefault="00FA0BA0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="423" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44370CC6" w14:textId="77777777" w:rsidR="00FA0BA0" w:rsidRDefault="00FA0BA0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="423" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7953E992" w14:textId="77777777" w:rsidR="00FA0BA0" w:rsidRDefault="00FA0BA0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="423" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="313FA7FF" w14:textId="77777777" w:rsidR="00FA0BA0" w:rsidRDefault="00FA0BA0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="423" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="543F9E42" w14:textId="77777777" w:rsidR="00FA0BA0" w:rsidRDefault="00FA0BA0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="423" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="528315AF" w14:textId="77777777" w:rsidR="00FA0BA0" w:rsidRPr="002803CD" w:rsidRDefault="00FA0BA0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="423" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11974722" w14:textId="27A726AA" w:rsidR="00541024" w:rsidRPr="009F5786" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="423" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5786">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>MARIJAMPOLĖS „RYTO“ PROGIMNAZIJOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6659CAC4" w14:textId="3E59455A" w:rsidR="0069719B" w:rsidRDefault="0069719B" w:rsidP="0069719B">
-[...34 lines deleted...]
-        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+    <w:p w14:paraId="739094CD" w14:textId="77777777" w:rsidR="00541024" w:rsidRPr="009F5786" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="423" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...30 lines deleted...]
-          <w:b/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5786">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>VAIKO GEROVĖS KOMISIJOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10AD1C03" w14:textId="4038B9FF" w:rsidR="00F41385" w:rsidRDefault="0069719B">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+    <w:p w14:paraId="0CA9782F" w14:textId="10FB1B2A" w:rsidR="00541024" w:rsidRPr="009F5786" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="423" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5786">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2025–2026 M. M. </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA0BA0" w:rsidRPr="009F5786">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">VEIKLOS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F5786">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>PLANAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2158C5C5" w14:textId="77777777" w:rsidR="00FA0BA0" w:rsidRPr="009F5786" w:rsidRDefault="00FA0BA0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="423" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7506CB3D" w14:textId="77777777" w:rsidR="00FA0BA0" w:rsidRDefault="00FA0BA0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="423" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:b/>
-        </w:rPr>
-        <w:t>2022</w:t>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13623E9C" w14:textId="77777777" w:rsidR="00FA0BA0" w:rsidRDefault="00FA0BA0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="423" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EE8FB73" w14:textId="77777777" w:rsidR="00FA0BA0" w:rsidRDefault="00FA0BA0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="423" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57F3E899" w14:textId="47C5AF79" w:rsidR="00FA0BA0" w:rsidRDefault="00FA0BA0" w:rsidP="00FA0BA0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="423" w:firstLine="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA0BA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Parengė: </w:t>
       </w:r>
-      <w:r w:rsidR="004D4AF5">
-        <w:rPr>
+      <w:r w:rsidR="00406EAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Vaiko gerovės komisija</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79E3CD52" w14:textId="77777777" w:rsidR="009F5786" w:rsidRPr="00FA0BA0" w:rsidRDefault="009F5786" w:rsidP="00FA0BA0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="423" w:firstLine="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0388A4B5" w14:textId="77777777" w:rsidR="00FA0BA0" w:rsidRDefault="00FA0BA0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="423" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:b/>
-        </w:rPr>
-        <w:t>–</w:t>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63F742B8" w14:textId="77777777" w:rsidR="00FA0BA0" w:rsidRDefault="00FA0BA0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="423" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19AB1935" w14:textId="77777777" w:rsidR="00FA0BA0" w:rsidRDefault="00FA0BA0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="423" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3219FC2F" w14:textId="77777777" w:rsidR="002803CD" w:rsidRDefault="002803CD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="423" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6593CD6D" w14:textId="1B419EF7" w:rsidR="00FA0BA0" w:rsidRPr="00A7354F" w:rsidRDefault="00000000" w:rsidP="00A7354F">
+      <w:pPr>
+        <w:pStyle w:val="prastasiniatinklio"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="709" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7354F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Prioritetas –</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidR="00FA0BA0" w:rsidRPr="00A7354F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vaiko gerovės užtikrinimas, kuriant saugią ir palankią ugdymosi aplinką, skatinančią </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00FA0BA0" w:rsidRPr="00A7354F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>įtrauktį</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00FA0BA0" w:rsidRPr="00A7354F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>, bendradarbiavimą ir pagalbos teikimą, atliepiantį kiekvieno mokinio individualius poreikius.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50B59458" w14:textId="07FF9846" w:rsidR="00FA0BA0" w:rsidRPr="00A7354F" w:rsidRDefault="00000000" w:rsidP="00A7354F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7354F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:b/>
         </w:rPr>
-        <w:t>2023 M.</w:t>
+        <w:t>Tikslas:</w:t>
       </w:r>
-      <w:r w:rsidR="004D4AF5">
-[...1 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00A7354F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>M. PLANAS</w:t>
+      <w:r w:rsidR="00FA0BA0" w:rsidRPr="00A7354F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>Koordinuotai teikti švietimo, socialinę ir psichologinę pagalbą, užtikrinant vaiko teises ir teisėtus interesus, siekiant sėkmingo mokinio ugdymosi, emocinės gerovės bei sklandaus įsitraukimo į ugdymo procesą.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C184F91" w14:textId="77777777" w:rsidR="00F41385" w:rsidRDefault="00F41385" w:rsidP="004D4AF5">
-[...2 lines deleted...]
-        <w:ind w:left="0" w:right="423" w:firstLine="0"/>
+    <w:p w14:paraId="7C299444" w14:textId="4497DA1E" w:rsidR="00FA0BA0" w:rsidRPr="00A7354F" w:rsidRDefault="00FA0BA0" w:rsidP="00A7354F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1128" w:firstLine="6"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...8 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:b/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> teikti švietimo pagalbą, šalinant priežastis, kurios trukdo mokiniams ugdytis bei gerinti ugdymo(si) rezultatus, atsižvelgiant į kiekvieno mokinio gebėjimus ir poreikius. Bendradarbiaujant su bendruomenės nariais, kurti sveiką, saugią ir patrauklią ugdymosi aplinką.  </w:t>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7354F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Uždaviniai: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E10E218" w14:textId="77777777" w:rsidR="00F41385" w:rsidRDefault="0069719B" w:rsidP="004D4AF5">
-[...2 lines deleted...]
-        <w:ind w:left="1128" w:right="3633" w:firstLine="573"/>
+    <w:p w14:paraId="47C2FFC0" w14:textId="77777777" w:rsidR="00A7354F" w:rsidRPr="00A7354F" w:rsidRDefault="00A7354F" w:rsidP="00A7354F">
+      <w:pPr>
+        <w:pStyle w:val="prastasiniatinklio"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="414"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Uždaviniai:  </w:t>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00237475">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Atlikti mokinio ugdymosi poreikių pirminį vertinimą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A7354F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir remiantis jo rezultatais inicijuoti reikiamos pagalbos teikimą.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78BE9852" w14:textId="77777777" w:rsidR="00F41385" w:rsidRDefault="0069719B" w:rsidP="004D4AF5">
-      <w:pPr>
+    <w:p w14:paraId="1EDA466A" w14:textId="77777777" w:rsidR="00A7354F" w:rsidRPr="00A7354F" w:rsidRDefault="00A7354F" w:rsidP="00A7354F">
+      <w:pPr>
+        <w:pStyle w:val="prastasiniatinklio"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:tabs>
-[...4 lines deleted...]
-        <w:ind w:firstLine="708"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="414"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Teikti pedagoginę, psichologinę, socialinę pedagoginę, specialiąją pedagoginę pagalbą bendruomenės nariams ugdymo organizavimo pritaikymo, mokymosi sunkumų, netinkamo elgesio, lankomumo, saugumo užtikrinimo ir kitais klausimais. </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00237475">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Organizuoti ir koordinuoti mokymosi, švietimo ar kitos pagalbos teikimą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00237475">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A7354F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bendrojo ugdymo programų pritaikymą bei individualių ugdymo planų rengimą ir įgyvendinimą.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42E66751" w14:textId="77777777" w:rsidR="00F41385" w:rsidRDefault="0069719B" w:rsidP="004D4AF5">
-      <w:pPr>
+    <w:p w14:paraId="36CC05EF" w14:textId="77777777" w:rsidR="00A7354F" w:rsidRPr="00A7354F" w:rsidRDefault="00A7354F" w:rsidP="00237475">
+      <w:pPr>
+        <w:pStyle w:val="prastasiniatinklio"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:tabs>
-[...4 lines deleted...]
-        <w:ind w:firstLine="708"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="414"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Aiškintis mokinių nesėkmingo mokymosi priežastis, elgesio taisyklių pažeidimus, lankomumo problemas, ieškoti galimų problemos sprendimo būdų. </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00237475">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Teikti siūlymus progimnazijos vadovui</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A7354F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dėl saugios ir vaikui palankios ugdymosi aplinkos kūrimo bei dėl kreipimosi į vaiko teisių apsaugą užtikrinančias institucijas, kai tėvai (globėjai, rūpintojai) neužtikrina vaiko teisių ir teisėtų interesų.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C166D10" w14:textId="77777777" w:rsidR="00F41385" w:rsidRDefault="0069719B" w:rsidP="004D4AF5">
-      <w:pPr>
+    <w:p w14:paraId="131F7AE5" w14:textId="77777777" w:rsidR="00A7354F" w:rsidRPr="00A7354F" w:rsidRDefault="00A7354F" w:rsidP="00237475">
+      <w:pPr>
+        <w:pStyle w:val="prastasiniatinklio"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:tabs>
-[...4 lines deleted...]
-        <w:ind w:firstLine="708"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="414"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Konsultuoti tėvus (globėjus, rūpintojus) vaikų ugdymo organizavimo, elgesio, lankomumo, saugumo užtikrinimo ir kitais klausimais.  </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00237475">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Pasibaigus vaiko minimalios ar vidutinės priežiūros priemonės taikymo laikotarpiui</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00237475">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A7354F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> organizuoti mokymosi ar kitos pagalbos teikimą siekiant vaiko sklandaus įsitraukimo į ugdymo procesą.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2362C21A" w14:textId="77777777" w:rsidR="00F41385" w:rsidRDefault="0069719B" w:rsidP="004D4AF5">
-      <w:pPr>
+    <w:p w14:paraId="39BA54CB" w14:textId="77777777" w:rsidR="00A7354F" w:rsidRPr="00A7354F" w:rsidRDefault="00A7354F" w:rsidP="00237475">
+      <w:pPr>
+        <w:pStyle w:val="prastasiniatinklio"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:tabs>
-[...4 lines deleted...]
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="414"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Skatinti aktyvų ir pozityvų mokyklos narių tarpusavio bendradarbiavimą, sprendžiant su vaiko gerove susijusius klausimus. </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00237475">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Analizuoti progimnazijos bendruomenės narių veikimą ar neveikimą vaiko gerovės atžvilgiu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A7354F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir ieškoti naujų galimybių bei sprendimo būdų, telkiant reikiamus išteklius.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EBD1745" w14:textId="77777777" w:rsidR="00F41385" w:rsidRDefault="0069719B" w:rsidP="004D4AF5">
-[...55 lines deleted...]
-        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+    <w:p w14:paraId="56F3C161" w14:textId="77777777" w:rsidR="00A7354F" w:rsidRDefault="00A7354F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1133" w:firstLine="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...18 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="1004" w:type="dxa"/>
+        <w:tblStyle w:val="a1"/>
+        <w:tblW w:w="14601" w:type="dxa"/>
+        <w:tblInd w:w="704" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="834"/>
-        <w:gridCol w:w="8081"/>
+        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="8364"/>
         <w:gridCol w:w="2551"/>
         <w:gridCol w:w="2835"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F41385" w14:paraId="42EB1BEF" w14:textId="77777777" w:rsidTr="004D4AF5">
+      <w:tr w:rsidR="00541024" w14:paraId="24304D84" w14:textId="77777777" w:rsidTr="00404E18">
         <w:trPr>
           <w:trHeight w:val="612"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="834" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:spacing w:line="259" w:lineRule="auto"/>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D3E18C2" w14:textId="03EDF8B8" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
               <w:ind w:left="0" w:right="99" w:firstLine="0"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...4 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_heading=h.sm019pat6zre" w:colFirst="0" w:colLast="0"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>EIL. NR.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8081" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:spacing w:line="259" w:lineRule="auto"/>
+            <w:tcW w:w="8364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3248BD91" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
               <w:ind w:left="4" w:firstLine="0"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>VEIKLA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:spacing w:line="259" w:lineRule="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B9D3D84" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>PERIODIŠKUMAS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:spacing w:line="259" w:lineRule="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A4DC2A0" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
               <w:ind w:left="5" w:firstLine="0"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>ATSAKINGI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F41385" w14:paraId="1FD2EE3E" w14:textId="77777777" w:rsidTr="00ED3B78">
+      <w:tr w:rsidR="00541024" w14:paraId="6A0624A4" w14:textId="77777777" w:rsidTr="00237475">
         <w:trPr>
-          <w:trHeight w:val="364"/>
+          <w:trHeight w:val="349"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="834" w:type="dxa"/>
-[...2433 lines deleted...]
-          <w:p w14:paraId="3C8BBB71" w14:textId="77777777" w:rsidR="00F41385" w:rsidRPr="00595560" w:rsidRDefault="0069719B" w:rsidP="0047537F">
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C1A8F2D" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00541024">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:tabs>
-[...15 lines deleted...]
-          <w:p w14:paraId="57A2BB7C" w14:textId="58124BF7" w:rsidR="00F41385" w:rsidRPr="00595560" w:rsidRDefault="0069719B" w:rsidP="0047537F">
+              <w:ind w:right="99"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51F3A376" w14:textId="2DA2549F" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="4" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>Vaiko gerovės komisijos veiklos plano rengimas 202</w:t>
+            </w:r>
+            <w:r w:rsidR="004368FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>–202</w:t>
+            </w:r>
+            <w:r w:rsidR="004368FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> m. m. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0AD2D849" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Rugsėjis  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55C02A01" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="5" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t xml:space="preserve">R. Pranaitienė, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48185F20" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="5" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VGK nariai  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00541024" w14:paraId="5BFE63FD" w14:textId="77777777" w:rsidTr="00237475">
+        <w:trPr>
+          <w:trHeight w:val="385"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08B89580" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00541024">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:tabs>
-[...27 lines deleted...]
-          <w:p w14:paraId="18FF714C" w14:textId="5F5487DA" w:rsidR="00F41385" w:rsidRDefault="0069719B" w:rsidP="0047537F">
+              <w:ind w:right="99"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C4C14E3" w14:textId="77777777" w:rsidR="00541024" w:rsidRPr="00120343" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="0" w:right="136" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00120343">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VGK posėdžių organizavimas (mokinių elgesio, bendravimo, mokymosi sunkumų, mokyklos nelankymo priežasčių aptarimas, pagalbos priemonių sunkumams įveikti numatymas ir kt.) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DCA0394" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 kartą per mėnesį </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49F85108" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="5" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>R. Pranaitienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56497AF1" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="5" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VGK nariai  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00541024" w14:paraId="7174FE3D" w14:textId="77777777" w:rsidTr="00237475">
+        <w:trPr>
+          <w:trHeight w:val="385"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="494EC517" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00541024">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
+              <w:ind w:right="99"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6DEBD793" w14:textId="0C1D1F57" w:rsidR="00541024" w:rsidRPr="00120343" w:rsidRDefault="00120343">
+            <w:pPr>
+              <w:ind w:left="0" w:right="136" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00120343">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+              </w:rPr>
+              <w:t>Tėvų informavimas apie mokinių lankomumo užtikrinimo tvarką ir jų vaidmenį sprendžiant lankomumo problema</w:t>
+            </w:r>
+            <w:r w:rsidR="004368FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00120343">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="004368FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00120343">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>šsiunčiant informaciją e. dienyne)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BBA028A" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>Rugsėjis, spalis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A001D67" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="5" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t xml:space="preserve">R. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>Mardosienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00541024" w14:paraId="2E80EA55" w14:textId="77777777" w:rsidTr="00404E18">
+        <w:trPr>
+          <w:trHeight w:val="385"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14601" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="304A53E3" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="5" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>SPECIALUSIS UGDYMAS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00541024" w14:paraId="32A54AFC" w14:textId="77777777" w:rsidTr="00237475">
+        <w:trPr>
+          <w:trHeight w:val="385"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3406AD2D" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00541024">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="99"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F2E626C" w14:textId="3086AFC2" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="0" w:right="136" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Švietimo pagalbos gavėjų sąrašo sudarymas </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3182C996" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>Rugsėjo 1 d.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="017C5F2E" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00541024">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B5C1977" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="5" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>R. Pranaitienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3749B516" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="5" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t xml:space="preserve">J. Kazlauskienė, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21B4DD94" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="5" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>Urbšytė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00541024" w14:paraId="15FDE586" w14:textId="77777777" w:rsidTr="00237475">
+        <w:trPr>
+          <w:trHeight w:val="385"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A3A85AF" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00541024">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="99"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02273FC7" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="0" w:right="136" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>Informacijos apie mokinius, turinčius mokymosi, elgesio ir / ar emocinių sunkumų rinkimas, pagalbos priemonių planavimas ir organizavimas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36C6676C" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="0" w:right="135" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>Visus mokslo metus, pagal poreikį</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="747A6191" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="5" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>VGK nariai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00541024" w14:paraId="04DCAD45" w14:textId="77777777" w:rsidTr="00237475">
+        <w:trPr>
+          <w:trHeight w:val="728"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="485B043F" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00541024">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="99"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66BEB210" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="0" w:right="136" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>Pirminis / pakartotinis vaikų specialiųjų ugdymosi poreikių, kylančių ugdymo(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>si</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>) procese, įvertinimas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CC1ED19" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>Visus mokslo metus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76B1B763" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="5" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>R. Pranaitienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AD552F8" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="5" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>švietimo pagalbos specialistai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00541024" w14:paraId="5E4A2C0F" w14:textId="77777777" w:rsidTr="00237475">
+        <w:trPr>
+          <w:trHeight w:val="385"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20EFD3E2" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00541024">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="99"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2BA05833" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="0" w:right="136" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>Naujai į mokyklą atvykusių mokinių, besimokančių pagal pritaikytas ir individualizuotas programas stebėjimas, sprendimų priėmimas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="416460DD" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>Visus mokslo metus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42E4CAF0" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="5" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>VGK nariai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00541024" w14:paraId="4E220830" w14:textId="77777777" w:rsidTr="00237475">
+        <w:trPr>
+          <w:trHeight w:val="385"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E89113E" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00541024">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="99"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4B67508A" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="0" w:right="136" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>Individualių ugdymo planų rengimas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55898FE1" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="0" w:right="135" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>Visus mokslo metus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19618B19" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="5" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>VGK, mokytojai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00541024" w14:paraId="07028824" w14:textId="77777777" w:rsidTr="00237475">
+        <w:trPr>
+          <w:trHeight w:val="385"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0AA0E591" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00541024">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="99"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="_heading=h.5p23ec2pb99c" w:colFirst="0" w:colLast="0"/>
+            <w:bookmarkEnd w:id="1"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5993B421" w14:textId="0C650D64" w:rsidR="00541024" w:rsidRPr="00404E18" w:rsidRDefault="00404E18">
+            <w:pPr>
+              <w:ind w:left="0" w:right="136" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00404E18">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+              </w:rPr>
+              <w:t>Organizuoti individualų darbą ir konsultacijas su specialiųjų ugdymosi poreikių turinčiais mokiniais, jų tėvais ir mokytojais</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="127248A2" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>Visus mokslo metus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45591EE1" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="598"/>
+                <w:tab w:val="left" w:pos="116"/>
               </w:tabs>
-              <w:spacing w:line="259" w:lineRule="auto"/>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> (pasirašytinai)</w:t>
+              <w:ind w:left="28" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>Švietimo pagalbos specialistai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00541024" w14:paraId="7DDF40C0" w14:textId="77777777" w:rsidTr="00404E18">
+        <w:trPr>
+          <w:trHeight w:val="385"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14601" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B4D41BA" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="5" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>PREVENCINĖ VEIKLA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00541024" w14:paraId="73A699D8" w14:textId="77777777" w:rsidTr="00237475">
+        <w:trPr>
+          <w:trHeight w:val="372"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48E4718C" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00541024">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="99"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EE4ECC9" w14:textId="0A5E2A1F" w:rsidR="00541024" w:rsidRPr="00CE3F02" w:rsidRDefault="004F528D">
+            <w:pPr>
+              <w:ind w:left="4" w:right="268" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE3F02">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+              </w:rPr>
+              <w:t>Prisidėti prie Pasaulinės psichinės sveikatos dienos paminėjimo, skleisti informaciją apie psichikos sveikatos svarbą</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F5CCE8F" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>Spalis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="166D2163" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="5" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:color w:val="00000A"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:color w:val="00000A"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:color w:val="00000A"/>
+              </w:rPr>
+              <w:t>Račiuvienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00541024" w14:paraId="0DD16898" w14:textId="77777777" w:rsidTr="00237475">
+        <w:trPr>
+          <w:trHeight w:val="372"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5968ED3A" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00541024">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="99"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2961AA5B" w14:textId="1749EEE3" w:rsidR="00541024" w:rsidRPr="00CE3F02" w:rsidRDefault="004F528D">
+            <w:pPr>
+              <w:ind w:left="4" w:right="268" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE3F02">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Prisidėti prie Pyragų dienos renginio, skatinant bendruomeniškumą ir </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE3F02">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+              </w:rPr>
+              <w:t>įtrauktį</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22D12832" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>Lapkritis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CFFD669" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="5" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>VGK nariai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00541024" w14:paraId="10DD96EF" w14:textId="77777777" w:rsidTr="00237475">
+        <w:trPr>
+          <w:trHeight w:val="612"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35A638A8" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00541024">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="99"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44D849AA" w14:textId="77777777" w:rsidR="00541024" w:rsidRPr="00CE3F02" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="4" w:right="268" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE3F02">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>1, 5 klasių ir naujai atvykusius mokinių, mokinių tėvų supažindinimas su švietimo pagalbos galimybėmis mokykloje (informacija E. dienyne)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="388EE749" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="-8" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>Rugsėjis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D4B9DE8" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="116"/>
+              </w:tabs>
+              <w:ind w:left="28" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t xml:space="preserve">S. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>Dzermeikienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="38F5A493" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="116"/>
+              </w:tabs>
+              <w:ind w:left="28" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t xml:space="preserve">R. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>Mardosienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="42B76655" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00541024">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="116"/>
+              </w:tabs>
+              <w:ind w:left="28" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00541024" w14:paraId="02AF45A8" w14:textId="77777777" w:rsidTr="00237475">
+        <w:trPr>
+          <w:trHeight w:val="259"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FF41050" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00541024">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="99"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71229D75" w14:textId="21E957D5" w:rsidR="00541024" w:rsidRPr="00CE3F02" w:rsidRDefault="00456C6B">
+            <w:pPr>
+              <w:ind w:left="4" w:right="268" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE3F02">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+              </w:rPr>
+              <w:t>Organizuoti mokinių supažindinimą su atsakomybės už teisės pažeidimus principais (rūkymas, pirotechnika, viešosios tvarkos laikymasis)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57FF8DE2" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>Visus mokslo metus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63147C90" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="5" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t xml:space="preserve">R. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>Mardosienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="23FB81CC" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="116"/>
+              </w:tabs>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t xml:space="preserve">S. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>Dzermeikienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00541024" w14:paraId="283C6E85" w14:textId="77777777" w:rsidTr="00237475">
+        <w:trPr>
+          <w:trHeight w:val="612"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="190FE9A4" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00541024">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="99"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1283077C" w14:textId="77777777" w:rsidR="00541024" w:rsidRPr="00CE3F02" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="4" w:right="126" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE3F02">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mokyklos bendruomenės švietimas vaiko teisių apsaugos, prevencijos, vaikų saviraiškos plėtojimo, įtraukiojo ugdymo ir kitose vaiko gerovės srityse. Aktualios informacijos ir gerosios patirties sklaida. Informacijos rengimas ir viešinimas mokyklos interneto svetainėje, informaciniuose stenduose </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1AAA1DA5" w14:textId="77777777" w:rsidR="00F41385" w:rsidRDefault="0069719B" w:rsidP="0047537F">
-[...1 lines deleted...]
-              <w:spacing w:line="259" w:lineRule="auto"/>
+          <w:p w14:paraId="47C2CE6D" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:t>Rugsėjis</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>Visus mokslo metus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B3FFCCA" w14:textId="77777777" w:rsidR="00F41385" w:rsidRPr="00595560" w:rsidRDefault="0069719B" w:rsidP="0047537F">
+          <w:p w14:paraId="17761626" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>Švietimo pagalbos specialistai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00541024" w14:paraId="7686BA79" w14:textId="77777777" w:rsidTr="00237475">
+        <w:trPr>
+          <w:trHeight w:val="612"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F00268A" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00541024">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="99"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23D3547A" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="4" w:right="126" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Užsiėmimų organizavimas 1–8 klasių mokiniams, sprendžiant bendravimo, elgesio, emocijų problemas </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D5C85B6" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>Visus mokslo metus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61829C90" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="116"/>
+              </w:tabs>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>Švietimo pagalbos specialistai</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6ABD2D7B" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="116"/>
+              </w:tabs>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ž. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>Skinkienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00541024" w14:paraId="76033E1B" w14:textId="77777777" w:rsidTr="00237475">
+        <w:trPr>
+          <w:trHeight w:val="612"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29AC984A" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00541024">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="99"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D5B0AC0" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="4" w:right="126" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>Mokinių pamokose stebėjimas, siekiant įvertinti ugdymo (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>si</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>) problemas, nustatyti priežastis planuojant individualią pedagoginę pagalbą mokiniui ir mokytojams</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08B8469D" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>Esant poreikiui</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2079A6DD" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="25"/>
               </w:tabs>
-              <w:spacing w:line="259" w:lineRule="auto"/>
               <w:ind w:left="116" w:hanging="88"/>
               <w:rPr>
-                <w:color w:val="auto"/>
-[...30 lines deleted...]
-          <w:p w14:paraId="3D7844ED" w14:textId="77777777" w:rsidR="00F41385" w:rsidRDefault="00F41385" w:rsidP="0047537F">
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>Švietimo pagalbos specialistai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00541024" w14:paraId="439DF9C6" w14:textId="77777777" w:rsidTr="00404E18">
+        <w:trPr>
+          <w:trHeight w:val="337"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14601" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75727922" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="25"/>
               </w:tabs>
-              <w:spacing w:line="259" w:lineRule="auto"/>
               <w:ind w:left="116" w:hanging="88"/>
-            </w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>SAUGAUS MOKYKLOS KLIMATO KŪRIMAS</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F41385" w14:paraId="7F447612" w14:textId="77777777" w:rsidTr="00ED3B78">
+      <w:tr w:rsidR="00541024" w14:paraId="2A52A189" w14:textId="77777777" w:rsidTr="00237475">
         <w:trPr>
           <w:trHeight w:val="612"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="834" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:pStyle w:val="Sraopastraipa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E83F47A" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00541024">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="4"/>
+                <w:numId w:val="1"/>
               </w:numPr>
-              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
               <w:ind w:right="99"/>
-            </w:pPr>
-[...15 lines deleted...]
-              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4746B41A" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
               <w:ind w:left="4" w:right="126" w:firstLine="0"/>
-            </w:pPr>
-[...4 lines deleted...]
-          <w:p w14:paraId="4B3B23ED" w14:textId="77777777" w:rsidR="00F41385" w:rsidRDefault="0069719B" w:rsidP="0047537F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>Smurto ir patyčių prevencijos ir intervencijos priemonių plano parengimas ir įgyvendinimas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E7823BB" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>Rugsėjis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61FFB86A" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="25"/>
+              </w:tabs>
+              <w:ind w:left="116" w:hanging="88"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>VGK nariai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00541024" w14:paraId="47CE337D" w14:textId="77777777" w:rsidTr="00237475">
+        <w:trPr>
+          <w:trHeight w:val="612"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F0BD53E" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00541024">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="99"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44008882" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="4" w:right="126" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>Mokinių supažindinimas (priminimas) su:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6381CD06" w14:textId="717E854D" w:rsidR="00541024" w:rsidRDefault="00000000">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="740"/>
+                <w:tab w:val="left" w:pos="598"/>
               </w:tabs>
-              <w:spacing w:line="259" w:lineRule="auto"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="36DE09C6" w14:textId="77777777" w:rsidR="00F41385" w:rsidRDefault="0069719B" w:rsidP="0047537F">
+              <w:ind w:left="0" w:right="126" w:firstLine="315"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>mokinio elgesio taisyklėmis;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05A34B4E" w14:textId="1AD23462" w:rsidR="00541024" w:rsidRDefault="00000000">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
+                <w:tab w:val="left" w:pos="598"/>
+              </w:tabs>
+              <w:ind w:left="0" w:right="126" w:firstLine="315"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>pamokų lankomumo tvarkos aprašu;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="648CA6EE" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="598"/>
+              </w:tabs>
+              <w:ind w:left="0" w:right="126" w:firstLine="315"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t xml:space="preserve">patyčių prevencijos ir intervencijos vykdymo tvarkos aprašu </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>(pasirašytinai)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02ECF020" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>Rugsėjis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56C4B22C" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="25"/>
+              </w:tabs>
+              <w:ind w:left="116" w:hanging="88"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>Klasių vadovai,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52F424D1" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="28" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t xml:space="preserve">R. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>Mardosienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B3546CE" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="116"/>
+              </w:tabs>
+              <w:ind w:left="28" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t xml:space="preserve">S. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>Dzermeikienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="45EA47B8" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00541024">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="25"/>
+              </w:tabs>
+              <w:ind w:left="116" w:hanging="88"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00541024" w14:paraId="5421ABCF" w14:textId="77777777" w:rsidTr="00237475">
+        <w:trPr>
+          <w:trHeight w:val="612"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C9A0D7D" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00541024">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="99"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D044E66" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="4" w:right="126" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>Saugios ir palankios ugdymosi aplinkos užtikrinimas:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39407EAA" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
                 <w:tab w:val="left" w:pos="740"/>
               </w:tabs>
-              <w:spacing w:line="259" w:lineRule="auto"/>
               <w:ind w:left="31" w:right="126" w:firstLine="425"/>
-            </w:pPr>
-            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>tinkamas ir savalaikis reagavimas į patyčių ir smurto apraiškas, pranešimų apie patyčias analizė, priemonių taikymas;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A4810E7" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="740"/>
+              </w:tabs>
+              <w:ind w:left="31" w:right="126" w:firstLine="425"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
               <w:t>prevencinių programų vykdymo priežiūra, klasių vadovų, mokytojų konsultavimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F29C020" w14:textId="77777777" w:rsidR="00F41385" w:rsidRDefault="0069719B" w:rsidP="0047537F">
-[...1 lines deleted...]
-              <w:spacing w:line="259" w:lineRule="auto"/>
+          <w:p w14:paraId="39BD6342" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
-            </w:pPr>
-            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
               <w:t>Visus mokslo metus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FBC8B99" w14:textId="77777777" w:rsidR="00F41385" w:rsidRDefault="0069719B" w:rsidP="0047537F">
+          <w:p w14:paraId="31959FD6" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="28"/>
               </w:tabs>
-              <w:spacing w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="28"/>
-            </w:pPr>
-            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
               <w:t>Švietimo pagalbos specialistai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F41385" w14:paraId="377B6E93" w14:textId="77777777" w:rsidTr="00ED3B78">
+      <w:tr w:rsidR="00541024" w14:paraId="04413548" w14:textId="77777777" w:rsidTr="00237475">
         <w:trPr>
           <w:trHeight w:val="612"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="834" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:pStyle w:val="Sraopastraipa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AC90096" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00541024">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="4"/>
+                <w:numId w:val="1"/>
               </w:numPr>
-              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
               <w:ind w:right="99"/>
-            </w:pPr>
-[...15 lines deleted...]
-              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C2852E7" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
               <w:ind w:left="4" w:right="126" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>Tėvų</w:t>
-[...53 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>Tėvų supažindinimas su „Patyčių prevencijos ir intervencijos vykdymo tvarkos aprašu”</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="646B866E" w14:textId="3E08C2EB" w:rsidR="00F41385" w:rsidRDefault="0069719B" w:rsidP="0047537F">
-[...1 lines deleted...]
-              <w:spacing w:line="259" w:lineRule="auto"/>
+          <w:p w14:paraId="32017502" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
-            </w:pPr>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Spalis </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0663A346" w14:textId="77777777" w:rsidR="00F41385" w:rsidRDefault="0069719B" w:rsidP="0047537F">
+          <w:p w14:paraId="7CF2A8C3" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="116"/>
               </w:tabs>
-              <w:spacing w:line="259" w:lineRule="auto"/>
               <w:ind w:left="28" w:firstLine="0"/>
-            </w:pPr>
-[...2 lines deleted...]
-            </w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t xml:space="preserve">S. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>Dzermeikienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F41385" w14:paraId="010B7BA7" w14:textId="77777777" w:rsidTr="00ED3B78">
+      <w:tr w:rsidR="00541024" w14:paraId="2D1B69C6" w14:textId="77777777" w:rsidTr="00237475">
         <w:trPr>
           <w:trHeight w:val="612"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="834" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:pStyle w:val="Sraopastraipa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54A5C91F" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00541024">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="4"/>
+                <w:numId w:val="1"/>
               </w:numPr>
-              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
               <w:ind w:right="99"/>
-            </w:pPr>
-[...15 lines deleted...]
-              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77218C6A" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
               <w:ind w:left="4" w:right="126" w:firstLine="0"/>
-            </w:pPr>
-            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
               <w:t>Pamokų praleidinėjimo ir vėlavimo į pamokas kontrolė, problemų analizė ir šalinimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E83652D" w14:textId="77777777" w:rsidR="00F41385" w:rsidRDefault="0069719B" w:rsidP="0047537F">
-[...1 lines deleted...]
-              <w:spacing w:line="259" w:lineRule="auto"/>
+          <w:p w14:paraId="5D14BCC3" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
-            </w:pPr>
-            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
               <w:t>Visus mokslo metus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11CD5AF3" w14:textId="77777777" w:rsidR="00F41385" w:rsidRDefault="0069719B" w:rsidP="0047537F">
-[...1 lines deleted...]
-              <w:spacing w:line="259" w:lineRule="auto"/>
+          <w:p w14:paraId="7F9A6139" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
               <w:ind w:left="28" w:firstLine="0"/>
-            </w:pPr>
-[...6 lines deleted...]
-              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t xml:space="preserve">R. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>Mardosienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6090C67C" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
               <w:ind w:left="28" w:firstLine="0"/>
-            </w:pPr>
-[...2 lines deleted...]
-            </w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t xml:space="preserve">S. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>Dzermeikienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F41385" w14:paraId="5FD920EF" w14:textId="77777777" w:rsidTr="00ED3B78">
-[...200 lines deleted...]
-      <w:tr w:rsidR="00F41385" w14:paraId="031B7A20" w14:textId="77777777" w:rsidTr="0047537F">
+      <w:tr w:rsidR="00541024" w14:paraId="476618D9" w14:textId="77777777" w:rsidTr="00404E18">
         <w:trPr>
           <w:trHeight w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="14301" w:type="dxa"/>
+            <w:tcW w:w="14601" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4FD03F5C" w14:textId="77777777" w:rsidR="00F41385" w:rsidRDefault="0069719B" w:rsidP="0047537F">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D538019" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="116"/>
               </w:tabs>
-              <w:spacing w:line="259" w:lineRule="auto"/>
               <w:ind w:left="116" w:hanging="88"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>TIRIAMOJI VEIKLA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F41385" w14:paraId="0CCB2A05" w14:textId="77777777" w:rsidTr="00ED3B78">
+      <w:tr w:rsidR="00541024" w14:paraId="05301496" w14:textId="77777777" w:rsidTr="00237475">
         <w:trPr>
-          <w:trHeight w:val="612"/>
+          <w:trHeight w:val="135"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="834" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:pStyle w:val="Sraopastraipa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32D40789" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00541024">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="4"/>
+                <w:numId w:val="1"/>
               </w:numPr>
-              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
               <w:ind w:right="99"/>
-            </w:pPr>
-[...15 lines deleted...]
-              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B31F049" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
               <w:ind w:left="4" w:right="126" w:firstLine="0"/>
-            </w:pPr>
-            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
               <w:t xml:space="preserve">Pirmokų ir penktokų adaptacijos tyrimas </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1D898911" w14:textId="77777777" w:rsidR="00F41385" w:rsidRDefault="0069719B" w:rsidP="0047537F">
+          </w:tcPr>
+          <w:p w14:paraId="15DBC802" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="116"/>
               </w:tabs>
-              <w:spacing w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
-            </w:pPr>
-            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
               <w:t>Spalis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:spacing w:line="259" w:lineRule="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B94C401" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
               <w:ind w:left="28" w:firstLine="0"/>
-            </w:pPr>
-[...14 lines deleted...]
-            </w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>Račiuvienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F41385" w14:paraId="44CFA292" w14:textId="77777777" w:rsidTr="00ED3B78">
+      <w:tr w:rsidR="00541024" w14:paraId="68182EA0" w14:textId="77777777" w:rsidTr="00237475">
         <w:trPr>
-          <w:trHeight w:val="444"/>
+          <w:trHeight w:val="112"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="834" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:pStyle w:val="Sraopastraipa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20927724" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00541024">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="4"/>
+                <w:numId w:val="1"/>
               </w:numPr>
-              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
               <w:ind w:right="99"/>
-            </w:pPr>
-[...15 lines deleted...]
-              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DF15FD8" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
               <w:ind w:left="4" w:right="126" w:firstLine="0"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:t>Smurto, patyčių bei savijautos lygio tyrimas mokykloje</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3-8 klasių „Smurto, patyčių bei savijautos lygio tyrimas mokykloje“ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5532B5CB" w14:textId="77777777" w:rsidR="00F41385" w:rsidRDefault="0069719B" w:rsidP="0047537F">
-[...1 lines deleted...]
-              <w:spacing w:line="259" w:lineRule="auto"/>
+          <w:p w14:paraId="1FF6AB0D" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
-            </w:pPr>
-            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
               <w:t>Kovas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="157501B8" w14:textId="77777777" w:rsidR="00F41385" w:rsidRDefault="0069719B" w:rsidP="0047537F">
+          <w:p w14:paraId="04712B48" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="005E6088">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="28"/>
               </w:tabs>
-              <w:spacing w:line="259" w:lineRule="auto"/>
               <w:ind w:left="28" w:firstLine="0"/>
-            </w:pPr>
-[...2 lines deleted...]
-            </w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">R. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Mardosienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="550CD36F" w14:textId="74367408" w:rsidR="005E6088" w:rsidRDefault="005E6088">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="28"/>
+              </w:tabs>
+              <w:ind w:left="28" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">S. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Dzermeikienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F41385" w14:paraId="4DDD2F59" w14:textId="77777777" w:rsidTr="0047537F">
+      <w:tr w:rsidR="00541024" w14:paraId="5929741F" w14:textId="77777777" w:rsidTr="00404E18">
         <w:trPr>
           <w:trHeight w:val="394"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="14301" w:type="dxa"/>
+            <w:tcW w:w="14601" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:spacing w:line="259" w:lineRule="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02C1A026" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
               <w:ind w:left="28" w:firstLine="0"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>KRIZIŲ VALDYMAS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F41385" w14:paraId="7562F744" w14:textId="77777777" w:rsidTr="0047537F">
+      <w:tr w:rsidR="00541024" w14:paraId="76A78D55" w14:textId="77777777" w:rsidTr="00237475">
+        <w:trPr>
+          <w:trHeight w:val="249"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2658AA73" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00541024">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="99"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="328FB873" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="4" w:right="126" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:color w:val="00000A"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:color w:val="00000A"/>
+              </w:rPr>
+              <w:t>Krizės valdymo priemonių organizavimas įvykus krizinei situacijai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EA3CFDF" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Esant krizinei situacijai  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D6A6B69" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="28" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VGK nariai  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00541024" w14:paraId="5415E146" w14:textId="77777777" w:rsidTr="00404E18">
         <w:trPr>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="834" w:type="dxa"/>
-[...9 lines deleted...]
-              <w:pStyle w:val="Sraopastraipa"/>
+            <w:tcW w:w="14601" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14E5EF31" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="4" w:right="126" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:color w:val="00000A"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:color w:val="00000A"/>
+              </w:rPr>
+              <w:t>KITA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00541024" w14:paraId="301354FE" w14:textId="77777777" w:rsidTr="00237475">
+        <w:trPr>
+          <w:trHeight w:val="415"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6670164A" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00541024">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="4"/>
+                <w:numId w:val="1"/>
               </w:numPr>
-              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
               <w:ind w:right="99"/>
-              <w:jc w:val="both"/>
-[...16 lines deleted...]
-              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7514093E" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
               <w:ind w:left="4" w:right="126" w:firstLine="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:color w:val="00000A"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:color w:val="00000A"/>
               </w:rPr>
-              <w:t>Krizės valdymo priemonių organizavimas įvykus krizinei situacijai</w:t>
+              <w:t>Mokinių, kurie turi teisę gauti pagalbą savirūpai, sąrašo sudarymas ir pateikimas mokyklos administracijai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B8A2CBE" w14:textId="77777777" w:rsidR="00F41385" w:rsidRDefault="0069719B" w:rsidP="0047537F">
-[...1 lines deleted...]
-              <w:spacing w:line="259" w:lineRule="auto"/>
+          <w:p w14:paraId="1CB3931A" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Esant krizinei situacijai  </w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>Visus mokslo metus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7EE369E8" w14:textId="77777777" w:rsidR="00F41385" w:rsidRDefault="0069719B" w:rsidP="000B7FBE">
-[...6 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="301EFE6C" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:left="4" w:right="126" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:color w:val="00000A"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:color w:val="00000A"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ž. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:color w:val="00000A"/>
+              </w:rPr>
+              <w:t>Skinkienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0047537F" w14:paraId="75DB9A2A" w14:textId="77777777" w:rsidTr="0047537F">
+      <w:tr w:rsidR="00541024" w14:paraId="42413D0B" w14:textId="77777777" w:rsidTr="00237475">
         <w:trPr>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="14301" w:type="dxa"/>
-[...46 lines deleted...]
-              <w:pStyle w:val="Sraopastraipa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70B0735B" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00541024">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="4"/>
+                <w:numId w:val="1"/>
               </w:numPr>
-              <w:spacing w:line="259" w:lineRule="auto"/>
-[...101 lines deleted...]
-              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
               <w:ind w:right="99"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...15 lines deleted...]
-              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C465728" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
               <w:ind w:left="4" w:right="126" w:firstLine="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:color w:val="00000A"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:color w:val="00000A"/>
               </w:rPr>
               <w:t xml:space="preserve">Savirūpos planų sudarymas </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7893E41B" w14:textId="77777777" w:rsidR="00F41385" w:rsidRDefault="0069719B" w:rsidP="0047537F">
-[...1 lines deleted...]
-              <w:spacing w:line="259" w:lineRule="auto"/>
+          <w:p w14:paraId="718A5EFD" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
-            </w:pPr>
-            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              </w:rPr>
               <w:t>Visus mokslo metus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CA2DB84" w14:textId="77777777" w:rsidR="00F41385" w:rsidRDefault="0069719B" w:rsidP="000B7FBE">
-[...1 lines deleted...]
-              <w:spacing w:line="259" w:lineRule="auto"/>
+          <w:p w14:paraId="646AF85C" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
               <w:ind w:left="4" w:right="126" w:firstLine="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:color w:val="00000A"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:color w:val="00000A"/>
               </w:rPr>
-              <w:t>Ž. Skinkienė</w:t>
-[...4 lines deleted...]
-              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:t xml:space="preserve">Ž. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:color w:val="00000A"/>
+              </w:rPr>
+              <w:t>Skinkienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="76C6C35A" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
+            <w:pPr>
               <w:ind w:left="4" w:right="126" w:firstLine="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:color w:val="00000A"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:color w:val="00000A"/>
               </w:rPr>
               <w:t>R. Pranaitienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="130AF7BA" w14:textId="77777777" w:rsidR="00F41385" w:rsidRDefault="0069719B">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="43AC8409" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00541024">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1128" w:firstLine="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C522995" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00541024">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1128" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07120A94" w14:textId="4D751A5E" w:rsidR="00541024" w:rsidRPr="00237475" w:rsidRDefault="00237475">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1128" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>SUDERINTA</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>PRITARTA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26CE4F06" w14:textId="59826A35" w:rsidR="00F41385" w:rsidRDefault="0069719B">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="5A2C9440" w14:textId="3638C27D" w:rsidR="00541024" w:rsidRPr="00237475" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="1118"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00237475">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
         <w:t>VGK posėdyje</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00237475">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:t>2022-09-27</w:t>
+      <w:r w:rsidRPr="00237475">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>2025-</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidR="00A9696E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>09-18</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00237475">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:t>prot. Nr.</w:t>
+      <w:r w:rsidRPr="00237475">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>prot</w:t>
       </w:r>
-      <w:r w:rsidR="00872280">
-        <w:t xml:space="preserve"> 11</w:t>
+      <w:r w:rsidRPr="00237475">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>. Nr. 11</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FAF4D06" w14:textId="2D7FC651" w:rsidR="00F41385" w:rsidRDefault="0069719B">
-[...19 lines deleted...]
-    <w:p w14:paraId="4814717B" w14:textId="77777777" w:rsidR="00F41385" w:rsidRDefault="0069719B">
+    <w:p w14:paraId="605959D6" w14:textId="77777777" w:rsidR="00541024" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1128" w:firstLine="1129"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>__________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00F41385">
+    <w:sectPr w:rsidR="00541024">
       <w:pgSz w:w="16836" w:h="11904" w:orient="landscape"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="567" w:header="567" w:footer="567" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="1296"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Noto Sans Symbols">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{9296E503-D05E-4032-81C3-3D2A836C28DC}"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId2" w:fontKey="{56663521-6EB0-4379-BC9D-A75B638E4C41}"/>
+    <w:embedBold r:id="rId3" w:fontKey="{36DCCD16-91D3-4503-B679-2B6F46D91F81}"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId4" w:fontKey="{A15503BE-3634-4461-9D71-DE2896D4DD40}"/>
+    <w:embedItalic r:id="rId5" w:fontKey="{B66527E6-A9C6-4147-A10D-1D03314E30D7}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId6" w:fontKey="{B7F9E495-FE0D-4D5B-BF5B-6520DD6BAD5C}"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId7" w:fontKey="{8E4B7008-0DD9-4F00-9380-D8C06CF609E7}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0BA0195C"/>
+    <w:nsid w:val="10C16FB9"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="4424A6AC"/>
+    <w:tmpl w:val="A74A2A7C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="724" w:hanging="359"/>
+        <w:ind w:left="724" w:hanging="357"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1444" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2164" w:hanging="360"/>
       </w:pPr>
@@ -4522,149 +4873,176 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5764" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6484" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="10CB7A7B"/>
-[...85 lines deleted...]
-    <w:nsid w:val="25E20509"/>
+    <w:nsid w:val="1B287991"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="ADD2FC1E"/>
+    <w:tmpl w:val="1B807468"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="254636C1"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8098CF26"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="993" w:hanging="993"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="655" w:hanging="655"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
@@ -4802,53 +5180,139 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5695" w:hanging="5695"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="7C1C0338"/>
+    <w:nsid w:val="4B554039"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="6C30D45E"/>
+    <w:tmpl w:val="1114871C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5D5833AF"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F9781FEA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="780" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1500" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -4914,145 +5378,145 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5820" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6540" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="141385161">
+  <w:num w:numId="1" w16cid:durableId="1276448487">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="69893631">
+  <w:num w:numId="2" w16cid:durableId="1799299190">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="556744665">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="937326444">
+  <w:num w:numId="4" w16cid:durableId="1548565164">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="957029943">
+  <w:num w:numId="5" w16cid:durableId="204342489">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="99"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:embedTrueTypeFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F41385"/>
-[...25 lines deleted...]
-    <w:rsid w:val="00F41385"/>
+    <w:rsidRoot w:val="00541024"/>
+    <w:rsid w:val="00120343"/>
+    <w:rsid w:val="00237475"/>
+    <w:rsid w:val="002803CD"/>
+    <w:rsid w:val="002B25FC"/>
+    <w:rsid w:val="00404E18"/>
+    <w:rsid w:val="00406EAD"/>
+    <w:rsid w:val="004368FA"/>
+    <w:rsid w:val="00456C6B"/>
+    <w:rsid w:val="004F528D"/>
+    <w:rsid w:val="00541024"/>
+    <w:rsid w:val="005E6088"/>
+    <w:rsid w:val="006A59B2"/>
+    <w:rsid w:val="006E2892"/>
+    <w:rsid w:val="007061BD"/>
+    <w:rsid w:val="009E679F"/>
+    <w:rsid w:val="009F5786"/>
+    <w:rsid w:val="00A7354F"/>
+    <w:rsid w:val="00A9696E"/>
+    <w:rsid w:val="00AF6FBD"/>
+    <w:rsid w:val="00CE3F02"/>
+    <w:rsid w:val="00FA0BA0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="10C0C7A0"/>
-  <w15:docId w15:val="{67D17EF9-54AE-4A35-9C54-15F7E731AA8B}"/>
+  <w14:docId w14:val="1AD0E5BD"/>
+  <w15:docId w15:val="{CA999EA9-6054-4588-AF11-B2BA7D0C1049}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
-        <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="ar-SA"/>
+        <w:lang w:val="lt" w:eastAsia="lt-LT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="54" w:line="263" w:lineRule="auto"/>
         <w:ind w:left="1139" w:hanging="10"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5399,53 +5863,50 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Antrat1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="prastasis"/>
     <w:next w:val="prastasis"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="120"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Antrat2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="prastasis"/>
     <w:next w:val="prastasis"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
@@ -5547,147 +6008,223 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
-    <w:name w:val="Table Normal"/>
+    <w:name w:val="TableNormal"/>
     <w:tblPr>
       <w:tblCellMar>
-        <w:top w:w="0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="0" w:type="dxa"/>
+        <w:top w:w="100" w:type="dxa"/>
+        <w:left w:w="100" w:type="dxa"/>
+        <w:bottom w:w="100" w:type="dxa"/>
+        <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Pavadinimas">
     <w:name w:val="Title"/>
     <w:basedOn w:val="prastasis"/>
     <w:next w:val="prastasis"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal0">
+    <w:name w:val="Table Normal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal1">
+    <w:name w:val="Table Normal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid">
     <w:name w:val="TableGrid"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sraopastraipa">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="prastasis"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00D76184"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a">
+    <w:basedOn w:val="TableNormal1"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="18" w:type="dxa"/>
+        <w:left w:w="112" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a0">
+    <w:basedOn w:val="TableNormal1"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="18" w:type="dxa"/>
+        <w:left w:w="112" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Paantrat">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="prastasis"/>
     <w:next w:val="prastasis"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
       <w:i/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="a">
-    <w:basedOn w:val="TableNormal"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a1">
+    <w:basedOn w:val="TableNormal0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="18" w:type="dxa"/>
         <w:left w:w="112" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="prastasiniatinklio">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FA0BA0"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0" w:firstLine="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="lt-LT"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Grietas">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A7354F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...2 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -5912,85 +6449,84 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mjW5LgAUWAT4l3O+oZLL27GeIwcpQ==">AMUW2mVLJTcQRjqcPu6lRDNoDC8Nzn2V4CjBusK1eo1c7watjrUhhehj5pfNITBEpwqMSVgdbCpJcN4cpbfOqejP9jtpKD5MeNRspTvD1kkq6spjyg+2wOs=</go:docsCustomData>
+<go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
+  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mjBtKBaR/V4GmnuGKpcjeeBWjZV2A==">CgMxLjAyDmgubWwwZjMxN3huYjZtMg5oLnNtMDE5cGF0NnpyZTIOaC41cDIzZWMycGI5OWM4AHIhMVdrMElyNm5QWFRPQ3pLRkZ2NHc5a1RlREdoMnVLZVRj</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>2459</Characters>
+  <Pages>5</Pages>
+  <Words>3692</Words>
+  <Characters>2105</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>17</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6760</CharactersWithSpaces>
+  <CharactersWithSpaces>5786</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Pavaduotojos</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>