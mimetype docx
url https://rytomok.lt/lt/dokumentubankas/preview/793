--- v0 (2025-10-04)
+++ v1 (2025-10-28)
@@ -2,3323 +2,3866 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="5E8C1ADA" w14:textId="77777777" w:rsidR="00346D9A" w:rsidRPr="00346D9A" w:rsidRDefault="00346D9A" w:rsidP="00346D9A">
-[...68 lines deleted...]
-    <w:p w14:paraId="28235397" w14:textId="77777777" w:rsidR="00346D9A" w:rsidRDefault="00346D9A" w:rsidP="006F5E0F">
+    <w:p w:rsidR="0066324F" w:rsidRDefault="0066324F" w:rsidP="0066324F">
+      <w:pPr>
+        <w:pStyle w:val="Antrat2"/>
+        <w:ind w:left="5760"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066324F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>PATVIRTINTA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0066324F" w:rsidRDefault="002B6466" w:rsidP="0066324F">
+      <w:pPr>
+        <w:ind w:left="5760"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Marijampolės ,,Ryto“ progimnazijos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0066324F" w:rsidRDefault="0066324F" w:rsidP="0066324F">
+      <w:pPr>
+        <w:ind w:left="5760"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>direktoriaus 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB4EA2">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m.</w:t>
+      </w:r>
+      <w:r w:rsidR="00545F5E">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sausio 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0066324F" w:rsidRPr="0066324F" w:rsidRDefault="0066324F" w:rsidP="0066324F">
+      <w:pPr>
+        <w:ind w:left="5760"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Įsakymu Nr. V-</w:t>
+      </w:r>
+      <w:r w:rsidR="00545F5E">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="0066324F" w:rsidRPr="0066324F" w:rsidRDefault="0066324F" w:rsidP="0066324F">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F5E0F" w:rsidRPr="001F2BCB" w:rsidRDefault="00CC6B66" w:rsidP="006F5E0F">
       <w:pPr>
         <w:pStyle w:val="Antrat2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="Antrat2"/>
+      <w:r w:rsidRPr="001F2BCB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="001F2BCB">
+        <w:t xml:space="preserve">MOKINIŲ </w:t>
+      </w:r>
+      <w:r w:rsidR="006F5E0F" w:rsidRPr="001F2BCB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">MOKINIŲ </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006F5E0F" w:rsidRPr="001F2BCB">
+        <w:t xml:space="preserve">PRIĖMIMO Į MARIJAMPOLĖS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F2BCB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">PRIĖMIMO Į MARIJAMPOLĖS </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001F2BCB">
+        <w:t>„RYTO“ P</w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>„RYTO“ PAGRINDINĘ MOKYKLĄ</w:t>
+        <w:t>ROGIMNAZIJĄ</w:t>
       </w:r>
       <w:r w:rsidR="006F09BF" w:rsidRPr="001F2BCB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, PASKIRSTYMO Į KLASES IR IŠBRAUKIMO IŠ MOKYKLOS </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006F5E0F" w:rsidRPr="001F2BCB">
+        <w:t>, PASKIRSTYMO Į KLASES IR IŠBRAUKIMO IŠ</w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> PROGIMNAZIJOS</w:t>
+      </w:r>
+      <w:r w:rsidR="006F09BF" w:rsidRPr="001F2BCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F5E0F" w:rsidRPr="001F2BCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t>TVARKOS APRAŠAS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C6706A9" w14:textId="77777777" w:rsidR="006F5E0F" w:rsidRPr="001F2BCB" w:rsidRDefault="006F5E0F" w:rsidP="006F5E0F">
-[...6 lines deleted...]
-    <w:p w14:paraId="57775A55" w14:textId="77777777" w:rsidR="006F5E0F" w:rsidRPr="001F2BCB" w:rsidRDefault="006F5E0F" w:rsidP="006F5E0F">
+    <w:p w:rsidR="006F5E0F" w:rsidRPr="001F2BCB" w:rsidRDefault="006F5E0F" w:rsidP="006F5E0F">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F5E0F" w:rsidRPr="001F2BCB" w:rsidRDefault="006F5E0F" w:rsidP="006F5E0F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F2BCB">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>I SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18D16006" w14:textId="77777777" w:rsidR="006F5E0F" w:rsidRPr="001F2BCB" w:rsidRDefault="006F5E0F" w:rsidP="006F5E0F">
+    <w:p w:rsidR="006F5E0F" w:rsidRPr="001F2BCB" w:rsidRDefault="006F5E0F" w:rsidP="006F5E0F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F2BCB">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>BENDROSIOS NUOSTATOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="335D844C" w14:textId="77777777" w:rsidR="006F5E0F" w:rsidRPr="001F2BCB" w:rsidRDefault="006F5E0F" w:rsidP="00894986">
+    <w:p w:rsidR="006F5E0F" w:rsidRPr="001F2BCB" w:rsidRDefault="006F5E0F" w:rsidP="00894986">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25A92157" w14:textId="77777777" w:rsidR="00CC6B66" w:rsidRPr="001F2BCB" w:rsidRDefault="006F09BF" w:rsidP="00B66054">
+    <w:p w:rsidR="00CC6B66" w:rsidRPr="001F2BCB" w:rsidRDefault="006F09BF" w:rsidP="00B66054">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="001F2BCB">
         <w:t>Mokinių p</w:t>
       </w:r>
       <w:r w:rsidR="006F5E0F" w:rsidRPr="001F2BCB">
         <w:t xml:space="preserve">riėmimo į Marijampolės </w:t>
       </w:r>
-      <w:r w:rsidR="00CC6B66" w:rsidRPr="001F2BCB">
-        <w:t>„Ryto“ pagrindinę mokyklą</w:t>
+      <w:r w:rsidR="002B6466">
+        <w:t>„Ryto“ progimnaziją</w:t>
       </w:r>
       <w:r w:rsidRPr="001F2BCB">
-        <w:t xml:space="preserve"> (toliau – Mokykla), paskirstymo į klases ir išbraukimo iš Mokyklos </w:t>
+        <w:t xml:space="preserve"> (toliau –</w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:t xml:space="preserve"> progimnazija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F2BCB">
+        <w:t>), paskirstymo į klases ir išbraukimo iš</w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F2BCB">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006F5E0F" w:rsidRPr="001F2BCB">
         <w:t xml:space="preserve">tvarkos aprašas (toliau – Aprašas) reglamentuoja </w:t>
       </w:r>
       <w:r w:rsidR="00CC6B66" w:rsidRPr="001F2BCB">
         <w:t xml:space="preserve">mokinių </w:t>
       </w:r>
       <w:r w:rsidR="006F5E0F" w:rsidRPr="001F2BCB">
         <w:t xml:space="preserve">priėmimo mokytis pagal </w:t>
       </w:r>
       <w:r w:rsidRPr="001F2BCB">
         <w:t xml:space="preserve">priešmokyklinio, </w:t>
       </w:r>
       <w:r w:rsidR="006F5E0F" w:rsidRPr="001F2BCB">
         <w:t>pradinio</w:t>
       </w:r>
       <w:r w:rsidR="00CC6B66" w:rsidRPr="001F2BCB">
         <w:t xml:space="preserve"> ir</w:t>
       </w:r>
       <w:r w:rsidR="006F5E0F" w:rsidRPr="001F2BCB">
         <w:t xml:space="preserve"> pagrindinio ugdymo programas</w:t>
       </w:r>
       <w:r w:rsidR="00CB4E68" w:rsidRPr="001F2BCB">
         <w:t xml:space="preserve"> tvarką</w:t>
       </w:r>
       <w:r w:rsidR="006F5E0F" w:rsidRPr="001F2BCB">
-        <w:t xml:space="preserve"> nustato bendruosius priėmimo į M</w:t>
+        <w:t xml:space="preserve"> nustato bendruosius priėmimo į</w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:t xml:space="preserve"> progimnaziją</w:t>
       </w:r>
       <w:r w:rsidR="00CC6B66" w:rsidRPr="001F2BCB">
-        <w:t xml:space="preserve">okyklą </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006F5E0F" w:rsidRPr="001F2BCB">
         <w:t>kriterij</w:t>
       </w:r>
       <w:r w:rsidR="00A32690" w:rsidRPr="001F2BCB">
         <w:t xml:space="preserve">us, prašymų ir kitų dokumentų, </w:t>
       </w:r>
       <w:r w:rsidR="006F5E0F" w:rsidRPr="001F2BCB">
-        <w:t xml:space="preserve">kuriuos turi pateikti į mokyklą priimami </w:t>
+        <w:t>kuriuos turi pateikti į</w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:t xml:space="preserve"> progimnaziją</w:t>
+      </w:r>
+      <w:r w:rsidR="006F5E0F" w:rsidRPr="001F2BCB">
+        <w:t xml:space="preserve"> priimami </w:t>
       </w:r>
       <w:r w:rsidR="00CC6B66" w:rsidRPr="001F2BCB">
         <w:t>mokiniai</w:t>
       </w:r>
       <w:r w:rsidRPr="001F2BCB">
         <w:t xml:space="preserve"> tvarką</w:t>
       </w:r>
       <w:r w:rsidR="006F5E0F" w:rsidRPr="001F2BCB">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="001F2BCB">
         <w:t xml:space="preserve"> paskirstymo į klases kriterijus, mokinių išbraukimo iš mokinių sąrašų tvarką.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6470D641" w14:textId="77777777" w:rsidR="006F5E0F" w:rsidRPr="001F2BCB" w:rsidRDefault="006F5E0F" w:rsidP="00B66054">
+    <w:p w:rsidR="006F5E0F" w:rsidRPr="001F2BCB" w:rsidRDefault="006F5E0F" w:rsidP="00B66054">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="001F2BCB">
         <w:t xml:space="preserve">Aprašas parengtas vadovaujantis </w:t>
       </w:r>
       <w:r w:rsidR="00CC6B66" w:rsidRPr="001F2BCB">
         <w:t>Marijampolės savivaldybės tarybos 202</w:t>
       </w:r>
       <w:r w:rsidR="0094263B" w:rsidRPr="001F2BCB">
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00CC6B66" w:rsidRPr="001F2BCB">
         <w:t xml:space="preserve"> m. </w:t>
       </w:r>
       <w:r w:rsidR="0094263B" w:rsidRPr="001F2BCB">
         <w:t>sausio</w:t>
       </w:r>
       <w:r w:rsidR="00CC6B66" w:rsidRPr="001F2BCB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0094263B" w:rsidRPr="001F2BCB">
         <w:t>30</w:t>
       </w:r>
       <w:r w:rsidR="00CC6B66" w:rsidRPr="001F2BCB">
-        <w:t xml:space="preserve"> d. sprendimu Nr. 1-6 „Dėl priėmimo į Marijampolės savivaldybės bendrojo ugdymo mokyklas tvarkos aprašo patvirtinimo“</w:t>
+        <w:t xml:space="preserve"> d. sprendimu Nr. 1-6 „Dėl priėmimo į Marijampolės savivaldybės bendrojo ugdymo</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:t>progimnazija</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC6B66" w:rsidRPr="001F2BCB">
+        <w:t>s tvarkos aprašo patvirtinimo“</w:t>
       </w:r>
       <w:r w:rsidR="00CB4E68" w:rsidRPr="001F2BCB">
         <w:t>, Marijampolės savivaldybės tarybos 2022 m. gruodžio 22 d. sprendimu Nr. 1-320 „Dėl vaikų registravimo ir priėmimo į Marijampolės savivaldybės švietimo įstaigų ikimokyklinio ir priešmokyklinio ugdymo grupes organizavimo tvarkos aprašo patvirtinimo“.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57D858AC" w14:textId="77777777" w:rsidR="00F318F2" w:rsidRPr="00552784" w:rsidRDefault="00F318F2" w:rsidP="00B66054">
+    <w:p w:rsidR="00F318F2" w:rsidRPr="00552784" w:rsidRDefault="00F318F2" w:rsidP="00B66054">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00552784">
         <w:t>Apraše vartojam</w:t>
       </w:r>
       <w:r w:rsidR="00552784">
         <w:t>os</w:t>
       </w:r>
       <w:r w:rsidRPr="00552784">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00552784">
         <w:t>sąvokos</w:t>
       </w:r>
       <w:r w:rsidRPr="00552784">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21CEAF41" w14:textId="77777777" w:rsidR="00552784" w:rsidRDefault="00552784" w:rsidP="00B66054">
+    <w:p w:rsidR="00552784" w:rsidRDefault="00552784" w:rsidP="00B66054">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="007E1B8F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Bendrojo ugdymo mokykla</w:t>
+        <w:t>Bendrojo ugdymo</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>progimnazija</w:t>
       </w:r>
       <w:r w:rsidRPr="007E1B8F">
-        <w:t xml:space="preserve"> (toliau – mokykla) – švietimo įstaiga, kurios pagrindinė veikla – ugdymas pagal formaliojo švietimo pradinio, pagrindinio</w:t>
+        <w:t xml:space="preserve"> (toliau –</w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:t>progimnazija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E1B8F">
+        <w:t>) – švietimo įstaiga, kurios pagrindinė veikla – ugdymas pagal formaliojo švietimo pradinio, pagrindinio</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>, vidurinio ir specialiojo ugdymo programas</w:t>
       </w:r>
       <w:r w:rsidRPr="001979AE">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11261241" w14:textId="77777777" w:rsidR="00552784" w:rsidRDefault="00552784" w:rsidP="00B66054">
+    <w:p w:rsidR="00552784" w:rsidRDefault="00552784" w:rsidP="00B66054">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Pagrindinis priėmimas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> – priėmimas į visas bendrojo ugdymo mokyklų klases kitiems</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C96FF95" w14:textId="77777777" w:rsidR="00552784" w:rsidRDefault="00552784" w:rsidP="00B66054">
+    <w:p w:rsidR="00552784" w:rsidRDefault="00552784" w:rsidP="00B66054">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>mokslo metams (I ir II etapai).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47D7EB45" w14:textId="77777777" w:rsidR="00552784" w:rsidRPr="009539DA" w:rsidRDefault="00552784" w:rsidP="00B66054">
+    <w:p w:rsidR="00552784" w:rsidRPr="009539DA" w:rsidRDefault="00552784" w:rsidP="00B66054">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="part_91f11fb6b7b544a69285430877b27946"/>
-      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkStart w:id="1" w:name="part_91f11fb6b7b544a69285430877b27946"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Pavienis priėmimas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> – priėmimas į laisvas vietas kitiems mokslo metams, pasibaigus pagrindiniam priėmimui ir priėmimas į laisvas vietas per mokslo metus.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41697E86" w14:textId="77777777" w:rsidR="00552784" w:rsidRDefault="00552784" w:rsidP="00B66054">
+    <w:p w:rsidR="00552784" w:rsidRDefault="00552784" w:rsidP="00B66054">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="001979AE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Mokyklos aptarnavimo teritorija</w:t>
       </w:r>
       <w:r w:rsidRPr="001979AE">
-        <w:t xml:space="preserve"> – teritorija, iš kurios mokiniai į mokyklą priimami pirmumo teise. Mokyklos aptarnavimo teritoriją nustato Marijampolės savivaldybės taryba (toliau– </w:t>
+        <w:t xml:space="preserve"> – teritorija, iš kurios mokiniai į</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:t>progimnaziją</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001979AE">
+        <w:t xml:space="preserve"> priimami pirmumo teise.</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:t xml:space="preserve"> P</w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:t>rogimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001979AE">
+        <w:t xml:space="preserve"> aptarnavimo teritoriją nustato Marijampolės savivaldybės taryba (toliau– </w:t>
       </w:r>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="001979AE">
         <w:t>avivaldybės taryba).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0727A6F6" w14:textId="77777777" w:rsidR="00552784" w:rsidRPr="001979AE" w:rsidRDefault="00552784" w:rsidP="00B66054">
+    <w:p w:rsidR="00552784" w:rsidRPr="001979AE" w:rsidRDefault="00552784" w:rsidP="00B66054">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="002D7C52">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Faktinė gyvenamoji vieta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002D7C52">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>– vieta, kurioje mokinys realiai gyvena.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="173CDB66" w14:textId="77777777" w:rsidR="00552784" w:rsidRPr="001979AE" w:rsidRDefault="00552784" w:rsidP="00B66054">
+    <w:p w:rsidR="00552784" w:rsidRPr="001979AE" w:rsidRDefault="00552784" w:rsidP="00B66054">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="001979AE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Laisva vieta</w:t>
       </w:r>
       <w:r w:rsidRPr="001979AE">
         <w:t xml:space="preserve"> – mokymosi vieta, susidaranti komplektuojant klases, kai mokinių skaičius yra mažesnis nei Lietuvos Respublikos Vyriausybės nustatytas didžiausias mokinių skaičius klasėje.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14B99C18" w14:textId="77777777" w:rsidR="00552784" w:rsidRPr="001979AE" w:rsidRDefault="00552784" w:rsidP="00B66054">
+    <w:p w:rsidR="00552784" w:rsidRPr="001979AE" w:rsidRDefault="00552784" w:rsidP="00B66054">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="001979AE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Specialusis ugdymas</w:t>
       </w:r>
       <w:r w:rsidRPr="001979AE">
         <w:t xml:space="preserve"> – specialiųjų ugdymosi poreikių turinčių asmenų mokymas, lavinimas ir vertybinių nuostatų formavimas, pripažįstant šių asmenų gebėjimus ir galias.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FA5F580" w14:textId="77777777" w:rsidR="00552784" w:rsidRDefault="00552784" w:rsidP="00B66054">
+    <w:p w:rsidR="00552784" w:rsidRDefault="00552784" w:rsidP="00B66054">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="001979AE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Specialieji ugdymosi poreikiai</w:t>
       </w:r>
       <w:r w:rsidRPr="001979AE">
         <w:t xml:space="preserve"> – pagalbos ir paslaugų ugdymo procese reikmė, atsirandanti dėl išskirtinių asmens gabumų, įgimtų ar įgytų sutrikimų, nepalankių aplinkos veiksnių.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CC7EC7F" w14:textId="77777777" w:rsidR="00552784" w:rsidRDefault="00552784" w:rsidP="00B66054">
+    <w:p w:rsidR="00552784" w:rsidRDefault="00552784" w:rsidP="00B66054">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="001979AE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Išlyginamoji mobili grupė</w:t>
       </w:r>
       <w:r w:rsidRPr="001979AE">
-        <w:t xml:space="preserve"> – ne didesnė kaip 4 nemokančių lietuvių kalbos mokinių grupė, sukomplektuota pradinio ir pagrindinio ugdymo programas vykdančioje mokykloje mokytis lietuvių kalbos ir pasirengti mokytis pagal bendrojo ugdymo programas.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6CC87211" w14:textId="77777777" w:rsidR="00552784" w:rsidRDefault="00552784" w:rsidP="00B66054">
+        <w:t xml:space="preserve"> – ne didesnė kaip 4 nemokančių lietuvių kalbos mokinių grupė, sukomplektuota pradinio ir pagrindinio ugdymo programas vykdančioje</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001979AE">
+        <w:t xml:space="preserve"> mokytis lietuvių kalbos ir pasirengti mokytis pagal bendrojo ugdymo programas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00552784" w:rsidRDefault="00552784" w:rsidP="00B66054">
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>IS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r>
         <w:t>Vaikų registravimo ir priėmimo į Marijampolės savivaldybės (toliau – Savivaldybė) švietimo įstaigų bendrojo ugdymo grupes informacinė sistema;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60CCDD47" w14:textId="77777777" w:rsidR="00552784" w:rsidRDefault="00552784" w:rsidP="00B66054">
+    <w:p w:rsidR="00552784" w:rsidRDefault="00552784" w:rsidP="00B66054">
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>IS valdytojas</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (toliau </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Valdytojas) – Marijampolės savivaldybės administracijos direktorius; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E51C43C" w14:textId="77777777" w:rsidR="00552784" w:rsidRDefault="00552784" w:rsidP="00B66054">
+    <w:p w:rsidR="00552784" w:rsidRDefault="00552784" w:rsidP="00B66054">
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>IS administratorius</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> (toliau – Administratorius) </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Marijampolės savivaldybės administracijos Švietimo, kultūros ir sporto skyriaus vedėjas; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11E20AAA" w14:textId="77777777" w:rsidR="00552784" w:rsidRDefault="00552784" w:rsidP="00B66054">
+    <w:p w:rsidR="00552784" w:rsidRDefault="00552784" w:rsidP="00B66054">
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>IS tvarkytojas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> (toliau – Tvarkytojas) – </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Marijampolės savivaldybės administracijos Švietimo, kultūros ir sporto skyriaus vyriausiasis specialistas, atsakingas už vaikų registravimo ir priėmimo į švietimo </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">įstaigas </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">duomenų tvarkymą ir prašymų priėmimą, tvarkantis įstaigų, įgyvendinančių </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>bendrojo ugdymo programas, vaikų, lankančių ir pageidaujančių lankyti šių įstaigų grupes, duomenų bazę;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27BFDF92" w14:textId="77777777" w:rsidR="00552784" w:rsidRPr="007119BD" w:rsidRDefault="00552784" w:rsidP="00B66054">
+    <w:p w:rsidR="00552784" w:rsidRPr="007119BD" w:rsidRDefault="00552784" w:rsidP="00B66054">
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="007119BD">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>IS registratorius</w:t>
       </w:r>
       <w:r w:rsidRPr="007119BD">
         <w:t xml:space="preserve"> (toliau </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidRPr="007119BD">
         <w:t>Registratorius) – Savivaldybės atsakingas darbu</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">otojas, atsakingas už prašymų </w:t>
       </w:r>
       <w:r w:rsidRPr="00A32690">
         <w:t>priėmimą ir vaikų registravimą.</w:t>
       </w:r>
       <w:r w:rsidRPr="007119BD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06F0A648" w14:textId="77777777" w:rsidR="00552784" w:rsidRDefault="00552784" w:rsidP="00B66054">
+    <w:p w:rsidR="00552784" w:rsidRDefault="00552784" w:rsidP="00B66054">
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>IS naudotojas</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (toliau – Naudotojas) – švietimo įstaigos darbuotojas, atsakingas už bendrojo ugdymo programų įgyvendinimą švietimo įstaigoje ugdomų  vaikų duomenų bazę, informacijos apie švietimo įstaigą ir joje teikiamas paslaugas pateikimą;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5927BB26" w14:textId="77777777" w:rsidR="00552784" w:rsidRDefault="00552784" w:rsidP="00B66054">
+    <w:p w:rsidR="00552784" w:rsidRDefault="00552784" w:rsidP="00B66054">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>IS vartotojai</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (toliau – Vartotojai) – tėvai (globėjai, rūpintojai), turintys teisę naudotis informacine sistema Marijampolės savivaldybės interneto svetainėje </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="00A32690">
           <w:rPr>
             <w:rStyle w:val="Hipersaitas"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>www.marijampole.lt</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="644373F9" w14:textId="77777777" w:rsidR="00552784" w:rsidRDefault="00552784" w:rsidP="00B66054">
+    <w:p w:rsidR="00552784" w:rsidRDefault="00552784" w:rsidP="00B66054">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Informacijos iš IS duomenų bazės gavėjai</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Savivaldybės institucijos, planuojančios bendrojo ugdymo įstaigų tinklo plėtrą ir sprendžiančios kitus ugdymo organizavimo klausimus, taip pat tėvai (globėjai, rūpintojai).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AC50920" w14:textId="77777777" w:rsidR="00460F9E" w:rsidRDefault="00460F9E" w:rsidP="003953DB">
+    <w:p w:rsidR="00460F9E" w:rsidRDefault="00460F9E" w:rsidP="003953DB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:ind w:left="851" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r>
-        <w:t>Aprašas skelbiamas Mokyklos interneto svetainėje.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="43FBD928" w14:textId="77777777" w:rsidR="00460F9E" w:rsidRDefault="00460F9E" w:rsidP="003953DB">
+        <w:t>Aprašas skelbiamas</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> interneto svetainėje.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00460F9E" w:rsidRDefault="0054416D" w:rsidP="003953DB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:ind w:left="851" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r>
-        <w:t>Mokykl</w:t>
-[...4 lines deleted...]
-      <w:r>
+        <w:t>Progimnazija</w:t>
+      </w:r>
+      <w:r w:rsidR="00460F9E">
         <w:t xml:space="preserve"> su Aprašu supažindina mokinius, tėvus (globėjus, rūpintojus).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FC6A6C7" w14:textId="77777777" w:rsidR="00552784" w:rsidRPr="00B66054" w:rsidRDefault="00552784" w:rsidP="00894986">
+    <w:p w:rsidR="00552784" w:rsidRPr="00B66054" w:rsidRDefault="00552784" w:rsidP="00894986">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72F8F290" w14:textId="77777777" w:rsidR="00CB4E68" w:rsidRPr="00B66054" w:rsidRDefault="00CB4E68" w:rsidP="00894986">
+    <w:p w:rsidR="00CB4E68" w:rsidRPr="00B66054" w:rsidRDefault="00CB4E68" w:rsidP="00894986">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B66054">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>II SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="537E6916" w14:textId="77777777" w:rsidR="00CB4E68" w:rsidRPr="00B66054" w:rsidRDefault="00CB4E68" w:rsidP="00894986">
+    <w:p w:rsidR="00CB4E68" w:rsidRPr="00B66054" w:rsidRDefault="00CB4E68" w:rsidP="00894986">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B66054">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">PRIĖMIMAS </w:t>
       </w:r>
       <w:r w:rsidR="00E67A7B" w:rsidRPr="00B66054">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Į PRIEŠMOKYKLINIO UGDYMO GRUPĘ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="339244B0" w14:textId="77777777" w:rsidR="00CB4E68" w:rsidRPr="001F2BCB" w:rsidRDefault="00CB4E68" w:rsidP="00894986">
+    <w:p w:rsidR="00CB4E68" w:rsidRPr="001F2BCB" w:rsidRDefault="00CB4E68" w:rsidP="00894986">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D61E9A9" w14:textId="77777777" w:rsidR="003A2D0B" w:rsidRPr="00B66054" w:rsidRDefault="003A2D0B" w:rsidP="00894986">
+    <w:p w:rsidR="003A2D0B" w:rsidRPr="00B66054" w:rsidRDefault="003A2D0B" w:rsidP="00894986">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B66054">
         <w:rPr>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>Priešmokyklinio ugdymo ugdytiniai į Mokyklą priimami centralizuotai naudojan</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00894986" w:rsidRPr="00B66054">
+        <w:t>Priešmokyklinio ugdymo ugdytiniai į</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
         <w:rPr>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>tis</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B66054">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
         <w:rPr>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Marijampolės savivaldybės</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00586672" w:rsidRPr="00B66054">
+        <w:t>progimnaziją</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66054">
         <w:rPr>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (toliau – Savivaldybė)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B66054">
+        <w:t xml:space="preserve"> priimami centralizuotai naudojan</w:t>
+      </w:r>
+      <w:r w:rsidR="00894986" w:rsidRPr="00B66054">
         <w:rPr>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t xml:space="preserve"> įdiegt</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00894986" w:rsidRPr="00B66054">
+        <w:t>tis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66054">
         <w:rPr>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>a</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B66054">
+        <w:t xml:space="preserve"> Marijampolės savivaldybės</w:t>
+      </w:r>
+      <w:r w:rsidR="00586672" w:rsidRPr="00B66054">
         <w:rPr>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Vaikų registravimo ir priėmimo į </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00586672" w:rsidRPr="00B66054">
+        <w:t xml:space="preserve"> (toliau – Savivaldybė)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66054">
         <w:rPr>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>S</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B66054">
+        <w:t xml:space="preserve"> įdiegt</w:t>
+      </w:r>
+      <w:r w:rsidR="00894986" w:rsidRPr="00B66054">
         <w:rPr>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66054">
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Vaikų registravimo ir priėmimo į </w:t>
+      </w:r>
+      <w:r w:rsidR="00586672" w:rsidRPr="00B66054">
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66054">
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
         <w:t xml:space="preserve">avivaldybės švietimo </w:t>
       </w:r>
       <w:r w:rsidRPr="00B66054">
         <w:t>įstaigų ikimokyklinio ir priešmokyklinio ugdymo grupes</w:t>
       </w:r>
       <w:r w:rsidRPr="00B66054">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B66054">
         <w:rPr>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>informacin</w:t>
       </w:r>
       <w:r w:rsidR="00046825" w:rsidRPr="00B66054">
         <w:rPr>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00B66054">
         <w:rPr>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> sistem</w:t>
       </w:r>
       <w:r w:rsidR="00046825" w:rsidRPr="00B66054">
         <w:rPr>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00B66054">
         <w:rPr>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> (toliau – IS).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="004DA415" w14:textId="77777777" w:rsidR="00894986" w:rsidRPr="00DF39F9" w:rsidRDefault="00DF39F9" w:rsidP="00583B1F">
+    <w:p w:rsidR="00894986" w:rsidRPr="00DF39F9" w:rsidRDefault="00DF39F9" w:rsidP="00583B1F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Hlk123213265"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk123213265"/>
       <w:r w:rsidRPr="00DF39F9">
         <w:rPr>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">Tėvai (globėjai) prašymus pildo elektroniniu būdu IS prisijungę </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF39F9">
         <w:t xml:space="preserve">prie Savivaldybės interneto svetainės </w:t>
       </w:r>
       <w:hyperlink r:id="rId9">
         <w:r w:rsidRPr="00DF39F9">
           <w:t>www.marijampole.lt</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00DF39F9">
         <w:t xml:space="preserve"> paskyroje </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF39F9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Gyventojams/Priėmimas į darželius</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF39F9">
         <w:rPr>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> arba kreipiasi į Registratorių (J. Basanavičiaus a. 1, Marijampolė).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D9C6922" w14:textId="77777777" w:rsidR="00DF39F9" w:rsidRPr="00DF39F9" w:rsidRDefault="00DF39F9" w:rsidP="00583B1F">
+    <w:p w:rsidR="00DF39F9" w:rsidRPr="00DF39F9" w:rsidRDefault="00DF39F9" w:rsidP="00583B1F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009752AA">
         <w:t>IS automatiškai užregistruoja prašymą, vaikui suteikia identifikacinį numerį.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="347A1D56" w14:textId="77777777" w:rsidR="00DF39F9" w:rsidRDefault="00DF39F9" w:rsidP="00583B1F">
+    <w:p w:rsidR="00DF39F9" w:rsidRDefault="00DF39F9" w:rsidP="00583B1F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF39F9">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Tvarkytojas pagal kalendoriniais metais IS sugeneruotas eiles vaikų priskyrimą Įstaigoms vykdo nuo balandžio 1 d. einamiems mokslo metams, kurie prasideda nuo rugsėjo 1 dienos. Marijampolės savivaldybėje nedeklaruotų vaikų priskyrimas į ugdymo įstaigas vykdomas nuo einamųjų metų rugpjūčio 1 dienos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC44841" w14:textId="77777777" w:rsidR="00440577" w:rsidRDefault="00440577" w:rsidP="004519BD">
+    <w:p w:rsidR="00440577" w:rsidRDefault="00440577" w:rsidP="004519BD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00440577">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Vaikus įstaigoms IS priskiria automatiškai iš laukiančiųjų eilės pagal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>žemiau nurodytus prioritetus ir kriterijus:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4414C18D" w14:textId="77777777" w:rsidR="00440577" w:rsidRPr="009752AA" w:rsidRDefault="00440577" w:rsidP="00440577">
+    <w:p w:rsidR="00440577" w:rsidRPr="009752AA" w:rsidRDefault="00440577" w:rsidP="00440577">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>10.1.</w:t>
       </w:r>
       <w:r w:rsidRPr="00440577">
         <w:rPr>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009752AA">
         <w:rPr>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">Pirmumo teisę suteikiantys prioritetai: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B521330" w14:textId="77777777" w:rsidR="00440577" w:rsidRDefault="00440577" w:rsidP="00440577">
+    <w:p w:rsidR="00440577" w:rsidRDefault="00440577" w:rsidP="00440577">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="005831AF">
         <w:t>.1.1. vaikams, gimusiems vienu metu (dvynukams, trynukams ir t.t.)</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46B717E4" w14:textId="77777777" w:rsidR="00440577" w:rsidRPr="009752AA" w:rsidRDefault="00440577" w:rsidP="00440577">
+    <w:p w:rsidR="00440577" w:rsidRPr="009752AA" w:rsidRDefault="00440577" w:rsidP="00440577">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="009752AA">
         <w:t>.1.2. vaikams, kurių broliai ar seserys jau lanko pageidaujamas lankyti įstaigas, IS automatiškai patikrinus duomenų teisingumą;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="791C5E9D" w14:textId="77777777" w:rsidR="00440577" w:rsidRPr="009752AA" w:rsidRDefault="00440577" w:rsidP="00440577">
+    <w:p w:rsidR="00440577" w:rsidRPr="009752AA" w:rsidRDefault="00440577" w:rsidP="00440577">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="009752AA">
         <w:t>.1.3. našlaičiams, įvaikintiems vaikams ir vaikams, kuriems nustatyta laikinoji ar nuolatinė globa, pateikus tai patvirtinančius dokumentus IS;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5066B69A" w14:textId="77777777" w:rsidR="00440577" w:rsidRPr="009752AA" w:rsidRDefault="00440577" w:rsidP="00440577">
+    <w:p w:rsidR="00440577" w:rsidRPr="009752AA" w:rsidRDefault="00440577" w:rsidP="00440577">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="009752AA">
         <w:t xml:space="preserve">.1.4. vaikams iš šeimų, auginančių tris ir daugiau vaikų; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F781EAB" w14:textId="77777777" w:rsidR="00440577" w:rsidRPr="009752AA" w:rsidRDefault="00440577" w:rsidP="00440577">
+    <w:p w:rsidR="00440577" w:rsidRPr="009752AA" w:rsidRDefault="00440577" w:rsidP="00440577">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="009752AA">
         <w:t>.1.5. vaikams, kurių vienas iš tėvų (globėjų) Prašymo pateikimo metu dirba pageidaujamoje lankyti įstaigoje, IS automatiškai patikrinus duomenų teisingumą;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E3D4F1B" w14:textId="77777777" w:rsidR="00440577" w:rsidRPr="009752AA" w:rsidRDefault="00440577" w:rsidP="00440577">
+    <w:p w:rsidR="00440577" w:rsidRPr="009752AA" w:rsidRDefault="00440577" w:rsidP="00440577">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="009752AA">
         <w:t>.1.</w:t>
       </w:r>
       <w:r>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="009752AA">
         <w:t>. vaikams, kurių tėvai (globėjai) arba vienas iš tėvų (globėjų) atlieka profesinę karo tarnybą ir keliami į naujas tarnybos vietas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61106F23" w14:textId="77777777" w:rsidR="00440577" w:rsidRDefault="00440577" w:rsidP="00440577">
+    <w:p w:rsidR="00440577" w:rsidRDefault="00440577" w:rsidP="00440577">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="009752AA">
         <w:t>.2. Kriterijai:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E84719F" w14:textId="77777777" w:rsidR="00440577" w:rsidRDefault="00440577" w:rsidP="00440577">
+    <w:p w:rsidR="00440577" w:rsidRDefault="00440577" w:rsidP="00440577">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="009752AA">
         <w:t>.2</w:t>
       </w:r>
       <w:r w:rsidRPr="009752AA">
         <w:rPr>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">.1. vaikas, kurio gyvenamoji vieta deklaruota Marijampolės savivaldybėje; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A07CDC8" w14:textId="77777777" w:rsidR="00440577" w:rsidRDefault="00440577" w:rsidP="00440577">
+    <w:p w:rsidR="00440577" w:rsidRDefault="00440577" w:rsidP="00440577">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="009752AA">
         <w:rPr>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">.2.1.1. pagal prioritetų (išvardintų </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="009752AA">
         <w:rPr>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>.1 punkte) skaičių ir prašymo registravimo datą;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="286E5683" w14:textId="77777777" w:rsidR="00440577" w:rsidRDefault="00440577" w:rsidP="00440577">
+    <w:p w:rsidR="00440577" w:rsidRDefault="00440577" w:rsidP="00440577">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="009752AA">
         <w:rPr>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>.2.1.2. neturintys prioritetų vaikai skirstomi pagal prašymo registravimo datą;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BF9A5CD" w14:textId="77777777" w:rsidR="00440577" w:rsidRDefault="00440577" w:rsidP="00440577">
+    <w:p w:rsidR="00440577" w:rsidRDefault="00440577" w:rsidP="00440577">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="009752AA">
         <w:t>.2</w:t>
       </w:r>
       <w:r w:rsidRPr="009752AA">
         <w:rPr>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>.2. vaikas, kurio gyvenamoji vieta nedeklaruota Marijampolės savivaldybėje;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="235A6485" w14:textId="77777777" w:rsidR="00440577" w:rsidRDefault="00440577" w:rsidP="00440577">
+    <w:p w:rsidR="00440577" w:rsidRDefault="00440577" w:rsidP="00440577">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="009752AA">
         <w:rPr>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">.2.2.1. pagal prioritetų (išvardintų </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="009752AA">
         <w:rPr>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>.1 punkte) skaičių ir prašymo registravimo datą;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DCEFAE3" w14:textId="77777777" w:rsidR="00440577" w:rsidRDefault="00440577" w:rsidP="00440577">
+    <w:p w:rsidR="00440577" w:rsidRDefault="00440577" w:rsidP="00440577">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="009752AA">
         <w:rPr>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>.2.2.2. neturintys prioritetų vaikai skirstomi pagal prašymo registravimo  datą;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:p w14:paraId="687BB59F" w14:textId="77777777" w:rsidR="00AC2DC3" w:rsidRDefault="00AC2DC3" w:rsidP="004519BD">
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w:rsidR="00AC2DC3" w:rsidRDefault="00AC2DC3" w:rsidP="004519BD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC2DC3">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Priskyrus vaiką įstaigai, jis IS išbraukiamas iš laukiančių eilės.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CF388D3" w14:textId="77777777" w:rsidR="00367464" w:rsidRDefault="00AC2DC3" w:rsidP="004519BD">
+    <w:p w:rsidR="00367464" w:rsidRDefault="00AC2DC3" w:rsidP="004519BD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC2DC3">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Tėvai (globėjai) ir </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Tėvai (globėjai) ir</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Mokykla</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>progimnazija</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC2DC3">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> apie vaiko priskyrimą į </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> apie vaiko priskyrimą į</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Mokyklą</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>progimnaziją</w:t>
       </w:r>
       <w:r w:rsidR="004D4B67" w:rsidRPr="004D4B67">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004D4B67" w:rsidRPr="00AC2DC3">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>informuojami automatiškai elektroniniais pranešimais, o keičiant ugdymo įstaigą pranešimą gauna ir ankstesnė Marijampolės savivaldybėje lankyta ugdymo įstaiga.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55D4EE5A" w14:textId="77777777" w:rsidR="00507F40" w:rsidRPr="00DF39F9" w:rsidRDefault="00507F40" w:rsidP="004519BD">
+    <w:p w:rsidR="00507F40" w:rsidRPr="00DF39F9" w:rsidRDefault="00507F40" w:rsidP="004519BD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF39F9">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Tėvai (globėjai</w:t>
       </w:r>
       <w:r w:rsidR="00C5477C" w:rsidRPr="00DF39F9">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>, rūpintojai</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF39F9">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="004D4B67">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF39F9">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> gavę pranešimą apie priskirtą Mokyklą ne vėliau kaip per 10 kalendorinių dienų nuo pranešim</w:t>
+        <w:t xml:space="preserve"> gavę pranešimą apie priskirtą</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>progimnaziją</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF39F9">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ne vėliau kaip per 10 kalendorinių dienų nuo pranešim</w:t>
       </w:r>
       <w:r w:rsidR="00046825" w:rsidRPr="00DF39F9">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF39F9">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> apie priskyrimą gavimo privalo</w:t>
       </w:r>
       <w:r w:rsidR="00046825" w:rsidRPr="00DF39F9">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64C8DB85" w14:textId="77777777" w:rsidR="00507F40" w:rsidRPr="004F21A0" w:rsidRDefault="004D4B67" w:rsidP="00507F40">
+    <w:p w:rsidR="00507F40" w:rsidRPr="004F21A0" w:rsidRDefault="004D4B67" w:rsidP="00507F40">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
       <w:r w:rsidR="00507F40" w:rsidRPr="004F21A0">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>.1. atvykti į Mokyklą ir pateikti su vaikų priėmimu susijusius dokumentus (kopijas);</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="089A5B94" w14:textId="77777777" w:rsidR="00507F40" w:rsidRPr="004F21A0" w:rsidRDefault="004D4B67" w:rsidP="00507F40">
+        <w:t>.1. atvykti į</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>progimnaziją</w:t>
+      </w:r>
+      <w:r w:rsidR="00507F40" w:rsidRPr="004F21A0">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir pateikti su vaikų priėmimu susijusius dokumentus (kopijas);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00507F40" w:rsidRPr="004F21A0" w:rsidRDefault="004D4B67" w:rsidP="00507F40">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
       <w:r w:rsidR="00507F40" w:rsidRPr="004F21A0">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">.2. informuoti telefonu, elektroniniu ar registruotu laišku Mokyklos vadovą apie kitas dokumentų (kopijų) pateikimo datas, jeigu dėl ligos, išvykimo ar kitų svarbių priežasčių nustatytu terminu atvykti į Mokyklą negali. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="24B80393" w14:textId="77777777" w:rsidR="00507F40" w:rsidRPr="004D4B67" w:rsidRDefault="00507F40" w:rsidP="00507F40">
+        <w:t>.2. informuoti telefonu, elektroniniu ar registruotu laišku</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00507F40" w:rsidRPr="004F21A0">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vadovą apie kitas dokumentų (kopijų) pateikimo datas, jeigu dėl ligos, išvykimo ar kitų svarbių priežasčių nustatytu terminu atvykti į</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>progimnaziją</w:t>
+      </w:r>
+      <w:r w:rsidR="00507F40" w:rsidRPr="004F21A0">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> negali. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00507F40" w:rsidRPr="004D4B67" w:rsidRDefault="00507F40" w:rsidP="00507F40">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D4B67">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Tėvai (globėjai</w:t>
       </w:r>
       <w:r w:rsidR="004519BD" w:rsidRPr="004D4B67">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>, rūpintojai</w:t>
       </w:r>
       <w:r w:rsidRPr="004D4B67">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>), atsisakantys priskirtos Mokyklos, ne vėliau kaip per 10 kalendorinių dienų nuo pranešim</w:t>
+        <w:t>), atsisakantys priskirtos</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D4B67">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>, ne vėliau kaip per 10 kalendorinių dienų nuo pranešim</w:t>
       </w:r>
       <w:r w:rsidR="00046825" w:rsidRPr="004D4B67">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="004D4B67">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> apie priskyrimą gavimo privalo informuoti Mokyklą el. paštu ar registruotu laišku.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="426DEAD4" w14:textId="77777777" w:rsidR="008F65B7" w:rsidRPr="008E6A60" w:rsidRDefault="00507F40" w:rsidP="00507F40">
+        <w:t xml:space="preserve"> apie priskyrimą gavimo privalo informuoti</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>progimnaziją</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D4B67">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> el. paštu ar registruotu laišku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F65B7" w:rsidRPr="008E6A60" w:rsidRDefault="00507F40" w:rsidP="00507F40">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E6A60">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Jeigu tėvai (globėjai) nustatytu laiku, gavę elektroninį pranešimą, Mokyklai nepateikia reikiamų dokumentų (kopijų), Naudotojas, atsakingas už Sistemos duomenų tvarkymą, įspėja tėvus elektroniniu paštu dėl vaiko išregistravimo iš IS. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004519BD" w:rsidRPr="008E6A60">
+        <w:t>Jeigu tėvai (globėjai) nustatytu laiku, gavę elektroninį pranešimą,</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Mokyklos</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>progimnazija</w:t>
       </w:r>
       <w:r w:rsidRPr="008E6A60">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
+        <w:t>i nepateikia reikiamų dokumentų (kopijų), Naudotojas, atsakingas už Sistemos duomenų tvarkymą, įspėja tėvus elektroniniu paštu dėl vaiko išregistravimo iš IS.</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> P</w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>rogimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6A60">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Naudotojas po 2 darbo dienų nuo pateikto įspėjimo IS pažymi vaiko neatvykimą ir išregistruoja vaiką iš IS.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DD6AB59" w14:textId="77777777" w:rsidR="004519BD" w:rsidRPr="002144B9" w:rsidRDefault="004519BD" w:rsidP="00507F40">
+    <w:p w:rsidR="004519BD" w:rsidRPr="002144B9" w:rsidRDefault="004519BD" w:rsidP="00507F40">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002144B9">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Tėvai (globėjai, rūpintojai)</w:t>
       </w:r>
       <w:r w:rsidR="00C5477C" w:rsidRPr="002144B9">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> atvykę į mokyklą pateikia:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7F78311F" w14:textId="77777777" w:rsidR="00C5477C" w:rsidRPr="002144B9" w:rsidRDefault="008E6A60" w:rsidP="008E6A60">
+        <w:t xml:space="preserve"> atvykę į</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>progimnaziją</w:t>
+      </w:r>
+      <w:r w:rsidR="00C5477C" w:rsidRPr="002144B9">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pateikia:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5477C" w:rsidRPr="002144B9" w:rsidRDefault="008E6A60" w:rsidP="008E6A60">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:strike/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002144B9">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00634625">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00C5477C" w:rsidRPr="002144B9">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">.1. </w:t>
       </w:r>
       <w:r w:rsidR="00C5477C" w:rsidRPr="002144B9">
         <w:t>priimto ugdytis vaiko tapatybę patvirtinantį dokumentą (jo kopiją);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41017084" w14:textId="77777777" w:rsidR="00C5477C" w:rsidRPr="002144B9" w:rsidRDefault="008E6A60" w:rsidP="008E6A60">
+    <w:p w:rsidR="00C5477C" w:rsidRPr="002144B9" w:rsidRDefault="008E6A60" w:rsidP="008E6A60">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002144B9">
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00634625">
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00C5477C" w:rsidRPr="002144B9">
         <w:t>.2. prioriteto teisę patvirtinančius dokumentus, jei vaikas priimamas prioriteto tvarka;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F465456" w14:textId="77777777" w:rsidR="00C5477C" w:rsidRPr="002144B9" w:rsidRDefault="008E6A60" w:rsidP="00634625">
+    <w:p w:rsidR="00C5477C" w:rsidRPr="002144B9" w:rsidRDefault="008E6A60" w:rsidP="00634625">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:strike/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002144B9">
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00634625">
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00C5477C" w:rsidRPr="002144B9">
-        <w:t>.3. specialiuosius ugdymosi poreikius įrodančius dokumentus (jų kopijas) teisės aktų nustatyta tvarka; gydytojo ar pedagoginės psichologinės tarnybos arba specialisto, įvertinusio vaiko sveikatos būklę, vertinimo pažymą ar rekomendaciją, kurioje nurodyta būtina Mokykloje pagalba, jei vaikas turi sveikatos sutrikimų, nepažeidžiant teisės aktų nustatytos tvarkos;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="781E6605" w14:textId="77777777" w:rsidR="00C5477C" w:rsidRPr="002144B9" w:rsidRDefault="00C5477C" w:rsidP="00634625">
+        <w:t>.3. specialiuosius ugdymosi poreikius įrodančius dokumentus (jų kopijas) teisės aktų nustatyta tvarka; gydytojo ar pedagoginės psichologinės tarnybos arba specialisto, įvertinusio vaiko sveikatos būklę, vertinimo pažymą ar rekomendaciją, kurioje nurodyta būtina</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidR="00C5477C" w:rsidRPr="002144B9">
+        <w:t xml:space="preserve"> pagalba, jei vaikas turi sveikatos sutrikimų, nepažeidžiant teisės aktų nustatytos tvarkos;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5477C" w:rsidRPr="002144B9" w:rsidRDefault="00C5477C" w:rsidP="00634625">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="002144B9">
-        <w:t>Vaikų priėmimas Mokykloje įforminamas mokymo sutartimi</w:t>
+        <w:t>Vaikų priėmimas</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002144B9">
+        <w:t xml:space="preserve"> įforminamas mokymo sutartimi</w:t>
       </w:r>
       <w:r w:rsidR="00046825" w:rsidRPr="002144B9">
         <w:t xml:space="preserve"> (1 priedas)</w:t>
       </w:r>
       <w:r w:rsidRPr="002144B9">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="413CB48B" w14:textId="77777777" w:rsidR="00C5477C" w:rsidRPr="002144B9" w:rsidRDefault="00C5477C" w:rsidP="00634625">
+    <w:p w:rsidR="00C5477C" w:rsidRPr="002144B9" w:rsidRDefault="00C5477C" w:rsidP="00634625">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="002144B9">
         <w:t>Mokymo sutartis sudaroma iki pirmosios vaiko ugdymosi dienos priešmokyklinio ugdymo programos laikotarpiui.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50E71389" w14:textId="77777777" w:rsidR="00C5477C" w:rsidRPr="002144B9" w:rsidRDefault="00C5477C" w:rsidP="00634625">
+    <w:p w:rsidR="00C5477C" w:rsidRPr="002144B9" w:rsidRDefault="00C5477C" w:rsidP="00634625">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="002144B9">
-        <w:t xml:space="preserve">Nuo pirmos vaiko ugdymo dienos prasideda švietimo santykiai ir privalomas Mokyklos lankymas. Jeigu vaikas nelanko Mokyklos be pateisinamos priežasties daugiau kaip vieną mėnesį, Mokyklos vadovas susisiekia su tėvais ir išsiaiškina, ar vaikui reikalinga ugdymosi vieta. Tėvai (globėjai, rūpintojai) motyvuotą paaiškinimą turi pateikti raštu. Jeigu vaikui nebereikia ugdymosi vietos, IS naudotojas vaiką išbraukia iš Mokyklą lankančių vaikų sąrašų. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4BE53CD8" w14:textId="77777777" w:rsidR="00E67A7B" w:rsidRPr="00931B26" w:rsidRDefault="00E67A7B" w:rsidP="00894986">
+        <w:t>Nuo pirmos vaiko ugdymo dienos prasideda švietimo santykiai ir privalomas</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002144B9">
+        <w:t xml:space="preserve"> lankymas. Jeigu vaikas nelanko</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002144B9">
+        <w:t xml:space="preserve"> be pateisinamos priežasties daugiau kaip vieną mėnesį,</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002144B9">
+        <w:t xml:space="preserve"> vadovas susisiekia su tėvais ir išsiaiškina, ar vaikui reikalinga ugdymosi vieta. Tėvai (globėjai, rūpintojai) motyvuotą paaiškinimą turi pateikti raštu. Jeigu vaikui nebereikia ugdymosi vietos, IS naudotojas vaiką išbraukia iš</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:t>progimnaziją</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002144B9">
+        <w:t xml:space="preserve"> lankančių vaikų sąrašų. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67A7B" w:rsidRPr="00931B26" w:rsidRDefault="00E67A7B" w:rsidP="00894986">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="345C0EA6" w14:textId="77777777" w:rsidR="007E493E" w:rsidRPr="00931B26" w:rsidRDefault="0065152E" w:rsidP="00894986">
+    <w:p w:rsidR="007E493E" w:rsidRPr="00931B26" w:rsidRDefault="0065152E" w:rsidP="00894986">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Hlk123198219"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk123198219"/>
       <w:r w:rsidRPr="00931B26">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>II</w:t>
       </w:r>
       <w:r w:rsidR="00CB4E68" w:rsidRPr="00931B26">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="007E493E" w:rsidRPr="00931B26">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AAACA86" w14:textId="77777777" w:rsidR="007E493E" w:rsidRPr="00931B26" w:rsidRDefault="00D8416B" w:rsidP="00894986">
+    <w:p w:rsidR="007E493E" w:rsidRPr="00931B26" w:rsidRDefault="00D8416B" w:rsidP="00894986">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00931B26">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>PRIĖMIMAS MOKYTIS PAGAL PRADINIO IR PAGRINDINIO UGDYMO PROGRAMAS</w:t>
       </w:r>
       <w:r w:rsidR="00955FE3" w:rsidRPr="00931B26">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>, PRAŠYMŲ PRIĖMIMO TVARKA</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:p w14:paraId="152856D1" w14:textId="77777777" w:rsidR="00D8416B" w:rsidRPr="001F2BCB" w:rsidRDefault="00D8416B" w:rsidP="00894986">
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w:rsidR="00D8416B" w:rsidRPr="001F2BCB" w:rsidRDefault="00D8416B" w:rsidP="00894986">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47974520" w14:textId="77777777" w:rsidR="007B2EFD" w:rsidRPr="007B2EFD" w:rsidRDefault="007B2EFD" w:rsidP="002144B9">
+    <w:p w:rsidR="007B2EFD" w:rsidRPr="007B2EFD" w:rsidRDefault="0054416D" w:rsidP="002144B9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:hanging="219"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Mokyklos</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00585EA4">
+        <w:t>Progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="007B2EFD" w:rsidRPr="00585EA4">
         <w:t xml:space="preserve"> paskirtis:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1143B51E" w14:textId="77777777" w:rsidR="007B2EFD" w:rsidRDefault="001162EC" w:rsidP="007B2EFD">
+    <w:p w:rsidR="007B2EFD" w:rsidRDefault="001162EC" w:rsidP="007B2EFD">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="007B2EFD">
         <w:t>.1.</w:t>
       </w:r>
-      <w:r w:rsidR="007B2EFD" w:rsidRPr="007B2EFD">
+      <w:r w:rsidR="0054416D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007B2EFD">
-        <w:t>Mokykla</w:t>
+      <w:r w:rsidR="002B6466">
+        <w:t>progimnazija</w:t>
       </w:r>
       <w:r w:rsidR="007B2EFD" w:rsidRPr="00585EA4">
         <w:t xml:space="preserve"> vykdo privalomą ir valstybės garantuojamą mokinių iki 16 metų ugdymą pagal bendrojo pradinio, pagrindinio ugdymo programas</w:t>
       </w:r>
       <w:r w:rsidR="007B2EFD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007B2EFD" w:rsidRPr="00585EA4">
         <w:t>ir teikia reikiamą švietimo pagalbą;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D88073A" w14:textId="77777777" w:rsidR="007B2EFD" w:rsidRDefault="001162EC" w:rsidP="00E309DA">
+    <w:p w:rsidR="007B2EFD" w:rsidRDefault="001162EC" w:rsidP="00E309DA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="007B2EFD">
-        <w:t>.2. Mokykla</w:t>
+        <w:t>.2.</w:t>
+      </w:r>
+      <w:r w:rsidR="0054416D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:t>progimnazija</w:t>
       </w:r>
       <w:r w:rsidR="007B2EFD" w:rsidRPr="00585EA4">
         <w:t xml:space="preserve"> specialiųjų ugdymosi poreikių turintiems mokiniams vykdo Lietuvos Respublikos švietimo ir mokslo ministro nustatyta tvarka pritaikytas dėl įgimtų ar įgytų sutrikimų ar nepalankių aplinkos veiksnių specialiųjų ugdymosi poreikių turintiems mokiniams bendrojo ugdymo programas atitinkamai pritaikytoje mokymosi aplinkoje ir teikia reikiamą švietimo pagalbą.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="168A3947" w14:textId="77777777" w:rsidR="001F2006" w:rsidRDefault="001F2006" w:rsidP="001F2006">
+    <w:p w:rsidR="001F2006" w:rsidRDefault="001F2006" w:rsidP="001F2006">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:suppressLineNumbers/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00697FBB">
         <w:rPr>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>Vaikai į Mokyklą mokytis pagal bendrojo pradinio ir pagrindinio ugdymo programas (pagrindinio ir pavienio priėmimo metu) priimami pagal iš eilės žemiau nurodytus kriterijus:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4FC42059" w14:textId="77777777" w:rsidR="001F2006" w:rsidRPr="00697FBB" w:rsidRDefault="001162EC" w:rsidP="001F2006">
+        <w:t>Vaikai į</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>progimnaziją</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00697FBB">
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokytis pagal bendrojo pradinio ir pagrindinio ugdymo programas (pagrindinio ir pavienio priėmimo metu) priimami pagal iš eilės žemiau nurodytus kriterijus:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F2006" w:rsidRPr="00697FBB" w:rsidRDefault="001162EC" w:rsidP="001F2006">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>21</w:t>
       </w:r>
       <w:r w:rsidR="001F2006">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">.1. </w:t>
+        <w:t>.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>progimnazijoje</w:t>
       </w:r>
       <w:r w:rsidR="001F2006" w:rsidRPr="00697FBB">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>Mokykloje lankę priešmokyklinio ugdymo grupę (priimant į pirmas klases), baigę pradinio ugdymo programą (priimant į penktas klases), pagrindinio ugdymo programos pirmąją dalį (priimant į devintas klases);</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3219E215" w14:textId="77777777" w:rsidR="001F2006" w:rsidRPr="00697FBB" w:rsidRDefault="001162EC" w:rsidP="00A629FE">
+        <w:t xml:space="preserve"> lankę priešmokyklinio ugdymo grupę (priimant į pirmas klases), baigę pradinio ugdymo programą (priimant į penktas klases), pagrindinio ugdymo programos pirmąją dalį (priimant į devintas klases);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F2006" w:rsidRPr="00697FBB" w:rsidRDefault="001162EC" w:rsidP="00A629FE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>21</w:t>
       </w:r>
       <w:r w:rsidR="001F2006">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>.2.</w:t>
       </w:r>
       <w:r w:rsidR="001F2006" w:rsidRPr="00697FBB">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
-        <w:t>deklaruoti mokyklai priskirtoje aptarnavimo teritorijoje);</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2602FAC0" w14:textId="77777777" w:rsidR="001F2006" w:rsidRPr="00697FBB" w:rsidRDefault="001162EC" w:rsidP="00A629FE">
+        <w:t>deklaruoti</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>progimnazija</w:t>
+      </w:r>
+      <w:r w:rsidR="001F2006" w:rsidRPr="00697FBB">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>i priskirtoje aptarnavimo teritorijoje);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F2006" w:rsidRPr="00697FBB" w:rsidRDefault="001162EC" w:rsidP="00A629FE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>21</w:t>
       </w:r>
       <w:r w:rsidR="001F2006" w:rsidRPr="00697FBB">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>.3.</w:t>
       </w:r>
       <w:r w:rsidR="001F2006" w:rsidRPr="00697FBB">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
-        <w:t>kurių broliai ir (ar) seserys prašymo pateikimo metu jau mokosi ir tęs mokymąsi pagal pradinio ir (ar) pagrindinio ugdymo programą toje mokykloje;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5B5A574A" w14:textId="77777777" w:rsidR="001F2006" w:rsidRPr="00697FBB" w:rsidRDefault="001162EC" w:rsidP="00A629FE">
+        <w:t>kurių broliai ir (ar) seserys prašymo pateikimo metu jau mokosi ir tęs mokymąsi pagal pradinio ir (ar) pagrindinio ugdymo programą toje</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidR="001F2006" w:rsidRPr="00697FBB">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F2006" w:rsidRPr="00697FBB" w:rsidRDefault="001162EC" w:rsidP="00A629FE">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>21</w:t>
       </w:r>
       <w:r w:rsidR="001F2006" w:rsidRPr="00697FBB">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>.4.</w:t>
       </w:r>
       <w:r w:rsidR="001F2006" w:rsidRPr="00697FBB">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001F2006" w:rsidRPr="00697FBB">
-        <w:t>negyvenantys mokyklos aptarnavimo teritorijoje</w:t>
+        <w:t>negyvenantys</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="001F2006" w:rsidRPr="00697FBB">
+        <w:t xml:space="preserve"> aptarnavimo teritorijoje</w:t>
       </w:r>
       <w:r w:rsidR="001F2006" w:rsidRPr="00697FBB">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">, dėl įgimtų ar įgytų sutrikimų turintys specialiųjų ugdymosi poreikių, priimami į arčiausiai savo gyvenamosios vietos esančias bendrojo ugdymo mokyklas, ir vaikai, </w:t>
+        <w:t>, dėl įgimtų ar įgytų sutrikimų turintys specialiųjų ugdymosi poreikių, priimami į arčiausiai savo gyvenamosios vietos esančias bendrojo ugdymo</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>progimnazija</w:t>
+      </w:r>
+      <w:r w:rsidR="001F2006" w:rsidRPr="00697FBB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s, ir vaikai, </w:t>
       </w:r>
       <w:r w:rsidR="001F2006" w:rsidRPr="00697FBB">
         <w:t>kurių tėvai (globėjai, rūpintojai) arba vienas iš tėvų (globėjų, rūpintojų) atlieka profesinę karo tarnybą ir keliami į naujas tarnybos vietas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33D38CEC" w14:textId="77777777" w:rsidR="001F2006" w:rsidRPr="001F2006" w:rsidRDefault="001F2006" w:rsidP="00A629FE">
+    <w:p w:rsidR="001F2006" w:rsidRPr="001F2006" w:rsidRDefault="001F2006" w:rsidP="00A629FE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="001F2006">
-        <w:t>Iš užsienio atvykęs asmuo, asmuo, Lietuvoje baigęs užsienio valstybės arba tarptautinės organizacijos pradinio, pagrindinio ugdymo programą ar tam tikrą jos dalį, priimamas mokytis bendra tvarka. Mokykla pagal turimą informaciją (pateiktus asmens patirtį ir pasiekimus įrodančius dokumentus, atsižvelgusi į jo amžių, pokalbius su mokiniu, jo tėvais (globėjais, rūpintojais), jei asmuo yra nepilnametis), priima asmenį mokytis į klasę, kurioje mokosi jo bendraamžiai, arba (ir) į išlyginamąją klasę (grupę). Jei iš pateiktų asmens mokymosi pasiekimus įteisinančių dokumentų, pokalbių ir kitų duomenų paaiškėja, kad asmens pasiekimai aukštesni arba žemesni, nei numatyti ugdymo programoje, pagal kurią mokosi jo bendraamžiai, asmuo turi teisę mokytis atitinkamai aukštesnėje klasėje arba klase žemiau. Jei mokinys yra nepilnametis, mokykla sprendimą turi suderinti su jo tėvais (globėjais, rūpintojais).</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="55D207CF" w14:textId="77777777" w:rsidR="00A629FE" w:rsidRPr="00A629FE" w:rsidRDefault="00A629FE" w:rsidP="00A629FE">
+        <w:t>Iš užsienio atvykęs asmuo, asmuo, Lietuvoje baigęs užsienio valstybės arba tarptautinės organizacijos pradinio, pagrindinio ugdymo programą ar tam tikrą jos dalį, priimamas mokytis bendra tvarka.</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:t xml:space="preserve"> P</w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:t>rogimnazija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F2006">
+        <w:t xml:space="preserve"> pagal turimą informaciją (pateiktus asmens patirtį ir pasiekimus įrodančius dokumentus, atsižvelgusi į jo amžių, pokalbius su mokiniu, jo tėvais (globėjais, rūpintojais), jei asmuo yra nepilnametis), priima asmenį mokytis į klasę, kurioje mokosi jo bendraamžiai, arba (ir) į išlyginamąją klasę (grupę). Jei iš pateiktų asmens mokymosi pasiekimus įteisinančių dokumentų, pokalbių ir kitų duomenų paaiškėja, kad asmens pasiekimai aukštesni arba žemesni, nei numatyti ugdymo programoje, pagal kurią mokosi jo bendraamžiai, asmuo turi teisę mokytis atitinkamai aukštesnėje klasėje arba klase žemiau. Jei mokinys yra nepilnametis,</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:t>progimnazija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F2006">
+        <w:t xml:space="preserve"> sprendimą turi suderinti su jo tėvais (globėjais, rūpintojais).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A629FE" w:rsidRPr="00A629FE" w:rsidRDefault="00A629FE" w:rsidP="00A629FE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00A629FE">
         <w:t>Užsieniečiams ir į Savivaldybės teritoriją atvykusiems Lietuvos Respublikos piliečiams, nemokantiems lietuvių kalbos, kasmet Savivaldybės tarybos sprendimu, kuriuo patvirtinamas Savivaldybės švietimo įstaigų priešmokyklinio ugdymo grupių ir klasių komplektų skaičius, formuojama išlyginamoji klasė (grupė), kurioje mokoma lietuvių kalbos ir padedama pasirengti mokytis pagal bendrojo ugdymo programas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75827460" w14:textId="77777777" w:rsidR="00D8416B" w:rsidRDefault="00046825" w:rsidP="00046825">
+    <w:p w:rsidR="00D8416B" w:rsidRDefault="00046825" w:rsidP="00046825">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00697FBB">
         <w:t>Priėmimas mokytis pagal pradinio ir pagrindinio ugdymo programas</w:t>
       </w:r>
       <w:r w:rsidR="00D8416B" w:rsidRPr="00697FBB">
-        <w:t xml:space="preserve"> į Mokyklą vyksta centralizuot</w:t>
+        <w:t xml:space="preserve"> į</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:t>progimnaziją</w:t>
+      </w:r>
+      <w:r w:rsidR="00D8416B" w:rsidRPr="00697FBB">
+        <w:t xml:space="preserve"> vyksta centralizuot</w:t>
       </w:r>
       <w:r w:rsidR="003A2D0B" w:rsidRPr="00697FBB">
         <w:t xml:space="preserve">ai per vaikų registravimo ir priėmimo į </w:t>
       </w:r>
       <w:r w:rsidR="00586672" w:rsidRPr="00697FBB">
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="003A2D0B" w:rsidRPr="00697FBB">
         <w:t>avivaldybės švietimo įstaigų bendrojo ugdymo grupes informacinę sistemą.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28B78176" w14:textId="77777777" w:rsidR="001F2006" w:rsidRDefault="001F2006" w:rsidP="00046825">
+    <w:p w:rsidR="001F2006" w:rsidRDefault="001F2006" w:rsidP="00046825">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="000F23B4">
         <w:t>Asmenų mokytis pagal bendrojo ugdymo programas pagrindinio priėmimo organizavimo etapai:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9537" w:type="dxa"/>
         <w:tblInd w:w="105" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="2" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2450"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="2026"/>
         <w:gridCol w:w="3644"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001F2006" w14:paraId="0419188B" w14:textId="77777777">
+      <w:tr w:rsidR="001F2006">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="22EE45A4" w14:textId="77777777" w:rsidR="001F2006" w:rsidRPr="00290E33" w:rsidRDefault="001F2006">
+          <w:p w:rsidR="001F2006" w:rsidRPr="00290E33" w:rsidRDefault="001F2006">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="188" w:right="194"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00290E33">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
               </w:rPr>
               <w:t>Ugdymo programos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="29F259C7" w14:textId="77777777" w:rsidR="001F2006" w:rsidRPr="00290E33" w:rsidRDefault="001F2006">
+          <w:p w:rsidR="001F2006" w:rsidRPr="00290E33" w:rsidRDefault="001F2006">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="188" w:right="194"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00290E33">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
               </w:rPr>
               <w:t>Priėmimo etapai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2026" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="516AFFC8" w14:textId="77777777" w:rsidR="001F2006" w:rsidRPr="00290E33" w:rsidRDefault="001F2006">
+          <w:p w:rsidR="001F2006" w:rsidRPr="00290E33" w:rsidRDefault="001F2006">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="188" w:right="194"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00290E33">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
               </w:rPr>
               <w:t xml:space="preserve">Prašymų </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
               </w:rPr>
               <w:t>priėmimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3644" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="10E3895B" w14:textId="77777777" w:rsidR="001F2006" w:rsidRPr="00290E33" w:rsidRDefault="001F2006">
+          <w:p w:rsidR="001F2006" w:rsidRPr="00290E33" w:rsidRDefault="001F2006">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="188" w:right="194"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
               </w:rPr>
               <w:t xml:space="preserve">Prašymų vertinimas. </w:t>
             </w:r>
             <w:r w:rsidRPr="00290E33">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
               </w:rPr>
               <w:t>IS asmenų paskirstymas mokykloms. Sutarčių pasirašymas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F2006" w14:paraId="48F69A94" w14:textId="77777777">
+      <w:tr w:rsidR="001F2006">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2450" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="51CF2D9D" w14:textId="77777777" w:rsidR="001F2006" w:rsidRPr="00290E33" w:rsidRDefault="00F9532D">
+          <w:p w:rsidR="001F2006" w:rsidRPr="00290E33" w:rsidRDefault="00F9532D">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="188" w:right="194"/>
               <w:textAlignment w:val="baseline"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
             <w:r w:rsidR="001F2006" w:rsidRPr="00101F0E">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
               </w:rPr>
               <w:t>.1.</w:t>
             </w:r>
             <w:r w:rsidR="001F2006">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001F2006" w:rsidRPr="00101F0E">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
               </w:rPr>
               <w:t xml:space="preserve">į </w:t>
             </w:r>
             <w:r w:rsidR="001F2006" w:rsidRPr="00290E33">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
               </w:rPr>
               <w:t>pradinio ugdymo programos 1 klasę ir specialiąją (lavinamąją) 1 klasę</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1415C4D1" w14:textId="77777777" w:rsidR="001F2006" w:rsidRPr="006B47A4" w:rsidRDefault="001F2006">
+          <w:p w:rsidR="001F2006" w:rsidRPr="006B47A4" w:rsidRDefault="001F2006">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="188" w:right="194"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
             </w:pPr>
             <w:r w:rsidRPr="006B47A4">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2026" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="222C452B" w14:textId="77777777" w:rsidR="001F2006" w:rsidRPr="00290E33" w:rsidRDefault="001F2006">
+          <w:p w:rsidR="001F2006" w:rsidRPr="00290E33" w:rsidRDefault="001F2006">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="188" w:right="194"/>
               <w:textAlignment w:val="baseline"/>
             </w:pPr>
             <w:r w:rsidRPr="00290E33">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
               </w:rPr>
               <w:t>vasario 1 d.–balandžio 15 d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3644" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="176641CA" w14:textId="77777777" w:rsidR="001F2006" w:rsidRPr="00290E33" w:rsidRDefault="001F2006">
+          <w:p w:rsidR="001F2006" w:rsidRPr="00290E33" w:rsidRDefault="001F2006">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="188" w:right="194"/>
               <w:textAlignment w:val="baseline"/>
             </w:pPr>
             <w:r w:rsidRPr="00290E33">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
               </w:rPr>
               <w:t>balandžio 16 d.–gegužės 15 d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F2006" w14:paraId="1B11B477" w14:textId="77777777">
+      <w:tr w:rsidR="001F2006">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2450" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="37950272" w14:textId="77777777" w:rsidR="001F2006" w:rsidRPr="00290E33" w:rsidRDefault="001F2006">
+          <w:p w:rsidR="001F2006" w:rsidRPr="00290E33" w:rsidRDefault="001F2006">
             <w:pPr>
               <w:ind w:left="188" w:right="194"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A8BB1B8" w14:textId="77777777" w:rsidR="001F2006" w:rsidRPr="006B47A4" w:rsidRDefault="001F2006">
+          <w:p w:rsidR="001F2006" w:rsidRPr="006B47A4" w:rsidRDefault="001F2006">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="188" w:right="194"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
             </w:pPr>
             <w:r w:rsidRPr="006B47A4">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
               </w:rPr>
               <w:t>II</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2026" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C2DC5AD" w14:textId="77777777" w:rsidR="001F2006" w:rsidRPr="00290E33" w:rsidRDefault="001F2006">
+          <w:p w:rsidR="001F2006" w:rsidRPr="00290E33" w:rsidRDefault="001F2006">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="188" w:right="194"/>
               <w:textAlignment w:val="baseline"/>
             </w:pPr>
             <w:r w:rsidRPr="00290E33">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
               </w:rPr>
               <w:t>gegužės 16 d.– gegužės 25 d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3644" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="53052B8E" w14:textId="77777777" w:rsidR="001F2006" w:rsidRPr="00290E33" w:rsidRDefault="001F2006">
+          <w:p w:rsidR="001F2006" w:rsidRPr="00290E33" w:rsidRDefault="001F2006">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="188" w:right="194"/>
               <w:textAlignment w:val="baseline"/>
             </w:pPr>
             <w:r w:rsidRPr="00290E33">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
               </w:rPr>
               <w:t xml:space="preserve">gegužės 26 d.–birželio 10 d. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0864B8C9" w14:textId="77777777" w:rsidR="001F2006" w:rsidRPr="00290E33" w:rsidRDefault="001F2006">
+          <w:p w:rsidR="001F2006" w:rsidRPr="00290E33" w:rsidRDefault="001F2006">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="188" w:right="194"/>
               <w:textAlignment w:val="baseline"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F2006" w14:paraId="245ED323" w14:textId="77777777">
+      <w:tr w:rsidR="001F2006">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2450" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1144EA9D" w14:textId="77777777" w:rsidR="001F2006" w:rsidRDefault="00F9532D">
+          <w:p w:rsidR="001F2006" w:rsidRDefault="00F9532D">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="188" w:right="194"/>
               <w:textAlignment w:val="baseline"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
             <w:r w:rsidR="001F2006">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">.2. į pagrindinio ugdymo programos 5 klasę ir </w:t>
             </w:r>
             <w:r w:rsidR="001F2006">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
               </w:rPr>
               <w:t>specialiąją (lavinamąją) 5 klasę</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1BE9310D" w14:textId="77777777" w:rsidR="001F2006" w:rsidRPr="006B47A4" w:rsidRDefault="001F2006">
+          <w:p w:rsidR="001F2006" w:rsidRPr="006B47A4" w:rsidRDefault="001F2006">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="188" w:right="194"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
             </w:pPr>
             <w:r w:rsidRPr="006B47A4">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2026" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5C0B730C" w14:textId="77777777" w:rsidR="001F2006" w:rsidRDefault="001F2006">
+          <w:p w:rsidR="001F2006" w:rsidRDefault="001F2006">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="188" w:right="194"/>
               <w:textAlignment w:val="baseline"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>vasario 10 d.–gegužės 31 d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3644" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E497D75" w14:textId="77777777" w:rsidR="001F2006" w:rsidRDefault="001F2006">
+          <w:p w:rsidR="001F2006" w:rsidRDefault="001F2006">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="188" w:right="194"/>
               <w:textAlignment w:val="baseline"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>birželio 1 d.–birželio 20 d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F2006" w14:paraId="0372740F" w14:textId="77777777">
+      <w:tr w:rsidR="001F2006">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2450" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="64D6B330" w14:textId="77777777" w:rsidR="001F2006" w:rsidRDefault="001F2006">
+          <w:p w:rsidR="001F2006" w:rsidRDefault="001F2006">
             <w:pPr>
               <w:ind w:left="188" w:right="194"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1BA53199" w14:textId="77777777" w:rsidR="001F2006" w:rsidRPr="006B47A4" w:rsidRDefault="001F2006">
+          <w:p w:rsidR="001F2006" w:rsidRPr="006B47A4" w:rsidRDefault="001F2006">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="188" w:right="194"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
             </w:pPr>
             <w:r w:rsidRPr="006B47A4">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>II</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5670" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B6C8968" w14:textId="77777777" w:rsidR="001F2006" w:rsidRDefault="001F2006">
+          <w:p w:rsidR="001F2006" w:rsidRDefault="001F2006">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="188" w:right="194"/>
               <w:textAlignment w:val="baseline"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7DE037EA" w14:textId="77777777" w:rsidR="001F2006" w:rsidRPr="00290E33" w:rsidRDefault="001F2006">
+          <w:p w:rsidR="001F2006" w:rsidRPr="00290E33" w:rsidRDefault="001F2006">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="188" w:right="194"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
             </w:pPr>
             <w:r w:rsidRPr="00290E33">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
               </w:rPr>
               <w:t>birželio 21 d. iki birželio 30 d.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1DCE03BF" w14:textId="77777777" w:rsidR="001F2006" w:rsidRDefault="001F2006">
+          <w:p w:rsidR="001F2006" w:rsidRDefault="001F2006">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="188" w:right="194"/>
               <w:textAlignment w:val="baseline"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F2006" w14:paraId="1B8FCDE1" w14:textId="77777777">
+      <w:tr w:rsidR="001F2006">
         <w:trPr>
           <w:trHeight w:val="1170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="58DB035E" w14:textId="77777777" w:rsidR="001F2006" w:rsidRDefault="00F9532D">
+          <w:p w:rsidR="001F2006" w:rsidRDefault="00F9532D">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="188" w:right="194"/>
               <w:textAlignment w:val="baseline"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
             <w:r w:rsidR="001F2006">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">.3. į pagrindinio ugdymo programos 9 (I </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="001F2006">
               <w:rPr>
                 <w:rStyle w:val="spellingerror"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>gimn</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="001F2006">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">.) klasę ir </w:t>
             </w:r>
             <w:r w:rsidR="001F2006">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
               </w:rPr>
               <w:t>specialiąją (lavinamąją) 9 klasę</w:t>
             </w:r>
             <w:r w:rsidR="001F2006">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="651D1586" w14:textId="77777777" w:rsidR="001F2006" w:rsidRPr="006B47A4" w:rsidRDefault="001F2006">
+          <w:p w:rsidR="001F2006" w:rsidRPr="006B47A4" w:rsidRDefault="001F2006">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="188" w:right="194"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
             </w:pPr>
             <w:r w:rsidRPr="006B47A4">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2026" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="27CF907F" w14:textId="77777777" w:rsidR="001F2006" w:rsidRDefault="001F2006">
+          <w:p w:rsidR="001F2006" w:rsidRDefault="001F2006">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="188" w:right="194"/>
               <w:textAlignment w:val="baseline"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>vasario 20 d.–birželio 15 d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3644" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="60E7114E" w14:textId="77777777" w:rsidR="001F2006" w:rsidRDefault="001F2006">
+          <w:p w:rsidR="001F2006" w:rsidRDefault="001F2006">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="188" w:right="194"/>
               <w:textAlignment w:val="baseline"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>birželio 16 d.–birželio 30 d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F2006" w14:paraId="0A8CC652" w14:textId="77777777">
+      <w:tr w:rsidR="001F2006">
         <w:trPr>
           <w:trHeight w:val="1170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76DA03D5" w14:textId="77777777" w:rsidR="001F2006" w:rsidRDefault="00F9532D">
+          <w:p w:rsidR="001F2006" w:rsidRDefault="00F9532D">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="188" w:right="194"/>
               <w:textAlignment w:val="baseline"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
             <w:r w:rsidR="001F2006">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
               </w:rPr>
-              <w:t xml:space="preserve">.4. mokyklos keitimas (perėjimas į pasirinktos mokyklos </w:t>
+              <w:t>.4.</w:t>
+            </w:r>
+            <w:r w:rsidR="002B6466">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+              </w:rPr>
+              <w:t>progimnazijos</w:t>
+            </w:r>
+            <w:r w:rsidR="001F2006">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> keitimas (perėjimas į pasirinktos</w:t>
+            </w:r>
+            <w:r w:rsidR="003359AA">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002B6466">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+              </w:rPr>
+              <w:t>progimnazijos</w:t>
+            </w:r>
+            <w:r w:rsidR="001F2006">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001F2006">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>pradinio, pagrindinio, vidurinio ugdymo programų</w:t>
             </w:r>
             <w:r w:rsidR="001F2006">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
               </w:rPr>
-              <w:t xml:space="preserve"> kitas klases (pvz.: iš 2 į 3, iš 5 į 6, iš 9 į 10 klasę ir t.t.)) naujiems mokslo metams</w:t>
+              <w:t xml:space="preserve"> kitas klases (pvz.: iš 2 į 3, iš 5 į 6, iš 9 į 10 klasę ir t.t.)) </w:t>
+            </w:r>
+            <w:r w:rsidR="001F2006">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>naujiems mokslo metams</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3443" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="24D1ED14" w14:textId="77777777" w:rsidR="001F2006" w:rsidRDefault="001F2006">
+          <w:p w:rsidR="001F2006" w:rsidRDefault="001F2006">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="188" w:right="194"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>nuolat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3644" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2480E4EB" w14:textId="77777777" w:rsidR="001F2006" w:rsidRDefault="001F2006">
+          <w:p w:rsidR="001F2006" w:rsidRDefault="001F2006">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="188" w:right="194"/>
               <w:textAlignment w:val="baseline"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>pasibaigus ugdymo procesui</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7FDADE3D" w14:textId="77777777" w:rsidR="001F2006" w:rsidRDefault="001F2006">
+          <w:p w:rsidR="001F2006" w:rsidRDefault="001F2006">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="188" w:right="194"/>
               <w:textAlignment w:val="baseline"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="55A0EA84" w14:textId="77777777" w:rsidR="00A629FE" w:rsidRDefault="00A629FE" w:rsidP="00046825">
+    <w:p w:rsidR="00A629FE" w:rsidRDefault="00A629FE" w:rsidP="00046825">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A629FE">
         <w:rPr>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Prašymai į kitų mokslo metų 1, 5, 9 (I </w:t>
-[...15 lines deleted...]
-        <w:t>.) klases pateikti anksčiau nei Aprašo</w:t>
+        <w:t>Prašymai į kitų mokslo metų 1, 5, 9 (I gimn.) klases pateikti anksčiau nei Aprašo</w:t>
       </w:r>
       <w:r w:rsidRPr="00383ED1">
         <w:rPr>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002144B9" w:rsidRPr="00383ED1">
         <w:rPr>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="001162EC" w:rsidRPr="00383ED1">
         <w:rPr>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="0057469C">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A629FE">
         <w:rPr>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>punkte nurodytais laikotarpiais yra anuliuojami.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1951A2AC" w14:textId="77777777" w:rsidR="0057469C" w:rsidRPr="0057469C" w:rsidRDefault="0057469C" w:rsidP="00931B26">
+    <w:p w:rsidR="0057469C" w:rsidRPr="0057469C" w:rsidRDefault="0057469C" w:rsidP="00931B26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0057469C">
         <w:rPr>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t xml:space="preserve">Tėvai (globėjai, rūpintojai), kurių vaikai yra baigę pagrindinio ugdymo programos I dalį (8 klasę), pagrindinio ugdymo programą (10 (II </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0057469C">
+        <w:t>Tėvai (globėjai, rūpintojai), kurių vaikai yra baigę pagrindinio ugdymo programos I dalį (8 klasę), pagrindinio ugdymo programą (10 (II gimn.) klasę) ir keičia įstaigą, IS sistemoje teikia prašymą mokytis į Savivaldybės gimnazijų 9 (I gimn.), 11 (III gimn.) klases, neatsižvelgdami į Aprašo 20 punkto kriterijus. Vykdant Asmenų paskirstymą į</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
         <w:rPr>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>gimn</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0057469C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
         <w:rPr>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t xml:space="preserve">.) klasę) ir keičia įstaigą, IS sistemoje teikia prašymą mokytis į Savivaldybės gimnazijų 9 (I </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>progimnazija</w:t>
+      </w:r>
       <w:r w:rsidRPr="0057469C">
         <w:rPr>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>gimn</w:t>
-[...26 lines deleted...]
-    <w:p w14:paraId="6BDA565B" w14:textId="77777777" w:rsidR="00046825" w:rsidRPr="00931B26" w:rsidRDefault="00046825">
+        <w:t>s atsižvelgiama tik į prašymo padavimo datą ir laiką.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00046825" w:rsidRPr="00931B26" w:rsidRDefault="00046825">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00931B26">
         <w:rPr>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">Tėvai (globėjai, rūpintojai) prašymus pildo elektroniniu būdu IS prisijungę prie Savivaldybės interneto svetainės www.marijampole.lt </w:t>
       </w:r>
       <w:r w:rsidR="001F2006" w:rsidRPr="00931B26">
         <w:rPr>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">paskyroje </w:t>
       </w:r>
       <w:r w:rsidR="001F2006" w:rsidRPr="00931B26">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>Gyventojams/Priėmimas į bendrojo ugdymo mokyklas</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Gyventojams/Priėmimas į bendrojo ugdymo</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>progimnazija</w:t>
+      </w:r>
+      <w:r w:rsidR="001F2006" w:rsidRPr="00931B26">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="001F2006" w:rsidRPr="00931B26">
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
         <w:t xml:space="preserve"> arba kreipiasi į Registratorių (J. Basanavičiaus a. 1, Marijampolė). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="322FD1E7" w14:textId="77777777" w:rsidR="001645A0" w:rsidRDefault="007E493E" w:rsidP="00046825">
+    <w:p w:rsidR="001645A0" w:rsidRDefault="007E493E" w:rsidP="00046825">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:suppressLineNumbers/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00697FBB">
         <w:rPr>
           <w:kern w:val="2"/>
@@ -3326,205 +3869,221 @@
         </w:rPr>
         <w:t>Užpildytus elektroninius prašymus sistema patikrina ir užregistruoja automatiškai.</w:t>
       </w:r>
       <w:r w:rsidR="00AF7F78" w:rsidRPr="00697FBB">
         <w:rPr>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> Prašymas neregistruojamas, jeigu jame pateikti neteisingi </w:t>
       </w:r>
       <w:r w:rsidR="002D7C52" w:rsidRPr="00697FBB">
         <w:rPr>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>arba ne visi duomenys</w:t>
       </w:r>
       <w:r w:rsidR="00AF7F78" w:rsidRPr="00697FBB">
         <w:rPr>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F9453AC" w14:textId="77777777" w:rsidR="00931B26" w:rsidRPr="00931B26" w:rsidRDefault="00931B26" w:rsidP="00046825">
+    <w:p w:rsidR="00931B26" w:rsidRPr="00931B26" w:rsidRDefault="00931B26" w:rsidP="00046825">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:suppressLineNumbers/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>IS vartotojui elektroniniu paštu patvirtinama apie sėkmingą prašymo pateikimą, įregistravimą</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="285AD5A3" w14:textId="77777777" w:rsidR="00931B26" w:rsidRPr="00931B26" w:rsidRDefault="00931B26" w:rsidP="00046825">
+    <w:p w:rsidR="00931B26" w:rsidRPr="00931B26" w:rsidRDefault="00931B26" w:rsidP="00046825">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:suppressLineNumbers/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>IS įregistruotas prašymas galioja tik tėvų (globėjų, rūpintojų) prašyme nurodytiems mokslo metams, o vėliau anuliuojamas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FC29446" w14:textId="77777777" w:rsidR="00931B26" w:rsidRDefault="00931B26" w:rsidP="00931B26">
+    <w:p w:rsidR="00931B26" w:rsidRDefault="00931B26" w:rsidP="00931B26">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressLineNumbers/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26BF14E7" w14:textId="77777777" w:rsidR="00931B26" w:rsidRPr="00931B26" w:rsidRDefault="00931B26" w:rsidP="00931B26">
+    <w:p w:rsidR="00931B26" w:rsidRPr="00931B26" w:rsidRDefault="00931B26" w:rsidP="00931B26">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressLineNumbers/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00931B26">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>IV SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B91A2BC" w14:textId="77777777" w:rsidR="00931B26" w:rsidRDefault="00931B26" w:rsidP="00931B26">
+    <w:p w:rsidR="00931B26" w:rsidRDefault="00931B26" w:rsidP="00931B26">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>ASMENŲ PRISKYRIMAS ĮSTAIGOMS. PRIĖMIMO Į MOKYKLĄ ĮFORMINIMAS</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6D1CBE57" w14:textId="77777777" w:rsidR="00931B26" w:rsidRPr="00931B26" w:rsidRDefault="00931B26" w:rsidP="00F8009B">
+        <w:t xml:space="preserve">ASMENŲ PRISKYRIMAS ĮSTAIGOMS. PRIĖMIMO </w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Į PROGIMNAZIJĄ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ĮFORMINIMAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931B26" w:rsidRPr="00931B26" w:rsidRDefault="00931B26" w:rsidP="00F8009B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressLineNumbers/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="02BF0AB7" w14:textId="77777777" w:rsidR="00931B26" w:rsidRDefault="006C6153" w:rsidP="00F8009B">
+    <w:p w:rsidR="00931B26" w:rsidRDefault="006C6153" w:rsidP="00F8009B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:suppressLineNumbers/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C6153">
         <w:rPr>
@@ -3562,320 +4121,482 @@
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006C6153">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">punkte nurodytus terminus naujiems mokslo metams, kurie prasideda nuo rugsėjo 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>dienos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="760AD2BD" w14:textId="77777777" w:rsidR="006C6153" w:rsidRDefault="006C6153" w:rsidP="00F8009B">
+    <w:p w:rsidR="006C6153" w:rsidRDefault="006C6153" w:rsidP="00F8009B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:suppressLineNumbers/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C6153">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>Pagrindinio priėmimo metu prašymų priėmimo laikotarpiu prašymai nevertinami, jų vertinimas pradedamas pasibaigus prašymų priėmimui. Prašymai įvertinami per 20 darbo dienų.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="184388B6" w14:textId="77777777" w:rsidR="006C6153" w:rsidRDefault="006C6153" w:rsidP="00F8009B">
+    <w:p w:rsidR="006C6153" w:rsidRDefault="006C6153" w:rsidP="00F8009B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:suppressLineNumbers/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C6153">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>Pavienio priėmimo metu esant laisvoms vietoms mokyklose, asmenys mokykloms priskiriami per 20 darbo dienų nuo prašymo padavimo datos, visus metus.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="71E075D2" w14:textId="77777777" w:rsidR="006C6153" w:rsidRDefault="006C6153" w:rsidP="00F8009B">
+        <w:t>Pavienio priėmimo metu esant laisvoms vietoms</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6153">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>e, asmenys mokykloms priskiriami per 20 darbo dienų nuo prašymo padavimo datos, visus metus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6153" w:rsidRDefault="006C6153" w:rsidP="00F8009B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:suppressLineNumbers/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C6153">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>Priskyrus asmenį mokyklai, jis išbraukiamas IS iš antros įstaigos iš laukiančių eilės.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4B14F2F9" w14:textId="77777777" w:rsidR="006C6153" w:rsidRDefault="006C6153" w:rsidP="00F8009B">
+        <w:t>Priskyrus asmenį</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>progimnazija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6153">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>i, jis išbraukiamas IS iš antros įstaigos iš laukiančių eilės.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6153" w:rsidRDefault="006C6153" w:rsidP="00F8009B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:suppressLineNumbers/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C6153">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>Tėvai (globėjai, rūpintojai) ir mokykla apie asmens priskyrimą į švietimo įstaigą informuojami automatiškai elektroniniais pranešimais, o keičiant mokyklą pranešimą gauna ir ankstesnė Savivaldybėje lankyta švietimo įstaiga.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7DBA13B1" w14:textId="77777777" w:rsidR="006C6153" w:rsidRDefault="006C6153" w:rsidP="00F8009B">
+        <w:t>Tėvai (globėjai, rūpintojai) ir</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>progimnazija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6153">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> apie asmens priskyrimą į švietimo įstaigą informuojami automatiškai elektroniniais pranešimais, o keičiant</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>progimnaziją</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6153">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pranešimą gauna ir ankstesnė Savivaldybėje lankyta švietimo įstaiga.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6153" w:rsidRDefault="006C6153" w:rsidP="00F8009B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:suppressLineNumbers/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C6153">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>Tėvai (globėjai, rūpintojai ), gavę pranešimą apie priskirtą mokyklą, ne vėliau kaip per 10 kalendorinių dienų nuo pranešimų apie priskyrimą gavimo privalo:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="66927A50" w14:textId="77777777" w:rsidR="006C6153" w:rsidRDefault="006C6153" w:rsidP="00F8009B">
+        <w:t>Tėvai (globėjai, rūpintojai ), gavę pranešimą apie priskirtą</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>progimnaziją</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6153">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>, ne vėliau kaip per 10 kalendorinių dienų nuo pranešimų apie priskyrimą gavimo privalo:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6153" w:rsidRDefault="006C6153" w:rsidP="00F8009B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressLineNumbers/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="001162EC">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">.1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
-        <w:t>atvykti į Mokyklą ir pateikti su vaikų priėmimu susijusius dokumentus (kopijas);</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1C6B4993" w14:textId="77777777" w:rsidR="006C6153" w:rsidRDefault="006C6153" w:rsidP="00F8009B">
+        <w:t>atvykti į</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>progimnaziją</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir pateikti su vaikų priėmimu susijusius dokumentus (kopijas);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6153" w:rsidRDefault="006C6153" w:rsidP="00F8009B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressLineNumbers/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="001162EC">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve">.2. </w:t>
       </w:r>
       <w:r w:rsidRPr="006C6153">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
-        <w:t xml:space="preserve">informuoti telefonu, elektroniniu ar registruotu laišku </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>informuoti telefonu, elektroniniu ar registruotu laišku</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
-        <w:t>M</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
       </w:r>
       <w:r w:rsidRPr="006C6153">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
-        <w:t>okyklos vadovą apie kitas dokumentų (kopijų) pateikimo datas, jeigu dėl ligos, išvykimo ar kitų svarbių priežasčių nustatytu terminu atvykti į mokyklą negali.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5AF23F34" w14:textId="77777777" w:rsidR="006C6153" w:rsidRDefault="006C6153" w:rsidP="00F8009B">
+        <w:t xml:space="preserve"> vadovą apie kitas dokumentų (kopijų) pateikimo datas, jeigu dėl ligos, išvykimo ar kitų svarbių priežasčių nustatytu terminu atvykti į</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>progimnaziją</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6153">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> negali.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6153" w:rsidRDefault="006C6153" w:rsidP="00F8009B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressLineNumbers/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
@@ -3926,87 +4647,153 @@
       </w:r>
       <w:r w:rsidR="001162EC" w:rsidRPr="00383ED1">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00383ED1">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B7734B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>punkte</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> nurodytą laiką nepateikia reikiamų dokumentų ar atsisako pasirašyti mokymosi sutartį, vaikas netenka vietos mokykloje, o prašymas anuliuojamas. Dėl priėmimo į mokyklas būtina nauja (pakartotina) IS registracija.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1A6F8D94" w14:textId="77777777" w:rsidR="006C6153" w:rsidRDefault="006C6153" w:rsidP="00F8009B">
+        <w:t xml:space="preserve"> nurodytą laiką nepateikia reikiamų dokumentų ar atsisako pasirašyti mokymosi sutartį, vaikas netenka vietos</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, o prašymas anuliuojamas. Dėl priėmimo į</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>progimnazija</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>s būtina nauja (pakartotina) IS registracija.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6153" w:rsidRDefault="006C6153" w:rsidP="00F8009B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:suppressLineNumbers/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C6153">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>Tėvai (globėjai, rūpintojai) vaiko priskirtai mokyklai pateikia:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="44971885" w14:textId="77777777" w:rsidR="006C6153" w:rsidRDefault="006C6153" w:rsidP="00F8009B">
+        <w:t>Tėvai (globėjai, rūpintojai) vaiko priskirtai</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>progimnazija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6153">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>i pateikia:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6153" w:rsidRDefault="006C6153" w:rsidP="00F8009B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressLineNumbers/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
@@ -4015,216 +4802,233 @@
       <w:r w:rsidR="00383ED1">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">.1. </w:t>
       </w:r>
       <w:r w:rsidRPr="006C6153">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>priimto mokytis asmens tapatybę patvirtinantį dokumentą (jo kopiją);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7394712B" w14:textId="77777777" w:rsidR="006C6153" w:rsidRDefault="006C6153" w:rsidP="00F8009B">
+    <w:p w:rsidR="006C6153" w:rsidRDefault="006C6153" w:rsidP="00F8009B">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00383ED1">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">.2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>pirmumo teisę patvirtinančius dokumentus, jei vaikas priimamas pirmumą suteikiančių kriterijų tvarka;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20C66A12" w14:textId="77777777" w:rsidR="006C6153" w:rsidRDefault="006C6153" w:rsidP="00F8009B">
+    <w:p w:rsidR="006C6153" w:rsidRDefault="006C6153" w:rsidP="00F8009B">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00383ED1">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">.3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>skaitmeninę dokumentinę nuotrauką elektroniniam mokinio pažymėjimui gauti;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76DFFA4B" w14:textId="77777777" w:rsidR="006C6153" w:rsidRDefault="006C6153" w:rsidP="00F8009B">
+    <w:p w:rsidR="006C6153" w:rsidRDefault="006C6153" w:rsidP="00F8009B">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00383ED1">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">.4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>PPT pažymą dėl specialiųjų ugdymosi poreikių pirminio (pakartotinio) įvertinimo, pažymą dėl specialiojo ugdymosi ir (ar) švietimo pagalbos skyrimo (dėl priėmimo į specialiąsias (lavinamąsias) ar socialinių įgūdžių klases).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09921393" w14:textId="77777777" w:rsidR="006C6153" w:rsidRDefault="006C6153" w:rsidP="00F8009B">
+    <w:p w:rsidR="006C6153" w:rsidRDefault="003359AA" w:rsidP="00F8009B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:suppressLineNumbers/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C6153">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>Mokyklai iš kitų švietimo įstaigų atvykę mokiniai papildomai pateikia vieną iš šių dokumentų:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4405997C" w14:textId="77777777" w:rsidR="006C6153" w:rsidRDefault="006C6153" w:rsidP="00F8009B">
+        <w:t>Progimnazijai</w:t>
+      </w:r>
+      <w:r w:rsidR="006C6153" w:rsidRPr="006C6153">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> iš kitų švietimo įstaigų atvykę mokiniai papildomai pateikia vieną iš šių </w:t>
+      </w:r>
+      <w:r w:rsidR="006C6153" w:rsidRPr="006C6153">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>dokumentų:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6153" w:rsidRDefault="006C6153" w:rsidP="00F8009B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressLineNumbers/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
@@ -4233,51 +5037,51 @@
       <w:r w:rsidR="00383ED1">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">.1. </w:t>
       </w:r>
       <w:r w:rsidR="00FC33A3" w:rsidRPr="006C6153">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>įgyto išsilavinimo pažymėjimą;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25DE14E6" w14:textId="77777777" w:rsidR="00FC33A3" w:rsidRDefault="00FC33A3" w:rsidP="00F8009B">
+    <w:p w:rsidR="00FC33A3" w:rsidRDefault="00FC33A3" w:rsidP="00F8009B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressLineNumbers/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
@@ -4286,444 +5090,560 @@
       <w:r w:rsidR="00383ED1">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">.2. </w:t>
       </w:r>
       <w:r w:rsidRPr="006C6153">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>mokymosi pasiekimų pažymėjimą;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53D46FC7" w14:textId="77777777" w:rsidR="00FC33A3" w:rsidRDefault="00FC33A3" w:rsidP="00F8009B">
+    <w:p w:rsidR="00FC33A3" w:rsidRDefault="00FC33A3" w:rsidP="00F8009B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressLineNumbers/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00383ED1">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">.3. </w:t>
       </w:r>
       <w:r w:rsidRPr="006C6153">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>pažymą apie mokymosi pasiekimus ankstesnėje mokykloje.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="17D1164A" w14:textId="77777777" w:rsidR="006C6153" w:rsidRPr="006C6153" w:rsidRDefault="00FC33A3" w:rsidP="00F8009B">
+        <w:t>pažymą apie mokymosi pasiekimus ankstesnėje</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6153">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6153" w:rsidRPr="006C6153" w:rsidRDefault="00FC33A3" w:rsidP="00F8009B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:suppressLineNumbers/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C6153">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>Asmens priėmimas mokytis įforminamas mokymo sutartimi</w:t>
       </w:r>
       <w:r w:rsidR="00F8009B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1 priedas)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B50C510" w14:textId="77777777" w:rsidR="006C6153" w:rsidRDefault="006C6153" w:rsidP="00F8009B">
+    <w:p w:rsidR="006C6153" w:rsidRDefault="006C6153" w:rsidP="00F8009B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:suppressLineNumbers/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C6153">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Priimtų į mokyklą asmenų paskirstymo į klases (grupes) tvarką ir kriterijus nustato </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FC33A3">
+        <w:t xml:space="preserve"> Priimtų į</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>M</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006C6153">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>okykla. Mokinių paskirstymas įforminamas mokyklos direktoriaus įsakymu.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="74A4C8C8" w14:textId="77777777" w:rsidR="00FC33A3" w:rsidRPr="0045118A" w:rsidRDefault="00FC33A3" w:rsidP="00F8009B">
+        <w:t>progimnaziją</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6153">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> asmenų paskirstymo į klases (grupes) tvarką ir kriterijus nustato</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>progimnazija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6153">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>. Mokinių paskirstymas į</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6153">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>orminamas</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6153">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> direktoriaus įsakymu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC33A3" w:rsidRPr="0045118A" w:rsidRDefault="00FC33A3" w:rsidP="00F8009B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressLineNumbers/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="70B795EB" w14:textId="77777777" w:rsidR="0067005D" w:rsidRPr="0045118A" w:rsidRDefault="0067005D" w:rsidP="00F8009B">
+    <w:p w:rsidR="0067005D" w:rsidRPr="0045118A" w:rsidRDefault="0067005D" w:rsidP="00F8009B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0045118A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>V SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DFF3C8D" w14:textId="77777777" w:rsidR="00B2766F" w:rsidRPr="0045118A" w:rsidRDefault="00B2766F" w:rsidP="00F8009B">
+    <w:p w:rsidR="00B2766F" w:rsidRPr="0045118A" w:rsidRDefault="00B2766F" w:rsidP="00F8009B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0045118A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>PASKIRSTYMO Į KLASES TVARKA IR KRITERIJAI</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53C2C184" w14:textId="77777777" w:rsidR="0067005D" w:rsidRPr="0045118A" w:rsidRDefault="0067005D" w:rsidP="00F8009B">
+    <w:p w:rsidR="0067005D" w:rsidRPr="0045118A" w:rsidRDefault="0067005D" w:rsidP="00F8009B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7186CC0D" w14:textId="77777777" w:rsidR="00E71422" w:rsidRPr="0045118A" w:rsidRDefault="00E71422" w:rsidP="00317A06">
+    <w:p w:rsidR="00E71422" w:rsidRPr="0045118A" w:rsidRDefault="00E71422" w:rsidP="00317A06">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0045118A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Klasės formuojamos vadovaujantis Marijampolės savivaldybės tarybos nustatytu klasių komplektų skaičiumi mokyklai.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5B4F0C87" w14:textId="77777777" w:rsidR="00E71422" w:rsidRPr="0045118A" w:rsidRDefault="00E71422" w:rsidP="00317A06">
+        <w:t>Klasės formuojamos vadovaujantis Marijampolės savivaldybės tarybos nustatytu klasių komplektų skaičiumi</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>progimnazija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045118A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>i.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E71422" w:rsidRPr="0045118A" w:rsidRDefault="00E71422" w:rsidP="00317A06">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0045118A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Mokinių skirstymas į klases:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02A06FFD" w14:textId="77777777" w:rsidR="00E71422" w:rsidRDefault="003D64AF" w:rsidP="00F8009B">
+    <w:p w:rsidR="00E71422" w:rsidRDefault="003D64AF" w:rsidP="00F8009B">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>43</w:t>
       </w:r>
       <w:r w:rsidR="00E71422" w:rsidRPr="0045118A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">.1. </w:t>
       </w:r>
       <w:r w:rsidR="00E71422" w:rsidRPr="0045118A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>skirstant į pirmas klases vadovaujamasi šiais kriterijais:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FF4E153" w14:textId="77777777" w:rsidR="00383ED1" w:rsidRPr="00383ED1" w:rsidRDefault="00383ED1" w:rsidP="00F8009B">
+    <w:p w:rsidR="00383ED1" w:rsidRPr="00383ED1" w:rsidRDefault="00383ED1" w:rsidP="00F8009B">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00383ED1">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>43.1.1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="0045118A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">esant galimybei </w:t>
       </w:r>
       <w:r w:rsidRPr="0045118A">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>atsižvelgiama į tėvų pateiktame prašyme nurodytą pageidavimą patekti į konkrečią klasę pas konkretų mokytoją</w:t>
       </w:r>
       <w:r w:rsidR="00894776">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="507511A2" w14:textId="77777777" w:rsidR="00E71422" w:rsidRPr="0045118A" w:rsidRDefault="003D64AF" w:rsidP="00F8009B">
+    <w:p w:rsidR="00E71422" w:rsidRPr="0045118A" w:rsidRDefault="003D64AF" w:rsidP="00F8009B">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>43</w:t>
       </w:r>
       <w:r w:rsidR="00E71422" w:rsidRPr="0045118A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.1.2. lyčių tolygus paskirstymas klasėje;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36325496" w14:textId="77777777" w:rsidR="00E71422" w:rsidRPr="0045118A" w:rsidRDefault="003D64AF" w:rsidP="00F8009B">
+    <w:p w:rsidR="00E71422" w:rsidRPr="0045118A" w:rsidRDefault="003D64AF" w:rsidP="00F8009B">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>43</w:t>
       </w:r>
       <w:r w:rsidR="00E71422" w:rsidRPr="0045118A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.1.3. mokinių skaičiaus tolygus paskirstymas;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43E3C513" w14:textId="77777777" w:rsidR="00E71422" w:rsidRPr="0045118A" w:rsidRDefault="003D64AF" w:rsidP="00F8009B">
+    <w:p w:rsidR="00E71422" w:rsidRPr="0045118A" w:rsidRDefault="003D64AF" w:rsidP="00F8009B">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>43</w:t>
       </w:r>
       <w:r w:rsidR="00E71422" w:rsidRPr="0045118A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">.1.4. specialiųjų </w:t>
       </w:r>
       <w:r w:rsidR="00E60850">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
@@ -4742,151 +5662,193 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>esant s</w:t>
       </w:r>
       <w:r w:rsidR="008A1A92">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>udėtingiems</w:t>
       </w:r>
       <w:r w:rsidR="006D4000">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> klausimams </w:t>
       </w:r>
       <w:r w:rsidR="00E71422" w:rsidRPr="0045118A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>atsižvelgus į mokyklos Vaiko gerovės komisijos siūlymą.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="140C47CA" w14:textId="77777777" w:rsidR="00E71422" w:rsidRPr="0045118A" w:rsidRDefault="003D64AF" w:rsidP="00F8009B">
+        <w:t>atsižvelgus į</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00E71422" w:rsidRPr="0045118A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Vaiko gerovės komisijos siūlymą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E71422" w:rsidRPr="0045118A" w:rsidRDefault="003D64AF" w:rsidP="00F8009B">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>43</w:t>
       </w:r>
       <w:r w:rsidR="00E71422" w:rsidRPr="0045118A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">.2. </w:t>
       </w:r>
       <w:r w:rsidR="00E71422" w:rsidRPr="0045118A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>skirstant į penktas klases vadovaujamasi šiais kriterijais:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="362ADAB6" w14:textId="77777777" w:rsidR="00E71422" w:rsidRPr="0045118A" w:rsidRDefault="003D64AF" w:rsidP="00F8009B">
+    <w:p w:rsidR="00E71422" w:rsidRPr="0045118A" w:rsidRDefault="003D64AF" w:rsidP="00F8009B">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>43</w:t>
       </w:r>
       <w:r w:rsidR="00E71422" w:rsidRPr="0045118A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>.2.1. jau suformuotų buvusių mokyklos 4-ų klasių mokinių sudėtis – klasės formuojamos jų pagrindu;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="25155927" w14:textId="77777777" w:rsidR="00E71422" w:rsidRPr="0045118A" w:rsidRDefault="003D64AF" w:rsidP="00F8009B">
+        <w:t>.2.1. jau suformuotų buvusių</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00E71422" w:rsidRPr="0045118A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-ų klasių mokinių sudėtis – klasės formuojamos jų pagrindu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E71422" w:rsidRPr="0045118A" w:rsidRDefault="003D64AF" w:rsidP="00F8009B">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>43</w:t>
       </w:r>
       <w:r w:rsidR="00E71422" w:rsidRPr="0045118A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.2.</w:t>
       </w:r>
       <w:r w:rsidR="00BA7AAE" w:rsidRPr="0045118A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00E71422" w:rsidRPr="0045118A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>. lyčių tolygus paskirstymas klasėje;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F09E943" w14:textId="77777777" w:rsidR="00E71422" w:rsidRPr="0045118A" w:rsidRDefault="003D64AF" w:rsidP="00F8009B">
+    <w:p w:rsidR="00E71422" w:rsidRPr="0045118A" w:rsidRDefault="003D64AF" w:rsidP="00F8009B">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>43</w:t>
       </w:r>
       <w:r w:rsidR="00E71422" w:rsidRPr="0045118A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.2</w:t>
       </w:r>
       <w:r w:rsidR="00BA7AAE" w:rsidRPr="0045118A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
@@ -4933,61 +5895,82 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>esant s</w:t>
       </w:r>
       <w:r w:rsidR="008A1A92">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>udėtingiems</w:t>
       </w:r>
       <w:r w:rsidR="00795A35">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> klausimams </w:t>
       </w:r>
       <w:r w:rsidR="00E71422" w:rsidRPr="0045118A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>atsižvelgus į mokyklos Vaiko gerovės komisijos siūlymą</w:t>
+        <w:t>atsižvelgus į</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00E71422" w:rsidRPr="0045118A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Vaiko gerovės komisijos siūlymą</w:t>
       </w:r>
       <w:r w:rsidR="00795A35">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A467CBD" w14:textId="77777777" w:rsidR="00E71422" w:rsidRPr="0045118A" w:rsidRDefault="003D64AF" w:rsidP="00F8009B">
+    <w:p w:rsidR="00E71422" w:rsidRPr="0045118A" w:rsidRDefault="003D64AF" w:rsidP="00F8009B">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>43</w:t>
       </w:r>
       <w:r w:rsidR="00BA7AAE" w:rsidRPr="0045118A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.2.</w:t>
       </w:r>
       <w:r w:rsidR="00A777F7" w:rsidRPr="0045118A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
@@ -4995,217 +5978,217 @@
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00BA7AAE" w:rsidRPr="0045118A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00E71422" w:rsidRPr="0045118A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> užsienio kalbas ir dorinį ugdymą pasirinkusių mokinių skaičius grupėse</w:t>
       </w:r>
       <w:r w:rsidR="00894776">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D2C50D9" w14:textId="77777777" w:rsidR="00A777F7" w:rsidRPr="0045118A" w:rsidRDefault="003D64AF" w:rsidP="00F8009B">
+    <w:p w:rsidR="00A777F7" w:rsidRPr="0045118A" w:rsidRDefault="003D64AF" w:rsidP="00F8009B">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>43</w:t>
       </w:r>
       <w:r w:rsidR="00A777F7" w:rsidRPr="0045118A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.2.</w:t>
       </w:r>
       <w:r w:rsidR="004A34C6">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00A777F7" w:rsidRPr="0045118A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>. vaiko ir jo tėvų nurodytas pageidavimas, esant laisvų vietų;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28268E25" w14:textId="77777777" w:rsidR="00E71422" w:rsidRPr="0045118A" w:rsidRDefault="003D64AF" w:rsidP="00F8009B">
+    <w:p w:rsidR="00E71422" w:rsidRPr="0045118A" w:rsidRDefault="003D64AF" w:rsidP="00F8009B">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>43</w:t>
       </w:r>
       <w:r w:rsidR="00E71422" w:rsidRPr="0045118A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">.3. </w:t>
       </w:r>
       <w:r w:rsidR="00E71422" w:rsidRPr="0045118A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>skirstant į klases naujai atvykusius mokinius vadovaujamasi šiais kriterijais:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A27D7E9" w14:textId="77777777" w:rsidR="00E71422" w:rsidRPr="0045118A" w:rsidRDefault="003D64AF" w:rsidP="00F8009B">
+    <w:p w:rsidR="00E71422" w:rsidRPr="0045118A" w:rsidRDefault="003D64AF" w:rsidP="00F8009B">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>43</w:t>
       </w:r>
       <w:r w:rsidR="00E71422" w:rsidRPr="0045118A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.3.1. tolygus mokinių skaičius klasėje;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="159307DF" w14:textId="77777777" w:rsidR="00E71422" w:rsidRPr="0045118A" w:rsidRDefault="003D64AF" w:rsidP="00F8009B">
+    <w:p w:rsidR="00E71422" w:rsidRPr="0045118A" w:rsidRDefault="003D64AF" w:rsidP="00F8009B">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>43</w:t>
       </w:r>
       <w:r w:rsidR="00E71422" w:rsidRPr="0045118A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.3.2. lyčių tolygus paskirstymas klasėje;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44A1C403" w14:textId="77777777" w:rsidR="00E71422" w:rsidRPr="0045118A" w:rsidRDefault="003D64AF" w:rsidP="00F8009B">
+    <w:p w:rsidR="00E71422" w:rsidRPr="0045118A" w:rsidRDefault="003D64AF" w:rsidP="00F8009B">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>43</w:t>
       </w:r>
       <w:r w:rsidR="00E71422" w:rsidRPr="0045118A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.3</w:t>
       </w:r>
       <w:r w:rsidR="00BA7AAE" w:rsidRPr="0045118A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00E71422" w:rsidRPr="0045118A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>3. užsienio kalbas ir dorinį ugdymą pasirinkusių mokinių skaičius grupėse</w:t>
       </w:r>
       <w:r w:rsidR="002D011B" w:rsidRPr="0045118A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CE9844E" w14:textId="77777777" w:rsidR="00E71422" w:rsidRPr="0045118A" w:rsidRDefault="003D64AF" w:rsidP="00F8009B">
+    <w:p w:rsidR="00E71422" w:rsidRPr="0045118A" w:rsidRDefault="003D64AF" w:rsidP="00F8009B">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>43</w:t>
       </w:r>
       <w:r w:rsidR="00BA7AAE" w:rsidRPr="0045118A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00E71422" w:rsidRPr="0045118A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
@@ -5245,78 +6228,99 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">esant </w:t>
       </w:r>
       <w:r w:rsidR="00107F68">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>sudėtingiems</w:t>
       </w:r>
       <w:r w:rsidR="00AB4904">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> klausimams </w:t>
       </w:r>
       <w:r w:rsidR="00E71422" w:rsidRPr="0045118A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>atsižvelgus į mokyklos Vaiko gerovės komisijos siūlymą.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7585564F" w14:textId="77777777" w:rsidR="00E71422" w:rsidRPr="0045118A" w:rsidRDefault="00E71422" w:rsidP="00F8009B">
+        <w:t>atsižvelgus į</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00E71422" w:rsidRPr="0045118A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Vaiko gerovės komisijos siūlymą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E71422" w:rsidRPr="0045118A" w:rsidRDefault="00E71422" w:rsidP="00F8009B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0045118A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Klasės gali būti perskirstytos, atsižvelgus į pasirinkusių antrą užsienio kalbą mokinių skaičių.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="174D1AD3" w14:textId="77777777" w:rsidR="00D11676" w:rsidRPr="0045118A" w:rsidRDefault="00D11676" w:rsidP="00F8009B">
+    <w:p w:rsidR="00D11676" w:rsidRPr="0045118A" w:rsidRDefault="00D11676" w:rsidP="00F8009B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0045118A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Norinčių pereiti iš vienos paralelinės klasės į kitą paralelinę klasę (dėl svarbių priežasčių) mo</w:t>
       </w:r>
       <w:r w:rsidR="00E71422" w:rsidRPr="0045118A">
         <w:rPr>
@@ -5353,540 +6357,4029 @@
         </w:rPr>
         <w:t>, rūpintoj</w:t>
       </w:r>
       <w:r w:rsidRPr="0045118A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>ų</w:t>
       </w:r>
       <w:r w:rsidR="00E71422" w:rsidRPr="0045118A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="0045118A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> prašymai svarstomi individualiai.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="040AC987" w14:textId="77777777" w:rsidR="00E71422" w:rsidRPr="0045118A" w:rsidRDefault="00E71422" w:rsidP="00F8009B">
+    <w:p w:rsidR="00E71422" w:rsidRPr="0045118A" w:rsidRDefault="00E71422" w:rsidP="00F8009B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0045118A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokinių paskirstymą į klases, vadovaudamasis Apraše nurodytais kriterijais, vykdo direktoriaus </w:t>
       </w:r>
       <w:r w:rsidR="00232F05">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>įsakymu sudaryta komisija</w:t>
       </w:r>
       <w:r w:rsidRPr="0045118A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CE1EE5A" w14:textId="77777777" w:rsidR="00E71422" w:rsidRPr="0045118A" w:rsidRDefault="00F63B17" w:rsidP="00F8009B">
+    <w:p w:rsidR="00E71422" w:rsidRPr="0045118A" w:rsidRDefault="00F63B17" w:rsidP="00F8009B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0045118A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
       <w:r w:rsidR="00E71422" w:rsidRPr="0045118A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>inčytinus ir/ar sudėtingus mokinių paskirstymo į klases klausimus direktorius ir/ar direktoriaus pavaduotojas ugdymui svarsto kartu su mokyklos Vaiko gerovės komisija, išklauso ir pagal galimybes atsižvelgia į mokinio tėvų pageidavimus.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7281AFE9" w14:textId="77777777" w:rsidR="00E71422" w:rsidRPr="0045118A" w:rsidRDefault="00E71422" w:rsidP="00F8009B">
+        <w:t>inčytinus ir/ar sudėtingus mokinių paskirstymo į klases klausimus direktorius ir/ar direktoriaus pavaduotojas ugdymui svarsto kartu su</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00E71422" w:rsidRPr="0045118A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Vaiko gerovės komisija, išklauso ir pagal galimybes atsižvelgia į mokinio tėvų pageidavimus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E71422" w:rsidRDefault="00E71422" w:rsidP="00F8009B">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="744666D7" w14:textId="77777777" w:rsidR="0067005D" w:rsidRPr="0045118A" w:rsidRDefault="0067005D" w:rsidP="0067005D">
+    <w:p w:rsidR="0066324F" w:rsidRDefault="0066324F" w:rsidP="00F8009B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="00F8009B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0066324F" w:rsidRDefault="0066324F" w:rsidP="00F8009B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0066324F" w:rsidRPr="0045118A" w:rsidRDefault="0066324F" w:rsidP="00F8009B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0067005D" w:rsidRPr="0045118A" w:rsidRDefault="0067005D" w:rsidP="0067005D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0045118A">
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidR="00CB4E68" w:rsidRPr="0045118A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="0045118A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BE44735" w14:textId="77777777" w:rsidR="00387BC0" w:rsidRPr="0045118A" w:rsidRDefault="00387BC0" w:rsidP="00387BC0">
+    <w:p w:rsidR="00387BC0" w:rsidRPr="0045118A" w:rsidRDefault="00387BC0" w:rsidP="00387BC0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0045118A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>IŠBRAUKIMO IŠ MOKINIŲ SĄRAŠŲ ĮFORMINIMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F8C94E6" w14:textId="77777777" w:rsidR="00387BC0" w:rsidRPr="0045118A" w:rsidRDefault="00387BC0" w:rsidP="00387BC0">
+    <w:p w:rsidR="00387BC0" w:rsidRPr="0045118A" w:rsidRDefault="00387BC0" w:rsidP="00387BC0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F38EA76" w14:textId="77777777" w:rsidR="00387BC0" w:rsidRPr="0045118A" w:rsidRDefault="00387BC0" w:rsidP="0045118A">
+    <w:p w:rsidR="00387BC0" w:rsidRPr="0045118A" w:rsidRDefault="00387BC0" w:rsidP="0045118A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Hlk123120737"/>
+      <w:bookmarkStart w:id="4" w:name="_Hlk123120737"/>
       <w:r w:rsidRPr="0045118A">
         <w:t xml:space="preserve">Mokinio </w:t>
       </w:r>
       <w:r w:rsidR="00100A81" w:rsidRPr="0045118A">
         <w:t>išbraukimas</w:t>
       </w:r>
       <w:r w:rsidRPr="0045118A">
-        <w:t xml:space="preserve"> iš </w:t>
+        <w:t xml:space="preserve"> iš</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:t>progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="00100A81" w:rsidRPr="0045118A">
-        <w:t>Mokyklos įforminamas M</w:t>
+        <w:t xml:space="preserve"> įforminamas</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:t>progimnazijos</w:t>
       </w:r>
       <w:r w:rsidRPr="0045118A">
-        <w:t>okyklos direktoriaus įsakymu</w:t>
+        <w:t xml:space="preserve"> direktoriaus įsakymu</w:t>
       </w:r>
       <w:r w:rsidR="00333E81">
         <w:t xml:space="preserve"> (2 priedas).</w:t>
       </w:r>
       <w:r w:rsidRPr="0045118A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidRPr="0045118A">
-        <w:t xml:space="preserve">Mokinys </w:t>
-[...2 lines deleted...]
-        <w:t>M</w:t>
+        <w:t>Mokinys</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:t>progimnazijos</w:t>
       </w:r>
       <w:r w:rsidRPr="0045118A">
-        <w:t>okyklos direktoriaus įsakymu išbraukiamas iš mokyklos sąrašų ir išregistruojamas iš Mokinių registro, kai mokykla turi mokinio tėvų (globėjų, rūpintojų) prašymą</w:t>
+        <w:t xml:space="preserve"> direktoriaus įsakymu išbraukiamas iš</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045118A">
+        <w:t xml:space="preserve"> sąrašų ir išregistruojamas iš Mokinių registro, kai</w:t>
+      </w:r>
+      <w:r w:rsidR="003359AA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6466">
+        <w:t>progimnazija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045118A">
+        <w:t xml:space="preserve"> turi mokinio tėvų (globėjų, rūpintojų) prašymą</w:t>
       </w:r>
       <w:r w:rsidR="00C74BAC" w:rsidRPr="0045118A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0045118A">
         <w:t>nutraukti mokymosi sutartį. Įsakymai ir prašymai registruojami Dokumentų valdymo sistemoje.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65877F77" w14:textId="77777777" w:rsidR="0056587C" w:rsidRPr="0045118A" w:rsidRDefault="0056587C" w:rsidP="00F63B17">
+    <w:p w:rsidR="0056587C" w:rsidRPr="0045118A" w:rsidRDefault="0056587C" w:rsidP="00F63B17">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:strike/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A31E6D4" w14:textId="77777777" w:rsidR="00FD259F" w:rsidRPr="0045118A" w:rsidRDefault="000C6F42" w:rsidP="00F63B17">
+    <w:p w:rsidR="00FD259F" w:rsidRPr="0045118A" w:rsidRDefault="000C6F42" w:rsidP="00F63B17">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="480"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0045118A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>VI</w:t>
       </w:r>
       <w:r w:rsidR="00CB4E68" w:rsidRPr="0045118A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="0067005D" w:rsidRPr="0045118A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FD259F" w:rsidRPr="0045118A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07710A64" w14:textId="77777777" w:rsidR="00FD259F" w:rsidRPr="0045118A" w:rsidRDefault="00FD259F" w:rsidP="00F63B17">
+    <w:p w:rsidR="00FD259F" w:rsidRPr="0045118A" w:rsidRDefault="00FD259F" w:rsidP="00F63B17">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0045118A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>BAIGIAMOSIOS NUOSTATOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16A85AB9" w14:textId="77777777" w:rsidR="00330085" w:rsidRPr="0045118A" w:rsidRDefault="00330085" w:rsidP="00F63B17">
+    <w:p w:rsidR="00FD259F" w:rsidRPr="0045118A" w:rsidRDefault="00FD259F" w:rsidP="00F63B17">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00330085" w:rsidRPr="0045118A" w:rsidRDefault="00330085" w:rsidP="00F63B17">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53AD2E1E" w14:textId="77777777" w:rsidR="00A777F7" w:rsidRPr="0045118A" w:rsidRDefault="00D11676" w:rsidP="00F8009B">
+    <w:p w:rsidR="00A777F7" w:rsidRPr="0045118A" w:rsidRDefault="00D11676" w:rsidP="00F8009B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0045118A">
         <w:t xml:space="preserve">Aprašas gali būti keičiamas ir </w:t>
       </w:r>
       <w:r w:rsidR="00A777F7" w:rsidRPr="0045118A">
         <w:t>papildomas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35CF169B" w14:textId="77777777" w:rsidR="008C2852" w:rsidRPr="0045118A" w:rsidRDefault="008C2852" w:rsidP="00F63B17">
+    <w:p w:rsidR="008C2852" w:rsidRPr="0045118A" w:rsidRDefault="008C2852" w:rsidP="00F63B17">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64A30CC0" w14:textId="00EA61F2" w:rsidR="00FD259F" w:rsidRDefault="00975454" w:rsidP="008C2852">
+    <w:p w:rsidR="00FD259F" w:rsidRDefault="00975454" w:rsidP="008C2852">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="0045118A">
         <w:t>_______________</w:t>
       </w:r>
       <w:r w:rsidR="008C2852" w:rsidRPr="0045118A">
         <w:t>___</w:t>
       </w:r>
       <w:r w:rsidR="00FD259F" w:rsidRPr="0045118A">
         <w:t>___________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3ABC2208" w14:textId="47141AD3" w:rsidR="00AC79F4" w:rsidRDefault="00AC79F4" w:rsidP="008C2852">
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="008C2852">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6955F7FA" w14:textId="77777777" w:rsidR="00AC79F4" w:rsidRPr="0045118A" w:rsidRDefault="00AC79F4" w:rsidP="008C2852">
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="008C2852">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00AC79F4" w:rsidRPr="0045118A" w:rsidSect="003713F2">
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00141C69" w:rsidRPr="0054416D" w:rsidRDefault="00141C69" w:rsidP="00141C69">
+      <w:pPr>
+        <w:pStyle w:val="Antrat2"/>
+        <w:ind w:left="4320"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0054416D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mokinių priėmimo į Marijampolės „Ryto“ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141C69" w:rsidRPr="0054416D" w:rsidRDefault="00141C69" w:rsidP="00141C69">
+      <w:pPr>
+        <w:pStyle w:val="Antrat2"/>
+        <w:ind w:left="4320"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0054416D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>progimnaziją, paskirstymo į klases ir išbraukimo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141C69" w:rsidRPr="0054416D" w:rsidRDefault="00141C69" w:rsidP="00141C69">
+      <w:pPr>
+        <w:pStyle w:val="Antrat2"/>
+        <w:ind w:left="4320"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0054416D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> iš progimnazijos tvarkos aprašo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141C69" w:rsidRDefault="00141C69" w:rsidP="00141C69">
+      <w:r w:rsidRPr="0054416D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                         </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                        Priedas Nr. 1</w:t>
+      </w:r>
+      <w:r w:rsidR="0054416D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="0054416D" w:rsidRDefault="003359AA" w:rsidP="00141C69">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0054416D">
+        <w:t xml:space="preserve">                                                                                         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:pStyle w:val="Pavadinimas"/>
+        <w:jc w:val="left"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:pStyle w:val="Pavadinimas"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:pStyle w:val="Pavadinimas"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>MOKYMO SUTARTIS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:pStyle w:val="Pavadinimas"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:t>20 __ m. ___________________________ d. Nr. ______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00127C88" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas2"/>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:t>Marijampolės ,,Ryto” p</w:t>
+      </w:r>
+      <w:r>
+        <w:t>rogimnazija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00440107">
+        <w:t xml:space="preserve"> (toliau – Švietimo teikėjas), įstaigos kodas 190453670, esanti Mokyklos g. 22, LT 68262 Marijampolė, atstovaujama mokyklos direktoriaus Vlado </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00440107">
+        <w:t>Klasavičiaus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00440107">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00440107">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>viena šalis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00440107">
+        <w:t xml:space="preserve"> ir mokinio tėvas/globėjas (reikalingą žodį pabraukti) (toliau – Klientas), atstovaujantis vaiko interesus,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:r w:rsidRPr="00440107">
+        <w:t xml:space="preserve">________________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>(vardas, pavardė)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:t>____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>(adresas ir telefonas, el. paštas)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:r w:rsidRPr="00440107">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>kita šalis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00440107">
+        <w:t xml:space="preserve">, sudaro šią mokymo sutartį (toliau – Sutartis). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA"/>
+    <w:p w:rsidR="003359AA" w:rsidRPr="0054416D" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:pStyle w:val="Antrat1"/>
+        <w:keepLines w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:spacing w:before="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0054416D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>SUTARTIES OBJEKTAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:t xml:space="preserve">Švietimo teikėjas įsipareigoja Kliento sūnų/dukrą  ________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:t xml:space="preserve">                                                                                                                      (vardas, pavardė)                                                                                                                                                                              </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:t>gimusį/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00440107">
+        <w:t>ią</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00440107">
+        <w:t xml:space="preserve">  _______________</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">____ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00440107">
+        <w:t xml:space="preserve">  mokyti pagal (pabraukti) priešmokyklinio ugdymo  programą,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:t xml:space="preserve">         (</w:t>
+      </w:r>
+      <w:r>
+        <w:t>asmens kodas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00440107">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:t>pradinio ugdymo programą (101001001), individualizuotą pradinio ugdymo programą (107001004), pagrindinio ugdymo programą (201001001), individualizuotą pagrindinio ugdymo programą (207001004) ir pagal galimybes sudaryti sąlygas tenkinti jo/s saviraiškos poreikius.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="0054416D" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:pStyle w:val="Antrat1"/>
+        <w:keepLines w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:spacing w:before="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0054416D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>SUTARTIES  ŠALIŲ  ĮSIPAREIGOJIMAI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00303CC6" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="360"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00303CC6">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Švietimo teikėjas įsipareigoja:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="1418"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:t>užtikrinti kokybišką, šiuolaikinio mokslo pasiekimus ir valstybinius standartus atitinkantį išsilavinimą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00332431" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="851"/>
+          <w:tab w:val="num" w:pos="1418"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00332431">
+        <w:t>nemokamai aprūpinti vadovėliais;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00332431" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="851"/>
+          <w:tab w:val="num" w:pos="1418"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00332431">
+        <w:t>užsakyti elektroninį mokinio pažymėjimą (apyrankę) su finansinio atsiskaitymo už maitinimą mokyklos valgykloje funkcija;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="851"/>
+          <w:tab w:val="num" w:pos="1418"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:t>užtikrinti saugumą  ugdymo procese, ugdyti dorovės, pilietines, tautines bei patriotines nuostatas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="851"/>
+          <w:tab w:val="num" w:pos="1418"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:t>formuoti ir įgyvendinti mokinio ugdymo turinį pagal švietimo ir mokslo ministerijos patvirtintus bendruosiu</w:t>
+      </w:r>
+      <w:r>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00440107">
+        <w:t xml:space="preserve"> arba jos nustatyta tvarka suderintus individualiuosius ugdymo planus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="851"/>
+          <w:tab w:val="num" w:pos="1418"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:t>objektyviai vertinti mokymosi pasiekimus ir pažangą, nuolat teikti informaciją tėvams (globėjams, rūpintojams) apie vaiko (globotinio) mokymosi ir pažangos rezultatus, pamokų lankomumą ir elgesį;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="851"/>
+          <w:tab w:val="num" w:pos="1418"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:t>sudaryti mokiniui sąlygas mokytis savitarpio pagarba grįstoje, psichologiškai, dvasiškai ir fiziškai saugioje aplinkoje;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00332431" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="851"/>
+          <w:tab w:val="num" w:pos="1418"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00332431">
+        <w:lastRenderedPageBreak/>
+        <w:t>vykdyti prevencinį darbą prieš smurtą, patyčias, žalingus įpročius, drausti įsinešti į mokyklą bei joje vartoti, alkoholį ir kitas psichiką veikiančias medžiagas, prekiauti jomis, platinti šia tema nelegalią literatūrą, spaudinius, riboti pašalinių asmenų patekimą į mokyklą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="851"/>
+          <w:tab w:val="num" w:pos="1418"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:t>nedelsiant reaguoti ir stabdyti patyčias ar kitą netinkamą mokinio elgesį;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="1560"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:t>prireikus suteikti psichologinę, socialinę, pedagoginę, specialiąją pedagoginę, p</w:t>
+      </w:r>
+      <w:r>
+        <w:t>irmąją</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00440107">
+        <w:t xml:space="preserve"> pagalbą, užtikrinant pagalbos kokybę, korektišką informacijos panaudojimą; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00332431" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="1560"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00332431">
+        <w:t>tvarkyti ir naudoti Mokinio asmens duomenis teisės aktų nustatyta tvarka mokykloje bei statistikos tikslais;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="1560"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:t>sudaryti sąlygas kiekvienam mokiniui dalyvauti nuoseklioje ir ilgalaikėje socialines ir emocines kompetencijas ugdančioje prevencinėje programoje;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="1560"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:t>organizuoti papildomo ugdymo veiklą, atsižvelgiant į mokinių poreikius ir įstaigos galimybes;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="1418"/>
+          <w:tab w:val="num" w:pos="1560"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C81E07">
+        <w:t>užtikrinti sveikatai palankų vaikų maitinimą mokyklos valgykloje, už maistą atsiskaitant elektroniniu mokinio pažymėjimu.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00440107">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="1418"/>
+          <w:tab w:val="num" w:pos="1560"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:t>sudaryti sąlygas naudotis mokyklos biblioteka, skaitykla, skaitykloje naudotis interneto ryšiu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="1418"/>
+          <w:tab w:val="num" w:pos="1560"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:t>taikyti skatinimo ir drausminimo priemones (pagal mokyklos vidaus tvarkos taisyklėse parengtą skatinimo ir drausminimo priemonių sąrašą);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="1418"/>
+          <w:tab w:val="num" w:pos="1560"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:t>pasirūpinti mokinio pavėžėjimu pagal Vyriausybės ir mokyklos steigėjo nustatytą tvarką;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="1418"/>
+          <w:tab w:val="num" w:pos="1560"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:t>sudaryti sąlygas mokymosi spragoms likviduoti iš užsienio grįžusiems mokiniams</w:t>
+      </w:r>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="002A2057" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="1418"/>
+          <w:tab w:val="num" w:pos="1560"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A2057">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>udaryti sąlygas mokiniams dalyvauti visos dienos mokyklos veiklose</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="1418"/>
+          <w:tab w:val="num" w:pos="1560"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:t xml:space="preserve">užtikrinti sklandų mokinio, sergančio lėtinėmis neinfekcinėmis ligomis, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00440107">
+        <w:t>savirūpos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00440107">
+        <w:t xml:space="preserve"> organizavimą mokykloje;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="1418"/>
+          <w:tab w:val="num" w:pos="1560"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:t>kilus pandemijai ar kitai ekstremaliai situacijai, ugdymą organizuoti nuotoliniu būdu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="1560"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:t xml:space="preserve">nutraukus šią sutartį ir mokiniui visiškai atsiskaičius su mokykla už paimtas materialines vertybes, išduoti pareiškėjui reikalingus dokumentus per penkias darbo dienas nuo prašymo pateikimo. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="008B584E" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>2.2. Klientas įsipareigoja:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006022EB">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00332431" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Hlk123644355"/>
+      <w:r w:rsidRPr="00332431">
+        <w:t>mokiniui pametus ar kažkaip sugadinus mokinio elektroninį pažymėjimą (apyrankę) užsakyti elektroninį mokinio pažymėjimą (apyrankę) su finansinio atsiskaitymo už maitinimą mokyklos valgykloje funkcija;</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:t>užtikrinti punktualų ir reguliarų mokyklos lankymą; mokiniui neatvykus, tą pačią dieną, informuoti klasės vadovą apie pamokų praleidimo priežastis; raštiškus paaiškinimus dėl praleistų pamokų klasės vadovui pateikti mokiniui sugrįžus į mokyklą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> užtikrinti, kad mokinys ugdymo procese dalyvautų tik teisės akto nustatyta tvarka pasitikrinęs sveikatą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00440107">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:ind w:hanging="579"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:t>parinkti vaikui dorinio ugdymo dalyką (tikybą ar etiką), antrąją užsienio kalbą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00332431" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:t>bendradarbiauti su mokykla ugdymo srityje: nuolat domėtis mokinio mokymosi rezultatais, padėti mokiniui įveikti kylančias problemas</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00332431">
+        <w:t>dalyvauti tėvų susirinkimuose, reguliariai prisijungti ir stebėti mokinio pažangą e-dienyne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:t>aprūpinti mokinį reikalingomis mokymo priemonėmis, rūpintis tinkama (neiššaukiančia, padoria) jo išvaizda mokykloje, švaria, tvarkinga mokyklos tarybos patvirtinto pavyzdžio uniforma;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:t>ugdyti toleranciją, pagarbų bendravimą be patyčių su bendraamžiais ir vyresniais bendruomenės nariais;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:t>neprieštarauti vaiko higienos patikrinimui mokykloje, kurį atliktų mokyklos visuomenės sveikatos specialistas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:t>pasirūpinti, kad vaikas mokykloje turėtų tik mokymuisi reikalingas priemones, kurios nekelia pavojaus kitų bendruomenės narių saugumui ir sveikatai</w:t>
+      </w:r>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1560"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">užtikrinti, kad vaikas virtualioje erdvėje neskleistų kitų asmenų privatumą pažeidžiančios informacijos, pamokų metu nesinaudotų mobiliojo ryšio priemonėmis (išskyrus, kai </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00440107">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>telefonas naudojamas ugdymo procesui), nefotografuotų kitų bendruomenės narių, neįrašinėtų pokalbių</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1560"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00902D56">
+        <w:t xml:space="preserve">užtikrinti, kad mokinys mobiliuoju ryšiu pamokų metu nesinaudos (išskyrus atvejus, kad tai leidžia mokytojas mokymosi tikslais). Mokiniui, pažeidusiam naudojimosi mobiliuoju ryšiu mokykloje taisykles, iš vaiko jo gali būti paimama </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00556B0F">
+        <w:t>mobiliojo ryšio priemonė ir atiduodama tik atvykusiems į mokyklą teisėtiems vaiko atstovams;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00902D56" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1560"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>progimnazija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00902D56">
+        <w:t xml:space="preserve"> už mobilaus telefono ar kitų nemokyklinių reikmenų kaip materialinės vertybės saugumą neatsako;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1560"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:t xml:space="preserve">tausoti </w:t>
+      </w:r>
+      <w:r>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00440107">
+        <w:t xml:space="preserve"> turtą, atlyginti jai padarytą materialinę žalą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1560"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:t>užtikrinti, kad vaikas nevartotų ir neplatintų rūkalų, elektroninių cigarečių, svaigiųjų gėrimų, psichotropinių medžiagų, pirotechnikos priemonių, nežaistų azartinių žaidimų mokykloje ir jos teritorijoje;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1560"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:t xml:space="preserve">teikti asmens duomenis (adresas, telefono numeris, el. paštas, gimimo liudijimo kopija) taip pat duomenis apie šeimą, pasikeitusią sveikatos būklę; per vieną savaitę informuoti mokyklą apie duomenų </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00440107">
+        <w:t>pasikeitimus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00440107">
+        <w:t xml:space="preserve"> ir leisti duomenis tvarkyti teisės aktų nustatyta tvarka; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1560"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:t>stengtis pagal galimybes aktyviai dalyvauti mokyklos bendruomenės veikloje;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00C81E07" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1560"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C81E07">
+        <w:t>esant reikalui, konsultuotis su mokyklos pagalbos mokiniui specialistais dėl galimų vaiko psichologinių, asmenybės ir ugdymosi problemų, bendradarbiauti jas sprendžiant;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00C81E07" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1560"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C81E07">
+        <w:t xml:space="preserve">laikytis </w:t>
+      </w:r>
+      <w:r>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C81E07">
+        <w:t xml:space="preserve"> vidaus tvarkos taisyklių (mokyklos veiklą reglamentuojančių dokumentų);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00C81E07" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1560"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C81E07">
+        <w:t xml:space="preserve">raštu informuoti, kad mokinys serga lėtine neinfekcine liga ir mokiniui reikalinga </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C81E07">
+        <w:t>savirūpos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C81E07">
+        <w:t xml:space="preserve"> pagalba ugdymo procese.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>2.3. Klientas sutinka, kad:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="49"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1560"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:t>jo dukros/sūnaus (globotinės/-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00440107">
+        <w:t>io</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00440107">
+        <w:t>) asmens duomenys</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00440107">
+        <w:t>nuotraukos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> ar </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C81E07">
+        <w:t xml:space="preserve">vaizdinė medžiaga </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00440107">
+        <w:t xml:space="preserve">būtų naudojamos duomenų bazėms tvarkyti, mokyklos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C81E07">
+        <w:t xml:space="preserve">(ar kitos įstaigos/organizacijos, kurioje vaikas lankėsi su mokyklos pedagogais) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00440107">
+        <w:t xml:space="preserve">reprezentavimui ir mokinio </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00440107">
+        <w:t>laimėjimams</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00440107">
+        <w:t xml:space="preserve"> viešinti stenduose, internetinėje erdvėje, masinio informavimo priemonėse, vadovaujantis LR Asmens duomenų teisinės apsaugos įstatymu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="49"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1560"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:t>jis ar jo dukra/sūnus (globotinė/-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00440107">
+        <w:t>is</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00440107">
+        <w:t>) dalyvautų mokyklos inicijuojamose apklausose;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="49"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1560"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:t xml:space="preserve">mokinys Lietuvos </w:t>
+      </w:r>
+      <w:r>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00440107">
+        <w:t>espublikos vaiko minimalios ir vidurinės priežiūros įstatymo nustatytais pagrindais ir tvarka gali būti nukreiptas mokytis kitoje mokykloje arba jam gali būti skirta kita minimalios ar vidurinės priežiūros priemonė.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="48"/>
+        </w:numPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">SUTARTIES ĮSIGALIOJIMAS, GALIOJIMAS, KEITIMAS IR  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>NUTRAUKIMAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="47"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="360"/>
+          <w:tab w:val="num" w:pos="1276"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:t xml:space="preserve"> Sutartis įsigalioja nuo jos pasirašymo dienos ir galioja iki vaikas baigs (pabraukti) priešmokyklinio ugdymo programą, pradinio ugdymo programą (101001001), individualizuotą pradinio ugdymo programą (107001004), pagrindinio ugdymo programą (201001001), individualizuotą pagrindinio ugdymo programą (207001004).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="47"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="360"/>
+          <w:tab w:val="num" w:pos="1276"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:t xml:space="preserve"> Atskiru šalių susitarimu  sutartis gali būti pakoreguota ir pratęsta vaikui  perėjus prie aukštesnio lygmens ugdymo programos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="47"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="360"/>
+          <w:tab w:val="num" w:pos="1276"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:t xml:space="preserve"> Švietimo teikėjas turi teisę vienašališkai nutraukti sutartį </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00440107">
+        <w:t>ti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00440107">
+        <w:t xml:space="preserve"> dėl  Švietimo įstatymo 29 straipsnio 10 dalyje nurodytų priežasčių.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="47"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="360"/>
+          <w:tab w:val="num" w:pos="1276"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:t xml:space="preserve"> Sutartis laikoma nutraukta vienai iš šalių vienašališkai pareiškus apie jos nutraukimą arba grubiai pažeidus Sutarties sąlygas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="0054416D" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:pStyle w:val="Antrat3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0054416D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>IV.  GINČŲ SPRENDIMAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA"/>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas3"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="50"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:t xml:space="preserve">Ginčytini ugdymo proceso organizavimo, mokyklos veiklos, sutarties pažeidimo klausimai sprendžiami mokyklos taryboje, atskirais atvejais </w:t>
+      </w:r>
+      <w:r>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00440107">
+        <w:t xml:space="preserve"> dalyvaujant apskrities viršininko </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00440107">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">administracijos valstybinės švietimo inspekcijos atstovui arba apskundžiami Lietuvos </w:t>
+      </w:r>
+      <w:r>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00440107">
+        <w:t>espublikos administracinių bylų įstatymo nustatyta tvarka.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas3"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:t>Sutartis sudaryta dviem egzemplioriais, turinčiais vienodą juridinę galią (po vieną kiekvienai šaliai).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:t>Sutarties šalių parašai:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:t xml:space="preserve">Švietimo teikėjas Direktorius       ____________________              </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Vladas Klasavičius</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00440107">
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                   (parašas)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRPr="00440107" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:t>Klientas (tėvas/globėjas)              ____________________          ____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="003359AA">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00440107">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                   (parašas)                                                                            (vardas, pavardė)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003359AA" w:rsidRDefault="003359AA" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRPr="0054416D" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:pStyle w:val="Antrat2"/>
+        <w:ind w:left="4320"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0054416D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mokinių priėmimo į Marijampolės „Ryto“ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRPr="0054416D" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:pStyle w:val="Antrat2"/>
+        <w:ind w:left="4320"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0054416D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>progimnaziją, paskirstymo į klases ir išbraukimo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRPr="0054416D" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:pStyle w:val="Antrat2"/>
+        <w:ind w:left="4320"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0054416D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> iš progimnazijos tvarkos aprašo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRPr="0054416D" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0054416D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                         </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0054416D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Priedas Nr. 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:ind w:left="7200"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:ind w:left="7200"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:ind w:left="7200"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:ind w:left="7200"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRPr="00A65F55" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A65F55">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>........................................................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRPr="00AB7617" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB7617">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tėvų (globėjų, rūpintojų) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB7617">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>vardas ir pavardė didžiosiomis spausdintinėmis raidėmis)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRPr="00AB7617" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRPr="00AB7617" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">............................................................................................................................. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5932">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>gyvenamosios vietos adresas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRPr="00BF5932" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRPr="00AB7617" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Tel. ........................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRPr="00AB7617" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5932">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>telefon</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>o Nr.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5932">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRPr="00AB7617" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRPr="003D4C62" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Marijampolės „Ryto“ progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4C62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRPr="003D4C62" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D4C62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">direktoriui </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRPr="003D4C62" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRPr="00AB7617" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRPr="009F0D58" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F0D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PRAŠYMAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRPr="009F0D58" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F0D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DĖL </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MOKINIO IŠBRAUKIMO IŠ SĄRAŠŲ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRPr="009F0D58" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRPr="009F0D58" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F0D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>20.....m...........................................mėn.......d.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRPr="00AB7617" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F0D58">
+        <w:t>Marijampolė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRPr="00AB7617" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRPr="00AB7617" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB7617">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRPr="00AB7617" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB7617">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Prašau </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>išbraukti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB7617">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mano sūnų (dukrą)...................................................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.......</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB7617">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>............... ,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRPr="00AB7617" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB7617">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00AB7617">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00AB7617">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00AB7617">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00AB7617">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00AB7617">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00AB7617">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(vardas, pavardė didžiosiomis spausdintinėmis raidėmis)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRPr="00AB7617" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRPr="00AB7617" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB7617">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                          </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRPr="00AB7617" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>asmens kodas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB7617">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ............</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.........</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB7617">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>........................ iš</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB7617">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Jūsų vadovaujamos mokyklos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ........ klasės </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRPr="00947018" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB7617">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                              </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00947018">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (asmens kodas)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRPr="00AB7617" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mokinių sąrašų nuo ......................................... . </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB7617">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                        (data)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:ind w:left="5760" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRPr="000B4D11" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:ind w:left="5760" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nemokamas maitinimas:   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144836">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>skirtas          neskirtas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  (pabraukti)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00144836">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Socialinė pašalpa (mokini</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o reikmenims įsigyti):    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144836">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">skirta         neskirta </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  (pabraukti)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Toliau ketina mokytis: ..................................................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRPr="00D97481" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRPr="00AB7617" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRPr="00AB7617" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRPr="00AB7617" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.....................................................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRPr="00AB7617" w:rsidRDefault="0054416D" w:rsidP="0054416D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB7617">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(Parašas)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB7617">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00AB7617">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00AB7617">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(Vardas ir pavardė)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRDefault="0054416D" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054416D" w:rsidRPr="0045118A" w:rsidRDefault="0054416D" w:rsidP="008C2852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="0054416D" w:rsidRPr="0045118A" w:rsidSect="003713F2">
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="1296"/>
       <w:formProt w:val="0"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1FE267AB" w14:textId="77777777" w:rsidR="009459DA" w:rsidRDefault="009459DA">
+    <w:p w:rsidR="003607B8" w:rsidRDefault="003607B8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="32352DFA" w14:textId="77777777" w:rsidR="009459DA" w:rsidRDefault="009459DA">
+    <w:p w:rsidR="003607B8" w:rsidRDefault="003607B8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesNewRomanPSMT">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Roboto">
-[...4 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Roboto">
+    <w:altName w:val="Times New Roman"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000001" w:usb1="5000217F" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4B6EAD6A" w14:textId="77777777" w:rsidR="009459DA" w:rsidRDefault="009459DA">
+    <w:p w:rsidR="003607B8" w:rsidRDefault="003607B8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3E41A447" w14:textId="77777777" w:rsidR="009459DA" w:rsidRDefault="009459DA">
+    <w:p w:rsidR="003607B8" w:rsidRDefault="003607B8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="0CF31C7E" w14:textId="77777777" w:rsidR="003E1673" w:rsidRPr="00131B2D" w:rsidRDefault="003E1673" w:rsidP="00426456">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="003E1673" w:rsidRPr="00131B2D" w:rsidRDefault="003E1673" w:rsidP="00426456">
     <w:pPr>
       <w:pStyle w:val="Antrats"/>
       <w:ind w:right="1134"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="008632C4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9D08C764"/>
     <w:lvl w:ilvl="0" w:tplc="2DF21EEC">
       <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -6054,50 +10547,190 @@
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2995" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3496" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="04A1567D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2A7A0076"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1430"/>
+        </w:tabs>
+        <w:ind w:left="1430" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09CA3D10"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C0E6D54A"/>
     <w:lvl w:ilvl="0" w:tplc="0427000F">
       <w:start w:val="32"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
@@ -6142,51 +10775,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C8B5DEC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D89214E8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="7"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -6255,51 +10888,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0EA21370"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A72A7548"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -6368,51 +11001,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0EE217DE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8506DBCE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="7"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -6481,51 +11114,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="12272340"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1D26B71E"/>
     <w:lvl w:ilvl="0" w:tplc="294EE68C">
       <w:start w:val="56"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6594,51 +11227,51 @@
     <w:lvl w:ilvl="7" w:tplc="04270003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04270005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="160B62DB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4AEE1454"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="25"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1048" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1758" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
@@ -6707,51 +11340,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6978" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8048" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18603FA9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="15BE913E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="18"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1189" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
@@ -6820,51 +11453,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6403" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1EDD421D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="46D601CA"/>
     <w:lvl w:ilvl="0" w:tplc="0427000F">
       <w:start w:val="37"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
@@ -6909,51 +11542,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21CD5B02"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4AEE1454"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="25"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1190" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
@@ -7022,51 +11655,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6410" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7480" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="22B7717D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0C22ECCE"/>
     <w:lvl w:ilvl="0" w:tplc="0427000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7108,51 +11741,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="26AC51C5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="796A6D36"/>
     <w:lvl w:ilvl="0" w:tplc="0427000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7194,51 +11827,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="274A6F08"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="61DEFDF6"/>
     <w:lvl w:ilvl="0" w:tplc="80C8212C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -7287,51 +11920,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2B533E68"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BE64857C"/>
     <w:lvl w:ilvl="0" w:tplc="64A0AD38">
       <w:start w:val="39"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsia="TimesNewRomanPSMT" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
@@ -7376,51 +12009,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2F56341F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="37F051DA"/>
     <w:lvl w:ilvl="0" w:tplc="0427000F">
       <w:start w:val="35"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
@@ -7465,51 +12098,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3317350D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D88610E6"/>
     <w:lvl w:ilvl="0" w:tplc="A9D00C7E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
@@ -7554,51 +12187,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="36C27D73"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A26E04A8"/>
     <w:lvl w:ilvl="0" w:tplc="85FEF640">
       <w:start w:val="40"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7644,51 +12277,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="36F874F8"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0427001F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
@@ -7730,51 +12363,51 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39315C6E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BE60EC58"/>
     <w:lvl w:ilvl="0" w:tplc="70FAB5CA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
@@ -7819,51 +12452,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B9C1B60"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BF32773E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1190" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
@@ -7932,51 +12565,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6410" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7480" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="400C5179"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="04DA87EE"/>
     <w:lvl w:ilvl="0" w:tplc="0427000F">
       <w:start w:val="34"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
@@ -8021,51 +12654,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42601687"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E72623F6"/>
     <w:lvl w:ilvl="0" w:tplc="83643D4C">
       <w:start w:val="3"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8134,51 +12767,191 @@
     <w:lvl w:ilvl="7" w:tplc="04270003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04270005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="44941AF0"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5E04453C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="48DC67A6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A89037F6"/>
     <w:lvl w:ilvl="0" w:tplc="1C3EBEB0">
       <w:start w:val="13"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1778" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
@@ -8223,51 +12996,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="48FC2026"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FDE6E83A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="22"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1190" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1190" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -8336,51 +13109,175 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6403" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="49AD26AA"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D29AF880"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49D64F7D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3D3EE25E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -8457,51 +13354,51 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2509" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="501C0D88"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7D4AE02A"/>
     <w:lvl w:ilvl="0" w:tplc="D83ADAB2">
       <w:start w:val="38"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsia="TimesNewRomanPSMT" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
@@ -8546,51 +13443,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53762F4A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9D3A63D2"/>
     <w:lvl w:ilvl="0" w:tplc="DA2C57AE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="OAnum"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="center"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1967"/>
         </w:tabs>
         <w:ind w:left="1134" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8663,51 +13560,51 @@
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5907355E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="19B0E842"/>
     <w:lvl w:ilvl="0" w:tplc="4738A4B4">
       <w:start w:val="26"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1070" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
@@ -8752,51 +13649,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5BC273C8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="35102BD4"/>
     <w:lvl w:ilvl="0" w:tplc="D79CFAB6">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:pStyle w:val="Antrat4"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1860"/>
         </w:tabs>
         <w:ind w:left="1860" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8893,51 +13790,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6540"/>
         </w:tabs>
         <w:ind w:left="6540" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7260"/>
         </w:tabs>
         <w:ind w:left="7260" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5FA513CD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="43D82362"/>
     <w:lvl w:ilvl="0" w:tplc="9ED4BA9A">
       <w:start w:val="3"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9006,51 +13903,51 @@
     <w:lvl w:ilvl="7" w:tplc="04270003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04270005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="601729F7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FB524692"/>
     <w:lvl w:ilvl="0" w:tplc="4738A4B4">
       <w:start w:val="27"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1070" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1790" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
@@ -9095,51 +13992,191 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5390" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6110" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6830" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="606136AC"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="60F63C6E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1430"/>
+        </w:tabs>
+        <w:ind w:left="1430" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63643B97"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="88E092C4"/>
     <w:lvl w:ilvl="0" w:tplc="0427000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -9181,51 +14218,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63CB397A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="58ECDE7E"/>
     <w:lvl w:ilvl="0" w:tplc="E4EE3B8C">
       <w:start w:val="26"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1211" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
@@ -9270,51 +14307,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69A4011C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D2B623B6"/>
     <w:lvl w:ilvl="0" w:tplc="479E0CDC">
       <w:start w:val="15"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="928" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1790" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
@@ -9383,51 +14420,51 @@
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6110" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6830" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B3D5695"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DCD0CFF4"/>
     <w:lvl w:ilvl="0" w:tplc="738658B8">
       <w:start w:val="56"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1506" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9496,51 +14533,51 @@
     <w:lvl w:ilvl="7" w:tplc="04270003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5826" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04270005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6546" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6BE16F2F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4938676E"/>
     <w:lvl w:ilvl="0" w:tplc="A9D00C7E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
@@ -9585,51 +14622,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D651716"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1128A358"/>
     <w:lvl w:ilvl="0" w:tplc="4738A4B4">
       <w:start w:val="26"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1211" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1931" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
@@ -9674,51 +14711,191 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6DD1340A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A6B03310"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1430"/>
+        </w:tabs>
+        <w:ind w:left="1430" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6ED834EC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5D0879AE"/>
     <w:lvl w:ilvl="0" w:tplc="1FC2A82E">
       <w:start w:val="3"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9787,51 +14964,51 @@
     <w:lvl w:ilvl="7" w:tplc="04270003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04270005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72C41AE7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6D283488"/>
     <w:lvl w:ilvl="0" w:tplc="0427000F">
       <w:start w:val="33"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
@@ -9876,51 +15053,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76C52438"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="68DE81BC"/>
     <w:lvl w:ilvl="0" w:tplc="0427000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -9962,51 +15139,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="779853E5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EE3AEB3A"/>
     <w:lvl w:ilvl="0" w:tplc="70EEFA88">
       <w:start w:val="12"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -10076,51 +15253,51 @@
     <w:lvl w:ilvl="7" w:tplc="04270003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04270005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="77AD790D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="01321202"/>
     <w:lvl w:ilvl="0" w:tplc="613A8850">
       <w:start w:val="24"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
@@ -10165,51 +15342,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78D43DDB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="47C6F5B8"/>
     <w:lvl w:ilvl="0" w:tplc="7C2E94D6">
       <w:start w:val="3"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10278,340 +15455,495 @@
     <w:lvl w:ilvl="7" w:tplc="04270003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04270005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1563099279">
+  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7F733032"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1C2C3224"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="47"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="41"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="44"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="23">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="24">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="25">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="26">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="27">
+    <w:abstractNumId w:val="48"/>
+  </w:num>
+  <w:num w:numId="28">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="29">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="30">
+    <w:abstractNumId w:val="43"/>
+  </w:num>
+  <w:num w:numId="31">
+    <w:abstractNumId w:val="46"/>
+  </w:num>
+  <w:num w:numId="32">
+    <w:abstractNumId w:val="45"/>
+  </w:num>
+  <w:num w:numId="33">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="34">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="35">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="36">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="37">
+    <w:abstractNumId w:val="40"/>
+  </w:num>
+  <w:num w:numId="38">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="39">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="40">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="41">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="42">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="43">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="44">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="45">
+    <w:abstractNumId w:val="49"/>
+  </w:num>
+  <w:num w:numId="46">
+    <w:abstractNumId w:val="42"/>
+  </w:num>
+  <w:num w:numId="47">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="48">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="649677674">
-[...71 lines deleted...]
-  <w:num w:numId="26" w16cid:durableId="697699977">
+  <w:num w:numId="49">
     <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="1481077358">
-[...51 lines deleted...]
-    <w:abstractNumId w:val="12"/>
+  <w:num w:numId="50">
+    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="396"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:useNormalStyleForList/>
-[...15 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001A22E2"/>
     <w:rsid w:val="00001412"/>
     <w:rsid w:val="00007867"/>
     <w:rsid w:val="00015B67"/>
     <w:rsid w:val="00024D31"/>
     <w:rsid w:val="00026715"/>
     <w:rsid w:val="00040E60"/>
     <w:rsid w:val="000436D3"/>
     <w:rsid w:val="00046825"/>
     <w:rsid w:val="00046E12"/>
     <w:rsid w:val="00055CDB"/>
     <w:rsid w:val="00062983"/>
     <w:rsid w:val="000633FD"/>
     <w:rsid w:val="00063A6E"/>
     <w:rsid w:val="00066EE5"/>
     <w:rsid w:val="0006700A"/>
     <w:rsid w:val="00073D18"/>
     <w:rsid w:val="0007488C"/>
     <w:rsid w:val="00081575"/>
     <w:rsid w:val="00083145"/>
     <w:rsid w:val="0009673D"/>
     <w:rsid w:val="00097B38"/>
     <w:rsid w:val="000A1D78"/>
     <w:rsid w:val="000A72F0"/>
     <w:rsid w:val="000A7D98"/>
     <w:rsid w:val="000B1DF1"/>
     <w:rsid w:val="000B3E12"/>
     <w:rsid w:val="000B4D7A"/>
     <w:rsid w:val="000B59B1"/>
     <w:rsid w:val="000C0C8C"/>
     <w:rsid w:val="000C6F42"/>
     <w:rsid w:val="000D0827"/>
     <w:rsid w:val="000D7E4A"/>
     <w:rsid w:val="000E1795"/>
     <w:rsid w:val="000E5F07"/>
     <w:rsid w:val="000E6DCE"/>
     <w:rsid w:val="000E796B"/>
     <w:rsid w:val="000F23B4"/>
     <w:rsid w:val="000F4C68"/>
     <w:rsid w:val="000F6927"/>
     <w:rsid w:val="0010081E"/>
     <w:rsid w:val="00100A81"/>
     <w:rsid w:val="00105946"/>
     <w:rsid w:val="00107F68"/>
-    <w:rsid w:val="00110296"/>
     <w:rsid w:val="00113DCA"/>
     <w:rsid w:val="001162EC"/>
     <w:rsid w:val="00116C9D"/>
     <w:rsid w:val="0012055F"/>
     <w:rsid w:val="00123999"/>
     <w:rsid w:val="00131B2D"/>
     <w:rsid w:val="00131BF3"/>
     <w:rsid w:val="00133D20"/>
+    <w:rsid w:val="00141C69"/>
     <w:rsid w:val="00147124"/>
     <w:rsid w:val="001645A0"/>
     <w:rsid w:val="0016482F"/>
     <w:rsid w:val="001660E9"/>
     <w:rsid w:val="00180173"/>
     <w:rsid w:val="001811A6"/>
     <w:rsid w:val="00185A50"/>
     <w:rsid w:val="00190BC2"/>
     <w:rsid w:val="001A0252"/>
     <w:rsid w:val="001A22E2"/>
     <w:rsid w:val="001B6734"/>
     <w:rsid w:val="001C19BA"/>
     <w:rsid w:val="001C1F38"/>
     <w:rsid w:val="001C6DF0"/>
     <w:rsid w:val="001E1394"/>
     <w:rsid w:val="001F2006"/>
     <w:rsid w:val="001F2BCB"/>
     <w:rsid w:val="001F46D7"/>
     <w:rsid w:val="00202DDE"/>
     <w:rsid w:val="00206ABD"/>
     <w:rsid w:val="002144B9"/>
     <w:rsid w:val="00216CBC"/>
     <w:rsid w:val="00221375"/>
     <w:rsid w:val="002229FF"/>
     <w:rsid w:val="00225705"/>
     <w:rsid w:val="00230104"/>
     <w:rsid w:val="00232F05"/>
     <w:rsid w:val="0023369E"/>
     <w:rsid w:val="00245AD1"/>
     <w:rsid w:val="00263477"/>
     <w:rsid w:val="002700E2"/>
     <w:rsid w:val="00270E21"/>
     <w:rsid w:val="00276022"/>
     <w:rsid w:val="00286D82"/>
     <w:rsid w:val="0029149E"/>
     <w:rsid w:val="002A018B"/>
     <w:rsid w:val="002A443E"/>
     <w:rsid w:val="002B2486"/>
+    <w:rsid w:val="002B6466"/>
     <w:rsid w:val="002D011B"/>
     <w:rsid w:val="002D343E"/>
     <w:rsid w:val="002D4ED2"/>
     <w:rsid w:val="002D7C52"/>
     <w:rsid w:val="002E5746"/>
     <w:rsid w:val="002E656A"/>
     <w:rsid w:val="002F0D91"/>
     <w:rsid w:val="002F14C0"/>
     <w:rsid w:val="002F6F5B"/>
     <w:rsid w:val="00301628"/>
     <w:rsid w:val="00317A06"/>
     <w:rsid w:val="0032542B"/>
     <w:rsid w:val="00325B57"/>
     <w:rsid w:val="00325C2F"/>
     <w:rsid w:val="00326777"/>
     <w:rsid w:val="00330085"/>
     <w:rsid w:val="00333E81"/>
+    <w:rsid w:val="003359AA"/>
     <w:rsid w:val="00336EE1"/>
     <w:rsid w:val="00341614"/>
-    <w:rsid w:val="00346D9A"/>
     <w:rsid w:val="00347773"/>
     <w:rsid w:val="0035321B"/>
     <w:rsid w:val="00354815"/>
+    <w:rsid w:val="003607B8"/>
     <w:rsid w:val="00367464"/>
     <w:rsid w:val="003713F2"/>
     <w:rsid w:val="00372C50"/>
     <w:rsid w:val="00383ED1"/>
     <w:rsid w:val="003868F6"/>
     <w:rsid w:val="00387BC0"/>
     <w:rsid w:val="0039147E"/>
     <w:rsid w:val="00393F3E"/>
     <w:rsid w:val="003953DB"/>
     <w:rsid w:val="003978D4"/>
     <w:rsid w:val="003A040F"/>
     <w:rsid w:val="003A2D0B"/>
     <w:rsid w:val="003A7359"/>
     <w:rsid w:val="003B2986"/>
     <w:rsid w:val="003B48B8"/>
     <w:rsid w:val="003C03BB"/>
     <w:rsid w:val="003C05CA"/>
     <w:rsid w:val="003C2BEE"/>
     <w:rsid w:val="003C5F76"/>
     <w:rsid w:val="003C7129"/>
     <w:rsid w:val="003D64AF"/>
     <w:rsid w:val="003E1673"/>
     <w:rsid w:val="003F0C7F"/>
     <w:rsid w:val="00407FF3"/>
     <w:rsid w:val="00426456"/>
@@ -10638,85 +15970,89 @@
     <w:rsid w:val="004A34C6"/>
     <w:rsid w:val="004A512C"/>
     <w:rsid w:val="004B3CED"/>
     <w:rsid w:val="004B44E2"/>
     <w:rsid w:val="004C14AA"/>
     <w:rsid w:val="004C157E"/>
     <w:rsid w:val="004C79B9"/>
     <w:rsid w:val="004D0B36"/>
     <w:rsid w:val="004D1316"/>
     <w:rsid w:val="004D4B67"/>
     <w:rsid w:val="004E435B"/>
     <w:rsid w:val="004F188E"/>
     <w:rsid w:val="004F21A0"/>
     <w:rsid w:val="00502648"/>
     <w:rsid w:val="00502A4B"/>
     <w:rsid w:val="00503E21"/>
     <w:rsid w:val="005052A6"/>
     <w:rsid w:val="00507F40"/>
     <w:rsid w:val="00515A88"/>
     <w:rsid w:val="00517D99"/>
     <w:rsid w:val="0052002D"/>
     <w:rsid w:val="005204E5"/>
     <w:rsid w:val="005241E1"/>
     <w:rsid w:val="00527166"/>
     <w:rsid w:val="00540BF1"/>
+    <w:rsid w:val="0054416D"/>
+    <w:rsid w:val="00545F5E"/>
     <w:rsid w:val="00552784"/>
     <w:rsid w:val="005536F4"/>
     <w:rsid w:val="005570A0"/>
     <w:rsid w:val="00561264"/>
     <w:rsid w:val="0056587C"/>
     <w:rsid w:val="00571646"/>
     <w:rsid w:val="00571FB9"/>
     <w:rsid w:val="0057469C"/>
     <w:rsid w:val="00574842"/>
     <w:rsid w:val="00581A85"/>
     <w:rsid w:val="00583B1F"/>
     <w:rsid w:val="00585EA4"/>
     <w:rsid w:val="00586306"/>
     <w:rsid w:val="00586672"/>
     <w:rsid w:val="0059001D"/>
     <w:rsid w:val="00590410"/>
     <w:rsid w:val="00591236"/>
     <w:rsid w:val="005A3B7B"/>
     <w:rsid w:val="005A7A51"/>
     <w:rsid w:val="005B2BBF"/>
     <w:rsid w:val="005B35C2"/>
     <w:rsid w:val="005C5783"/>
     <w:rsid w:val="005C5DED"/>
     <w:rsid w:val="005E114E"/>
+    <w:rsid w:val="005E6166"/>
     <w:rsid w:val="005F3650"/>
     <w:rsid w:val="00604C32"/>
     <w:rsid w:val="0062054D"/>
     <w:rsid w:val="00626482"/>
     <w:rsid w:val="00634625"/>
     <w:rsid w:val="00635C82"/>
     <w:rsid w:val="00636074"/>
     <w:rsid w:val="006438FE"/>
     <w:rsid w:val="0065152E"/>
     <w:rsid w:val="0066100E"/>
     <w:rsid w:val="0066305B"/>
+    <w:rsid w:val="0066324F"/>
     <w:rsid w:val="0066348C"/>
     <w:rsid w:val="00664898"/>
     <w:rsid w:val="0067005D"/>
     <w:rsid w:val="00686E9B"/>
     <w:rsid w:val="00693004"/>
     <w:rsid w:val="00694839"/>
     <w:rsid w:val="00696B9A"/>
     <w:rsid w:val="00697FBB"/>
     <w:rsid w:val="006B2C5C"/>
     <w:rsid w:val="006C3099"/>
     <w:rsid w:val="006C5EA4"/>
     <w:rsid w:val="006C6153"/>
     <w:rsid w:val="006D183A"/>
     <w:rsid w:val="006D1CEB"/>
     <w:rsid w:val="006D35FA"/>
     <w:rsid w:val="006D4000"/>
     <w:rsid w:val="006D5FD7"/>
     <w:rsid w:val="006E0A9A"/>
     <w:rsid w:val="006E0E08"/>
     <w:rsid w:val="006F09BF"/>
     <w:rsid w:val="006F14B1"/>
     <w:rsid w:val="006F4AF2"/>
     <w:rsid w:val="006F528D"/>
     <w:rsid w:val="006F598C"/>
     <w:rsid w:val="006F5E0F"/>
@@ -10727,320 +16063,319 @@
     <w:rsid w:val="007534F5"/>
     <w:rsid w:val="00765C3D"/>
     <w:rsid w:val="007671F1"/>
     <w:rsid w:val="007709E6"/>
     <w:rsid w:val="00795A35"/>
     <w:rsid w:val="007A2223"/>
     <w:rsid w:val="007B0207"/>
     <w:rsid w:val="007B2EFD"/>
     <w:rsid w:val="007C0C7C"/>
     <w:rsid w:val="007C240D"/>
     <w:rsid w:val="007D683C"/>
     <w:rsid w:val="007E06FD"/>
     <w:rsid w:val="007E1B8F"/>
     <w:rsid w:val="007E493E"/>
     <w:rsid w:val="007E5FDB"/>
     <w:rsid w:val="007F0E3A"/>
     <w:rsid w:val="007F1530"/>
     <w:rsid w:val="007F33A2"/>
     <w:rsid w:val="00804012"/>
     <w:rsid w:val="00811B97"/>
     <w:rsid w:val="008141D4"/>
     <w:rsid w:val="0082421C"/>
     <w:rsid w:val="00824AB9"/>
     <w:rsid w:val="00833587"/>
     <w:rsid w:val="00844DAD"/>
+    <w:rsid w:val="008451E3"/>
     <w:rsid w:val="00845611"/>
     <w:rsid w:val="00846902"/>
     <w:rsid w:val="0085029E"/>
     <w:rsid w:val="00852BF0"/>
+    <w:rsid w:val="00856A70"/>
     <w:rsid w:val="0085773F"/>
     <w:rsid w:val="0086058B"/>
     <w:rsid w:val="0088480C"/>
     <w:rsid w:val="008857CE"/>
     <w:rsid w:val="00890854"/>
     <w:rsid w:val="008909F7"/>
     <w:rsid w:val="00894776"/>
     <w:rsid w:val="00894986"/>
     <w:rsid w:val="008A0B83"/>
     <w:rsid w:val="008A1A92"/>
     <w:rsid w:val="008B397E"/>
     <w:rsid w:val="008B7615"/>
     <w:rsid w:val="008B7B7A"/>
     <w:rsid w:val="008C2852"/>
     <w:rsid w:val="008E6A60"/>
     <w:rsid w:val="008F075A"/>
     <w:rsid w:val="008F3ECF"/>
     <w:rsid w:val="008F4537"/>
     <w:rsid w:val="008F65B7"/>
     <w:rsid w:val="00900CC2"/>
     <w:rsid w:val="009153ED"/>
     <w:rsid w:val="0091594F"/>
     <w:rsid w:val="00916607"/>
     <w:rsid w:val="00920B13"/>
     <w:rsid w:val="00931666"/>
     <w:rsid w:val="00931B26"/>
     <w:rsid w:val="00937FB7"/>
     <w:rsid w:val="0094263B"/>
-    <w:rsid w:val="009459DA"/>
     <w:rsid w:val="009460B0"/>
     <w:rsid w:val="009539DA"/>
     <w:rsid w:val="00955FE3"/>
     <w:rsid w:val="009575E7"/>
     <w:rsid w:val="00957B67"/>
     <w:rsid w:val="00967E48"/>
     <w:rsid w:val="00975454"/>
     <w:rsid w:val="00976DA9"/>
     <w:rsid w:val="00982965"/>
     <w:rsid w:val="00987121"/>
     <w:rsid w:val="00992F93"/>
     <w:rsid w:val="00994A0F"/>
     <w:rsid w:val="00996D48"/>
     <w:rsid w:val="009A27FB"/>
     <w:rsid w:val="009A5D9F"/>
     <w:rsid w:val="009B11F2"/>
     <w:rsid w:val="009B1E56"/>
     <w:rsid w:val="009B4967"/>
     <w:rsid w:val="009C4C5E"/>
     <w:rsid w:val="009D37C1"/>
     <w:rsid w:val="009D5F3F"/>
     <w:rsid w:val="009E0FF5"/>
     <w:rsid w:val="009E527C"/>
     <w:rsid w:val="00A32690"/>
     <w:rsid w:val="00A43E41"/>
     <w:rsid w:val="00A52769"/>
     <w:rsid w:val="00A5566D"/>
     <w:rsid w:val="00A629FE"/>
     <w:rsid w:val="00A637BA"/>
     <w:rsid w:val="00A70B13"/>
     <w:rsid w:val="00A72886"/>
     <w:rsid w:val="00A777F7"/>
     <w:rsid w:val="00A77938"/>
     <w:rsid w:val="00A92F5B"/>
     <w:rsid w:val="00AB1F0E"/>
     <w:rsid w:val="00AB3609"/>
     <w:rsid w:val="00AB4904"/>
     <w:rsid w:val="00AB53F6"/>
     <w:rsid w:val="00AC0A7F"/>
     <w:rsid w:val="00AC1048"/>
     <w:rsid w:val="00AC1EC5"/>
     <w:rsid w:val="00AC2DC3"/>
-    <w:rsid w:val="00AC79F4"/>
     <w:rsid w:val="00AE3171"/>
     <w:rsid w:val="00AF7F78"/>
     <w:rsid w:val="00B01AAB"/>
     <w:rsid w:val="00B10DD7"/>
     <w:rsid w:val="00B26D7E"/>
     <w:rsid w:val="00B2766F"/>
     <w:rsid w:val="00B31D76"/>
     <w:rsid w:val="00B32F10"/>
     <w:rsid w:val="00B375C8"/>
+    <w:rsid w:val="00B52738"/>
     <w:rsid w:val="00B66054"/>
     <w:rsid w:val="00B712E5"/>
     <w:rsid w:val="00B72AFE"/>
     <w:rsid w:val="00B73C8F"/>
-    <w:rsid w:val="00B879FE"/>
+    <w:rsid w:val="00B91684"/>
     <w:rsid w:val="00BA7AAE"/>
     <w:rsid w:val="00BC612E"/>
     <w:rsid w:val="00BD25C3"/>
     <w:rsid w:val="00BD6B90"/>
     <w:rsid w:val="00BF074E"/>
     <w:rsid w:val="00C0266C"/>
     <w:rsid w:val="00C042C8"/>
     <w:rsid w:val="00C23FEB"/>
     <w:rsid w:val="00C26F36"/>
     <w:rsid w:val="00C31643"/>
     <w:rsid w:val="00C44E5D"/>
     <w:rsid w:val="00C504A9"/>
     <w:rsid w:val="00C5477C"/>
     <w:rsid w:val="00C74BAC"/>
     <w:rsid w:val="00C85F28"/>
     <w:rsid w:val="00C86949"/>
     <w:rsid w:val="00C87BB8"/>
-    <w:rsid w:val="00C9032A"/>
     <w:rsid w:val="00C91A12"/>
     <w:rsid w:val="00C92904"/>
     <w:rsid w:val="00CA19BA"/>
     <w:rsid w:val="00CA1ED9"/>
     <w:rsid w:val="00CB2D9D"/>
     <w:rsid w:val="00CB4D2A"/>
     <w:rsid w:val="00CB4E68"/>
     <w:rsid w:val="00CB6D4C"/>
     <w:rsid w:val="00CC5865"/>
     <w:rsid w:val="00CC5DE0"/>
     <w:rsid w:val="00CC6B66"/>
     <w:rsid w:val="00CD5183"/>
     <w:rsid w:val="00CF0758"/>
     <w:rsid w:val="00CF13BC"/>
     <w:rsid w:val="00CF3789"/>
     <w:rsid w:val="00CF7A3A"/>
     <w:rsid w:val="00D0363A"/>
     <w:rsid w:val="00D10887"/>
     <w:rsid w:val="00D11676"/>
     <w:rsid w:val="00D21D96"/>
     <w:rsid w:val="00D3414C"/>
     <w:rsid w:val="00D36752"/>
     <w:rsid w:val="00D37B9A"/>
     <w:rsid w:val="00D422C6"/>
     <w:rsid w:val="00D431CA"/>
     <w:rsid w:val="00D4625D"/>
     <w:rsid w:val="00D5284A"/>
     <w:rsid w:val="00D555E4"/>
     <w:rsid w:val="00D6635C"/>
     <w:rsid w:val="00D7020F"/>
     <w:rsid w:val="00D712AF"/>
     <w:rsid w:val="00D82198"/>
     <w:rsid w:val="00D83B94"/>
     <w:rsid w:val="00D8416B"/>
     <w:rsid w:val="00D8458F"/>
     <w:rsid w:val="00D85F28"/>
     <w:rsid w:val="00D86FA0"/>
     <w:rsid w:val="00D906A2"/>
     <w:rsid w:val="00D93799"/>
-    <w:rsid w:val="00D96DA3"/>
     <w:rsid w:val="00DB5B14"/>
     <w:rsid w:val="00DC5382"/>
     <w:rsid w:val="00DE0453"/>
     <w:rsid w:val="00DF39F9"/>
     <w:rsid w:val="00DF42E9"/>
     <w:rsid w:val="00E0252D"/>
     <w:rsid w:val="00E058EE"/>
     <w:rsid w:val="00E138C5"/>
     <w:rsid w:val="00E23EBA"/>
     <w:rsid w:val="00E2552E"/>
     <w:rsid w:val="00E309DA"/>
     <w:rsid w:val="00E34F0D"/>
     <w:rsid w:val="00E42411"/>
     <w:rsid w:val="00E60850"/>
     <w:rsid w:val="00E61125"/>
     <w:rsid w:val="00E67A7B"/>
     <w:rsid w:val="00E67B21"/>
     <w:rsid w:val="00E71422"/>
     <w:rsid w:val="00E71F6D"/>
     <w:rsid w:val="00E80661"/>
     <w:rsid w:val="00E80E8D"/>
     <w:rsid w:val="00E828B1"/>
     <w:rsid w:val="00E85B3A"/>
     <w:rsid w:val="00E87511"/>
     <w:rsid w:val="00E94168"/>
     <w:rsid w:val="00E96375"/>
     <w:rsid w:val="00EA3233"/>
     <w:rsid w:val="00EB4C8F"/>
     <w:rsid w:val="00EC068E"/>
     <w:rsid w:val="00EC5C48"/>
     <w:rsid w:val="00ED0DE8"/>
     <w:rsid w:val="00ED3B3A"/>
     <w:rsid w:val="00ED77F1"/>
     <w:rsid w:val="00EE0844"/>
     <w:rsid w:val="00EE40B9"/>
     <w:rsid w:val="00EE53BC"/>
-    <w:rsid w:val="00EF05AF"/>
     <w:rsid w:val="00EF4F1A"/>
     <w:rsid w:val="00EF7156"/>
     <w:rsid w:val="00F0104F"/>
     <w:rsid w:val="00F11A0E"/>
     <w:rsid w:val="00F2122C"/>
     <w:rsid w:val="00F24382"/>
     <w:rsid w:val="00F3086D"/>
     <w:rsid w:val="00F318F2"/>
     <w:rsid w:val="00F35D8A"/>
     <w:rsid w:val="00F568EE"/>
     <w:rsid w:val="00F57039"/>
     <w:rsid w:val="00F63B17"/>
     <w:rsid w:val="00F74757"/>
     <w:rsid w:val="00F8009B"/>
     <w:rsid w:val="00F8320C"/>
     <w:rsid w:val="00F83DF7"/>
     <w:rsid w:val="00F868DE"/>
     <w:rsid w:val="00F9126A"/>
     <w:rsid w:val="00F94590"/>
     <w:rsid w:val="00F94AF1"/>
     <w:rsid w:val="00F9532D"/>
     <w:rsid w:val="00F96137"/>
     <w:rsid w:val="00F96D49"/>
     <w:rsid w:val="00FA0AF9"/>
     <w:rsid w:val="00FA1D92"/>
     <w:rsid w:val="00FB207C"/>
     <w:rsid w:val="00FB21D4"/>
     <w:rsid w:val="00FB2BF0"/>
     <w:rsid w:val="00FB39B2"/>
     <w:rsid w:val="00FB4531"/>
+    <w:rsid w:val="00FB4EA2"/>
     <w:rsid w:val="00FB7330"/>
     <w:rsid w:val="00FB7A23"/>
     <w:rsid w:val="00FC33A3"/>
     <w:rsid w:val="00FC3733"/>
     <w:rsid w:val="00FC3762"/>
     <w:rsid w:val="00FD07A9"/>
     <w:rsid w:val="00FD22CE"/>
     <w:rsid w:val="00FD259F"/>
     <w:rsid w:val="00FD6F92"/>
     <w:rsid w:val="00FE2718"/>
     <w:rsid w:val="00FE53D5"/>
     <w:rsid w:val="00FE61F6"/>
     <w:rsid w:val="00FF59CB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="4FE7DFD2"/>
-  <w15:docId w15:val="{7E57F05D-7E44-4268-8F28-E8450ACEE0DF}"/>
+  <w14:docId w14:val="6989F98D"/>
+  <w15:docId w15:val="{C8070094-5005-45BC-B32E-D480F2302453}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11359,130 +16694,122 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00131B2D"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Antrat1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="prastasis"/>
     <w:next w:val="prastasis"/>
     <w:link w:val="Antrat1Diagrama"/>
     <w:qFormat/>
-    <w:rsid w:val="00AC79F4"/>
+    <w:rsid w:val="003359AA"/>
     <w:pPr>
       <w:keepNext/>
-      <w:spacing w:before="240" w:after="60"/>
+      <w:keepLines/>
+      <w:spacing w:before="240"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
-[...2 lines deleted...]
-      <w:kern w:val="32"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Antrat2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="prastasis"/>
     <w:next w:val="prastasis"/>
     <w:link w:val="Antrat2Diagrama"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="006F5E0F"/>
     <w:pPr>
       <w:keepNext/>
       <w:tabs>
         <w:tab w:val="left" w:pos="6521"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Antrat3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="prastasis"/>
     <w:next w:val="prastasis"/>
     <w:link w:val="Antrat3Diagrama"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00AC79F4"/>
+    <w:rsid w:val="003359AA"/>
     <w:pPr>
       <w:keepNext/>
-      <w:spacing w:before="240" w:after="60"/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
-[...3 lines deleted...]
-      <w:szCs w:val="26"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F4D78" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Antrat4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="prastasis"/>
     <w:next w:val="prastasis"/>
     <w:link w:val="Antrat4Diagrama"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="006F5E0F"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1134"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
@@ -11642,115 +16969,209 @@
     <w:basedOn w:val="prastasis"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00D86FA0"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Perirtashipersaitas">
     <w:name w:val="FollowedHyperlink"/>
     <w:rsid w:val="009E0FF5"/>
     <w:rPr>
       <w:color w:val="954F72"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bodytext">
     <w:name w:val="bodytext"/>
     <w:basedOn w:val="prastasis"/>
     <w:rsid w:val="00E71F6D"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Neapdorotaspaminjimas">
-    <w:name w:val="Unresolved Mention"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Neapdorotaspaminjimas">
+    <w:name w:val="Neapdorotas paminėjimas"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007C240D"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
     <w:name w:val="paragraph"/>
     <w:basedOn w:val="prastasis"/>
     <w:rsid w:val="00697FBB"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:rsid w:val="00697FBB"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:rsid w:val="000F23B4"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="spellingerror">
     <w:name w:val="spellingerror"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:rsid w:val="000F23B4"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Antrat1Diagrama">
     <w:name w:val="Antraštė 1 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Antrat1"/>
-    <w:rsid w:val="00AC79F4"/>
+    <w:rsid w:val="003359AA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:kern w:val="32"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Antrat3Diagrama">
     <w:name w:val="Antraštė 3 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Antrat3"/>
     <w:semiHidden/>
-    <w:rsid w:val="00AC79F4"/>
+    <w:rsid w:val="003359AA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light" w:cs="Times New Roman"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F4D78" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Pavadinimas">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:link w:val="PavadinimasDiagrama"/>
+    <w:qFormat/>
+    <w:rsid w:val="003359AA"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
       <w:b/>
-      <w:bCs/>
-[...1 lines deleted...]
-      <w:szCs w:val="26"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PavadinimasDiagrama">
+    <w:name w:val="Pavadinimas Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Pavadinimas"/>
+    <w:rsid w:val="003359AA"/>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="36"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Pagrindinistekstas">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:link w:val="PagrindinistekstasDiagrama"/>
+    <w:rsid w:val="003359AA"/>
+    <w:rPr>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PagrindinistekstasDiagrama">
+    <w:name w:val="Pagrindinis tekstas Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Pagrindinistekstas"/>
+    <w:rsid w:val="003359AA"/>
+    <w:rPr>
+      <w:sz w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Pagrindinistekstas2">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:link w:val="Pagrindinistekstas2Diagrama"/>
+    <w:rsid w:val="003359AA"/>
+    <w:pPr>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Pagrindinistekstas2Diagrama">
+    <w:name w:val="Pagrindinis tekstas 2 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Pagrindinistekstas2"/>
+    <w:rsid w:val="003359AA"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Pagrindinistekstas3">
+    <w:name w:val="Body Text 3"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:link w:val="Pagrindinistekstas3Diagrama"/>
+    <w:rsid w:val="003359AA"/>
+    <w:rPr>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Pagrindinistekstas3Diagrama">
+    <w:name w:val="Pagrindinis tekstas 3 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Pagrindinistekstas3"/>
+    <w:rsid w:val="003359AA"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Betarp">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="0054416D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="8266131">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="143085725">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -12062,178 +17483,144 @@
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.marijampole.lt" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.marijampole.lt" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -12349,88 +17736,88 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2613BD7C-0A3C-4FA9-AC1B-9A5C6532A719}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CF959796-5711-4C90-ABD0-FBFCBF4FEC10}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>7286</Characters>
+  <Pages>1</Pages>
+  <Words>20759</Words>
+  <Characters>11833</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>60</Lines>
-  <Paragraphs>40</Paragraphs>
+  <Lines>98</Lines>
+  <Paragraphs>65</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>DĖL PRIĖMIMO Į MARIJAMPOLĖS SAVIVALDYBĖS BENDROJO UGDYMO MOKYKLAS TVARKOS APRAŠO PATVIRTINIMO</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager>2021-12-22</Manager>
   <Company>mas</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>20026</CharactersWithSpaces>
+  <CharactersWithSpaces>32527</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>7995519</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.marijampole.lt/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>7995519</vt:i4>
       </vt:variant>
       <vt:variant>