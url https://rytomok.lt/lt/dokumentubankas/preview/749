--- v0 (2025-10-04)
+++ v1 (2025-10-28)
@@ -1,136 +1,153 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="659BB1AB" w14:textId="36808756" w:rsidR="002C2F07" w:rsidRDefault="00DA39D5" w:rsidP="00C956EF">
-[...1 lines deleted...]
-        <w:t xml:space="preserve">                                                                                   </w:t>
+    <w:p w14:paraId="659BB1AB" w14:textId="314E726D" w:rsidR="002C2F07" w:rsidRDefault="00DA39D5" w:rsidP="00C956EF">
+      <w:r>
+        <w:t xml:space="preserve">                                                                                       </w:t>
       </w:r>
       <w:r w:rsidR="005A3A07">
         <w:t>PATVRITINTA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20FBE66F" w14:textId="0FEC0DA1" w:rsidR="00C779B8" w:rsidRDefault="00DA39D5" w:rsidP="00C956EF">
-[...10 lines deleted...]
-        <w:t>nės mokyklos</w:t>
+    <w:p w14:paraId="20FBE66F" w14:textId="0CF64098" w:rsidR="00C779B8" w:rsidRDefault="00DA39D5" w:rsidP="00C956EF">
+      <w:r>
+        <w:t xml:space="preserve">                                                                                       Marijampolės ,,Ryto“ </w:t>
+      </w:r>
+      <w:r w:rsidR="00F67CB0">
+        <w:t>progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="00C779B8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48771C1A" w14:textId="51CB5C93" w:rsidR="005A3A07" w:rsidRDefault="00DA39D5" w:rsidP="00604802">
+    <w:p w14:paraId="38A61C5B" w14:textId="77777777" w:rsidR="006B4E6C" w:rsidRDefault="00DA39D5" w:rsidP="00604802">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
           <w:tab w:val="left" w:pos="5529"/>
         </w:tabs>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">                                                                                  direktoriaus </w:t>
+        <w:t xml:space="preserve">                                                                                       direktoriaus </w:t>
       </w:r>
       <w:r w:rsidR="00454703">
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="008431C6">
-        <w:t>23</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00850A43">
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00454703">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00604802">
-        <w:t>m  kovo</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> 30 </w:t>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="006B4E6C">
+        <w:t>. sausio 6</w:t>
+      </w:r>
+      <w:r w:rsidR="007138F7">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00604802">
-        <w:t xml:space="preserve">d. </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>d.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48771C1A" w14:textId="6B8F721E" w:rsidR="005A3A07" w:rsidRDefault="006B4E6C" w:rsidP="00604802">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+          <w:tab w:val="left" w:pos="5529"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">                                                                                       </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA39D5">
         <w:t xml:space="preserve">įsakymu Nr. </w:t>
       </w:r>
-      <w:r w:rsidR="000D2471">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="00F67CB0">
+        <w:t>V-</w:t>
+      </w:r>
+      <w:r>
+        <w:t>1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C7DE3A5" w14:textId="77777777" w:rsidR="00417E72" w:rsidRDefault="00417E72" w:rsidP="00C956EF">
       <w:pPr>
         <w:ind w:left="6480"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2492EE62" w14:textId="77777777" w:rsidR="00521F78" w:rsidRDefault="00521F78" w:rsidP="005A3A07">
       <w:pPr>
         <w:ind w:left="6480"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33CFFD58" w14:textId="77777777" w:rsidR="005A3A07" w:rsidRPr="005A3A07" w:rsidRDefault="00DA39D5" w:rsidP="005A3A07">
+    <w:p w14:paraId="33CFFD58" w14:textId="7762BD74" w:rsidR="005A3A07" w:rsidRPr="005A3A07" w:rsidRDefault="00DA39D5" w:rsidP="005A3A07">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>MARIJAMPOLĖS ,,RYTO“ PAGRINDINĖS MOKYKLOS</w:t>
+        <w:t xml:space="preserve">MARIJAMPOLĖS ,,RYTO“ </w:t>
+      </w:r>
+      <w:r w:rsidR="00F67CB0">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>PROGIMNAZIJOS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D36E758" w14:textId="77777777" w:rsidR="005A3A07" w:rsidRDefault="00F94E15" w:rsidP="005A3A07">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>MOKYTOJŲ</w:t>
       </w:r>
       <w:r w:rsidR="00085FAF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> VADAVIMO TVARKOS APRAŠAS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E55F4A8" w14:textId="77777777" w:rsidR="002B73CF" w:rsidRDefault="002B73CF" w:rsidP="005A3A07">
       <w:pPr>
         <w:jc w:val="center"/>
@@ -150,137 +167,161 @@
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B6EA5">
         <w:rPr>
           <w:rFonts w:ascii="Times-Roman" w:hAnsi="Times-Roman" w:cs="Times-Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>I. BENDROSIOS NUOSTATOS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21F2C29F" w14:textId="77777777" w:rsidR="002B73CF" w:rsidRDefault="002B73CF" w:rsidP="002B73CF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times-Roman" w:hAnsi="Times-Roman" w:cs="Times-Roman"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79211B3C" w14:textId="1747F4D9" w:rsidR="002B73CF" w:rsidRDefault="00BF0C38" w:rsidP="00604802">
+    <w:p w14:paraId="79211B3C" w14:textId="72F01606" w:rsidR="002B73CF" w:rsidRDefault="00BF0C38" w:rsidP="00604802">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Mokytojų </w:t>
       </w:r>
       <w:r w:rsidR="002B73CF" w:rsidRPr="000F3D8D">
         <w:t>vadavimo tvark</w:t>
       </w:r>
       <w:r w:rsidR="003A2AC9">
         <w:t>os aprašas</w:t>
       </w:r>
       <w:r w:rsidR="002B73CF" w:rsidRPr="000F3D8D">
         <w:t xml:space="preserve"> (toliau </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidR="003A2AC9">
         <w:t>Aprašas</w:t>
       </w:r>
       <w:r w:rsidR="002B73CF" w:rsidRPr="000F3D8D">
         <w:t>) parengta</w:t>
       </w:r>
       <w:r w:rsidR="003A2AC9">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="002B73CF" w:rsidRPr="000F3D8D">
         <w:t xml:space="preserve"> vadovaujantis </w:t>
       </w:r>
       <w:r w:rsidR="008431C6" w:rsidRPr="000F5BF0">
         <w:rPr>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Lietuvos Respublikos valstybės ir savivaldybių įstaigų darbuotojų ir komisijų narių darbo apmokėjimo 2017 m. sausio 7 d. įstatymu Nr. XIII-198</w:t>
       </w:r>
       <w:r w:rsidR="008431C6">
         <w:rPr>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ir Marijampolės „Ryto“ pagrindinės mokyklos darbo apmokėjimo sistema, patvirtinta Marijampolės „Ryto“ pagrindinės mokyklos direktoriaus 2019 m. rugsėjo 9 d. įsakymu Nr. V-48.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3E88F58F" w14:textId="71184E9E" w:rsidR="00EE6AA4" w:rsidRPr="00EE6AA4" w:rsidRDefault="00EE6AA4" w:rsidP="002D24FA">
+        <w:t xml:space="preserve"> ir Marijampolės „Ryto“ </w:t>
+      </w:r>
+      <w:r w:rsidR="00F67CB0">
+        <w:rPr>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="008431C6">
+        <w:rPr>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darbo apmokėjimo sistema, patvirtinta Marijampolės „Ryto“ </w:t>
+      </w:r>
+      <w:r w:rsidR="00F67CB0">
+        <w:rPr>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="008431C6">
+        <w:rPr>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> direktoriaus 2019 m. rugsėjo 9 d. įsakymu Nr. V-48.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E88F58F" w14:textId="50CC1669" w:rsidR="00EE6AA4" w:rsidRPr="00EE6AA4" w:rsidRDefault="00EE6AA4" w:rsidP="002D24FA">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00EE6AA4">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
         </w:rPr>
         <w:t>Mokykla, atsižvelgusi į mokinių saugumo užtikrinimą, Bendrųjų ugdymo planų reikalavimus, Mokymo</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE6AA4">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
         </w:rPr>
-        <w:t xml:space="preserve">lėšas bei </w:t>
-[...5 lines deleted...]
-        <w:t>mokyklos</w:t>
+        <w:t>lėšas bei</w:t>
+      </w:r>
+      <w:r w:rsidR="00F67CB0">
+        <w:rPr>
+          <w:rStyle w:val="markedcontent"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progimnazijos</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE6AA4">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
         </w:rPr>
         <w:t xml:space="preserve"> finansines galimybes, nustato pavaduojamų pamokų tvarką.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="061EC5F6" w14:textId="77777777" w:rsidR="002F1ACC" w:rsidRPr="00EE6AA4" w:rsidRDefault="002F1ACC" w:rsidP="00EE6AA4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="659D16E7" w14:textId="68B976CF" w:rsidR="002B73CF" w:rsidRDefault="002B73CF" w:rsidP="00BF0C38">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
@@ -408,80 +449,92 @@
       <w:r w:rsidR="0086437D" w:rsidRPr="00987AE4">
         <w:rPr>
           <w:rFonts w:ascii="Palemonas" w:hAnsi="Palemonas" w:cs="Palemonas"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="000D13BD" w:rsidRPr="00987AE4">
         <w:rPr>
           <w:rFonts w:ascii="Palemonas" w:hAnsi="Palemonas" w:cs="Palemonas"/>
         </w:rPr>
         <w:t xml:space="preserve"> ugdymui atlieka pamokų tvarkaraščio pakeitimus ir apie juos informuoja mokinius ir mok</w:t>
       </w:r>
       <w:r w:rsidR="00DA39D5" w:rsidRPr="00987AE4">
         <w:rPr>
           <w:rFonts w:ascii="Palemonas" w:hAnsi="Palemonas" w:cs="Palemonas"/>
         </w:rPr>
         <w:t>ytojus e dienyne</w:t>
       </w:r>
       <w:r w:rsidR="000D13BD" w:rsidRPr="00987AE4">
         <w:rPr>
           <w:rFonts w:ascii="Palemonas" w:hAnsi="Palemonas" w:cs="Palemonas"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="069F82CA" w14:textId="3FD79F64" w:rsidR="00987AE4" w:rsidRPr="00987AE4" w:rsidRDefault="00987AE4" w:rsidP="002D24FA">
+    <w:p w14:paraId="069F82CA" w14:textId="4084A046" w:rsidR="00987AE4" w:rsidRPr="00987AE4" w:rsidRDefault="00987AE4" w:rsidP="002D24FA">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidRPr="00987AE4">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
         </w:rPr>
         <w:t>okytojas, planuodamas komandiruotę, kvalifikacijos kėlimo renginį</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ar kt. mokyklos </w:t>
+        <w:t xml:space="preserve"> ar kt.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F67CB0">
+        <w:rPr>
+          <w:rStyle w:val="markedcontent"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="markedcontent"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00987AE4">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
         </w:rPr>
         <w:t>direktoriui</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00987AE4">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
         </w:rPr>
         <w:t>rašo prašymą, kuriame nurodo išvykimo priežastį. Suranda mokytojus pavadavimui ir suderina</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00987AE4">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
         </w:rPr>
         <w:t>su jais veiklas pamokose. Pavaduojantis mokytojas organizuoja ugdymą ir atsako už mokinių</w:t>
       </w:r>
@@ -561,82 +614,87 @@
         </w:rPr>
         <w:t xml:space="preserve">vyksta daug mokytojų, gripo </w:t>
       </w:r>
       <w:r w:rsidR="00E220B0">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
         </w:rPr>
         <w:t xml:space="preserve">ar kt. </w:t>
       </w:r>
       <w:r w:rsidRPr="00987AE4">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
         </w:rPr>
         <w:t>epidemija ir kt.) leidžiama jungti jas pagal pakoreguotą pamokų</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00987AE4">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
         </w:rPr>
         <w:t>tvarkaraštį.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F1C5F85" w14:textId="660DD519" w:rsidR="008310E0" w:rsidRDefault="002B73CF" w:rsidP="002D24FA">
+    <w:p w14:paraId="3F1C5F85" w14:textId="7F394254" w:rsidR="008310E0" w:rsidRDefault="006B4E6C" w:rsidP="002D24FA">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="000F3D8D">
-        <w:t xml:space="preserve">Mokyklos </w:t>
+      <w:r>
+        <w:t>Progimnazijos</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="002B73CF" w:rsidRPr="000F3D8D">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00987AE4">
         <w:t>direktoriui ar pavaduotojams ugdymui</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F3D8D">
+      <w:r w:rsidR="002B73CF" w:rsidRPr="000F3D8D">
         <w:t xml:space="preserve"> paprašius, neturintis savo pamokų mokytojas</w:t>
       </w:r>
       <w:r w:rsidR="008310E0">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F3D8D">
+      <w:r w:rsidR="002B73CF" w:rsidRPr="000F3D8D">
         <w:t xml:space="preserve"> pavaduoja serg</w:t>
       </w:r>
       <w:r w:rsidR="00BF0C38">
         <w:t>antį kolegą pamokose</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F3D8D">
+      <w:r w:rsidR="002B73CF" w:rsidRPr="000F3D8D">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A9DCD39" w14:textId="77777777" w:rsidR="008310E0" w:rsidRDefault="002B73CF" w:rsidP="002D24FA">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="000F3D8D">
         <w:t>Pavaduojantis mokytojas rašo direktoriui sutikimą ir pavadavimas įforminamas direktoriaus įsakymu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71883EC8" w14:textId="03C2C26E" w:rsidR="00BF0C38" w:rsidRPr="00E220B0" w:rsidRDefault="00BF0C38" w:rsidP="002D24FA">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -873,51 +931,59 @@
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">kolegą </w:t>
       </w:r>
       <w:r w:rsidRPr="00E220B0">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>laisvu nuo savo pamokų metu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">, darbo </w:t>
       </w:r>
       <w:r w:rsidRPr="00E220B0">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>užmokestis apskaičiuo</w:t>
+        <w:t xml:space="preserve">užmokestis </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220B0">
+        <w:rPr>
+          <w:rStyle w:val="markedcontent"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>apskaičiuo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>jamas</w:t>
       </w:r>
       <w:r w:rsidRPr="00E220B0">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> pagal faktiškai pravestas pamokas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00E220B0">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
@@ -949,51 +1015,50 @@
     </w:p>
     <w:p w14:paraId="3A843BCF" w14:textId="55E2B1FB" w:rsidR="00E220B0" w:rsidRDefault="00E220B0" w:rsidP="002D24FA">
       <w:pPr>
         <w:pStyle w:val="Stilius"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FEFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFFFF"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E220B0">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Mokytojams, vedantiems savo dalyko pamokas ir tuo pačiu metu pavaduojantiems kito</w:t>
       </w:r>
       <w:r w:rsidRPr="00E220B0">
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E220B0">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>mokytojo pamokas</w:t>
       </w:r>
       <w:r w:rsidR="009B4384">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00E220B0">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
@@ -1539,131 +1604,145 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F4A06">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>IV. BAIGIAMOSIOS NUOSTATOS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3681EEFA" w14:textId="77777777" w:rsidR="003F4A06" w:rsidRPr="003F4A06" w:rsidRDefault="003F4A06" w:rsidP="003F4A06">
       <w:pPr>
         <w:pStyle w:val="Stilius"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FEFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFFFF"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7ED62461" w14:textId="1CADA1AF" w:rsidR="003F4A06" w:rsidRPr="003F4A06" w:rsidRDefault="003F4A06" w:rsidP="00E220B0">
+    <w:p w14:paraId="7ED62461" w14:textId="3B056703" w:rsidR="003F4A06" w:rsidRPr="003F4A06" w:rsidRDefault="003F4A06" w:rsidP="00E220B0">
       <w:pPr>
         <w:pStyle w:val="Stilius"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FEFFFF"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFFFF"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F4A06">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>Skirdama pavaduojantį mokytoją, mokyklos administracija remiasi abipusio supratimo ir</w:t>
+        <w:t>Skirdama pavaduojantį mokytoją,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F67CB0">
+        <w:rPr>
+          <w:rStyle w:val="markedcontent"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progimnazijos</w:t>
       </w:r>
       <w:r w:rsidRPr="003F4A06">
         <w:rPr>
+          <w:rStyle w:val="markedcontent"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> administracija remiasi abipusio supratimo ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F4A06">
+        <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003F4A06">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>geranoriškumo principais, atsižvelgiama į mokytojo suplanuotą veiklą, savišvietą ar kitokius</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003F4A06">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>renginius.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C208AB8" w14:textId="7CD7E1A5" w:rsidR="003F4A06" w:rsidRPr="00E3462A" w:rsidRDefault="003F4A06" w:rsidP="00E220B0">
+    <w:p w14:paraId="4C208AB8" w14:textId="594D9FCD" w:rsidR="003F4A06" w:rsidRPr="00E3462A" w:rsidRDefault="003F4A06" w:rsidP="00E220B0">
       <w:pPr>
         <w:pStyle w:val="Stilius"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FEFFFF"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFFFF"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F4A06">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">Atsiradus konfliktinei situacijai, </w:t>
-[...6 lines deleted...]
-        <w:t>mokyklos</w:t>
+        <w:t>Atsiradus konfliktinei situacijai,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F67CB0">
+        <w:rPr>
+          <w:rStyle w:val="markedcontent"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progimnazijos</w:t>
       </w:r>
       <w:r w:rsidRPr="003F4A06">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> administracija privalo ieškoti optimalių</w:t>
       </w:r>
       <w:r w:rsidRPr="003F4A06">
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> p</w:t>
       </w:r>
       <w:r w:rsidRPr="003F4A06">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>roblemos sprendimo būdų, tačiau, nepavykus rasti kompromiso ar esant kritinei situacijai,</w:t>
       </w:r>
       <w:r w:rsidRPr="003F4A06">
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
@@ -1707,102 +1786,102 @@
     </w:p>
     <w:p w14:paraId="0E7488C4" w14:textId="77777777" w:rsidR="005A3A07" w:rsidRPr="007122FF" w:rsidRDefault="005A3A07" w:rsidP="00725D16">
       <w:pPr>
         <w:pStyle w:val="Stilius"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FEFFFF"/>
         <w:spacing w:line="273" w:lineRule="exact"/>
         <w:ind w:left="5" w:right="38" w:hanging="5"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFFFF"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005A3A07" w:rsidRPr="007122FF" w:rsidSect="007122FF">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="993" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Belwe Cn TL">
     <w:altName w:val="Century"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002AF" w:usb1="5000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times-Roman">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palemonas">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000081" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3D2C04A7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B964A076"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="928" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="928" w:hanging="360"/>
@@ -2101,222 +2180,223 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5843" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6832" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1058672682">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="4"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="492992193">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="4"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1."/>
         <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="0"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="0" w:firstLine="0"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
           <w:color w:val="575A60"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="264845039">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1211307912">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="396"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005A3A07"/>
     <w:rsid w:val="00085FAF"/>
     <w:rsid w:val="000B4E8D"/>
     <w:rsid w:val="000C3A45"/>
     <w:rsid w:val="000D13BD"/>
-    <w:rsid w:val="000D2471"/>
     <w:rsid w:val="000F3D8D"/>
     <w:rsid w:val="001D7772"/>
     <w:rsid w:val="00251540"/>
     <w:rsid w:val="00285717"/>
     <w:rsid w:val="00286FC4"/>
     <w:rsid w:val="0029438F"/>
     <w:rsid w:val="002B4706"/>
     <w:rsid w:val="002B73CF"/>
     <w:rsid w:val="002D24FA"/>
     <w:rsid w:val="002E6B37"/>
     <w:rsid w:val="002F1ACC"/>
     <w:rsid w:val="00316C46"/>
     <w:rsid w:val="00351702"/>
     <w:rsid w:val="00356402"/>
     <w:rsid w:val="003A2AC9"/>
     <w:rsid w:val="003F4A06"/>
     <w:rsid w:val="00417E72"/>
     <w:rsid w:val="00454703"/>
     <w:rsid w:val="004854C3"/>
     <w:rsid w:val="004A6BC2"/>
     <w:rsid w:val="00521F78"/>
     <w:rsid w:val="005566E9"/>
     <w:rsid w:val="0058529F"/>
     <w:rsid w:val="00595980"/>
     <w:rsid w:val="005A3A07"/>
     <w:rsid w:val="005D33BD"/>
     <w:rsid w:val="006026DE"/>
     <w:rsid w:val="00604802"/>
+    <w:rsid w:val="006B4E6C"/>
     <w:rsid w:val="007122FF"/>
     <w:rsid w:val="007138F7"/>
     <w:rsid w:val="00725D16"/>
     <w:rsid w:val="00780F03"/>
     <w:rsid w:val="007B6B34"/>
     <w:rsid w:val="007E2724"/>
     <w:rsid w:val="008310E0"/>
     <w:rsid w:val="00837427"/>
     <w:rsid w:val="008377C7"/>
     <w:rsid w:val="008431C6"/>
+    <w:rsid w:val="00850A43"/>
     <w:rsid w:val="0086437D"/>
     <w:rsid w:val="008E7DF4"/>
     <w:rsid w:val="00941207"/>
     <w:rsid w:val="00965B5C"/>
     <w:rsid w:val="00987AE4"/>
     <w:rsid w:val="009A6ECF"/>
     <w:rsid w:val="009B4384"/>
     <w:rsid w:val="009C0227"/>
     <w:rsid w:val="009D4C24"/>
     <w:rsid w:val="00A30045"/>
     <w:rsid w:val="00A30CCA"/>
     <w:rsid w:val="00A67D53"/>
     <w:rsid w:val="00A70E71"/>
     <w:rsid w:val="00BC237B"/>
     <w:rsid w:val="00BC7EAF"/>
     <w:rsid w:val="00BE705F"/>
     <w:rsid w:val="00BF0C38"/>
     <w:rsid w:val="00BF7A7B"/>
     <w:rsid w:val="00C156A6"/>
     <w:rsid w:val="00C662F4"/>
     <w:rsid w:val="00C7057E"/>
     <w:rsid w:val="00C72A1F"/>
     <w:rsid w:val="00C779B8"/>
     <w:rsid w:val="00C956EF"/>
     <w:rsid w:val="00CA4129"/>
     <w:rsid w:val="00DA39D5"/>
     <w:rsid w:val="00E220B0"/>
     <w:rsid w:val="00E3462A"/>
     <w:rsid w:val="00EB3322"/>
     <w:rsid w:val="00EB3899"/>
     <w:rsid w:val="00EE6AA4"/>
     <w:rsid w:val="00F077F8"/>
     <w:rsid w:val="00F15185"/>
+    <w:rsid w:val="00F67CB0"/>
     <w:rsid w:val="00F94E15"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1555109B"/>
   <w15:docId w15:val="{8AE0AFF5-5208-4D24-BE95-0614E402CD9C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2378,94 +2458,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -2640,55 +2724,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="005D33BD"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="lt-LT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Antrat1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="prastasis"/>
     <w:next w:val="prastasis"/>
     <w:link w:val="Antrat1Diagrama"/>
     <w:qFormat/>
     <w:rsid w:val="005D33BD"/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Belwe Cn TL" w:hAnsi="Belwe Cn TL"/>
@@ -2768,51 +2847,51 @@
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sraopastraipa">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="prastasis"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="008431C6"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="markedcontent">
     <w:name w:val="markedcontent"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:rsid w:val="00EE6AA4"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="1475682473">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
@@ -3088,78 +3167,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D305B404-D988-480B-800B-B2A7EEE5CC19}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9639FC4F-FFA3-45E1-92AF-2ED0C40E051D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1790</Characters>
+  <Pages>1</Pages>
+  <Words>3201</Words>
+  <Characters>1825</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>15</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4919</CharactersWithSpaces>
+  <CharactersWithSpaces>5016</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Sekretore</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>