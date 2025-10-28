--- v0 (2025-10-04)
+++ v1 (2025-10-28)
@@ -2,235 +2,253 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w14:paraId="0F86F53E" w14:textId="77777777" w:rsidR="0009469B" w:rsidRDefault="0009469B" w:rsidP="00267F1C">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2596" w:firstLine="3358"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>PATVIRTINTA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="477B0CA3" w14:textId="409DA8E0" w:rsidR="0009469B" w:rsidRDefault="0009469B" w:rsidP="00267F1C">
+    <w:p w14:paraId="477B0CA3" w14:textId="3D13474C" w:rsidR="0009469B" w:rsidRDefault="0009469B" w:rsidP="00267F1C">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2596" w:firstLine="3358"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">Marijampolės </w:t>
       </w:r>
+      <w:r w:rsidR="00882AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">„Ryto“ </w:t>
+      </w:r>
       <w:r w:rsidR="00267F1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">„Ryto“ pagrindinės </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6E2B8445" w14:textId="32942D37" w:rsidR="0009469B" w:rsidRDefault="00267F1C" w:rsidP="00267F1C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E2B8445" w14:textId="532C0186" w:rsidR="0009469B" w:rsidRDefault="00882AF2" w:rsidP="00267F1C">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2596" w:firstLine="3358"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:t>mokyklos direktoriaus</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="167E37F1" w14:textId="64F18973" w:rsidR="0009469B" w:rsidRDefault="005A6ED0" w:rsidP="00267F1C">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00267F1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> direktoriaus</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="167E37F1" w14:textId="1C0F18E6" w:rsidR="0009469B" w:rsidRDefault="005A6ED0" w:rsidP="00267F1C">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2596" w:firstLine="3358"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00267F1C">
+      <w:r w:rsidR="00882AF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> m. </w:t>
       </w:r>
-      <w:r w:rsidR="00267F1C">
+      <w:r w:rsidR="00EE615E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:t>kovo</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005E5E0A">
+        <w:t>sausio 6</w:t>
+      </w:r>
+      <w:r w:rsidR="0009469B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 30</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0009469B">
+        <w:t xml:space="preserve"> d. įsakymu Nr. V-</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE615E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> d. įsakymu Nr. V-</w:t>
-[...8 lines deleted...]
-        <w:t>66</w:t>
+        <w:t>1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0334C92F" w14:textId="77777777" w:rsidR="004667B8" w:rsidRPr="004667B8" w:rsidRDefault="004667B8" w:rsidP="004667B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09EB8791" w14:textId="50B9A14E" w:rsidR="00777132" w:rsidRDefault="00777132" w:rsidP="004667B8">
+    <w:p w14:paraId="3A37875F" w14:textId="7E140227" w:rsidR="008034F3" w:rsidRDefault="008034F3" w:rsidP="004667B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>MARIJAMPOLĖS „RYTO“ PAGRINDINĖS MOKYKLOS</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1B16BF22" w14:textId="3B2B5F15" w:rsidR="00022C40" w:rsidRDefault="00022C40" w:rsidP="004667B8">
+        <w:t xml:space="preserve">MARIJAMPOLĖS ,,RYTO“ </w:t>
+      </w:r>
+      <w:r w:rsidR="00882AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PROGIMNAZIJOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B16BF22" w14:textId="2676E4E2" w:rsidR="00022C40" w:rsidRDefault="00022C40" w:rsidP="004667B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MOKINIŲ ASMENS DUOMENŲ TVARKYMO TAISYKLĖS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52AF3187" w14:textId="77777777" w:rsidR="004667B8" w:rsidRDefault="004667B8" w:rsidP="004667B8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4020"/>
           <w:tab w:val="center" w:pos="4749"/>
@@ -280,147 +298,171 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>BENDROSIOS NUOSTATOS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E17097A" w14:textId="77777777" w:rsidR="004667B8" w:rsidRDefault="004667B8" w:rsidP="004667B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="24D34D50" w14:textId="500514E3" w:rsidR="004667B8" w:rsidRDefault="004667B8" w:rsidP="004667B8">
+    <w:p w14:paraId="24D34D50" w14:textId="7EADEDE3" w:rsidR="004667B8" w:rsidRDefault="004667B8" w:rsidP="004667B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidR="00022C40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Marijampolės </w:t>
       </w:r>
       <w:r w:rsidR="00267F1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>„Ryto“ pagrindinės mokyklos</w:t>
+        <w:t xml:space="preserve">„Ryto“ </w:t>
+      </w:r>
+      <w:r w:rsidR="00882AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="0009469B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (toliau – </w:t>
       </w:r>
-      <w:r w:rsidR="00267F1C">
-[...5 lines deleted...]
-        <w:t>Mokykla</w:t>
+      <w:r w:rsidR="00882AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Progimnazija</w:t>
       </w:r>
       <w:r w:rsidR="00022C40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) mokinių asmens duomenų tvarkymo taisyklių (toliau – Taisyklės) tikslas – reglamentuoti mokinių asmens duomenų </w:t>
       </w:r>
       <w:r w:rsidR="00022C40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>tvarkymo ir apsaugos reikalavimus, pagrindines mokinių asmens duomenų tvarkymo, mokinių, mokinių tėvų (globėjų, rūpintojų) teisių įgyvendinimo ir duomenų apsaugos technines bei organizacines priemones.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5949AE2F" w14:textId="77777777" w:rsidR="004667B8" w:rsidRDefault="004667B8" w:rsidP="004667B8">
+    <w:p w14:paraId="5949AE2F" w14:textId="64E865A3" w:rsidR="004667B8" w:rsidRDefault="004667B8" w:rsidP="004667B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r w:rsidR="00022C40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Taisyklės parengtos vadovaujantis pavyzdinėmis Asmens duomenų tvarkymo mokyklose taisyklėmis, patvirtintomis Valstybinės duomenų apsaugos inspekcijos direktoriaus 20</w:t>
+        <w:t xml:space="preserve">Taisyklės parengtos vadovaujantis pavyzdinėmis Asmens duomenų tvarkymo </w:t>
+      </w:r>
+      <w:r w:rsidR="00882AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00022C40">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e taisyklėmis, patvirtintomis Valstybinės duomenų apsaugos inspekcijos direktoriaus 20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>07 m. liepos 4 d. įsakymu Nr.1T-</w:t>
       </w:r>
       <w:r w:rsidR="00022C40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">45, Mokinių registro duomenų saugos nuostatais, Lietuvos Respublikos asmens duomenų apsaugos įstatymu (toliau – ADTAĮ), </w:t>
       </w:r>
       <w:r w:rsidR="00022C40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
@@ -478,140 +520,148 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">, Valstybinės duomenų apsaugos inspekcijos direktoriaus 2008 m. lapkričio </w:t>
       </w:r>
       <w:r w:rsidR="00022C40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>12 d. įsakymu Nr. 1T-71(1.12) „Dėl Bendrųjų reikalavimų organizacinėms ir techninėms asmens duomenų saugumo priemonėms patvirtinimo“ (toliau – Bendrieji reikalavimai organizacinėms ir techninėms asmens duomenų saugumo priemonėms),</w:t>
       </w:r>
       <w:r w:rsidR="00022C40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> kitais įstatymais bei teisės aktais, reglamentuojančiais asmens duomenų tvarkymą ir apsaugą.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AAC1CC8" w14:textId="6C2F1FE3" w:rsidR="004667B8" w:rsidRDefault="004667B8" w:rsidP="004667B8">
+    <w:p w14:paraId="7AAC1CC8" w14:textId="60CFC4CB" w:rsidR="004667B8" w:rsidRDefault="004667B8" w:rsidP="004667B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004667B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
+      <w:r w:rsidR="00882AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00022C40">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darbuotojai, įgalioti t</w:t>
+      </w:r>
+      <w:r w:rsidR="006752D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>varkyti mokinių asmens duomenis</w:t>
+      </w:r>
+      <w:r w:rsidR="00481354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="006752D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> klasių auklėtojai</w:t>
+      </w:r>
+      <w:r w:rsidR="00022C40">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> privalo laikytis šių Taisyklių ir būti pasir</w:t>
+      </w:r>
+      <w:r w:rsidR="006752D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ašytinai su </w:t>
+      </w:r>
+      <w:r w:rsidR="0009469B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">jomis supažindinti (1 priedas). </w:t>
+      </w:r>
+      <w:r w:rsidR="00882AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Progimnazijos</w:t>
+      </w:r>
       <w:r w:rsidR="00267F1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Mokyklos</w:t>
-[...63 lines deleted...]
-        <w:t xml:space="preserve">Mokyklos </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00022C40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>darbuotojai, atlikdami savo pareigas ir tvarkydami mokinių asmens duomenis, privalo laikytis konfidencialumo ir saugumo reikalavimų, nurodytų šiose Taisyklėse.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37D93173" w14:textId="77777777" w:rsidR="004667B8" w:rsidRDefault="00022C40" w:rsidP="004667B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -873,261 +923,375 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SPECIALIOSIOS NUOSTATOS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C202BB3" w14:textId="77777777" w:rsidR="00022C40" w:rsidRDefault="00022C40" w:rsidP="004667B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49391B50" w14:textId="13FABD61" w:rsidR="004667B8" w:rsidRDefault="00022C40" w:rsidP="004667B8">
+    <w:p w14:paraId="49391B50" w14:textId="42C07362" w:rsidR="004667B8" w:rsidRDefault="00022C40" w:rsidP="004667B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6. M</w:t>
       </w:r>
       <w:r w:rsidR="0009469B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">okinių asmens duomenys </w:t>
       </w:r>
-      <w:r w:rsidR="00267F1C">
-[...5 lines deleted...]
-        <w:t>Mokykloje</w:t>
+      <w:r w:rsidR="00882AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Progimnazijoje</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> tvarkomi šiais tikslais: mokymo sutarčių apskaitos, mokinių asmens bylų tvarkymo, elektroninio dienyno pildymo, išsilavinimo ir kitų paž</w:t>
       </w:r>
       <w:r w:rsidR="00481354">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ymėjimų išdavimo, mokymo lėšų ap</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">skaičiavimo, Vaiko gerovės komisijos </w:t>
       </w:r>
       <w:r w:rsidR="00C87460">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>darbo organizavimo ir vykdymo, N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>acionalinio mokinių pasiekimų patikrinimo organizavimo ir vykdymo, neformaliojo vaikų švietimo organizavimo, nemokamo maitinimo organizavimo, Mokyklos nelankančių mokinių apskaitos, Mokyklos veiklos informavimo bendruomenei ir visuomenei (mokinių kūrybiniai darbai, mokymosi pasiekimai, nuotraukos, filmuota medžiaga), tarpinstitucinio bendradarbiavimo, vaiko gerovės Mokykloje ir visuomenėje užtikrinimo, Mokyklos turto saugumo užtikrinimo.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2ED9A920" w14:textId="06E8BDF6" w:rsidR="004667B8" w:rsidRDefault="0009469B" w:rsidP="004667B8">
+        <w:t xml:space="preserve">acionalinio mokinių pasiekimų patikrinimo organizavimo ir vykdymo, neformaliojo vaikų švietimo organizavimo, nemokamo maitinimo organizavimo, </w:t>
+      </w:r>
+      <w:r w:rsidR="00882AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nelankančių mokinių apskaitos, </w:t>
+      </w:r>
+      <w:r w:rsidR="00882AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> veiklos informavimo bendruomenei ir visuomenei (mokinių kūrybiniai darbai, mokymosi pasiekimai, nuotraukos, filmuota medžiaga), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tarpinstitucinio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bendradarbiavimo, vaiko gerovės </w:t>
+      </w:r>
+      <w:r w:rsidR="00882AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Progimnazijoje</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir visuomenėje užtikrinimo, </w:t>
+      </w:r>
+      <w:r w:rsidR="00882AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> turto saugumo užtikrinimo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ED9A920" w14:textId="483BCD82" w:rsidR="004667B8" w:rsidRDefault="0009469B" w:rsidP="004667B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">7. </w:t>
       </w:r>
-      <w:r w:rsidR="00267F1C">
-[...5 lines deleted...]
-        <w:t>Mokyklos</w:t>
+      <w:r w:rsidR="00882AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="00022C40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> darbuotojai, atlikdami savo pareigas ir tvarkydami mokinių asmens duomenis, privalo laikytis pagrindinių asmens duomenų tvarkymo principų:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F39FB07" w14:textId="77777777" w:rsidR="004667B8" w:rsidRDefault="00022C40" w:rsidP="004667B8">
+    <w:p w14:paraId="6F39FB07" w14:textId="14430222" w:rsidR="004667B8" w:rsidRDefault="00022C40" w:rsidP="004667B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">7.1. asmens duomenys tvarkomi teisėtai ir sąžiningai, vadovaudamasi ADTAĮ, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Reglamentu (ES) 2016/679</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ir kitais asmens duomenų tvarkymą mokyklose reg</w:t>
+        <w:t xml:space="preserve"> ir kitais asmens duomenų tvarkymą </w:t>
+      </w:r>
+      <w:r w:rsidR="00882AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e reg</w:t>
       </w:r>
       <w:r w:rsidR="004667B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>lamentuojančiais teisės aktais;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E60238C" w14:textId="77777777" w:rsidR="004667B8" w:rsidRDefault="00022C40" w:rsidP="004667B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7.2. asmens duomenys renkami Taisykli</w:t>
       </w:r>
       <w:r w:rsidR="002B2AD4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ų 6 punkte apibrėžtais tikslais</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir po to tvarkomi su šiais tikslais suderintais būdais;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="694069D4" w14:textId="77777777" w:rsidR="004667B8" w:rsidRDefault="00022C40" w:rsidP="004667B8">
+    <w:p w14:paraId="694069D4" w14:textId="2641478B" w:rsidR="004667B8" w:rsidRDefault="00022C40" w:rsidP="004667B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>7.3. asmens duomenys tikslūs ir, jei reikia asmens duomenų tvarkymui, nuolat atnaujinami pagal Mokinių registro (toliau – MR) nuostatus. Mokinių asmens duomenys atnaujinami Lietuvos Respublikos švietimo, mokslo ir sporto ministerijos (toliau – ŠMSM) nustatytu laiku. Duomenys tikslinami ir atnaujinami, kai tik duomenų subjektas praneša apie jų pasikeitimą. Mokykla imasi visų pagrįstų priemonių siekdama užtikrinti, kad asmens duomenys, kurie nėra tikslūs, atsižvelgiant į jų tvarkymo tikslus, būtų nedel</w:t>
+        <w:t xml:space="preserve">7.3. asmens duomenys tikslūs ir, jei reikia asmens duomenų tvarkymui, nuolat atnaujinami pagal Mokinių registro (toliau – MR) nuostatus. Mokinių asmens duomenys atnaujinami Lietuvos Respublikos švietimo, mokslo ir sporto ministerijos (toliau – ŠMSM) nustatytu laiku. Duomenys tikslinami ir atnaujinami, kai tik duomenų subjektas praneša apie jų pasikeitimą. </w:t>
+      </w:r>
+      <w:r w:rsidR="00882AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Progimnazija</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> imasi visų pagrįstų priemonių siekdama užtikrinti, kad asmens duomenys, kurie nėra tikslūs, atsižvelgiant į jų tvarkymo tikslus, būtų nedel</w:t>
       </w:r>
       <w:r w:rsidR="004667B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>siant ištrinami arba ištaisomi;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6728DE27" w14:textId="77777777" w:rsidR="004667B8" w:rsidRDefault="00022C40" w:rsidP="004667B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -1210,84 +1374,84 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">7.4.2. elektroninio dienyno pildymo tikslu – mokinio vardas, pavardė, gimimo data, klasė, mokslo metai, įvertinimai, duomenys apie sveikatą, tėvų (globėjų, rūpintojų) vardai, pavardės, gyvenamoji vieta, </w:t>
       </w:r>
       <w:r w:rsidR="003E4F33">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>kontaktiniai duomenys</w:t>
       </w:r>
       <w:r w:rsidR="004667B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A1F1E0C" w14:textId="16407C54" w:rsidR="004667B8" w:rsidRDefault="00022C40" w:rsidP="004667B8">
+    <w:p w14:paraId="6A1F1E0C" w14:textId="4515B4C4" w:rsidR="004667B8" w:rsidRDefault="00022C40" w:rsidP="004667B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="0009469B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.4.3. pagal MR nuostatus </w:t>
       </w:r>
-      <w:r w:rsidR="00267F1C">
-[...5 lines deleted...]
-        <w:t>Mokykla</w:t>
+      <w:r w:rsidR="00882AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Progimnazija</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> tvarko</w:t>
       </w:r>
       <w:r w:rsidR="00810F36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> šiuos mokinio asmens duomenis: vardą, pavardę, asmens kodą, pilietybę</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, deklaruotos ir fakt</w:t>
       </w:r>
@@ -1301,123 +1465,171 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00810F36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>), mokytis į mokyklą atvykimo/išvykimo duomenis (atvykim</w:t>
+        <w:t xml:space="preserve">), mokytis į </w:t>
+      </w:r>
+      <w:r w:rsidR="00882AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnaziją</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atvykimo/išvykimo duomenis (atvykim</w:t>
       </w:r>
       <w:r w:rsidR="004A0F43">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o/ išvykimo data</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, išvy</w:t>
       </w:r>
       <w:r w:rsidR="004A0F43">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>kimo priežastis, įsakymo numeris, mokyklos baigimo data</w:t>
+        <w:t xml:space="preserve">kimo priežastis, įsakymo numeris, </w:t>
+      </w:r>
+      <w:r w:rsidR="00882AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="004A0F43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> baigimo data</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>), bendrus duomenis apie mokslą (klasė, mokymosi programa, mokymosi forma/būdas, dorinis ugdymas, kalba, kuria mokosi, užsienio kalbos, kurių</w:t>
       </w:r>
       <w:r w:rsidR="00C87460">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> mokosi, pažymėjimai, nemokamas maitini</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">mas, pavėžėjimas, specialieji ugdymosi poreikiai, kurso kartojimas, mokinio asmens bylos numeris, mokymosi sutartis, lankomi neformaliojo vaikų švietimo būreliai, </w:t>
       </w:r>
       <w:r w:rsidR="004A0F43">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mokinių nelaimingi atsitikimai</w:t>
       </w:r>
       <w:r w:rsidR="002F692F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>išsilavinimas, valstybė ir mokykla (pavadinimas, kodas), kurioje įgytas išsilavinimas</w:t>
+        <w:t xml:space="preserve">išsilavinimas, valstybė ir </w:t>
+      </w:r>
+      <w:r w:rsidR="00882AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazija</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (pavadinimas, kodas), kurioje įgytas išsilavinimas</w:t>
       </w:r>
       <w:r w:rsidR="004A0F43">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46D09C02" w14:textId="77777777" w:rsidR="004667B8" w:rsidRDefault="00022C40" w:rsidP="004667B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1500,84 +1712,84 @@
       <w:r w:rsidR="004667B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. nemokamo maitinimo organizavimo tikslu – </w:t>
       </w:r>
       <w:r w:rsidR="004667B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mokinio vardas, pavardė, klasė;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FB6EB61" w14:textId="26A73537" w:rsidR="004667B8" w:rsidRDefault="004667B8" w:rsidP="004667B8">
+    <w:p w14:paraId="4FB6EB61" w14:textId="3F7204ED" w:rsidR="004667B8" w:rsidRDefault="004667B8" w:rsidP="004667B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7.4.7</w:t>
       </w:r>
       <w:r w:rsidR="0009469B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00267F1C">
-[...5 lines deleted...]
-        <w:t>mokyklos</w:t>
+      <w:r w:rsidR="00882AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="00022C40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> nelankančių mokinių apskaitos tikslu – mokinio vardas, pavardė, klasė, gimimo data, tėvų (globėjų, rūpintojų) vardai, pavardės, kontaktiniai </w:t>
       </w:r>
       <w:r w:rsidR="003E4F33">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>duomenys</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
@@ -1597,204 +1809,204 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>7.4.8</w:t>
       </w:r>
       <w:r w:rsidR="003E4F33">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. N</w:t>
       </w:r>
       <w:r w:rsidR="00022C40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>acionalinio mokinių pasiekimų patikrinimo tikslu – mokinio vardas, pavardė, klasė, mokomoji kalba, lytis, mokymo programa;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D56597A" w14:textId="47205A2D" w:rsidR="004667B8" w:rsidRDefault="004667B8" w:rsidP="004667B8">
+    <w:p w14:paraId="7D56597A" w14:textId="224EDE45" w:rsidR="004667B8" w:rsidRDefault="004667B8" w:rsidP="004667B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7.4.9</w:t>
       </w:r>
       <w:r w:rsidR="0009469B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00267F1C">
-[...5 lines deleted...]
-        <w:t>mokyklos</w:t>
+      <w:r w:rsidR="00882AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="00022C40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> veiklos informavimo bendruomenei ir/ar visuomenei tikslu – mokinių sukurtas kūrybinis darbas, kur užfiksuotas mokinio vardas, pavardė, klasė, apie mokinių veiklą sukurta filmuota medžiaga ir/ar nuotraukos, kur užfiksuotas mokinys;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74B389D0" w14:textId="7828A119" w:rsidR="004667B8" w:rsidRDefault="00022C40" w:rsidP="004667B8">
+    <w:p w14:paraId="74B389D0" w14:textId="53F4A20D" w:rsidR="004667B8" w:rsidRDefault="00022C40" w:rsidP="004667B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7.4.1</w:t>
       </w:r>
       <w:r w:rsidR="004667B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="00FC7AE9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. mokinių, kurie gerai mokosi,</w:t>
       </w:r>
       <w:r w:rsidR="0009469B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> pagyrimo </w:t>
       </w:r>
-      <w:r w:rsidR="00267F1C">
-[...5 lines deleted...]
-        <w:t>mokykloje</w:t>
+      <w:r w:rsidR="00882AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijoje</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> tikslu – mokinio vardas, pavardė, klasė</w:t>
       </w:r>
       <w:r w:rsidR="00FC7AE9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, nuotrauka</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26BAF15E" w14:textId="507B5552" w:rsidR="004667B8" w:rsidRDefault="004667B8" w:rsidP="004667B8">
+    <w:p w14:paraId="26BAF15E" w14:textId="27913208" w:rsidR="004667B8" w:rsidRDefault="004667B8" w:rsidP="004667B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7.4.11</w:t>
       </w:r>
       <w:r w:rsidR="0009469B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00267F1C">
-[...5 lines deleted...]
-        <w:t>Mokykla</w:t>
+      <w:r w:rsidR="00882AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Progimnazija</w:t>
       </w:r>
       <w:r w:rsidR="00022C40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> tvarko mokinių asmens duomenis ir kitais apibrėžtais ir teisėtais tikslais, pvz., mokinių bylų archyvo tvarkymas;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CCA5FEA" w14:textId="77777777" w:rsidR="004667B8" w:rsidRDefault="004667B8" w:rsidP="004667B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -1877,51 +2089,51 @@
       <w:r w:rsidR="00FC7CD4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> yra priskiriami kitai ugdymosi</w:t>
       </w:r>
       <w:r w:rsidR="00022C40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> įstaigai</w:t>
       </w:r>
       <w:r w:rsidR="00022C40" w:rsidRPr="00FC7CD4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ACE79C3" w14:textId="77777777" w:rsidR="004667B8" w:rsidRDefault="004667B8" w:rsidP="004667B8">
+    <w:p w14:paraId="2ACE79C3" w14:textId="37EF52F4" w:rsidR="004667B8" w:rsidRDefault="004667B8" w:rsidP="004667B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00022C40" w:rsidRPr="002954B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
@@ -1936,57 +2148,65 @@
       </w:r>
       <w:r w:rsidR="00247A02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> kuriems jie yra būtini funkcijas vykdyti</w:t>
       </w:r>
       <w:r w:rsidR="00022C40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: klasių auklėtojai, dalyko mokytojai, socialinis pedagogas, specialusis pedagogas, logopedas, psichologas, neformaliojo vaikų švietimo mokytojai, </w:t>
       </w:r>
       <w:r w:rsidR="002C06B1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">direktorius, </w:t>
       </w:r>
+      <w:r w:rsidR="006D5B4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>administratorė</w:t>
+      </w:r>
       <w:r w:rsidR="00022C40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>raštinės vedėjas, dir</w:t>
+        <w:t>, dir</w:t>
       </w:r>
       <w:r w:rsidR="002C06B1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ektoriaus pavaduotojas ugdymui, direktoriaus pavaduotojas ūkio reikalams.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E21FB17" w14:textId="77777777" w:rsidR="004667B8" w:rsidRDefault="004667B8" w:rsidP="004667B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="08AA859D" w14:textId="77777777" w:rsidR="004667B8" w:rsidRDefault="00022C40" w:rsidP="004667B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
@@ -2019,191 +2239,201 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>ASMENS DUOMENŲ VALDYTOJO PAREIGOS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="452CAFEF" w14:textId="77777777" w:rsidR="004667B8" w:rsidRDefault="004667B8" w:rsidP="004667B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E663FC2" w14:textId="75F2F96D" w:rsidR="004667B8" w:rsidRDefault="004667B8" w:rsidP="004667B8">
+    <w:p w14:paraId="5E663FC2" w14:textId="0BFD5895" w:rsidR="004667B8" w:rsidRDefault="004667B8" w:rsidP="004667B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="0009469B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
+      <w:r w:rsidR="00882AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>Progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidR="00022C40">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tvarkomų mokinių asmens duomenų valdytoja yra </w:t>
+      </w:r>
       <w:r w:rsidR="00402C6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>Mokykloje</w:t>
+        <w:t xml:space="preserve">„Ryto“  </w:t>
+      </w:r>
+      <w:r w:rsidR="00882AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnazija</w:t>
       </w:r>
       <w:r w:rsidR="00022C40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> tvarkomų mokinių asmens duomenų valdytoja yra </w:t>
+        <w:t xml:space="preserve">, juridinio asmens kodas </w:t>
+      </w:r>
+      <w:r w:rsidR="00402C6C" w:rsidRPr="00402C6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>190453670</w:t>
+      </w:r>
+      <w:r w:rsidR="00022C40">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, adresas </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE615E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mokyklos </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00022C40">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> g.</w:t>
       </w:r>
       <w:r w:rsidR="00402C6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:t>„Ryto“ pagrindinė mokykla</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+        </w:rPr>
+        <w:t>22</w:t>
       </w:r>
       <w:r w:rsidR="00022C40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">, juridinio asmens kodas </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Marijampolė, </w:t>
       </w:r>
       <w:r w:rsidR="00402C6C" w:rsidRPr="00402C6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>190453670</w:t>
+        <w:t>Lt-68262</w:t>
       </w:r>
       <w:r w:rsidR="00022C40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">, adresas </w:t>
-[...55 lines deleted...]
-        </w:rPr>
         <w:t>, kuri:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13A8F0D0" w14:textId="137D7BC6" w:rsidR="004667B8" w:rsidRDefault="004667B8" w:rsidP="004667B8">
+    <w:p w14:paraId="13A8F0D0" w14:textId="065123E6" w:rsidR="004667B8" w:rsidRDefault="004667B8" w:rsidP="004667B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00022C40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
@@ -2233,58 +2463,58 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>paskiria asmen</w:t>
       </w:r>
       <w:r w:rsidR="00022C40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>is, atsakingus už mokinių a</w:t>
       </w:r>
       <w:r w:rsidR="0009469B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">smens duomenų tvarkymą </w:t>
       </w:r>
-      <w:r w:rsidR="00402C6C">
-[...6 lines deleted...]
-        <w:t>Mokykloje</w:t>
+      <w:r w:rsidR="00882AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>Progimnazijoje</w:t>
       </w:r>
       <w:r w:rsidR="00022C40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="532B0E4A" w14:textId="77777777" w:rsidR="004667B8" w:rsidRDefault="004667B8" w:rsidP="004667B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2415,164 +2645,141 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>JŲ ASMENS DUOMENIS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40A21EAE" w14:textId="77777777" w:rsidR="004667B8" w:rsidRDefault="004667B8" w:rsidP="004667B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="267FBDFF" w14:textId="497D1601" w:rsidR="004667B8" w:rsidRDefault="00022C40" w:rsidP="004667B8">
+    <w:p w14:paraId="267FBDFF" w14:textId="7790C262" w:rsidR="004667B8" w:rsidRDefault="00022C40" w:rsidP="004667B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="0004121B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">. Mokinių tėvai (globėjai, rūpintojai) sutikimą dėl asmens duomenų tvarkymo išreiškia raštiškai, įskaitant elektroninėmis priemonėmis, pagal nustatytą </w:t>
       </w:r>
-      <w:r w:rsidRPr="003466DD">
-[...22 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="008034F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>formą (</w:t>
+      </w:r>
+      <w:r w:rsidR="003466DD" w:rsidRPr="008034F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00402C6C">
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="008034F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">priedas), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">patvirtindami, jog sutinka, </w:t>
       </w:r>
       <w:r w:rsidR="0009469B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">kad jų asmens duomenys </w:t>
       </w:r>
-      <w:r w:rsidR="00402C6C">
-[...6 lines deleted...]
-        <w:t>Mokykloje</w:t>
+      <w:r w:rsidR="00882AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>Progimnazijoje</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> būtų tvarkomi šiose Taisyklėse nurodytais tikslais.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DA8AFBD" w14:textId="77777777" w:rsidR="00022C40" w:rsidRDefault="00022C40" w:rsidP="004667B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2643,230 +2850,246 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>KONFIDENCIALUMO IR SAUGUMO NUOSTATOS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28467355" w14:textId="77777777" w:rsidR="00022C40" w:rsidRDefault="00022C40" w:rsidP="004667B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31C3491D" w14:textId="459AEEBF" w:rsidR="004667B8" w:rsidRDefault="00022C40" w:rsidP="004667B8">
+    <w:p w14:paraId="31C3491D" w14:textId="59016DF6" w:rsidR="004667B8" w:rsidRDefault="00022C40" w:rsidP="004667B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="0004121B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="0009469B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00402C6C">
-[...5 lines deleted...]
-        <w:t>Mokyklos</w:t>
+      <w:r w:rsidR="00882AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Progimnazijos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> darbuotojai</w:t>
       </w:r>
       <w:r w:rsidR="0009469B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00402C6C">
-[...5 lines deleted...]
-        <w:t>mokyklos</w:t>
+      <w:r w:rsidR="00882AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="003466DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> direktoriaus įsakymu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> paskirti tvarkyti mokinių asmens duomenis, turi laikytis konfidencialumo principo ir laikyti paslaptyje bet kokią su asmens duomenimis susijusią informaciją, su kuria jie susipažino vykdydami savo pareigas, nebent tokia informacija būtų vieša pagal galiojančių įstatymų ar kitų teisės aktų nuostatas. Pareiga saugoti asmens duomenų paslaptį galioja taip pat ir perėjus dirbti į kitas pareigas, pasibaigus darbo ar sutartiniams santykiams.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BD8B115" w14:textId="384E463E" w:rsidR="004667B8" w:rsidRDefault="00022C40" w:rsidP="004667B8">
+    <w:p w14:paraId="2BD8B115" w14:textId="0E37A275" w:rsidR="004667B8" w:rsidRDefault="00022C40" w:rsidP="004667B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="0004121B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="0009469B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00402C6C">
-[...16 lines deleted...]
-    <w:p w14:paraId="330E3A69" w14:textId="1DC36986" w:rsidR="00022C40" w:rsidRPr="00402C6C" w:rsidRDefault="0004121B" w:rsidP="004667B8">
+      <w:r w:rsidR="00882AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Progimnazija</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> turi imtis priemonių, kad būtų užkirstas kelias atsitiktiniam ar neteisėtam mokinių asmens duomenų sunaikinimui, pakeitimui, atskleidimui, taip pat bet kokiam kitam neteisėtam tvarkymui, saugodami dokumentus bei duomenų rinkmenas tinkamai ir saugiai bei vengiant nereikalingų kopijų darymo. Jei darbuotojas abejoja įdiegtų saugumo priemonių patikimumu, jis turi kreiptis į </w:t>
+      </w:r>
+      <w:r w:rsidR="00882AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> direktorių, kad būtų įvertintos turimos saugumo priemonės ir, jei reikia, inicijuotas papildomų priemonių įsigijimas ir įdiegimas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="330E3A69" w14:textId="53725852" w:rsidR="00022C40" w:rsidRPr="00402C6C" w:rsidRDefault="0004121B" w:rsidP="004667B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>14</w:t>
       </w:r>
       <w:r w:rsidR="00022C40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Už kompiuter</w:t>
       </w:r>
       <w:r w:rsidR="0009469B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ių priežiūrą atsakingas </w:t>
       </w:r>
-      <w:r w:rsidR="00402C6C">
-[...5 lines deleted...]
-        <w:t>mokyklos</w:t>
+      <w:r w:rsidR="00882AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="00022C40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> darbuotojas privalo užtikrinti, kad asmens duomenų rinkmenos </w:t>
       </w:r>
       <w:r w:rsidR="00022C40" w:rsidRPr="00267035">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">nebūtų </w:t>
       </w:r>
       <w:r w:rsidR="00267035" w:rsidRPr="00267035">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>bendrinamos</w:t>
       </w:r>
@@ -2990,84 +3213,84 @@
       <w:r w:rsidR="000432BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>čiamos, papildomo</w:t>
       </w:r>
       <w:r w:rsidR="00022C40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s, rengiamos naujos) pasikeitus teisės aktams, kurie reglame</w:t>
       </w:r>
       <w:r w:rsidR="004667B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ntuoja asmens duomenų tvarkymą.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42291ABE" w14:textId="4636796A" w:rsidR="004667B8" w:rsidRDefault="0004121B" w:rsidP="004667B8">
+    <w:p w14:paraId="42291ABE" w14:textId="48F5219B" w:rsidR="004667B8" w:rsidRDefault="0004121B" w:rsidP="004667B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>16</w:t>
       </w:r>
       <w:r w:rsidR="0009469B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00402C6C">
-[...5 lines deleted...]
-        <w:t>Mokyklos</w:t>
+      <w:r w:rsidR="00882AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="00022C40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> darbuotojai, kurie atsakingi už šiose Taisyklėse n</w:t>
       </w:r>
       <w:r w:rsidR="000432BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>urodytų asmens duomenų tvarkymą</w:t>
       </w:r>
       <w:r w:rsidR="00022C40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> arba</w:t>
       </w:r>
@@ -3082,95 +3305,95 @@
       <w:r w:rsidR="00022C40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> atliekamos funkcijos sudaro galimybę sužinoti mokinių asmens d</w:t>
       </w:r>
       <w:r w:rsidR="000432BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>uomenis, privalo vykdyti šiose T</w:t>
       </w:r>
       <w:r w:rsidR="00022C40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>aisyklėse nustatytus asmens duomenų tvarkymo reikalavimus.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DF3B0C8" w14:textId="07E3F79E" w:rsidR="0009469B" w:rsidRDefault="0004121B" w:rsidP="004667B8">
+    <w:p w14:paraId="3DF3B0C8" w14:textId="31B1FF39" w:rsidR="0009469B" w:rsidRDefault="0004121B" w:rsidP="004667B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>17</w:t>
       </w:r>
       <w:r w:rsidR="00022C40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="0009469B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Taisyklės skelbiamos </w:t>
       </w:r>
-      <w:r w:rsidR="00402C6C">
-[...6 lines deleted...]
-        <w:t>mokyklos</w:t>
+      <w:r w:rsidR="00882AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="00022C40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> interneto svetainėje</w:t>
       </w:r>
       <w:r w:rsidR="0009469B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="00D361B5" w:rsidRPr="009707B1">
           <w:rPr>
             <w:rStyle w:val="Hipersaitas"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
@@ -3523,222 +3746,222 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A9B4C05" w14:textId="77777777" w:rsidR="00863D48" w:rsidRDefault="00863D48" w:rsidP="00863D48">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00863D48" w:rsidSect="004214A4">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1F670CD3" w14:textId="77777777" w:rsidR="006353D4" w:rsidRDefault="006353D4" w:rsidP="00FA437D">
+    <w:p w14:paraId="7ED3A2B8" w14:textId="77777777" w:rsidR="00846B28" w:rsidRDefault="00846B28" w:rsidP="00FA437D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="427D0739" w14:textId="77777777" w:rsidR="006353D4" w:rsidRDefault="006353D4" w:rsidP="00FA437D">
+    <w:p w14:paraId="2D45CF6C" w14:textId="77777777" w:rsidR="00846B28" w:rsidRDefault="00846B28" w:rsidP="00FA437D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4EBE6C9D" w14:textId="77777777" w:rsidR="006353D4" w:rsidRDefault="006353D4" w:rsidP="00FA437D">
+    <w:p w14:paraId="3C2437BA" w14:textId="77777777" w:rsidR="00846B28" w:rsidRDefault="00846B28" w:rsidP="00FA437D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5CB5BA18" w14:textId="77777777" w:rsidR="006353D4" w:rsidRDefault="006353D4" w:rsidP="00FA437D">
+    <w:p w14:paraId="00400AA7" w14:textId="77777777" w:rsidR="00846B28" w:rsidRDefault="00846B28" w:rsidP="00FA437D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1462387924"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="5A9E9953" w14:textId="77777777" w:rsidR="00FA437D" w:rsidRPr="00FA437D" w:rsidRDefault="00FA437D">
+      <w:p w14:paraId="5A9E9953" w14:textId="01168315" w:rsidR="00FA437D" w:rsidRPr="00FA437D" w:rsidRDefault="00FA437D">
         <w:pPr>
           <w:pStyle w:val="Antrats"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00FA437D">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00FA437D">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidRPr="00FA437D">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="005A6ED0">
+        <w:r w:rsidR="00EE615E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>6</w:t>
+          <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00FA437D">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="116CD88D" w14:textId="77777777" w:rsidR="00FA437D" w:rsidRDefault="00FA437D">
     <w:pPr>
       <w:pStyle w:val="Antrats"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06D70AF9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F640AA26"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1495" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3794,222 +4017,230 @@
       <w:pPr>
         <w:ind w:left="2946" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3077" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3568" w:hanging="1800"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1522157671">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00022C40"/>
     <w:rsid w:val="00021D76"/>
     <w:rsid w:val="00022C40"/>
     <w:rsid w:val="00040A65"/>
     <w:rsid w:val="0004121B"/>
     <w:rsid w:val="000432BC"/>
     <w:rsid w:val="0009469B"/>
     <w:rsid w:val="000A5F31"/>
     <w:rsid w:val="000B1FCB"/>
     <w:rsid w:val="000F0B33"/>
     <w:rsid w:val="00194CE3"/>
     <w:rsid w:val="001F56A6"/>
     <w:rsid w:val="00247A02"/>
     <w:rsid w:val="00247D1E"/>
     <w:rsid w:val="00267035"/>
     <w:rsid w:val="00267F1C"/>
     <w:rsid w:val="00294E79"/>
     <w:rsid w:val="002954B8"/>
     <w:rsid w:val="002B2AD4"/>
     <w:rsid w:val="002C06B1"/>
     <w:rsid w:val="002F692F"/>
     <w:rsid w:val="00306BB1"/>
     <w:rsid w:val="003466DD"/>
     <w:rsid w:val="00356F9A"/>
     <w:rsid w:val="00360CB8"/>
     <w:rsid w:val="003E4F33"/>
     <w:rsid w:val="00402C6C"/>
     <w:rsid w:val="004214A4"/>
     <w:rsid w:val="004637C0"/>
     <w:rsid w:val="004667B8"/>
     <w:rsid w:val="00481354"/>
     <w:rsid w:val="004A0F43"/>
+    <w:rsid w:val="00523790"/>
+    <w:rsid w:val="00536F5E"/>
     <w:rsid w:val="00545011"/>
+    <w:rsid w:val="00580FF4"/>
     <w:rsid w:val="005A6ED0"/>
     <w:rsid w:val="005B5DE4"/>
     <w:rsid w:val="005D17BA"/>
-    <w:rsid w:val="005E5E0A"/>
     <w:rsid w:val="005F4ED7"/>
     <w:rsid w:val="00633374"/>
     <w:rsid w:val="006353D4"/>
     <w:rsid w:val="00647CA9"/>
     <w:rsid w:val="006673CB"/>
     <w:rsid w:val="006752D9"/>
+    <w:rsid w:val="006D5B4B"/>
+    <w:rsid w:val="006E3715"/>
     <w:rsid w:val="00701A73"/>
-    <w:rsid w:val="00777132"/>
+    <w:rsid w:val="0077732F"/>
     <w:rsid w:val="007C29B0"/>
+    <w:rsid w:val="008034F3"/>
     <w:rsid w:val="00810F36"/>
+    <w:rsid w:val="00846B28"/>
     <w:rsid w:val="00863D48"/>
+    <w:rsid w:val="00882AF2"/>
+    <w:rsid w:val="00943E13"/>
     <w:rsid w:val="00950220"/>
+    <w:rsid w:val="009C6BC2"/>
     <w:rsid w:val="00A73B83"/>
     <w:rsid w:val="00AA503A"/>
     <w:rsid w:val="00B95ECE"/>
     <w:rsid w:val="00BD7C73"/>
     <w:rsid w:val="00C25C40"/>
     <w:rsid w:val="00C55021"/>
     <w:rsid w:val="00C87460"/>
     <w:rsid w:val="00CE6B79"/>
     <w:rsid w:val="00CF5309"/>
     <w:rsid w:val="00D361B5"/>
     <w:rsid w:val="00DD44CF"/>
     <w:rsid w:val="00E17DEB"/>
     <w:rsid w:val="00E3786A"/>
-    <w:rsid w:val="00E63946"/>
     <w:rsid w:val="00E91B8F"/>
+    <w:rsid w:val="00EE615E"/>
     <w:rsid w:val="00F145B5"/>
     <w:rsid w:val="00FA437D"/>
     <w:rsid w:val="00FC7AE9"/>
     <w:rsid w:val="00FC7CD4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1CA63455"/>
   <w15:docId w15:val="{8CC597C7-BB96-4116-958D-1F9880EC05AC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4337,55 +4568,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00022C40"/>
     <w:pPr>
       <w:spacing w:line="256" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
@@ -4524,67 +4750,67 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PoratDiagrama">
     <w:name w:val="Poraštė Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Porat"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00FA437D"/>
   </w:style>
   <w:style w:type="character" w:styleId="Hipersaitas">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0009469B"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Neapdorotaspaminjimas">
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00402C6C"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="216360717">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1122380454">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -4862,78 +5088,78 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{06BCDFAC-BE2C-4B01-843D-35E487E6FF0F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2409508D-32E0-47E4-AE8F-49B4A7929367}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>4237</Characters>
+  <Pages>1</Pages>
+  <Words>7513</Words>
+  <Characters>4283</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>35</Lines>
   <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Grizli777</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11647</CharactersWithSpaces>
+  <CharactersWithSpaces>11773</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Pavaduotoja</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>