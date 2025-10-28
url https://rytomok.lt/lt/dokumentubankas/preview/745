--- v0 (2025-10-04)
+++ v1 (2025-10-28)
@@ -3,3551 +3,4357 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="4CE44EF9" w14:textId="77777777" w:rsidR="00AC081E" w:rsidRPr="00510012" w:rsidRDefault="00AC081E" w:rsidP="00AC081E">
+    <w:p w:rsidR="00AC081E" w:rsidRPr="00510012" w:rsidRDefault="00AC081E" w:rsidP="00AC081E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="142" w:firstLine="4961"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00510012">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>PATVIRTINTA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DB68251" w14:textId="77777777" w:rsidR="00AC081E" w:rsidRPr="00510012" w:rsidRDefault="00AC081E" w:rsidP="00AC081E">
+    <w:p w:rsidR="00AC081E" w:rsidRPr="00510012" w:rsidRDefault="00AC081E" w:rsidP="00AC081E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="142" w:firstLine="4961"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00510012">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Marijampolės „Ryto“ pagrindinės mokyklos </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0DB251CB" w14:textId="14B8DA9F" w:rsidR="00AC081E" w:rsidRPr="00510012" w:rsidRDefault="00AC081E" w:rsidP="00AC081E">
+        <w:t xml:space="preserve">Marijampolės „Ryto“ </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00510012">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC081E" w:rsidRPr="00510012" w:rsidRDefault="00AC081E" w:rsidP="00AC081E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="142" w:firstLine="4961"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00510012">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">direktoriaus 2023 m. kovo </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D733AA">
+        <w:t>direktoriaus 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA3050">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">27 </w:t>
-      </w:r>
+        <w:t>5</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00510012">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>d.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0CF88FAC" w14:textId="77777777" w:rsidR="00AC081E" w:rsidRPr="00510012" w:rsidRDefault="00AC081E" w:rsidP="00AC081E">
+        <w:t xml:space="preserve"> m. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A55BDE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00510012">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC081E" w:rsidRPr="00510012" w:rsidRDefault="00AC081E" w:rsidP="00AC081E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="142" w:firstLine="4961"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00510012">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>įsakymu Nr. V-</w:t>
       </w:r>
-      <w:r w:rsidR="00D733AA">
-[...9 lines deleted...]
-    <w:p w14:paraId="36AC726E" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+    </w:p>
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="57" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10AEC19A" w14:textId="77777777" w:rsidR="00AC081E" w:rsidRDefault="00AC081E" w:rsidP="00AC081E">
+    <w:p w:rsidR="00AC081E" w:rsidRDefault="00AC081E" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="57" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>MARIJAMPOLĖS „RYTO“ PAGRINDINĖS MOKYKLOS</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1B45EA0B" w14:textId="77777777" w:rsidR="00AC081E" w:rsidRDefault="00AC081E" w:rsidP="00AC081E">
+        <w:t xml:space="preserve">MARIJAMPOLĖS „RYTO“ </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>PROGIMNAZIJOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC081E" w:rsidRDefault="00AC081E" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="57" w:firstLine="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64306B34" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="57" w:firstLine="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">KRIZIŲ VALDYMO TVARKOS APRAŠAS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="308DA779" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="55" w:firstLine="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="455E90EB" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="00AC081E" w:rsidP="00AC081E">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00AC081E" w:rsidP="00AC081E">
       <w:pPr>
         <w:pStyle w:val="Antrat1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="858" w:right="498"/>
       </w:pPr>
       <w:r>
         <w:t>I.</w:t>
       </w:r>
-      <w:r w:rsidR="007D2C07">
+      <w:r w:rsidR="00822904">
         <w:t xml:space="preserve"> BENDROSIOS NUOSTATOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57EA578B" w14:textId="77777777" w:rsidR="008E66BD" w:rsidRPr="008E66BD" w:rsidRDefault="008E66BD" w:rsidP="008E66BD"/>
-    <w:p w14:paraId="542D56F9" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+    <w:p w:rsidR="008E66BD" w:rsidRPr="008E66BD" w:rsidRDefault="008E66BD" w:rsidP="008E66BD"/>
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
       </w:pPr>
       <w:r>
-        <w:t>Krizių valdymo mokyklose tvarkos aprašas (toliau – Tvarkos aprašas) reglamentuoja krizių valdymą mokyklo</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">e, krizių valdymo mokykloje </w:t>
+        <w:t>Krizių valdymo</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55BDE">
+        <w:t xml:space="preserve"> progimnazijoje</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> tvarkos aprašas (toliau – Tvarkos aprašas) reglamentuoja krizių valdymą</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55BDE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, krizių valdymo</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55BDE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AC081E">
         <w:t>komandos</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> sudarymą, jos funkcijas, darbo organizavimą bei institucijų bendradarbiavimą krizių valdymo mokyklose metu.  </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6A6E6260" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+        <w:t xml:space="preserve"> sudarymą, jos funkcijas, darbo organizavimą bei institucijų bendradarbiavimą krizių valdymo</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55BDE">
+        <w:t xml:space="preserve"> progimnazijoje</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> metu.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tvarkos apraše vartojamos sąvokos: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27C0E780" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC081E">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Krizinė situacija – </w:t>
       </w:r>
       <w:r>
         <w:t>situacija, kurią lydi didelis nerimas, įtampa, grėsmė, nesaugumas, pavojus, pasimetimas ir kt</w:t>
       </w:r>
       <w:r w:rsidR="008E66BD">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E7DDF2F" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC081E">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Krizė mokykloje </w:t>
-[...5 lines deleted...]
-    <w:p w14:paraId="2DE7E511" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+        <w:t>Krizė</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55BDE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC081E">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55BDE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>netikėtas ir/ar pavojingas įvykis, sutrikdantis įprastą</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55BDE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> bendruomenės ar atskirų jos narių veiklą, emociškai sukrečiantis visą ar didesnę</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55BDE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> bendruomenės dalį.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-5" w:firstLine="851"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC081E">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Krizės valdymas mokykloje</w:t>
+        <w:t>Krizės valdymas</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55BDE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>progimnazijoje</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> –</w:t>
       </w:r>
       <w:r w:rsidR="00AC081E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">veiksmai, kuriuos atlieka mokyklos administracija, mokyklos krizių valdymo </w:t>
+        <w:t>veiksmai, kuriuos atlieka</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55BDE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> administracija,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55BDE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> krizių valdymo </w:t>
       </w:r>
       <w:r w:rsidR="00AC081E">
         <w:t>komanda</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> ir Vaiko gerovės komisija (VGK) krizės mokykloje metu siekdama įveikti krizės sukeltas problemas ir teikti bendruomenei veiksmingą pagalbą. Krizių valdymas apima pagalbos organizavimą, Mokyklos bendruomenės (įskaitant tėvus) bei kitų institucijų informavimą, bendravimą su </w:t>
+        <w:t xml:space="preserve"> ir Vaiko gerovės komisija (VGK) krizės</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55BDE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> metu siekdama įveikti krizės sukeltas problemas ir teikti bendruomenei veiksmingą pagalbą. Krizių valdymas apima pagalbos organizavimą,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55BDE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> bendruomenės (įskaitant tėvus) bei kitų institucijų informavimą, bendravimą su </w:t>
       </w:r>
       <w:r w:rsidR="00AC081E">
         <w:t>ž</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">iniasklaida, pasirūpinimą Mokyklos bendruomenės narių saugumu ir pan. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="344B9298" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+        <w:t>iniasklaida, pasirūpinimą</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55BDE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> bendruomenės narių saugumu ir pan. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-5" w:firstLine="856"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC081E">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Krizių valdymo komanda (Mokyklos komanda)</w:t>
-[...5 lines deleted...]
-    <w:p w14:paraId="5243ADC1" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+        <w:t>Krizių valdymo komanda (</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55BDE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC081E">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> komanda)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55BDE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> nuolat veikianti krizių valdymą vykdanti komanda, kurią sudaro administracijos, švietimo pagalbos specialistų, mokytojų atstovai, turintys krizės valdymui būtinų gebėjimų; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-5" w:firstLine="851"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC081E">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Krizės valdymo koordinatorius</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> – specialistas, kuris koordinuoja krizės valdymą ugdymo įstaigoje. Ugdymo įstaigos koordinatoriumi gali būti skiriamas asmuo, turintis tinkamą kvalifikaciją krizinei situacijai vertinti, įvertinti ir koordinuoti. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="096DAB78" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-5" w:firstLine="851"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC081E">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Savi</w:t>
       </w:r>
       <w:r w:rsidR="00AC081E">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ž</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC081E">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>udybės grėsmė</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> – situacija, kai yra identifikuojamas asmuo, turintis ketinimų nusi</w:t>
       </w:r>
       <w:r w:rsidR="00AC081E">
         <w:t>ž</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">udyti. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F57D2B7" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-5" w:firstLine="856"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC081E">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Savi</w:t>
       </w:r>
       <w:r w:rsidR="00AC081E" w:rsidRPr="00AC081E">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ž</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC081E">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>udybės krizės prevencija</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> – veiksmai, kuriuos atlieka Mokyklos administracija, psichologas, socialinis pedagogas, pasitelkdamas kitus narius ir kitų institucijų specialistus siekiant suteikti reikiamą pagalbą ir u</w:t>
+        <w:t xml:space="preserve"> – veiksmai, kuriuos atlieka</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55BDE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> administracija, psichologas, socialinis pedagogas, pasitelkdamas kitus narius ir kitų institucijų specialistus siekiant suteikti reikiamą pagalbą ir u</w:t>
       </w:r>
       <w:r w:rsidR="00AC081E">
         <w:t>ž</w:t>
       </w:r>
       <w:r>
         <w:t>kirsti kelią asmens savi</w:t>
       </w:r>
       <w:r w:rsidR="00AC081E">
         <w:t>ž</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">udybei. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="773B9231" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-5" w:firstLine="851"/>
       </w:pPr>
       <w:r>
-        <w:t>Krizių valdymas mokykloje organizuojamas vadovaujantis Lietuvos Respublikos švietimo įstatymu, Jungtinių Tautų vaiko teisių konvencija (</w:t>
+        <w:t>Krizių valdymas</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55BDE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> organizuojamas vadovaujantis Lietuvos Respublikos švietimo įstatymu, Jungtinių Tautų vaiko teisių konvencija (</w:t>
       </w:r>
       <w:r w:rsidR="00AC081E">
         <w:t>Ž</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">in., 1995, Nr. </w:t>
       </w:r>
       <w:hyperlink r:id="rId7">
         <w:r>
           <w:t>60</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId8">
         <w:r>
           <w:t>-</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId9">
         <w:r>
           <w:t>1501</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId10">
         <w:r>
           <w:t>)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>, Lietuvos Respublikos Vyriausybės nutarimais, Švietimo ir mokslo ministro 2018</w:t>
       </w:r>
       <w:r w:rsidR="008E66BD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">m. kovo 8 d. įsakymu Nr. V-229 patvirtintomis Rekomendacijomis dėl krizių valdymo mokyklose ir šiuo Tvarkos aprašu. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4364483A" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+        <w:t>m. kovo 8 d. įsakymu Nr. V-229 patvirtintomis Rekomendacijomis dėl krizių valdymo</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55BDE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">e ir šiuo Tvarkos aprašu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="312" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7933BE98" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="00AC081E" w:rsidP="00AC081E">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00AC081E" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1805"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">II. </w:t>
       </w:r>
-      <w:r w:rsidR="007D2C07">
+      <w:r w:rsidR="00822904">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">KRIZIŲ VALDYMO MOKYKLOSE ORGANIZAVIMAS </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5123D224" w14:textId="77777777" w:rsidR="00AC081E" w:rsidRDefault="00AC081E" w:rsidP="00AC081E">
+        <w:t>KRIZIŲ VALDYMO</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55BDE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PROGIMNAZIJOJE </w:t>
+      </w:r>
+      <w:r w:rsidR="00822904">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">ORGANIZAVIMAS </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC081E" w:rsidRDefault="00AC081E" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1805"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="664191E8" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Krizių valdymą mokykloje organizuoja ir vykdo nuolat veikianti krizių valdymo </w:t>
+        <w:t>Krizių valdymą</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55BDE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> organizuoja ir vykdo nuolat veikianti krizių valdymo </w:t>
       </w:r>
       <w:r w:rsidR="00AC081E">
         <w:t>darbo grupė</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> (toliau – Mokyklos komanda). </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7C876185" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+        <w:t xml:space="preserve"> (toliau –</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55BDE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> komanda). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00A55BDE" w:rsidP="00AC081E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
       </w:pPr>
       <w:r>
-        <w:t>Mokyklos komandos paskirtis – įvykus krizei mokykloje (toliau – Krizė) atkurti įprastą mokyklos bendruomenės veiklą, u</w:t>
+        <w:t>Progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00822904">
+        <w:t xml:space="preserve"> komandos paskirtis – įvykus krizei</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidR="00822904">
+        <w:t xml:space="preserve"> (toliau – Krizė) atkurti įprastą</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00822904">
+        <w:t xml:space="preserve"> bendruomenės veiklą, u</w:t>
       </w:r>
       <w:r w:rsidR="00AC081E">
         <w:t>ž</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="70B52F43" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+      <w:r w:rsidR="00822904">
+        <w:t>tikrinti Krizės paveiktiems</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00822904">
+        <w:t xml:space="preserve"> bendruomenės nariams reikiamos pagalbos teikimą ir informuoti apie įvykį. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00A55BDE" w:rsidP="00AC081E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
       </w:pPr>
       <w:r>
-        <w:t>Mokyklos komandą (ne ma</w:t>
+        <w:t>Progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00822904">
+        <w:t xml:space="preserve"> komandą (ne ma</w:t>
       </w:r>
       <w:r w:rsidR="00AC081E">
         <w:t>ž</w:t>
       </w:r>
-      <w:r>
-        <w:t xml:space="preserve">iau kaip 5 nariai) sudaro: mokyklos direktorius, direktoriaus pavaduotojas ugdymui, direktoriaus pavaduotojas </w:t>
+      <w:r w:rsidR="00822904">
+        <w:t>iau kaip 5 nariai) sudaro:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00822904">
+        <w:t xml:space="preserve"> direktorius, direktoriaus pavaduotojas ugdymui, direktoriaus pavaduotojas </w:t>
       </w:r>
       <w:r w:rsidR="008E66BD">
         <w:t>ūkiui</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00822904">
+        <w:t xml:space="preserve">, pagalbos mokiniui specialistai </w:t>
+      </w:r>
+      <w:r w:rsidR="00822904">
         <w:lastRenderedPageBreak/>
-        <w:t>komunikacijos, bendradarbiavimo, komandinio darbo, konfliktų sprendimo įgūd</w:t>
+        <w:t>(socialinis pedagogas, psichologas), turintys krizės valdymui būtinų gebėjimų, tai yra komunikacijos, bendradarbiavimo, komandinio darbo, konfliktų sprendimo įgūd</w:t>
       </w:r>
       <w:r w:rsidR="00AC081E">
         <w:t>ž</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="71E31898" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+      <w:r w:rsidR="00822904">
+        <w:t>ių.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> P</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>rogimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00822904">
+        <w:t xml:space="preserve"> komanda bendradarbiauja ir veikia su</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> VGK (vaiko gerovės komisija). P</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>rogimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00822904">
+        <w:t xml:space="preserve">  komandos sudėtį tvirtina</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00822904">
+        <w:t xml:space="preserve"> vadovas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">VGK ir Mokyklos komanda nustato komandos darbo organizavimo tvarką, pasiskirsto funkcijomis, parengia preliminarų krizės valdymo Mokyklos planą ir kt. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="303377C8" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+        <w:t>VGK ir</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55BDE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> komanda nustato komandos darbo organizavimo tvarką, pasiskirsto funkcijomis, parengia preliminarų krizės valdymo</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55BDE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> planą ir kt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Mokyklos komandai vadovauja koordinatorius – mokyklos direktorius. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4186F12C" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+        <w:t>Mokyklos komandai vadovauja koordinatorius –</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55BDE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> direktorius. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Įvykus Krizei, Mokyklos komandos koordinatorius organizuoja Mokyklos komandos posėdį Mokyklos komandos funkcijoms Krizės metu aptarti. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="70DF03B1" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+        <w:t>Įvykus Krizei,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55BDE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> komandos koordinatorius organizuoja</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55BDE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> komandos posėdį</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55BDE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> komandos funkcijoms Krizės metu aptarti. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00A55BDE" w:rsidP="00AC081E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Mokyklos komandos funkcijos Krizės metu:</w:t>
-[...5 lines deleted...]
-    <w:p w14:paraId="369D8DEB" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="006B681C">
+        <w:t>Progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00822904">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> komandos funkcijos Krizės metu:</w:t>
+      </w:r>
+      <w:r w:rsidR="00822904">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="006B681C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
         <w:t>Krizei įvykus:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="555A4A82" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="006B681C">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="006B681C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">nedelsiant įvertinti Krizės aplinkybes, nustatyti krizės faktus, krizės padarinių laipsnį ir informuoti </w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="03E94AC7" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="006B681C">
+        <w:t>nedelsiant įvertinti Krizės aplinkybes, nustatyti krizės faktus, krizės padarinių laipsnį ir informuoti</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55BDE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> steigėją; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="006B681C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">parengti krizės valdymo mokykloje planą (1 priedas); </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="27E656D6" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="006B681C">
+        <w:t>parengti krizės valdymo</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55BDE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> planą (1 priedas); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="006B681C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">numatyti pagalbos teikimo vietas ir formas; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A9E1F77" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="006B681C">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="006B681C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">prieš prasidedant pamokoms, sukviesti mokytojų pasitarimą, kurio metu instruktuoti mokytojus apie tai, kaip reikėtų pateikti informaciją mokiniams; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F29FC43" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="006B681C">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="006B681C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">pateikti rekomendacijas, kaip padėti mokiniams reikšti emocijas ir reaguoti į įvykį; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78BF5C9F" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="006B681C">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="006B681C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">suteikti informaciją Mokyklos bendruomenei apie tai, kur ir kaip bus teikiama pagalba; </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="60512823" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="006B681C">
+        <w:t>suteikti informaciją</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55BDE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> bendruomenei apie tai, kur ir kaip bus teikiama pagalba; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="006B681C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t>suteikti neatidėliotiną psichologinę, socialinę, socialinę</w:t>
       </w:r>
       <w:r w:rsidR="00BB5C48">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">pedagoginę pagalbą tiems, kuriems jos labiausiai reikia; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="247DA19B" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="006B681C">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="006B681C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">iškilus būtinybei, kreiptis pagalbos į teritorinės policijos įstaigą, medicinos įstaigas, Vaiko teisių apsaugos tarnybą ir kitas institucijas; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02AD7774" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="006B681C">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="006B681C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">pirmosios dienos pabaigoje aptarti pagrindinius dienos įvykius, numatyti svarbiausius kitos dienos veiksmus. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53CC3CD6" w14:textId="77777777" w:rsidR="000E3079" w:rsidRPr="00D628BB" w:rsidRDefault="007D2C07" w:rsidP="00BB5C48">
+    <w:p w:rsidR="000E3079" w:rsidRPr="00D628BB" w:rsidRDefault="00822904" w:rsidP="00BB5C48">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D628BB">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Kitą dieną</w:t>
       </w:r>
       <w:r w:rsidRPr="00D628BB">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D46B137" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00BB5C48">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00BB5C48">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">stebėti situaciją, esant reikalui koreguoti krizės valdymo veiksmų planą; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C0962CB" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00BB5C48">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00BB5C48">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">organizuoti tolesnį pagalbos teikimą Mokyklos bendruomenės nariams; </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0F200175" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00BB5C48">
+        <w:t>organizuoti tolesnį pagalbos teikimą</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55BDE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> bendruomenės nariams; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00BB5C48">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">vykdyti šviečiamąją veiklą, slopinti gandus; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59E494C8" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00BB5C48">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00BB5C48">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">aptarti tėvų informavimą ir prevencinio švietimo klausimus; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="312CAE19" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00BB5C48">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00BB5C48">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">dienos pabaigoje aptarti pagrindinius įvykius, numatyti tolesnius veiksmus. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A1FCF13" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00BB5C48">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00BB5C48">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
         <w:t>Vėlesnėmis pirmosios savaitės dienomis:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5157C526" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00BB5C48">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00BB5C48">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">organizuoti trumpus esamos situacijos aptarimus; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F3313F4" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00BB5C48">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00BB5C48">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">tęsti numatytų pagalbos priemonių įgyvendinimą. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5591469D" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00BB5C48">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00BB5C48">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Rengiant pranešimus Mokyklos bendruomenei pateikiami tik patvirtinti faktai ir informuojama apie priimtus sprendimus prevencijai ir intervencijai. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="414EE01C" w14:textId="77777777" w:rsidR="00D952AC" w:rsidRDefault="00D952AC" w:rsidP="00BB5C48">
+        <w:t>Rengiant pranešimus</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55BDE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> bendruomenei pateikiami tik patvirtinti faktai ir informuojama apie priimtus sprendimus prevencijai ir intervencijai. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D952AC" w:rsidRDefault="00D952AC" w:rsidP="00BB5C48">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t>Mokyklos komandos narių funkcijos:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09F85B4E" w14:textId="77777777" w:rsidR="00D952AC" w:rsidRPr="00D952AC" w:rsidRDefault="00D952AC" w:rsidP="00D952AC">
+    <w:p w:rsidR="00D952AC" w:rsidRPr="00D952AC" w:rsidRDefault="00D952AC" w:rsidP="00D952AC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">12.1. </w:t>
+        <w:t>12.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55BDE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
       </w:r>
       <w:r w:rsidRPr="00D952AC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>mokyklos komandos vadovas – direktorius:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="17D37D9B" w14:textId="77777777" w:rsidR="00D952AC" w:rsidRDefault="00D952AC" w:rsidP="00D952AC">
+        <w:t xml:space="preserve"> komandos vadovas – direktorius:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D952AC" w:rsidRDefault="00D952AC" w:rsidP="00D952AC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t>12.1.1 vadovauja komandos darbui;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2786549D" w14:textId="77777777" w:rsidR="00D952AC" w:rsidRDefault="00D952AC" w:rsidP="00D952AC">
-[...8 lines deleted...]
-    <w:p w14:paraId="6768D271" w14:textId="77777777" w:rsidR="00D952AC" w:rsidRDefault="00D952AC" w:rsidP="00D952AC">
+    <w:p w:rsidR="00D952AC" w:rsidRDefault="00D952AC" w:rsidP="00D952AC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="851"/>
+      </w:pPr>
+      <w:r>
+        <w:t>12.1.2. užtikrina, kad nesant kurio nors</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1C02">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> komandos nario, jo funkcijoms krizės valdyme atlikti būtų paskirtas kitas</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1C02">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> darbuotojas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D952AC" w:rsidRDefault="00D952AC" w:rsidP="00D952AC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:firstLine="0"/>
       </w:pPr>
       <w:r>
-        <w:t>12.1.3. įvykus krizei, nedelsiant informuoja Mokyklos steigėją.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3B5E16DD" w14:textId="77777777" w:rsidR="00D952AC" w:rsidRDefault="00D952AC" w:rsidP="00994B67">
+        <w:t>12.1.3. įvykus krizei, nedelsiant informuoja</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1C02">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> steigėją.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D952AC" w:rsidRDefault="00D952AC" w:rsidP="00994B67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">12.1.4. </w:t>
       </w:r>
       <w:r w:rsidR="00994B67">
-        <w:t>įvykus krizei, susisiekia su nukentėjusio asmens artimaisiais ir (ar) policija, patikslina krizės faktus, aptaria su asmens artimaisiais, kokia informacija apie krizę bus pateikta Mokyklos bendruomenei;</w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="4753A218" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="00B11C2F" w:rsidP="00B11C2F">
+        <w:t>įvykus krizei, susisiekia su nukentėjusio asmens artimaisiais ir (ar) policija, patikslina krizės faktus, aptaria su asmens artimaisiais, kokia informacija apie krizę bus pateikta</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1C02">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00994B67">
+        <w:t xml:space="preserve"> bendruomenei;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00994B67" w:rsidRDefault="00994B67" w:rsidP="00994B67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="851"/>
+      </w:pPr>
+      <w:r>
+        <w:t>12.1.5. informuoja</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1C02">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> administraciją ir mokytojus apie krizės valdymo organizavimo veiksmus ir pateikia informaciją apie krizę</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1C02">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> darbuotojams.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00B11C2F" w:rsidP="00B11C2F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r w:rsidRPr="00846C0D">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>12.2.</w:t>
       </w:r>
       <w:r w:rsidR="00846C0D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0026324A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>narys, atsakingas už psichologinės pagalbos organizavimą ir (ar) teikimą – psichologas,</w:t>
       </w:r>
-      <w:r w:rsidR="007D2C07">
+      <w:r w:rsidR="00822904">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> socialini</w:t>
       </w:r>
       <w:r w:rsidR="00510012">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="007D2C07">
+      <w:r w:rsidR="00822904">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> pedagoga</w:t>
       </w:r>
       <w:r w:rsidR="00510012">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="007D2C07">
+      <w:r w:rsidR="00822904">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E7E54CC" w14:textId="77777777" w:rsidR="000D0A04" w:rsidRDefault="00B11C2F" w:rsidP="00B11C2F">
+    <w:p w:rsidR="000D0A04" w:rsidRDefault="00B11C2F" w:rsidP="00B11C2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>12.2.1.</w:t>
       </w:r>
       <w:r w:rsidR="009B0145">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000D0A04">
-        <w:t>įvykus krizei vertina situaciją Mokykloje (labiausiai krizės paveiktus Mokyklos narius, bendrą Mokyklos bendruomenės mikroklimatą, psichologinės pagalbos teikimo poreikį) ir mokyklos vidinius resursus, reikalingus psichologinei pagalbai teikti;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7F880D64" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="00B11C2F" w:rsidP="00B11C2F">
+        <w:t>įvykus krizei vertina situaciją</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1C02">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidR="000D0A04">
+        <w:t xml:space="preserve"> (labiausiai krizės paveiktus</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1C02">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="000D0A04">
+        <w:t xml:space="preserve"> narius, bendrą</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1C02">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="000D0A04">
+        <w:t xml:space="preserve"> bendruomenės mikroklimatą, psichologinės pagalbos teikimo poreikį) ir</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1C02">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="000D0A04">
+        <w:t xml:space="preserve"> vidinius resursus, reikalingus psichologinei pagalbai teikti;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00B11C2F" w:rsidP="00B11C2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">12.2.2. </w:t>
       </w:r>
-      <w:r w:rsidR="007D2C07">
+      <w:r w:rsidR="00822904">
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="00510012">
         <w:t>ž</w:t>
       </w:r>
-      <w:r w:rsidR="007D2C07">
+      <w:r w:rsidR="00822904">
         <w:t xml:space="preserve">tikrina individualaus ir grupinio konsultavimo galimybę; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2176BC20" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="00B11C2F" w:rsidP="00B11C2F">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00B11C2F" w:rsidP="00B11C2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">12.2.3. </w:t>
       </w:r>
-      <w:r w:rsidR="007D2C07">
+      <w:r w:rsidR="00822904">
         <w:t xml:space="preserve">numato vieta psichologinės pagalbos teikimui ir teikia psichologinę pagalbą; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="631BE8C5" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="00B11C2F" w:rsidP="00B11C2F">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00B11C2F" w:rsidP="00B11C2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">12.2.4. </w:t>
       </w:r>
-      <w:r w:rsidR="007D2C07">
-[...3 lines deleted...]
-    <w:p w14:paraId="40BDC2E8" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="00B11C2F" w:rsidP="00B11C2F">
+      <w:r w:rsidR="00822904">
+        <w:t>konsultuoja visus</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1C02">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00822904">
+        <w:t xml:space="preserve"> bendruomenės narius, kuriems reikalinga pagalba; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00B11C2F" w:rsidP="00B11C2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">12.2.5. </w:t>
       </w:r>
-      <w:r w:rsidR="007D2C07">
+      <w:r w:rsidR="00822904">
         <w:t>teikia informaciją mokiniams ir jų tėvams, neleid</w:t>
       </w:r>
       <w:r w:rsidR="00510012">
         <w:t>ž</w:t>
       </w:r>
-      <w:r w:rsidR="007D2C07">
+      <w:r w:rsidR="00822904">
         <w:t xml:space="preserve">ia sklisti gandams; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AEB02FD" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="00B11C2F" w:rsidP="00B11C2F">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00B11C2F" w:rsidP="00B11C2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">12.2.6. </w:t>
       </w:r>
-      <w:r w:rsidR="007D2C07">
+      <w:r w:rsidR="00822904">
         <w:t xml:space="preserve">padeda kitiems specialistams, dalyvauja pokalbiuose; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34DE9368" w14:textId="77777777" w:rsidR="00B11C2F" w:rsidRDefault="00B11C2F" w:rsidP="00B11C2F">
+    <w:p w:rsidR="00B11C2F" w:rsidRDefault="00B11C2F" w:rsidP="00B11C2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00846C0D">
         <w:t>12.3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B11C2F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>narys, atsakingas už komunikaciją:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59C9BB0C" w14:textId="77777777" w:rsidR="00B11C2F" w:rsidRDefault="00B11C2F" w:rsidP="00B11C2F">
+    <w:p w:rsidR="00B11C2F" w:rsidRDefault="00B11C2F" w:rsidP="00B11C2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">12.3.1. </w:t>
       </w:r>
       <w:r w:rsidRPr="00B11C2F">
-        <w:t>reguliariai atnaujina Mokyklos komandos narių ir psichologinės pagalbos teikėjo</w:t>
+        <w:t>reguliariai atnaujina</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1C02">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B11C2F">
+        <w:t xml:space="preserve"> komandos narių ir psichologinės pagalbos teikėjo</w:t>
       </w:r>
       <w:r>
         <w:t>(ų)</w:t>
       </w:r>
       <w:r w:rsidRPr="00B11C2F">
         <w:t xml:space="preserve"> kontaktus</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> ir užtikrina jų prieinamumą Mokyklos komandos nariams ir Mokyklos bendruomenei;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2B199307" w14:textId="77777777" w:rsidR="00B11C2F" w:rsidRDefault="00B11C2F" w:rsidP="00B11C2F">
+        <w:t xml:space="preserve"> ir užtikrina jų prieinamumą</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1C02">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> komandos nariams ir</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1C02">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> bendruomenei;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B11C2F" w:rsidRDefault="00B11C2F" w:rsidP="00B11C2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
-        <w:t>12.3.2. bendradarbiaudamas su Komisija, psichologinės pagalbos teikėju(-</w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="0F2A3AF4" w14:textId="77777777" w:rsidR="00B11C2F" w:rsidRDefault="00B11C2F" w:rsidP="00B11C2F">
+        <w:t>12.3.2. bendradarbiaudamas su Komisija, psichologinės pagalbos teikėju</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1C02">
+        <w:t xml:space="preserve">                                        </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(-ais),</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> steigėju,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1C02">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> vadovu, parengia informacijos apie krizę tekstą, kuris bus skirtas</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1C02">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> bendruomenei, prireikus ir žiniasklaidai;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B11C2F" w:rsidRDefault="00B11C2F" w:rsidP="00B11C2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t>12.3.3. konsultuoja mokytojus, kaip informuoti apie krizę mokinius;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62245A16" w14:textId="77777777" w:rsidR="00B11C2F" w:rsidRDefault="00B11C2F" w:rsidP="00B11C2F">
+    <w:p w:rsidR="00B11C2F" w:rsidRDefault="00B11C2F" w:rsidP="00B11C2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t>12.3.4. paruošia informaciją</w:t>
       </w:r>
       <w:r w:rsidR="00B06BC8">
         <w:t xml:space="preserve"> apie krizę ir praneša mokinių tėvams (globėjams, rūpintojams).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27A0E7B8" w14:textId="77777777" w:rsidR="00960F4A" w:rsidRDefault="00960F4A" w:rsidP="00B11C2F">
+    <w:p w:rsidR="00960F4A" w:rsidRDefault="00960F4A" w:rsidP="00B11C2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00846C0D">
         <w:t>12.4.</w:t>
       </w:r>
       <w:r w:rsidRPr="00960F4A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> narys, atsakingas už saugumo priemonių organizavimą:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62E63CA2" w14:textId="77777777" w:rsidR="00960F4A" w:rsidRDefault="00960F4A" w:rsidP="00B11C2F">
+    <w:p w:rsidR="00960F4A" w:rsidRDefault="00960F4A" w:rsidP="00B11C2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r w:rsidRPr="00960F4A">
         <w:t xml:space="preserve">12.4.1. </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">esant krizei, susijusiai su realia ar suvokiama grėsme Mokyklos bendruomenės narių civiliniam saugumui, nedelsiant imasi priemonių, užtikrinančių bendruomenės narių saugumą, ir informuoja Mokyklos komandos vadovą ar jo </w:t>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="0" w:name="_Hlk130482918"/>
+        <w:t>esant krizei, susijusiai su realia ar suvokiama grėsme</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1C02">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> bendruomenės narių civiliniam saugumui, nedelsiant imasi priemonių, užtikrinančių bendruomenės narių saugumą, ir informuoja</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1C02">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> komandos vadovą ar jo </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk130482918"/>
       <w:r>
         <w:t>pavaduotoją, prireikus iškviečia policiją ir (ar) priešgaisrinę gelbėjimo tarnybą (bendrosios pagalbos telefonu 112);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="35B0F4EF" w14:textId="77777777" w:rsidR="00960F4A" w:rsidRDefault="00960F4A" w:rsidP="00B11C2F">
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w:rsidR="00960F4A" w:rsidRDefault="00960F4A" w:rsidP="00B11C2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">12.4.2. po </w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_Hlk130482988"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk130482988"/>
       <w:r>
         <w:t>krizės vertina saugumo priemonių efektyvumą.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:p w14:paraId="60B145BF" w14:textId="77777777" w:rsidR="00960F4A" w:rsidRPr="00960F4A" w:rsidRDefault="00960F4A" w:rsidP="00B11C2F">
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w:rsidR="00960F4A" w:rsidRPr="00960F4A" w:rsidRDefault="00960F4A" w:rsidP="00B11C2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00846C0D">
         <w:t>12.5.</w:t>
       </w:r>
       <w:r w:rsidRPr="00960F4A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> narys atsakingas už pirmosios pagalbos organizavimą:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BCD90D3" w14:textId="77777777" w:rsidR="00960F4A" w:rsidRDefault="00960F4A" w:rsidP="00960F4A">
+    <w:p w:rsidR="00960F4A" w:rsidRDefault="00960F4A" w:rsidP="00960F4A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
-        <w:t>12.5.1 esant realiai ar suvokiamai grėsmei Mokyklos bendruomenės narių sveikatai ir (ar) gyvybei, nedelsiant nustato sužeistus Mokyklos bendruomenės narius, inicijuoja pirmosios pagalbos teikimą ir informuoja Mokyklos komandos vadovą ar jo pavaduotoją, prireikus iškviečia policiją ir (ar) priešgaisrinę gelbėjimo tarnybą (bendrosios pagalbos telefonu 112);</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6839995C" w14:textId="77777777" w:rsidR="00960F4A" w:rsidRDefault="00960F4A" w:rsidP="00B11C2F">
+        <w:t>12.5.1 esant realiai ar suvokiamai grėsmei</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1C02">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> bendruomenės narių sveikatai ir (ar) gyvybei, nedelsiant nustato sužeistus</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1C02">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> bendruomenės narius, inicijuoja pirmosios pagalbos teikimą ir informuoja</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1C02">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> komandos vadovą ar jo pavaduotoją, prireikus iškviečia policiją ir (ar) priešgaisrinę gelbėjimo tarnybą (bendrosios pagalbos telefonu 112);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00960F4A" w:rsidRDefault="00960F4A" w:rsidP="00B11C2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t>12.5.2. rūpinasi, kad krizės atveju būtų priemonių, reikalingų pirmajai pagalbai suteikti;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04BD4CCC" w14:textId="77777777" w:rsidR="00960F4A" w:rsidRDefault="00960F4A" w:rsidP="00960F4A">
+    <w:p w:rsidR="00960F4A" w:rsidRDefault="00960F4A" w:rsidP="00960F4A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t>12.5.3. po krizės vertina saugumo priemonių efektyvumą.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D37D093" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00851E66">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00851E66">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Krizės valdymo laikotarpiu itin svarbus mokytojų vaidmuo</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. Jie: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11498686" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00510012">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00510012">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t>neleid</w:t>
       </w:r>
       <w:r w:rsidR="00510012">
         <w:t>ž</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ia sklisti gandams; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CBA848B" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00510012">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00510012">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">atsako į mokinių klausimus; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A7B9560" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00510012">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00510012">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">sudaro galimybę mokiniams laisvai reikšti emocijas; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="621E4549" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00510012">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00510012">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">identifikuoja mokinius, kuriems reikia pagalbos; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E54F150" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00510012">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00510012">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Mokyklos komanda įgyvendinusi krizės valdymo plane numatytus veiksmus, įvertina krizės valdymo Mokykloje veiksmų sėkmingumą ir teikia rekomendacijas dėl jų efektyvumo gerinimo. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5BBA6433" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+        <w:t>Mokyklos komanda įgyvendinusi krizės valdymo plane numatytus veiksmus, įvertina krizės valdymo</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1C02">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> veiksmų sėkmingumą ir teikia rekomendacijas dėl jų efektyvumo gerinimo. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-5" w:firstLine="851"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Mokyklos komandos koordinatorius informuoja Mokyklos steigėją apie krizės įveikimą ir rezultatus. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="18A2E613" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00510012">
+        <w:t>Mokyklos komandos koordinatorius informuoja</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1C02">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> steigėją apie krizės įveikimą ir rezultatus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00510012">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t>Mokyklos komanda baigus aktyvius veiksmus, 1</w:t>
       </w:r>
       <w:r w:rsidR="00066C8E">
         <w:t>–</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2 mėnesius tęsia rizikos grupės asmenų stebėjimą ir vertina situaciją bendruomenėje. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C612FCF" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00510012">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00510012">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Krizės paveikti aukos (-ų) artimieji informuojami apie psichologinės pagalbos galimybes, motyvuojami ir nukreipiami pagalbai. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7773E7EB" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00510012">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00510012">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">VGK kartu su Mokyklos komanda numato krizių prevencijos renginių organizavimą Mokyklos bendruomenėje. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="34952CC4" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+        <w:t>VGK kartu su</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1C02">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> komanda numato krizių prevencijos renginių organizavimą</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1C02">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> bendruomenėje. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="852" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59E3218F" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="00E3729A" w:rsidP="00E3729A">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00E3729A" w:rsidP="00E3729A">
       <w:pPr>
         <w:pStyle w:val="Antrat1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="10" w:right="495" w:hanging="10"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">III. </w:t>
       </w:r>
-      <w:r w:rsidR="007D2C07">
+      <w:r w:rsidR="00822904">
         <w:t>SAVI</w:t>
       </w:r>
       <w:r>
         <w:t>Ž</w:t>
       </w:r>
-      <w:r w:rsidR="007D2C07">
+      <w:r w:rsidR="00822904">
         <w:t>UDYBĖS KRIZĖS PREVENCIJA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="798B5A4A" w14:textId="77777777" w:rsidR="00E3729A" w:rsidRPr="00E3729A" w:rsidRDefault="00E3729A" w:rsidP="00E3729A"/>
-    <w:p w14:paraId="7213C5EF" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="00E3729A" w:rsidP="00E3729A">
+    <w:p w:rsidR="00E3729A" w:rsidRPr="00E3729A" w:rsidRDefault="00E3729A" w:rsidP="00E3729A"/>
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00E3729A" w:rsidP="00E3729A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">19. </w:t>
       </w:r>
-      <w:r w:rsidR="007D2C07">
-        <w:t>Bet kuris Mokyklos darbuotojas, su</w:t>
+      <w:r w:rsidR="00822904">
+        <w:t>Bet kuris</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1C02">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00822904">
+        <w:t xml:space="preserve"> darbuotojas, su</w:t>
       </w:r>
       <w:r>
         <w:t>ž</w:t>
       </w:r>
-      <w:r w:rsidR="007D2C07">
+      <w:r w:rsidR="00822904">
         <w:t>inojęs apie mokinio ar kito bendruomenės nario ketinimą nusi</w:t>
       </w:r>
       <w:r>
         <w:t>ž</w:t>
       </w:r>
-      <w:r w:rsidR="007D2C07">
+      <w:r w:rsidR="00822904">
         <w:t>udyti ar mintis apie savi</w:t>
       </w:r>
       <w:r>
         <w:t>ž</w:t>
       </w:r>
-      <w:r w:rsidR="007D2C07">
-[...3 lines deleted...]
-    <w:p w14:paraId="7B9D682B" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="00585E11" w:rsidP="00585E11">
+      <w:r w:rsidR="00822904">
+        <w:t>udybę, turi informuoti ugdymo įstaigos psichologą arba jo nesant</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1C02">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00822904">
+        <w:t xml:space="preserve"> socialinį pedagogą ir</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1C02">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00822904">
+        <w:t xml:space="preserve"> komandos vadovą.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00585E11" w:rsidP="00585E11">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">20. </w:t>
-[...2 lines deleted...]
-        <w:t>Mokyklos komandos vadovas įvertina situaciją ir organizuoja tolesnę pagalbą, veiksmus suderindamas su VGK pirmininku. Kai mokinys ketina nusi</w:t>
+        <w:t>20.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1C02">
+        <w:t xml:space="preserve"> P</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>rogimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00822904">
+        <w:t xml:space="preserve"> komandos vadovas įvertina situaciją ir organizuoja tolesnę pagalbą, veiksmus suderindamas su VGK pirmininku. Kai mokinys ketina nusi</w:t>
       </w:r>
       <w:r>
         <w:t>ž</w:t>
       </w:r>
-      <w:r w:rsidR="007D2C07">
+      <w:r w:rsidR="00822904">
         <w:t>udyti, nedelsiant informuojami jo tėvai/globėjai ir tolesnis pagalbos teikimas derinamas su jais, o prireikus su Savivaldybės administracijos Vaiko teisių apsaugos skyriumi vaiko saugumui u</w:t>
       </w:r>
       <w:r>
         <w:t>ž</w:t>
       </w:r>
-      <w:r w:rsidR="007D2C07">
+      <w:r w:rsidR="00822904">
         <w:t>tikrinti. Tęstinę pagalbą esant savi</w:t>
       </w:r>
       <w:r>
         <w:t>ž</w:t>
       </w:r>
-      <w:r w:rsidR="007D2C07">
+      <w:r w:rsidR="00822904">
         <w:t xml:space="preserve">udybės krizei teikia psichikos sveikatos specialistai.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60B22DAF" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="00585E11" w:rsidP="00585E11">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00585E11" w:rsidP="00585E11">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">21. </w:t>
       </w:r>
-      <w:r w:rsidR="007D2C07">
-        <w:t>Apie kitų Mokyklos bendruomenės narių informavimą po mokinio savi</w:t>
+      <w:r w:rsidR="00822904">
+        <w:t>Apie kitų</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1C02">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00822904">
+        <w:t xml:space="preserve"> bendruomenės narių informavimą po mokinio savi</w:t>
       </w:r>
       <w:r>
         <w:t>ž</w:t>
       </w:r>
-      <w:r w:rsidR="007D2C07">
+      <w:r w:rsidR="00822904">
         <w:t>udybės krizės ir jų įtraukimą į pagalbos procesą sprend</w:t>
       </w:r>
       <w:r>
         <w:t>ž</w:t>
       </w:r>
-      <w:r w:rsidR="007D2C07">
-        <w:t>ia Mokyklos krizių komanda kartu su mokiniu ir jo tėvais</w:t>
+      <w:r w:rsidR="00822904">
+        <w:t>ia</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1C02">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00822904">
+        <w:t xml:space="preserve"> krizių komanda kartu su mokiniu ir jo tėvais</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="007D2C07">
+      <w:r w:rsidR="00822904">
         <w:t>globėjais</w:t>
       </w:r>
       <w:r>
         <w:t>, rūpintojais)</w:t>
       </w:r>
-      <w:r w:rsidR="007D2C07">
+      <w:r w:rsidR="00822904">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E8F7A5A" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="00585E11" w:rsidP="00585E11">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00585E11" w:rsidP="00585E11">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">22. </w:t>
       </w:r>
-      <w:r w:rsidR="007D2C07">
+      <w:r w:rsidR="00822904">
         <w:t>Nepilnamečio mokinio tėvams (globėjams, rūpintojams) atsisakius pagalbos mokiniui, esančiam savi</w:t>
       </w:r>
       <w:r>
         <w:t>ž</w:t>
       </w:r>
-      <w:r w:rsidR="007D2C07">
-[...3 lines deleted...]
-    <w:p w14:paraId="51559820" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+      <w:r w:rsidR="00822904">
+        <w:t>udybės krizėje,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1C02">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00822904">
+        <w:t xml:space="preserve"> krizių komanda apie tokį atvejį informuoja Savivaldybės administracijos Vaiko teisių apsaugos skyrių. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="852" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BB9DDC3" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="00585E11" w:rsidP="00585E11">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00585E11" w:rsidP="00585E11">
       <w:pPr>
         <w:pStyle w:val="Antrat1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="10" w:right="497" w:firstLine="841"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">IV. </w:t>
       </w:r>
-      <w:r w:rsidR="007D2C07">
+      <w:r w:rsidR="00822904">
         <w:t>SKYRIUS BAIGIAMOSIOS NUOSTATOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="047D6F64" w14:textId="77777777" w:rsidR="00585E11" w:rsidRPr="00585E11" w:rsidRDefault="00585E11" w:rsidP="00585E11"/>
-    <w:p w14:paraId="5B26F1DE" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00846C0D">
+    <w:p w:rsidR="00585E11" w:rsidRPr="00585E11" w:rsidRDefault="00585E11" w:rsidP="00585E11"/>
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00846C0D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-15" w:firstLine="866"/>
       </w:pPr>
       <w:r>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00846C0D">
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>Visą pagalbą krizinėje situacijoje Mokykloje teikę specialistai turi laikytis konfidencialumo, gauti ir teikti informaciją tiek, kiek būtina atsakingiems fiziniams ar juridiniams asmenims atlikti pavestas funkcijas ir nepa</w:t>
+        <w:t>Visą pagalbą krizinėje situacijoje</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1C02">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> teikę specialistai turi laikytis konfidencialumo, gauti ir teikti informaciją tiek, kiek būtina atsakingiems fiziniams ar juridiniams asmenims atlikti pavestas funkcijas ir nepa</w:t>
       </w:r>
       <w:r w:rsidR="00585E11">
         <w:t>ž</w:t>
       </w:r>
       <w:r>
         <w:t>eid</w:t>
       </w:r>
       <w:r w:rsidR="00585E11">
         <w:t>ž</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">iant vaiko teisių ir teisėtų interesų. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0019C7BD" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="852" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78105B53" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="947"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="268C6BCD" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="852" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74106745" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="852" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3456AD11" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="852" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C3A2756" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="852" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E03F6FE" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="852" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="592745B7" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="852" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52AA5658" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="852" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BBF5824" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="852" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26A545AE" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="852" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D6EED91" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="852" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="139CA6D9" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="852" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BB99E22" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="852" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AF46D3F" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="852" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E0FDD22" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="852" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31A333A0" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="852" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D004588" w14:textId="77777777" w:rsidR="00846C0D" w:rsidRDefault="00846C0D" w:rsidP="00AC081E">
+    <w:p w:rsidR="00846C0D" w:rsidRDefault="00846C0D" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="852" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E786C63" w14:textId="77777777" w:rsidR="00846C0D" w:rsidRDefault="00846C0D" w:rsidP="00AC081E">
+    <w:p w:rsidR="00846C0D" w:rsidRDefault="00846C0D" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="852" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CE30715" w14:textId="77777777" w:rsidR="00846C0D" w:rsidRDefault="00846C0D" w:rsidP="00AC081E">
+    <w:p w:rsidR="00846C0D" w:rsidRDefault="00846C0D" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="852" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C936082" w14:textId="77777777" w:rsidR="00846C0D" w:rsidRDefault="00846C0D" w:rsidP="00AC081E">
+    <w:p w:rsidR="00846C0D" w:rsidRDefault="00846C0D" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="852" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4CEA37B0" w14:textId="77777777" w:rsidR="00846C0D" w:rsidRDefault="00846C0D" w:rsidP="00AC081E">
+    <w:p w:rsidR="00846C0D" w:rsidRDefault="00846C0D" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="852" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="50673A52" w14:textId="77777777" w:rsidR="00846C0D" w:rsidRDefault="00846C0D" w:rsidP="00AC081E">
+    <w:p w:rsidR="00846C0D" w:rsidRDefault="00846C0D" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="852" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="23353E66" w14:textId="77777777" w:rsidR="00846C0D" w:rsidRDefault="00846C0D" w:rsidP="00AC081E">
+    <w:p w:rsidR="00846C0D" w:rsidRDefault="00846C0D" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="852" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4CA78407" w14:textId="77777777" w:rsidR="00846C0D" w:rsidRDefault="00846C0D" w:rsidP="00AC081E">
+    <w:p w:rsidR="00846C0D" w:rsidRDefault="00846C0D" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="852" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5180EA7E" w14:textId="77777777" w:rsidR="00846C0D" w:rsidRDefault="00846C0D" w:rsidP="00AC081E">
+    <w:p w:rsidR="00846C0D" w:rsidRDefault="00846C0D" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="852" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59B0B778" w14:textId="77777777" w:rsidR="00846C0D" w:rsidRDefault="00846C0D" w:rsidP="00AC081E">
+    <w:p w:rsidR="00846C0D" w:rsidRDefault="00846C0D" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="852" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B7B4C4F" w14:textId="77777777" w:rsidR="00846C0D" w:rsidRDefault="00846C0D" w:rsidP="00AC081E">
+    <w:p w:rsidR="00846C0D" w:rsidRDefault="00846C0D" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="852" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="742B6B1B" w14:textId="77777777" w:rsidR="00846C0D" w:rsidRDefault="00846C0D" w:rsidP="00AC081E">
+    <w:p w:rsidR="00846C0D" w:rsidRDefault="00846C0D" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="852" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="40B8E71D" w14:textId="77777777" w:rsidR="00846C0D" w:rsidRDefault="00846C0D" w:rsidP="00AC081E">
+    <w:p w:rsidR="00846C0D" w:rsidRDefault="00846C0D" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="852" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10872A91" w14:textId="77777777" w:rsidR="00846C0D" w:rsidRDefault="00846C0D" w:rsidP="00AC081E">
+    <w:p w:rsidR="00846C0D" w:rsidRDefault="00846C0D" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="852" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2C78A6C9" w14:textId="77777777" w:rsidR="00846C0D" w:rsidRDefault="00846C0D" w:rsidP="00AC081E">
+    <w:p w:rsidR="00846C0D" w:rsidRDefault="00846C0D" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="852" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2BA34A02" w14:textId="77777777" w:rsidR="00846C0D" w:rsidRDefault="00846C0D" w:rsidP="00AC081E">
+    <w:p w:rsidR="00846C0D" w:rsidRDefault="00846C0D" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="852" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="325AF22A" w14:textId="77777777" w:rsidR="00846C0D" w:rsidRDefault="00846C0D" w:rsidP="00AC081E">
+    <w:p w:rsidR="00846C0D" w:rsidRDefault="00846C0D" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="852" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6608FB04" w14:textId="77777777" w:rsidR="00846C0D" w:rsidRDefault="00846C0D" w:rsidP="00AC081E">
+    <w:p w:rsidR="00846C0D" w:rsidRDefault="00846C0D" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="852" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0192A66B" w14:textId="77777777" w:rsidR="005B6B83" w:rsidRDefault="007D2C07" w:rsidP="005B6B83">
+    <w:p w:rsidR="005B6B83" w:rsidRDefault="00822904" w:rsidP="005B6B83">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5529" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Mokyklos krizių</w:t>
       </w:r>
       <w:r w:rsidR="00585E11">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>valdymo tvarkos aprašo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="720701CD" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="005B6B83">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="005B6B83">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5529" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">1 priedas </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11DD18C0" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A0B45C1" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:pStyle w:val="Antrat1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="858" w:right="859"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">KRIZĖS VALDYMO VEIKSMŲ PLANAS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D7FEC4E" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F995B74" w14:textId="77777777" w:rsidR="000E3079" w:rsidRPr="00585E11" w:rsidRDefault="007D2C07" w:rsidP="00846C0D">
+    <w:p w:rsidR="000E3079" w:rsidRPr="00585E11" w:rsidRDefault="00822904" w:rsidP="00846C0D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="42" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00585E11" w:rsidRPr="00585E11">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>MARIJAMPOLĖS „RYTO“ PAGRINDINĖ MOKYKLA</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7956594A" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+        <w:t>MARIJAMPOLĖS „RYTO“ PAGRINDINĖ</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>progimnazija</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00AC5829" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="00510012" w:rsidP="00AC081E">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00EB19DB" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3831" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-      </w:r>
-[...12 lines deleted...]
-    <w:p w14:paraId="6EBEBC23" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0">
+                <wp:extent cx="1219200" cy="6350"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="1" name="Grupė 1"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1219200" cy="6350"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="1219505" cy="6096"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="13009" name="Shape 13009"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="1219505" cy="9144"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="0" t="0" r="0" b="0"/>
+                            <a:pathLst>
+                              <a:path w="1219505" h="9144">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="1219505" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1219505" y="9144"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="9144"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:ln w="0" cap="flat">
+                            <a:noFill/>
+                            <a:miter lim="127000"/>
+                          </a:ln>
+                          <a:effectLst/>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="5ACA405D" id="Grupė 1" o:spid="_x0000_s1026" style="width:96pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="12195,60" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBloDa3YgIAAMUFAAAOAAAAZHJzL2Uyb0RvYy54bWykVEtu2zAQ3RfoHQjta0lO7NaC5Syaxpug&#10;DZD0AAxFSUT5A0lb9kl6oR6sw9HHjgMUQaqFNOQ8DmfeG8365qAk2XPnhdFlks+yhHDNTCV0UyY/&#10;n+4+fUmID1RXVBrNy+TIfXKz+fhh3dmCz01rZMUdgSDaF50tkzYEW6SpZy1X1M+M5RqctXGKBli6&#10;Jq0c7SC6kuk8y5ZpZ1xlnWHce9i97Z3JBuPXNWfhR117HogsE8gt4Nvh+zm+082aFo2jthVsSIO+&#10;IwtFhYZLp1C3NFCyc+JVKCWYM97UYcaMSk1dC8axBqgmzy6q2Tqzs1hLU3SNnWgCai94endY9n3/&#10;4IioQLuEaKpAoq3b2T+/SR656WxTAGTr7KN9cH2BYN4b9suDO730x3VzAh9qp+IhqJMckPTjRDo/&#10;BMJgM5/nK1AyIQx8y6vFoAlrQbhXh1j77ezYIlsMx7LVMqab0qK/EhObEuksNJc/8ef/j7/HllqO&#10;svhIzsjfVZatRg4RQnLcQhoRGTkcVn6g860MTaWu8uvrF6XSgu182HKDTNP9vQ9wB3RiNVq0HS12&#10;0KPp4Nf4509haYjnYqhokq6XChNpywTziE5l9vzJICxc6AVynLxSn6Oi6hhqbAjAjojxazHeOfKs&#10;+BE0fnswtBEEfCMMO226F4xYJzbRVDtsnrPrjRTVnZAylutd8/xVOrKncbbgMwjzAiZ1pC72N4X5&#10;VksacFBoE+OgUkoEmIFSqMjwZwg0hJE6XsNxivWyQVv7om+daD2b6ogdhfvQ4cMfCbMCyxjmWhxG&#10;52tEnabv5i8AAAD//wMAUEsDBBQABgAIAAAAIQBtsq5p2QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI9BS8NAEIXvgv9hGcGb3aSiaMymlKKeimAriLdpdpqEZmdDdpuk/96pF3sZ5vGGN9/LF5Nr&#10;1UB9aDwbSGcJKOLS24YrA1/bt7snUCEiW2w9k4ETBVgU11c5ZtaP/EnDJlZKQjhkaKCOscu0DmVN&#10;DsPMd8Ti7X3vMIrsK217HCXctXqeJI/aYcPyocaOVjWVh83RGXgfcVzep6/D+rBfnX62Dx/f65SM&#10;ub2Zli+gIk3x/xjO+IIOhTDt/JFtUK0BKRL/5tl7novcyZKALnJ9yV78AgAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAGWgNrdiAgAAxQUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAG2yrmnZAAAAAwEAAA8AAAAAAAAAAAAAAAAAvAQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAADCBQAAAAA=&#10;">
+                <v:shape id="Shape 13009" o:spid="_x0000_s1027" style="position:absolute;width:12195;height:91;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1219505,9144" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA39Y+cxAAAAN4AAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9NSwMx&#10;EL0L/ocwQi/SJlaUdtu0iK2gl0p3C70Om+nuYjJZkrRd/70RBG/zeJ+zXA/OiguF2HnW8DBRIIhr&#10;bzpuNByqt/EMREzIBq1n0vBNEdar25slFsZfeU+XMjUih3AsUEObUl9IGeuWHMaJ74kzd/LBYcow&#10;NNIEvOZwZ+VUqWfpsOPc0GJPry3VX+XZaWB33B6rqtzYnXX0MZWfT/fhpPXobnhZgEg0pH/xn/vd&#10;5PmPSs3h9518g1z9AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADf1j5zEAAAA3gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,l1219505,r,9144l,9144,,e" fillcolor="black" stroked="f" strokeweight="0">
+                  <v:stroke miterlimit="83231f" joinstyle="miter"/>
+                  <v:path arrowok="t" textboxrect="0,0,1219505,9144"/>
+                </v:shape>
+                <w10:anchorlock/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="10" w:right="61"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>(data)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2644811B" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D19A786" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00585E11">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00585E11">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
-        <w:t>Mokyklos bendruomenės narys, gavęs informaciją apie krizę mokykloje, nedelsdamas informuoja Mokyklos komandos vadovą</w:t>
+        <w:t>Mokyklos bendruomenės narys, gavęs informaciją apie krizę</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, nedelsdamas informuoja</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> komandos vadovą</w:t>
       </w:r>
       <w:r w:rsidR="00585E11">
-        <w:t xml:space="preserve"> Vladą </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve"> Vladą Klasavičių, </w:t>
       </w:r>
       <w:r w:rsidR="00585E11" w:rsidRPr="00585E11">
         <w:t xml:space="preserve">tel. Nr. </w:t>
       </w:r>
       <w:r w:rsidR="00585E11" w:rsidRPr="00585E11">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>8 343 54</w:t>
       </w:r>
       <w:r w:rsidR="00846C0D">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00585E11" w:rsidRPr="00585E11">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>346</w:t>
       </w:r>
       <w:r w:rsidR="00846C0D">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C3C9ACB" w14:textId="77777777" w:rsidR="000E3079" w:rsidRPr="00585E11" w:rsidRDefault="007D2C07" w:rsidP="00585E11">
+    <w:p w:rsidR="000E3079" w:rsidRPr="00585E11" w:rsidRDefault="00822904" w:rsidP="00585E11">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00585E11">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Jam nesant, jo įgaliotą </w:t>
       </w:r>
       <w:r w:rsidR="00585E11">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00585E11">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tstovą</w:t>
       </w:r>
       <w:r w:rsidR="00585E11">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> direktoriaus pavaduotoją ugdymui Rūtą </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00585E11">
+        <w:t xml:space="preserve"> direktoriaus pavaduotoją ugdymui Rūtą Pranaitienę tel. Nr. 867391907</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00585E11">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Pranaitienę</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00585E11">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00846C0D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> tel. Nr. 867391907</w:t>
-[...28 lines deleted...]
-    <w:p w14:paraId="4C0B32CA" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+        <w:t>arba direktoriaus pavaduotoją ugdymui Aušrą Šmulkštienę Nr. 8 673 90588.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64A84F70" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00585E11">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00585E11">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Mokyklos komandos vadovas susisiekia su nukentėjusiojo asmens artimaisiais ir (ar) policija patikslina krizės faktus (kas, kur ir kada įvyko) ir informaciją, kuri galėtų būti pateikta Mokyklos bendruomenei. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="27FC76A6" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+        <w:t>Mokyklos komandos vadovas susisiekia su nukentėjusiojo asmens artimaisiais ir (ar) policija patikslina krizės faktus (kas, kur ir kada įvyko) ir informaciją, kuri galėtų būti pateikta</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> bendruomenei. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B60748E" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00585E11">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00585E11">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Mokyklos komandos vadovas nedelsdamas sušaukia Mokyklos komandos ir VGK posėdį. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5E64328B" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00585E11">
+        <w:t>Mokyklos komandos vadovas nedelsdamas sušaukia</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> komandos ir VGK posėdį. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00CD514E" w:rsidP="00585E11">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-    <w:p w14:paraId="44F3D8DC" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00822904">
+        <w:t xml:space="preserve"> komandos narių vardai, pavardės, funkcijos krizės valdymo metu: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59D34C02" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="00846C0D" w:rsidP="00846C0D">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00846C0D" w:rsidP="00846C0D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">3.1. </w:t>
       </w:r>
       <w:r w:rsidR="00585E11">
         <w:t>Atsakinga</w:t>
       </w:r>
       <w:r w:rsidR="00F62584">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00585E11">
-        <w:t xml:space="preserve"> už psichologinės pagalbos organizavimą ir teikimą – psichologė Vasarė </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> už psichologinės pagalbos organizavimą ir teikimą – psichologė Vasarė Kapsevičiūtė</w:t>
+      </w:r>
+      <w:r w:rsidR="00822904">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00585E11">
-        <w:t>Kapsevičiūtė</w:t>
-[...17 lines deleted...]
-    <w:p w14:paraId="1A17CBA2" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="000E3079" w:rsidP="00AC081E">
+        <w:t>(pavaduojanti socialinė pedagogė Gitana Štramaitytė).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E3079" w:rsidRDefault="000E3079" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1DEBD6B4" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="00846C0D" w:rsidP="00846C0D">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00846C0D" w:rsidP="00846C0D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">3.2. </w:t>
       </w:r>
       <w:r w:rsidR="00F62584">
         <w:t>Atsakingas už komunikaciją – direktoriaus pavaduotojos ugdymui Rūta Pranaitienė ir Aušra Šmulkštienė.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B986A7D" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00846C0D">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00846C0D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="213A38F8" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="00846C0D" w:rsidP="00846C0D">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00846C0D" w:rsidP="00846C0D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">3.3. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00F62584">
-        <w:t>Atskingas</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Atskingas už pirmosios pagalbos organizavimą – visuomenės sveikatos priežiūros specialistė Žaneta Skinkienė (pavaduojantis kūno kultūros mokytojas Andrius Larčenka).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00846C0D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00846C0D" w:rsidP="00846C0D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="851"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">3.4. </w:t>
+      </w:r>
       <w:r w:rsidR="00F62584">
-        <w:t xml:space="preserve"> už pirmosios pagalbos organizavimą – visuomenės sveikatos priežiūros specialistė Žaneta </w:t>
-[...21 lines deleted...]
-        <w:ind w:left="0" w:firstLine="851"/>
+        <w:t>Atsakingas už saugumo priemonių organizavimą – direktoriaus pavaduotojas ūkiui Arūnas Leškevičius (pavaduojantis inžinierius kompiuteriams Juozas Milius).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...31 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5222EE33" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="009670D5">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="009670D5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Mokyklos komandos vadovas informuoja apie krizę Mokykloje mokyklos steigėją: </w:t>
+        <w:t>Mokyklos komandos vadovas informuoja apie krizę</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijojeprogimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> steigėją: </w:t>
       </w:r>
       <w:r w:rsidR="009670D5">
         <w:t>Marijampolės savivaldybė.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2118EE86" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="000E3079" w:rsidP="00AC081E">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="000E3079" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="548355E8" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="009670D5">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="009670D5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t>Mokyklos komanda</w:t>
       </w:r>
       <w:r w:rsidR="009670D5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>kartu su Vaiko Gerovės Komisija posėd</w:t>
       </w:r>
       <w:r w:rsidR="009670D5">
         <w:t>ž</w:t>
       </w:r>
       <w:r>
         <w:t>io metu</w:t>
       </w:r>
       <w:r w:rsidR="009670D5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>aptaria šiuos klausimus (priklausomai nuo konkrečios krizės situacijos posėd</w:t>
       </w:r>
       <w:r w:rsidR="009670D5">
         <w:t>ž</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">io darbotvarkė gali būti papildyta įtraukiant kitus aktualius klausimus arba sutrumpinta, jei kai kurie klausimai neaktualūs konkrečios krizės situacijoje): </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D838D35" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="009670D5">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="009670D5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Įvertina krizės paveiktų asmenų grupes (kurie Mokyklos bendruomenės nariai gali būti labiausiai paveikti); </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4ACD019F" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+        <w:t>Įvertina krizės paveiktų asmenų grupes (kurie</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> bendruomenės nariai gali būti labiausiai paveikti); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-5"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Labiausiai krizės paveiktos asmenų grupės:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35C402A9" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-5"/>
       </w:pPr>
       <w:r>
         <w:t>................................................................................................................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BA6D554" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-5"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">................................................................................................................................................................ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A52B962" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="229E8B1E" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="009670D5">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="009670D5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
-        <w:t>Įvertina turimus psichologinės pagalbos Mokykloje resursus, jei jų nepakanka, kreipiamasi į psichologinės pagalbos teikėją (-</w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="374BBF50" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+        <w:t>Įvertina turimus psichologinės pagalbos</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> resursus, jei jų nepakanka, kreipiamasi į psichologinės pagalbos teikėją (-us) ir informuoja</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> steigėją. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FF7297D" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="009670D5">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="009670D5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="2085"/>
           <w:tab w:val="center" w:pos="3164"/>
           <w:tab w:val="center" w:pos="3997"/>
           <w:tab w:val="center" w:pos="4847"/>
           <w:tab w:val="center" w:pos="5926"/>
           <w:tab w:val="center" w:pos="7056"/>
           <w:tab w:val="center" w:pos="7940"/>
           <w:tab w:val="center" w:pos="8541"/>
           <w:tab w:val="right" w:pos="9643"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-15" w:firstLine="866"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Psichologinės pagalbos </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">teikėjo </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">(-ų) vardas, pavardė, </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">telefono </w:t>
       </w:r>
       <w:r w:rsidR="009670D5">
         <w:t>N</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">r., el. paštas: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77FFA0E9" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-5"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>....................................................................................................................................................</w:t>
       </w:r>
       <w:r w:rsidR="00571552">
         <w:t>............</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24CCF844" w14:textId="77777777" w:rsidR="00571552" w:rsidRDefault="00571552" w:rsidP="00AC081E">
+    <w:p w:rsidR="00571552" w:rsidRDefault="00571552" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-5"/>
       </w:pPr>
       <w:r>
         <w:t>................................................................................................................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="665D18A6" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C87913E" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00811297">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00811297">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sutaria, kokia informacija apie krizę ir jos valdymo veiksmus bus pateikiama atskiroms Mokyklos bendruomenės grupėms (mokiniams, tėvams (globėjams, rūpintojams), mokyklos darbuotojams, </w:t>
+        <w:t>Sutaria, kokia informacija apie krizę ir jos valdymo veiksmus bus pateikiama atskiroms</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> bendruomenės grupėms (mokiniams, tėvams (globėjams, rūpintojams),</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> darbuotojams, </w:t>
       </w:r>
       <w:r w:rsidR="00811297">
         <w:t>ž</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">iniasklaidai). Taip pat sutaria, kas, kada ir kokia forma pateiks parengtą informacinį tekstą: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17DBB172" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00811297">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00811297">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">................................................................................................................................................................................................................................................................................................................................ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6233258C" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00811297">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00811297">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F346278" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00811297">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00811297">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t>Esant būtinybei sprend</w:t>
       </w:r>
       <w:r w:rsidR="00811297">
         <w:t>ž</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ia apie papildomų civilinės saugos ir (ar) greitosios medicinos pagalbos priemonių reikalingumą (policijos ir (ar) priešgaisrinės gelbėjimo tarnybos, greitosios medicinos pagalbos iškvietimą (bendrosios pagalbos telefonu 112): </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77B28409" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00811297">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00811297">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t>..................................................................................................................................................................................................................................................................................................................</w:t>
       </w:r>
       <w:r w:rsidR="00811297">
         <w:t>.............</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1680436F" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51A7BE08" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="000D0A04">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="000D0A04">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Svarsto būtinybę informuoti apie krizę kitas įstaigas ar institucijas (pvz., Vaiko teisių apsaugos skyrių, kitas mokyklas, kurias gali paveikti krizė ar kt.) ir bendradarbiauti su jomis organizuojant ar vykdant krizės valdymo veiksmus:  </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2B322867" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+        <w:t>Svarsto būtinybę informuoti apie krizę kitas įstaigas ar institucijas (pvz., Vaiko teisių apsaugos skyrių, kitas</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazija</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">s, kurias gali paveikti krizė ar kt.) ir bendradarbiauti su jomis organizuojant ar vykdant krizės valdymo veiksmus:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-5"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">................................................................................................................................................................ ................................................................................................................................................................ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E44B5AF" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CFAD23D" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="000D0A04">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="000D0A04">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t>Mirties atveju aptaria dalyvavimą laidotuvėse</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
-        <w:t>visi mokyklos bendruomenės nariai turi būti informuoti apie laidotuvių laiką ir vietą;</w:t>
+        <w:t>visi</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> bendruomenės nariai turi būti informuoti apie laidotuvių laiką ir vietą;</w:t>
       </w:r>
       <w:r w:rsidR="000D0A04">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">laidotuvėse dalyvauja tik norintys mokyklos bendruomenės nariai):  </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6D605BED" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+        <w:t>laidotuvėse dalyvauja tik norintys</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> bendruomenės nariai):  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-5"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">................................................................................................................................................................ ................................................................................................................................................................ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24B39759" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18C1FBBD" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="000D0A04">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="000D0A04">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t>Atsi</w:t>
       </w:r>
       <w:r w:rsidR="000D0A04">
         <w:t>ž</w:t>
       </w:r>
       <w:r>
         <w:t>velgus į konkrečios krizės aplinkybes ir remiantis posėd</w:t>
       </w:r>
       <w:r w:rsidR="000D0A04">
         <w:t>ž</w:t>
       </w:r>
       <w:r>
-        <w:t>io metu priimtais sprendimais kartu su VGK, rekomenduotinai konsultuojantis su Mokyklos steigėju ir psichologinės pagalbos teikėju (-</w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="64E3434C" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+        <w:t>io metu priimtais sprendimais kartu su VGK, rekomenduotinai konsultuojantis su</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> steigėju ir psichologinės pagalbos teikėju (-ais), tikslina preliminarų  krizės valdymo veiksmų planą; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="283" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D9998F1" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="000D0A04">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="000D0A04">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
-        <w:t>Numato kito Mokyklos komandos posėd</w:t>
+        <w:t>Numato kito</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> komandos posėd</w:t>
       </w:r>
       <w:r w:rsidR="000D0A04">
         <w:t>ž</w:t>
       </w:r>
       <w:r>
         <w:t>io vietą ir laiką: .....................................................</w:t>
       </w:r>
       <w:r w:rsidR="000D0A04">
         <w:t>...........................................................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="088D49B1" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="283" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F50D3C2" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="000D0A04">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="000D0A04">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Apie krizę informuojama Mokyklos bendruomenė.  </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4AD885C1" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="000D0A04">
+        <w:t>Apie krizę informuojama</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> bendruomenė.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="000D0A04">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Labiausiai nukentėjusiems asmenims teikiama psichologinė ir (ar) kita pagalba.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F901381" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="000D0A04">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="000D0A04">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
-        <w:t>Pasirūpinama, kad visiems Mokyklos bendruomenės nariams būtų prieinama informacija apie psichologinės pagalbos galimybes.</w:t>
+        <w:t>Pasirūpinama, kad visiems</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD514E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> bendruomenės nariams būtų prieinama informacija apie psichologinės pagalbos galimybes.</w:t>
       </w:r>
       <w:r w:rsidRPr="000D0A04">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05492644" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="000D0A04">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="000D0A04">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Mokinio ar kito bendruomenės nario mirties atveju pasirūpinama, kad jo vardas, pavardė būtų pašalinami iš </w:t>
       </w:r>
       <w:r w:rsidR="000D0A04">
         <w:t>ž</w:t>
       </w:r>
       <w:r>
         <w:t>urnalų, sąrašų, kompiuterių, pasirūpinama mirusiojo daiktais.</w:t>
       </w:r>
       <w:r w:rsidRPr="000D0A04">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="624DAF7B" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="000D0A04">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="000D0A04">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t>Mokyklos komanda reguliariai aptaria krizės valdymo veiksmų eigą, veiksmingumą, prireikus keičia, koreguoja krizės valdymo veiksmų planą.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5951E50A" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07" w:rsidP="00AC081E">
+    <w:p w:rsidR="000E3079" w:rsidRDefault="00822904" w:rsidP="00AC081E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35CC84EE" w14:textId="77777777" w:rsidR="000D0A04" w:rsidRDefault="007D2C07" w:rsidP="000D0A04">
+    <w:p w:rsidR="000D0A04" w:rsidRDefault="00822904" w:rsidP="000D0A04">
       <w:pPr>
         <w:pStyle w:val="Antrat1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="858" w:right="146"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">______________________________  </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="000D0A04">
       <w:headerReference w:type="even" r:id="rId11"/>
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="863" w:right="561" w:bottom="1051" w:left="1702" w:header="749" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="249D4F11" w14:textId="77777777" w:rsidR="00874657" w:rsidRDefault="00874657">
+    <w:p w:rsidR="00F82498" w:rsidRDefault="00F82498">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0B9CCBC5" w14:textId="77777777" w:rsidR="00874657" w:rsidRDefault="00874657">
+    <w:p w:rsidR="00F82498" w:rsidRDefault="00F82498">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6294FEF8" w14:textId="77777777" w:rsidR="00874657" w:rsidRDefault="00874657">
+    <w:p w:rsidR="00F82498" w:rsidRDefault="00F82498">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5129E02E" w14:textId="77777777" w:rsidR="00874657" w:rsidRDefault="00874657">
+    <w:p w:rsidR="00F82498" w:rsidRDefault="00F82498">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="10DBA66F" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="000E3079" w:rsidRDefault="00822904">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="1" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="558C9FC1" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07">
+  <w:p w:rsidR="000E3079" w:rsidRDefault="00822904">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="-57" w:firstLine="0"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="4A482BBC" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="000E3079" w:rsidRDefault="00822904">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="1" w:firstLine="0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00FA3050" w:rsidRPr="00FA3050">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:noProof/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="000E3079" w:rsidRDefault="00822904">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="-57" w:firstLine="0"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="000E3079" w:rsidRDefault="00822904">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="1" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="4DC2ABA7" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07">
-[...54 lines deleted...]
-  <w:p w14:paraId="4AC60EED" w14:textId="77777777" w:rsidR="000E3079" w:rsidRDefault="007D2C07">
+  <w:p w:rsidR="000E3079" w:rsidRDefault="00822904">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="-57" w:firstLine="0"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0E2F59C1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="02247DAC"/>
     <w:lvl w:ilvl="0" w:tplc="CEECD5F6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
@@ -4787,192 +5593,183 @@
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6533"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1560825532">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1359889559">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="545802548">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="554046078">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="787696740">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1454861287">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...2 lines deleted...]
-  <w:doNotTrackMoves/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+  <w:zoom w:percent="136"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:useNormalStyleForList/>
-[...15 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000E3079"/>
     <w:rsid w:val="00066C8E"/>
     <w:rsid w:val="000D0A04"/>
     <w:rsid w:val="000E3079"/>
     <w:rsid w:val="00115C31"/>
     <w:rsid w:val="0026324A"/>
     <w:rsid w:val="00267594"/>
+    <w:rsid w:val="002A09B1"/>
     <w:rsid w:val="002B6425"/>
     <w:rsid w:val="00355B22"/>
+    <w:rsid w:val="00416E55"/>
     <w:rsid w:val="00510012"/>
     <w:rsid w:val="00571552"/>
     <w:rsid w:val="00585E11"/>
-    <w:rsid w:val="005A288A"/>
     <w:rsid w:val="005B6B83"/>
     <w:rsid w:val="0063498E"/>
     <w:rsid w:val="006B681C"/>
-    <w:rsid w:val="007D2C07"/>
     <w:rsid w:val="00811297"/>
+    <w:rsid w:val="00822904"/>
     <w:rsid w:val="00846C0D"/>
     <w:rsid w:val="00851E66"/>
-    <w:rsid w:val="00874657"/>
     <w:rsid w:val="008E4794"/>
     <w:rsid w:val="008E66BD"/>
     <w:rsid w:val="00920461"/>
     <w:rsid w:val="00960F4A"/>
     <w:rsid w:val="009670D5"/>
     <w:rsid w:val="00994B67"/>
     <w:rsid w:val="009B0145"/>
+    <w:rsid w:val="00A55BDE"/>
     <w:rsid w:val="00A6680B"/>
     <w:rsid w:val="00AC081E"/>
     <w:rsid w:val="00B06BC8"/>
     <w:rsid w:val="00B11C2F"/>
     <w:rsid w:val="00BB5C48"/>
     <w:rsid w:val="00C560F0"/>
     <w:rsid w:val="00C73D27"/>
+    <w:rsid w:val="00CD514E"/>
     <w:rsid w:val="00D628BB"/>
-    <w:rsid w:val="00D733AA"/>
     <w:rsid w:val="00D952AC"/>
+    <w:rsid w:val="00DA1C02"/>
+    <w:rsid w:val="00DB21FA"/>
     <w:rsid w:val="00DD13EE"/>
     <w:rsid w:val="00E3729A"/>
     <w:rsid w:val="00E7113D"/>
-    <w:rsid w:val="00EC5B4B"/>
+    <w:rsid w:val="00EB19DB"/>
     <w:rsid w:val="00ED48D5"/>
     <w:rsid w:val="00F62584"/>
+    <w:rsid w:val="00F82498"/>
+    <w:rsid w:val="00FA3050"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="7DFD9AC9"/>
-  <w15:docId w15:val="{D57C857B-33AC-40E1-A715-516EEE19DC72}"/>
+  <w14:docId w14:val="34D21EED"/>
+  <w15:docId w15:val="{074E4C21-F649-4C59-883F-877C7B038539}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5300,55 +6097,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="5" w:line="269" w:lineRule="auto"/>
       <w:ind w:left="1802" w:hanging="10"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Antrat1">
     <w:name w:val="heading 1"/>
     <w:next w:val="prastasis"/>
     <w:link w:val="Antrat1Diagrama"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
@@ -5402,202 +6194,171 @@
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid">
     <w:name w:val="TableGrid"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www3.lrs.lt/cgi-bin/preps2?a=18370&amp;b=" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www3.lrs.lt/cgi-bin/preps2?a=18370&amp;b=" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www3.lrs.lt/cgi-bin/preps2?a=18370&amp;b=" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www3.lrs.lt/cgi-bin/preps2?a=18370&amp;b=" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -5708,76 +6469,76 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>6270</Characters>
+  <Pages>1</Pages>
+  <Words>11310</Words>
+  <Characters>6448</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>52</Lines>
-  <Paragraphs>34</Paragraphs>
+  <Lines>53</Lines>
+  <Paragraphs>35</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17235</CharactersWithSpaces>
+  <CharactersWithSpaces>17723</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="24" baseType="variant">
       <vt:variant>
         <vt:i4>5963804</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www3.lrs.lt/cgi-bin/preps2?a=18370&amp;b=</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>5963804</vt:i4>
       </vt:variant>
       <vt:variant>