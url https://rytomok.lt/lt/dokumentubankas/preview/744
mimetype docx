--- v0 (2025-10-04)
+++ v1 (2025-10-28)
@@ -3,4821 +3,4669 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="690AE8D6" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684">
       <w:pPr>
         <w:spacing w:after="170" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62933EAB" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00A652F0" w:rsidP="00A652F0">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00A652F0" w:rsidP="00A652F0">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="3015" w:hanging="10"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">                                       </w:t>
       </w:r>
       <w:r w:rsidR="00420684">
         <w:t xml:space="preserve">PATVIRTINTA </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45D819A9" w14:textId="77777777" w:rsidR="0078515C" w:rsidRDefault="0078515C" w:rsidP="0078515C">
+    <w:p w:rsidR="0078515C" w:rsidRDefault="0078515C" w:rsidP="0078515C">
       <w:pPr>
         <w:ind w:right="9"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">                              Marijampolės ,,Ryto“ pagrindinės mokyklos</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0E5D45AF" w14:textId="7FD1985D" w:rsidR="0078515C" w:rsidRDefault="0078515C" w:rsidP="0078515C">
+        <w:t xml:space="preserve">                              Marijampolės ,,Ryto“ </w:t>
+      </w:r>
+      <w:r w:rsidR="006546EB">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0078515C" w:rsidRDefault="0078515C" w:rsidP="0078515C">
       <w:pPr>
         <w:ind w:right="9"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">               </w:t>
       </w:r>
       <w:r w:rsidR="00402526">
-        <w:t xml:space="preserve">               direktoriaus 2023 </w:t>
-[...14 lines deleted...]
-    <w:p w14:paraId="2B470385" w14:textId="0B4AB07A" w:rsidR="00D52E2C" w:rsidRDefault="0078515C" w:rsidP="0078515C">
+        <w:t xml:space="preserve">               direktoriaus 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00901C5D">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00402526">
+        <w:t xml:space="preserve"> m.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C233DF">
+        <w:t xml:space="preserve"> sausio 6</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> d.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="0078515C" w:rsidP="0078515C">
       <w:pPr>
         <w:ind w:right="9"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">                              įsakymu Nr.</w:t>
       </w:r>
       <w:r w:rsidR="00402526">
         <w:t xml:space="preserve"> V-</w:t>
       </w:r>
-      <w:r w:rsidR="00F056FB">
-[...6 lines deleted...]
-    <w:p w14:paraId="5E5EE0F4" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C233DF">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="240" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78E8D019" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="296" w:firstLine="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="168438A9" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="0078515C">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="0078515C">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="241" w:right="9" w:hanging="10"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>MARIJAMPOLĖS ,,RYTO“ PAGRINDINĖS MOKYKLOS</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="697E5C52" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684">
+        <w:t xml:space="preserve">MARIJAMPOLĖS ,,RYTO“ </w:t>
+      </w:r>
+      <w:r w:rsidR="006546EB">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>PROGIMNAZIJOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="241" w:hanging="10"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">ĮRENGTŲ VAIZDO STEBĖJIMO KAMERŲ NAUDOJIMO IR VAIZDO DUOMENŲ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FA8A715" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="241" w:right="236" w:hanging="10"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">TVARKYMO TVARKOS APRAŠAS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="741E9CAE" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="56" w:firstLine="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="556DA710" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="241" w:right="241" w:hanging="10"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">I SKYRIUS  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AAEE15C" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="241" w:right="242" w:hanging="10"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">BENDROSIOS NUOSTATOS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52086A60" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684">
       <w:pPr>
         <w:spacing w:after="16" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="56" w:firstLine="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27E5CA8E" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00A652F0" w:rsidP="00402526">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00A652F0" w:rsidP="00402526">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:right="9" w:firstLine="851"/>
       </w:pPr>
       <w:r>
-        <w:t>Marijampolės ,,Ryto“ pagrindinėje mokykloje</w:t>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="006546EB">
+        <w:t>arijampolės ,,Ryto“ progimnazijoje</w:t>
       </w:r>
       <w:r w:rsidR="00420684">
-        <w:t xml:space="preserve"> (toliau – Mokykla) įrengtų vaizdo stebėjimo kamerų naudojimo ir vaizdo duomenų tvarkymo tvarkos aprašas (toli</w:t>
-[...2 lines deleted...]
-        <w:t>au – Aprašas) nustato Marijampolės ,,Ryto“ pagrindinės mokyklos</w:t>
+        <w:t xml:space="preserve"> (toliau –</w:t>
+      </w:r>
+      <w:r w:rsidR="006546EB">
+        <w:t>progimnazija</w:t>
+      </w:r>
+      <w:r w:rsidR="00420684">
+        <w:t>) įrengtų vaizdo stebėjimo kamerų naudojimo ir vaizdo duomenų tvarkymo tvarkos aprašas (toli</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">au – Aprašas) nustato Marijampolės ,,Ryto“ </w:t>
+      </w:r>
+      <w:r w:rsidR="006546EB">
+        <w:t>progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="00420684">
         <w:t xml:space="preserve"> vidaus patalpų, pastato iš lauko ir dalies lauko teritorijos stebėjimo, vaizdo įrašymo, peržiūrėjimo, saugojimo, perkėlimo ir naudojimo tvarką, užtikrinant Lietuvos Respublikos asmens duomenų teisinės apsaugos įstatymo, ir kitų teisės aktų laikymąsi bei įgyvendinimą. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35986FB8" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00402526">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00402526">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:right="9" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Šis Aprašas parengtas vadovaujantis Lietuvos Respublikos asmens duomenų teisinės apsaugos įstatymu, Lietuvos Respublikos civilinio kodekso antrosios knygos 2 skyriumi, Duomenų teikimo duomenų subjektui atlyginimo tvarkos aprašu, patvirtintu Lietuvos Respublikos Vyriausybės 2011 m. rugsėjo 14 d. nutarimu Nr. 1074, kitais teisės aktais reglamentuojančiais santykius, kurie atsiranda tvarkant asmens duomenis. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3402C049" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00402526">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00402526">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:right="9" w:firstLine="851"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Šio Aprašo privalo laikytis visi Mokyklos bendruomenės nariai ir svečiai. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="68976D36" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00402526">
+        <w:t>Šio Aprašo privalo laikytis visi</w:t>
+      </w:r>
+      <w:r w:rsidR="006546EB">
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> bendruomenės nariai ir svečiai. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00402526">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:right="9" w:firstLine="851"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Vaizdo stebėjimas – prevencinė saugumo priemonė, kurios dėka siekiama užtikrinti Mokyklos pastato ir jame esančio materialinio turto apsaugą, viešąją tvarką, saugią aplinką, užkertančią kelią bet kokioms smurto, prievartos, patyčių, nederamo elgesio, žalingų įpročių, vagysčių apraiškoms, įeinančių ir išeinančių asmenų kontrolės tikslais, nukentėjusiems asmenims nustatyta tvarka gauti vaizdo įrašus, susijusius su įvykiais, kurie neginčytinai padėtų įrodyti jų nekaltumą, į teisingus ginčytinų situacijų išaiškinimus ar bylų nagrinėjimus. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="14458F68" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00402526">
+        <w:t>Vaizdo stebėjimas – prevencinė saugumo priemonė, kurios dėka siekiama užtikrinti</w:t>
+      </w:r>
+      <w:r w:rsidR="006546EB">
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> pastato ir jame esančio materialinio turto apsaugą, viešąją tvarką, saugią aplinką, užkertančią kelią bet kokioms smurto, prievartos, patyčių, nederamo elgesio, žalingų įpročių, vagysčių apraiškoms, įeinančių ir išeinančių asmenų kontrolės tikslais, nukentėjusiems asmenims nustatyta tvarka gauti vaizdo įrašus, susijusius su įvykiais, kurie neginčytinai padėtų įrodyti jų nekaltumą, į teisingus ginčytinų situacijų </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>išaiškinimus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> ar bylų </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>nagrinėjimus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00402526">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:right="9" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Šiame Apraše vartojamos sąvokos: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B9B33A4" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00402526">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00402526">
       <w:pPr>
         <w:ind w:left="0" w:right="9" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Duomenų valdytojas </w:t>
       </w:r>
       <w:r w:rsidR="00CB2C22">
-        <w:t>– Marijampolės ,,Ryto“ pagrindinė mokykla, esanti adresu Mokyklos g. 22, Marijampolė</w:t>
+        <w:t xml:space="preserve">– Marijampolės ,,Ryto“ </w:t>
+      </w:r>
+      <w:r w:rsidR="006546EB">
+        <w:t xml:space="preserve"> progimnazija</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB2C22">
+        <w:t>, esanti adresu</w:t>
+      </w:r>
+      <w:r w:rsidR="006546EB">
+        <w:t xml:space="preserve"> Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB2C22">
+        <w:t xml:space="preserve"> g. 22, Marijampolė</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C18F086" w14:textId="77777777" w:rsidR="00CB2C22" w:rsidRDefault="00420684" w:rsidP="00402526">
+    <w:p w:rsidR="00CB2C22" w:rsidRDefault="00420684" w:rsidP="00402526">
       <w:pPr>
         <w:ind w:left="567" w:right="9" w:firstLine="284"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Duomenų subjektas </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">– juridinis ar fizinis asmuo, kuriam teikiami asmens duomenys;  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03D00546" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00402526">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00402526">
       <w:pPr>
         <w:ind w:left="0" w:right="9" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Vaizdo įrašas </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">– Mokyklos patalpose ir teritorijoje įrengtomis kameromis užfiksuotas vaizdas; </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5E66F192" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00402526">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="006546EB">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> patalpose ir teritorijoje įrengtomis kameromis užfiksuotas vaizdas; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00402526">
       <w:pPr>
         <w:ind w:left="-15" w:right="9" w:firstLine="866"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Vaizdo stebėjimas </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">– vaizdo duomenų, susijusių su fiziniu asmeniu, tvarkymas naudojant automatines vaizdo stebėjimo priemones (vaizdo kameras) nepaisant to, ar šie duomenys yra išsaugomi laikmenoje; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E4E4F26" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00402526">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00402526">
       <w:pPr>
         <w:ind w:left="-15" w:right="9" w:firstLine="866"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Vaizdo duomenų įrašymo įrenginiai </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">– Mokyklos turto apskaitoje esantys skaitmeniniai įrenginiai, skirti vaizdo duomenims įrašyti, saugoti, peržiūrėti ir kopijuoti; </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0D3F27DE" w14:textId="77777777" w:rsidR="00402526" w:rsidRDefault="00420684" w:rsidP="00402526">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="006546EB">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> turto apskaitoje esantys skaitmeniniai įrenginiai, skirti vaizdo duomenims įrašyti, saugoti, peržiūrėti ir kopijuoti; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00402526" w:rsidRDefault="00420684" w:rsidP="00402526">
       <w:pPr>
         <w:ind w:left="0" w:right="9" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Vaizdo stebėjimo sistema </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">– vaizdo duomenų įrašymo įrenginiai ir vaizdo stebėjimo kameros; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AE938EE" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00402526">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00402526">
       <w:pPr>
         <w:ind w:left="562" w:right="9" w:firstLine="289"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Mokyklos darbuotojai </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">– darbuotojai, dirbantys pagal darbo sutartis. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7039CEA9" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00402526">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00402526">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:right="5" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Kitos Apraše vartojamos sąvokos suprantamos taip, kaip jos apibrėžtos Lietuvos Respublikos asmens duomenų teisinės apsaugos įstatyme ir kituose LR teisės aktuose. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74BA1F2E" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="567" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="234B163B" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="241" w:right="236" w:hanging="10"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>II</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">SKYRIUS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12A0AC47" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="006546EB">
       <w:pPr>
         <w:spacing w:after="5" w:line="250" w:lineRule="auto"/>
-        <w:ind w:left="3809" w:hanging="3597"/>
-[...2 lines deleted...]
-      <w:r>
+        <w:ind w:left="3686" w:hanging="3597"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">MOKYKLOS STEBĖJIMAS VAIZDO KAMEROMIS IR REIKALAVIMAI MOKYKLOS DARBUOTOJAMS </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="38FDE746" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00402526">
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>MOKYKLOS STEBĖJIMAS VAIZDO KAMEROMIS IR REIKALAVIMAI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006546EB" w:rsidRDefault="006546EB" w:rsidP="006546EB">
+      <w:pPr>
+        <w:spacing w:after="5" w:line="250" w:lineRule="auto"/>
+        <w:ind w:left="3686" w:hanging="3597"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>PROGIMANZIJOS DARBUOTOJAMS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00402526">
       <w:pPr>
         <w:spacing w:after="13" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="56" w:firstLine="795"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F9E4D34" w14:textId="77777777" w:rsidR="00CB2C22" w:rsidRDefault="00A94EB2" w:rsidP="00A94EB2">
+    <w:p w:rsidR="00CB2C22" w:rsidRDefault="006546EB" w:rsidP="00A94EB2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="278" w:lineRule="auto"/>
         <w:ind w:right="5" w:firstLine="795"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="00420684">
-        <w:t>Mokyklos vidus, pastatas iš lauko ir dalis lauko teritorijos yra stebima vaizdo stebėjimo kameromis. Vaizdo įrašai saugomi, peržiūrimi bei kopijuojami įstatymų nustatyta tvarka, naudojant</w:t>
+        <w:t xml:space="preserve"> vidus, pastatas iš lauko ir dalis lauko teritorijos yra stebima vaizdo stebėjimo kameromis. Vaizdo įrašai saugomi, peržiūrimi bei kopijuojami įstatymų nustatyta tvarka, naudojant</w:t>
       </w:r>
       <w:r w:rsidR="00420684">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00420684">
         <w:t>specialiai šiam tikslui skirtus DVR įrenginius.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7704CFDB" w14:textId="77777777" w:rsidR="00CB2C22" w:rsidRDefault="00A94EB2" w:rsidP="00A94EB2">
+    <w:p w:rsidR="00CB2C22" w:rsidRDefault="006546EB" w:rsidP="00A94EB2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="278" w:lineRule="auto"/>
         <w:ind w:right="5" w:firstLine="795"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="00420684">
-        <w:t xml:space="preserve">Mokyklos pastatą iš lauko ir dalį lauko teritorijos fiksuoja </w:t>
+        <w:t xml:space="preserve"> pastatą iš lauko ir dalį lauko teritorijos fiksuoja </w:t>
       </w:r>
       <w:r w:rsidR="007035B9">
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidR="00420684">
         <w:t xml:space="preserve"> vaizdo stebėjimo kamerų. Vidaus patalpos stebimos </w:t>
       </w:r>
       <w:r w:rsidR="007035B9">
         <w:t>19</w:t>
       </w:r>
       <w:r w:rsidR="00420684">
         <w:t xml:space="preserve"> vaizdo stebėjimo kamerų</w:t>
       </w:r>
       <w:r w:rsidR="00CB2C22">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00420684">
         <w:t xml:space="preserve">(1 priedas). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EA6EA17" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00A94EB2" w:rsidP="00A94EB2">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="006546EB" w:rsidP="00A94EB2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="278" w:lineRule="auto"/>
         <w:ind w:right="5" w:firstLine="795"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="00420684">
-        <w:t xml:space="preserve">Mokyklos vidaus bei lauko teritorijos stebėjimas vaizdo kameromis yra nenutrūkstamas. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="346F2CA1" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00A94EB2">
+        <w:t xml:space="preserve"> vidaus bei lauko teritorijos stebėjimas vaizdo kameromis yra nenutrūkstamas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00A94EB2">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:right="9" w:firstLine="795"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Vaizdo stebėjimo kameros įrengtos taip, kad atsižvelgiant į nustatytą vaizdo stebėjimo tikslą, vaizdo stebėjimas vykdomas ne didesnėje teritorijos ar patalpų dalyje, negu tai yra būtina ir renkama ne daugiau vaizdo duomenų, negu tai yra būtina. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="280FDFC7" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00A94EB2">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00A94EB2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:right="9" w:firstLine="795"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Vaizdo stebėjimo kameros įrengtos ir pritaikytos taip, kad nebūtų nukreiptos į erdves, kurių stebėjimas nenumatytas ir toks stebėjimas žemintų žmogaus orumą. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04088D1E" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00A94EB2">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00A94EB2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:right="9" w:firstLine="795"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Visus įrašomus vaizdo duomenis turi teisę tvarkyti </w:t>
       </w:r>
       <w:hyperlink r:id="rId7">
         <w:r w:rsidR="00CB2C22">
           <w:t>ALGOS</w:t>
         </w:r>
         <w:r>
           <w:t xml:space="preserve"> saugos tarnyba</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId8">
         <w:r>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve">ir Mokyklos direktoriaus paskirtas darbuotojas, atsakingas už vaizdo stebėjimą ir vaizdo duomenų tvarkymą (toliau – darbuotojas), išskyrus atvejus, kai sistemoje yra techniniai gedimai ar atliekami profilaktiniai darbai. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="571A77BC" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00A94EB2">
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidR="006546EB">
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> direktoriaus paskirtas darbuotojas, atsakingas už vaizdo stebėjimą ir vaizdo duomenų tvarkymą (toliau – darbuotojas), išskyrus atvejus, kai sistemoje yra techniniai gedimai ar atliekami profilaktiniai darbai. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00A94EB2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:right="9" w:firstLine="795"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Susipažinti su vaizdo duomenimis turi teisę: direktoriaus pavaduotojai ugdymui ir ūkiui, socialinis pedagogas. Mokyklos darbuotojai įgyvendindami šią teisę, raštu įsipareigoja laikytis asmens duomenų apsaugą reglamentuojančiuose teisės aktuose nustatytų reikalavimų. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2D705E36" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00A94EB2">
+        <w:t>Susipažinti su vaizdo duomenimis turi teisę: direktoriaus pavaduotojai ugdymui ir ūkiui, socialinis pedagogas.</w:t>
+      </w:r>
+      <w:r w:rsidR="006546EB">
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> darbuotojai įgyvendindami šią teisę, raštu įsipareigoja laikytis asmens duomenų apsaugą reglamentuojančiuose teisės aktuose nustatytų reikalavimų. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00A94EB2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:right="9" w:firstLine="795"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Atsakingas už vaizdo stebėjimo sistemos priežiūrą darbuotojas privalo: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4ADAFB35" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00A94EB2">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00A94EB2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:right="9" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">laikytis pagrindinių vaizdo duomenų tvarkymo principų bei konfidencialumo ir saugumo reikalavimų, įtvirtintų Lietuvos Respublikos asmens duomenų teisinės apsaugos įstatyme, tvarkos apraše ir kituose teisės aktuose; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DE405EE" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00A94EB2">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00A94EB2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:right="9" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">užtikrinti, kad vaizdo stebėjimo sistema būtų techniškai tvarkinga, techniniai šios sistemos sutrikimai būtų šalinami operatyviai, panaudojant visus turimus techninius resursus; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FC467F5" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00A94EB2">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00A94EB2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:right="9" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">imtis priemonių, kad būtų užkirstas kelias atsitiktiniam ar neteisėtam vaizdo duomenų sunaikinimui, pakeitimui, atskleidimui, taip pat bet kokiam kitam neteisėtam tvarkymui, saugoti vaizdo duomenų įrašymo įrenginiuose esančius duomenis; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CD4FC71" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00A94EB2">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00A94EB2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:ind w:left="0" w:right="9" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">neatskleisti, neperduoti ir nesudaryti sąlygų bet kokiomis priemonėmis susipažinti su vaizdo duomenimis tam teisės neturintiems asmenims; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41E55E1B" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00A94EB2">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00A94EB2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:right="9" w:firstLine="851"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">nedelsdamas pranešti Mokyklos direktoriui apie bet kokią įtartiną situaciją, kuri gali kelti grėsmę Mokyklos tvarkomų vaizdo duomenų saugumui. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="175810BF" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00A94EB2">
+        <w:t>nedelsdamas pranešti</w:t>
+      </w:r>
+      <w:r w:rsidR="006546EB">
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> direktoriui apie bet kokią įtartiną situaciją, kuri gali kelti grėsmę</w:t>
+      </w:r>
+      <w:r w:rsidR="006546EB">
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> tvarkomų vaizdo duomenų saugumui. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00A94EB2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:right="9" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Darbuotojas užtikrina, kad vaizdo įrašas būtų neprieinamas kitiems asmenims bei neplatinamas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2887282F" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684">
       <w:pPr>
         <w:spacing w:after="26" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="56" w:firstLine="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="641D60C6" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="241" w:right="236" w:hanging="10"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>III</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">SKYRIUS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="561673A1" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684">
       <w:pPr>
         <w:spacing w:after="295" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="241" w:right="240" w:hanging="10"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">VAIZDO DUOMENŲ ĮRAŠYMAS IR SAUGOJIMAS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="365ED050" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="000C7851" w:rsidP="00402526">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="000C7851" w:rsidP="00402526">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:right="9" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t>Vaizdo įrašymo įrenginyje</w:t>
       </w:r>
       <w:r w:rsidR="00420684" w:rsidRPr="00CD19A1">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00420684">
         <w:t xml:space="preserve">kameromis užfiksuotas vaizdas skaitmeniniu būdu įrašomas į vidinį kietąjį diską. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E6A6B52" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00402526">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00402526">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:right="9" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Vaizdo duomenys vaizdo duomenų įrašymo įrenginiuose saugomi ne ilgiau kaip </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB7D9C">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">14 </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">kalendorinių dienų. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03A415F7" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00402526">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00402526">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:right="9" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Dėl ribotos kietojo disko talpos, vaizdo įrašymo įrenginys po </w:t>
       </w:r>
       <w:r w:rsidRPr="000C7851">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>14</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> kalendorinių dienų automatiškai ištrina seniausius vaizdo įrašus, o į atsilaisvinusią vietą įrašo naujausią vaizdo srautą. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48EB4ADE" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00402526">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00402526">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:right="9" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Atsiradus poreikiui, vaizdo įrašymo įrenginio nustatymai gali būti keičiami. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05A411F3" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00402526">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00402526">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:right="9" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Vaizdo įrašymo įrenginys leidžia atlikti vaizdo įrašų paiešką pagal datą ir laiką. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02514EF4" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00DF0827">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00DF0827">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="56" w:firstLine="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="044E988C" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00DF0827">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00DF0827">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="29" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="241" w:right="231" w:hanging="10"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>IV</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">SKYRIUS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="563EE54A" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00DF0827">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00DF0827">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="241" w:right="240" w:hanging="10"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">DUOMENŲ SUBJEKTO TEISIŲ ĮGYVENDINIMAS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45EF1BB8" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00DF0827">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00DF0827">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="23" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1018" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01073638" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00402526">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00402526">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:right="9" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Duomenų subjekto rašytiniu prašymu, pateikus asmens tapatybę patvirtinantį dokumentą, arba teisės aktų nustatyta tvarka vaizdo stebėjimo kameromis užfiksuotas vaizdas (kopija) gali būti išduodamas: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CB7A3B1" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00402526">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00402526">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:ind w:right="9" w:firstLine="131"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">jeigu jis yra išsaugotas; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C0F6A41" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00402526">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00402526">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:ind w:left="0" w:right="9" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">jeigu jame nėra užfiksuoti tretieji asmenys arba yra trečiųjų asmenų rašytinis sutikimas tokį vaizdo įrašą (kopiją) išduoti. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="766C4AB7" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00EB7D9C">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00EB7D9C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:right="9" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Teisėsaugos institucijų prašymu vaizdo stebėjimo kameromis užfiksuotas vaizdas (kopija) gali būti išduodamas be vaizde užfiksuotų asmenų sutikimo. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="337B43E5" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00EB7D9C">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00EB7D9C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:right="9" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Duomenų subjekto, norinčio gauti vaizdo įrašą (kopiją), kuriame užfiksuotas ne tik jis, bet ir tretieji asmenys, prašyme turi būti nurodytas asmens duomenų naudojimo tikslas, teikimo bei gavimo teisinis pagrindas ir prašomų pateikti asmens duomenų apimtis. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AE873F2" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00EB7D9C">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00C233DF" w:rsidP="00EB7D9C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:right="9" w:firstLine="851"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Mokykla, gavusi duomenų subjekto paklausimą dėl vaizdo duomenų, susijusių su juo, tvarkymo, ne vėliau kaip per 30 kalendorinių dienų nuo duomenų subjekto prašymo gavimo dienos atsako, ar su juo susiję vaizdo duomenys yra tvarkomi, saugomi, ir jei saugomi, – apie šių duomenų teikimo tvarką. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="62B4D6E4" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00DF0827">
+        <w:t>Progimnazija</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00420684">
+        <w:t xml:space="preserve">, gavusi duomenų subjekto paklausimą dėl vaizdo duomenų, susijusių su juo, tvarkymo, ne vėliau kaip per 30 kalendorinių dienų nuo duomenų subjekto prašymo gavimo dienos atsako, ar su juo susiję vaizdo duomenys yra tvarkomi, saugomi, ir jei saugomi, – apie šių duomenų teikimo tvarką. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00DF0827">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="56" w:firstLine="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EA4C9B6" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00DF0827">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00DF0827">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="29" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="241" w:right="236" w:hanging="10"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">SKYRIUS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22DB1FA3" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00DF0827">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00DF0827">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="241" w:right="246" w:hanging="10"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">DUOMENŲ SUBJEKTO INFORMAVIMAS VYKDANT VAIZDO STEBĖJIMĄ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B5985DC" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00DF0827">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00DF0827">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="23" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1018" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44711400" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00EB7D9C">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00EB7D9C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:right="9" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Apie vykdomą vaizdo stebėjimą teritorijoje ir patalpose aiškiai ir tinkamai informuojama įspėjamaisiais ženklais su visa Lietuvos Respublikos asmens duomenų teisinės apsaugos įstatyme reglamentuota privaloma informacija. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41191DFD" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00EB7D9C">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00EB7D9C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:right="9" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Darbuotojai apie vaizdo duomenų tvarkymą informuojami pasirašytinai. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BA05284" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00DF0827">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00DF0827">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="56" w:firstLine="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="508A8977" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00DF0827">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00DF0827">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="241" w:right="231" w:hanging="10"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>VI</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">SKYRIUS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DC86947" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00DF0827">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00DF0827">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="241" w:right="234" w:hanging="10"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">BAIGIAMOSIOS NUOSTATOS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C7BBAD6" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00DF0827">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00DF0827">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="19" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="56" w:firstLine="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71BB68E6" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00EB7D9C">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00C233DF" w:rsidP="00EB7D9C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="9" w:firstLine="851"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Mokyklos darbuotojai, pažeidę šio Aprašo reikalavimus, atsako teisės aktų nustatyta tvarka. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3DB4327F" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00EB7D9C">
+        <w:t xml:space="preserve">Progimnazijos </w:t>
+      </w:r>
+      <w:r w:rsidR="00420684">
+        <w:t xml:space="preserve"> darbuotojai, pažeidę šio Aprašo reikalavimus, atsako teisės aktų nustatyta tvarka. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00EB7D9C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="9" w:firstLine="851"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Aprašas skelbiamas Mokyklos interneto svetainėje </w:t>
+        <w:t>Aprašas skelbiamas</w:t>
+      </w:r>
+      <w:r w:rsidR="006546EB">
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> interneto svetainėje </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="00CD19A1" w:rsidRPr="00D03336">
           <w:rPr>
             <w:rStyle w:val="Hipersaitas"/>
             <w:u w:color="000000"/>
           </w:rPr>
           <w:t>www.rytomok.lt</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00CD19A1">
         <w:rPr>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId10">
         <w:r>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4501FE30" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00EB7D9C">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00EB7D9C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:right="9" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Už Aprašo laikymosi priežiūrą ir jame reglamentuotų nuostatų vykdymo kontrolę atsakingas direktorius. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78815F49" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00EB7D9C">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00EB7D9C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:right="9" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Aprašas, įvertinus taikymo praktiką, esant poreikiui, atnaujinamas inicijuojant naujus šio aprašo pakeitimus. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16316A49" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00EB7D9C">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00EB7D9C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:right="9" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Pasikeitus teisės aktų nuostatoms dėl asmens duomenų teisinės apsaugos, jomis vadovaujamasi iš karto, nelaukiant Aprašo pakeitimo. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00C72241" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00EB7D9C">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00EB7D9C">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="3015" w:right="3010" w:hanging="10"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>______________</w:t>
       </w:r>
       <w:r w:rsidR="00EB7D9C">
         <w:t>______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7279BFC6" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43BEF68F" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1005930F" w14:textId="77777777" w:rsidR="00EB7D9C" w:rsidRDefault="00420684" w:rsidP="00EB7D9C">
+    <w:p w:rsidR="00EB7D9C" w:rsidRDefault="00420684" w:rsidP="00EB7D9C">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EB7D9C">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00EB7D9C">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00EB7D9C">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00EB7D9C">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00DF0827">
-        <w:t>Marijampolės ,,Ryto“ pagrindinės mokyklos</w:t>
+        <w:t xml:space="preserve">Marijampolės ,,Ryto“ </w:t>
+      </w:r>
+      <w:r w:rsidR="006546EB">
+        <w:t>progimnazijos</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> įrengtų vaizdo stebėjimo kamerų naudojimo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40E76863" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00EB7D9C">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="00EB7D9C">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> ir vaizdo duomenų tvarkymo tvarkos aprašo  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="089C71D0" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00EB7D9C">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00EB7D9C">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="3015" w:right="1698" w:hanging="10"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
       <w:r w:rsidR="00420684">
         <w:t xml:space="preserve">1 priedas </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74C6F5DA" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="497" w:firstLine="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FD29C5E" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DC5727B" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684">
       <w:pPr>
         <w:spacing w:after="29" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="241" w:right="243" w:hanging="10"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">MOKYKLOS VIDAUS PATALPŲ, PASTATO IŠ LAUKO IR DALIES LAUKO </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AC5923B" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4817"/>
         </w:tabs>
         <w:spacing w:after="5" w:line="250" w:lineRule="auto"/>
         <w:ind w:left="-15" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">TERITORIJOS STEBĖJIMAS VAIZDO KAMEROMIS </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9642" w:type="dxa"/>
         <w:tblInd w:w="-2" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="9" w:type="dxa"/>
           <w:left w:w="46" w:type="dxa"/>
           <w:right w:w="48" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="562"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="855"/>
         <w:gridCol w:w="6665"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D52E2C" w14:paraId="7935F792" w14:textId="77777777">
+      <w:tr w:rsidR="00D52E2C">
         <w:trPr>
           <w:trHeight w:val="566"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4887A817" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="81" w:hanging="14"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Eil. Nr. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="17485F36" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="125" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Pavadinimas </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4E7960D3" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="21846010" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Kiekis </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E65FE61" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="59DCD4C2" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="2079" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Stebėjimo erdvė </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="07DB0AB2" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D52E2C" w14:paraId="70E47CA1" w14:textId="77777777">
+      <w:tr w:rsidR="00D52E2C">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9642" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2667A2FD" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="009C79DC">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="009C79DC">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="8" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Vaizdo stebėjimas pastato viduje</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D52E2C" w14:paraId="3CCB7B2F" w14:textId="77777777">
+      <w:tr w:rsidR="00D52E2C">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="088E1996" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="10" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E7854F3" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Kamera 1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="795FD6B9" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="11" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6CBD7F59" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="009C79DC">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="009C79DC">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:t>Įėjimas į mokyklą (šiaurinė pusė) stebėjimas</w:t>
+              <w:t>Įėjimas į</w:t>
+            </w:r>
+            <w:r w:rsidR="006546EB">
+              <w:t xml:space="preserve"> progimnaziją</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> (šiaurinė pusė) stebėjimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D52E2C" w14:paraId="3684AC26" w14:textId="77777777">
+      <w:tr w:rsidR="00D52E2C">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="65418BAB" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="10" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1E9817E8" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Kamera 2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4BD9F1A1" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="11" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="031778DF" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00AD3BE1">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00AD3BE1">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Priešais budintį (pietinė pusė)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D52E2C" w14:paraId="7F96CFE2" w14:textId="77777777">
+      <w:tr w:rsidR="00D52E2C">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1ACCFCEF" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00D52E2C">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00D52E2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="10" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4510201C" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00AD3BE1">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00AD3BE1">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Kamera 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="16ACB05C" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00AD3BE1">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00AD3BE1">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="11" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="79F67942" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00AD3BE1" w:rsidP="00AD3BE1">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00AD3BE1" w:rsidP="00AD3BE1">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
-            <w:r>
-              <w:t>Ia. prie rūbinių, koridorius.</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>. prie rūbinių, koridorius.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D52E2C" w14:paraId="07298BC4" w14:textId="77777777">
+      <w:tr w:rsidR="00D52E2C">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="57B21B7E" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00D52E2C">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00D52E2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="10" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="66D59D7E" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00AD3BE1">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00AD3BE1">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Kamera 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2C07DA1E" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00AD3BE1">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00AD3BE1">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="11" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="44478797" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00AD3BE1" w:rsidP="00AD3BE1">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00AD3BE1" w:rsidP="00AD3BE1">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
-            <w:r>
-              <w:t>Ia. prie valytojų kambariuko Nr. 113</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>. prie valytojų kambariuko Nr. 113</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D52E2C" w14:paraId="76529E36" w14:textId="77777777">
+      <w:tr w:rsidR="00D52E2C">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5FE3A4DC" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00D52E2C">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00D52E2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="10" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3B3870C7" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00AD3BE1">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00AD3BE1">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Kamera 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7F4B487F" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00AD3BE1">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00AD3BE1">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="11" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="062937E9" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00E61AAA">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00E61AAA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
-            <w:r>
-              <w:t>IIa. p</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>IIa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>. p</w:t>
             </w:r>
             <w:r w:rsidR="00AD3BE1">
               <w:t>radinukų holas prie klasės Nr. 227</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D52E2C" w14:paraId="441AE0BF" w14:textId="77777777">
+      <w:tr w:rsidR="00D52E2C">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5A8C8323" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00D52E2C">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00D52E2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="10" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5B8FC9ED" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00AD3BE1">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00AD3BE1">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Kamera 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="36427EBC" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00AD3BE1">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00AD3BE1">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="11" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3004D2E1" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00E61AAA">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00E61AAA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
-            <w:r>
-              <w:t>IIa. k</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>IIa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>. k</w:t>
             </w:r>
             <w:r w:rsidR="00AD3BE1">
               <w:t>oridorius link bibliotekos virš 205 kab.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D52E2C" w14:paraId="79A1F590" w14:textId="77777777">
+      <w:tr w:rsidR="00D52E2C">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="562CE583" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00D52E2C">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00D52E2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="10" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="136DC289" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00AD3BE1">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00AD3BE1">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Kamera 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="74CCC37B" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00AD3BE1">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00AD3BE1">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="11" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6E742AFC" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00E61AAA">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00E61AAA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
-            <w:r>
-              <w:t>IIIa. k</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>IIIa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>. k</w:t>
             </w:r>
             <w:r w:rsidR="00AD3BE1">
               <w:t>oridorius link stadiono virš 311 kab.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D52E2C" w14:paraId="10BEBB48" w14:textId="77777777">
+      <w:tr w:rsidR="00D52E2C">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5556846E" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00D52E2C">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00D52E2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="10" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7323582F" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00AD3BE1">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00AD3BE1">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Kamera 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2DFAF651" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00AD3BE1">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00AD3BE1">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="11" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0FC842FE" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="009139B9" w:rsidP="00E61AAA">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="009139B9" w:rsidP="00E61AAA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
-            <w:r>
-              <w:t xml:space="preserve">IIIa. </w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>IIIa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="00E61AAA">
               <w:t>h</w:t>
             </w:r>
             <w:r>
               <w:t>olas (vakarinė pusė) prie dailės kab. Nr. 304</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D52E2C" w14:paraId="56C3E703" w14:textId="77777777">
+      <w:tr w:rsidR="00D52E2C">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="002364B2" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00D52E2C">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00D52E2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="91" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="68DAA23B" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00AD3BE1" w:rsidP="00AD3BE1">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00AD3BE1" w:rsidP="00AD3BE1">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Kamera 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="268E99AA" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00AD3BE1">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00AD3BE1">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="11" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="47A9C3A8" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00E61AAA">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00E61AAA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
-            <w:r>
-              <w:t>IIIa. k</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>IIIa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>. k</w:t>
             </w:r>
             <w:r w:rsidR="009139B9">
               <w:t>oridorius nuo pradinukų link valytojų kambariuko</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C79DC" w14:paraId="74EE1A0A" w14:textId="77777777">
+      <w:tr w:rsidR="009C79DC">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="348235E8" w14:textId="77777777" w:rsidR="009C79DC" w:rsidRDefault="009C79DC">
+          <w:p w:rsidR="009C79DC" w:rsidRDefault="009C79DC">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="91" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="025ADAA1" w14:textId="77777777" w:rsidR="009C79DC" w:rsidRDefault="00AD3BE1">
+          <w:p w:rsidR="009C79DC" w:rsidRDefault="00AD3BE1">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Kamera 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="728201B1" w14:textId="77777777" w:rsidR="009C79DC" w:rsidRDefault="00AD3BE1">
+          <w:p w:rsidR="009C79DC" w:rsidRDefault="00AD3BE1">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="11" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0087CDC8" w14:textId="77777777" w:rsidR="009C79DC" w:rsidRDefault="00E61AAA">
+          <w:p w:rsidR="009C79DC" w:rsidRDefault="00E61AAA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
-            <w:r>
-              <w:t>IIIa. h</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>IIIa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>. h</w:t>
             </w:r>
             <w:r w:rsidR="009139B9">
               <w:t>olas link tualetų, link 328 kab., kamera virš 325 kab.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C79DC" w14:paraId="6F454898" w14:textId="77777777">
+      <w:tr w:rsidR="009C79DC">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6D69EE2A" w14:textId="77777777" w:rsidR="009C79DC" w:rsidRDefault="009C79DC">
+          <w:p w:rsidR="009C79DC" w:rsidRDefault="009C79DC">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="91" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="13E2A24B" w14:textId="77777777" w:rsidR="009C79DC" w:rsidRDefault="00AD3BE1">
+          <w:p w:rsidR="009C79DC" w:rsidRDefault="00AD3BE1">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Kamera 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7878D369" w14:textId="77777777" w:rsidR="009C79DC" w:rsidRDefault="00AD3BE1">
+          <w:p w:rsidR="009C79DC" w:rsidRDefault="00AD3BE1">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="11" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E535DE0" w14:textId="77777777" w:rsidR="009C79DC" w:rsidRDefault="00E61AAA">
+          <w:p w:rsidR="009C79DC" w:rsidRDefault="00E61AAA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
-            <w:r>
-              <w:t>IIa. k</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>IIa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>. k</w:t>
             </w:r>
             <w:r w:rsidR="009139B9">
               <w:t xml:space="preserve">oridorius nuo pradinukų laiptinės </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C79DC" w14:paraId="1A6D26A0" w14:textId="77777777">
+      <w:tr w:rsidR="009C79DC">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4FFED07A" w14:textId="77777777" w:rsidR="009C79DC" w:rsidRDefault="009C79DC">
+          <w:p w:rsidR="009C79DC" w:rsidRDefault="009C79DC">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="91" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7D90A977" w14:textId="77777777" w:rsidR="009C79DC" w:rsidRDefault="00AD3BE1">
+          <w:p w:rsidR="009C79DC" w:rsidRDefault="00AD3BE1">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Kamera 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="31C22F92" w14:textId="77777777" w:rsidR="009C79DC" w:rsidRDefault="00AD3BE1">
+          <w:p w:rsidR="009C79DC" w:rsidRDefault="00AD3BE1">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="11" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="01A7B8E7" w14:textId="77777777" w:rsidR="009C79DC" w:rsidRDefault="00E61AAA">
+          <w:p w:rsidR="009C79DC" w:rsidRDefault="00E61AAA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
-            <w:r>
-              <w:t>IIa. holas nuo renginių salės link pasitarimų kab.</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>IIa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>. holas nuo renginių salės link pasitarimų kab.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C79DC" w14:paraId="52CEAA26" w14:textId="77777777">
+      <w:tr w:rsidR="009C79DC">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="686F7E26" w14:textId="77777777" w:rsidR="009C79DC" w:rsidRDefault="009C79DC">
+          <w:p w:rsidR="009C79DC" w:rsidRDefault="009C79DC">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="91" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="18475BB9" w14:textId="77777777" w:rsidR="009C79DC" w:rsidRDefault="00AD3BE1">
+          <w:p w:rsidR="009C79DC" w:rsidRDefault="00AD3BE1">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Kamera 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0496972F" w14:textId="77777777" w:rsidR="009C79DC" w:rsidRDefault="00AD3BE1">
+          <w:p w:rsidR="009C79DC" w:rsidRDefault="00AD3BE1">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="11" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2032AAC9" w14:textId="77777777" w:rsidR="009C79DC" w:rsidRDefault="00E61AAA">
+          <w:p w:rsidR="009C79DC" w:rsidRDefault="00E61AAA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
-            <w:r>
-              <w:t>Ia. valgyklos salė</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>. valgyklos salė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C79DC" w14:paraId="246C3A8B" w14:textId="77777777">
+      <w:tr w:rsidR="009C79DC">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5D62586F" w14:textId="77777777" w:rsidR="009C79DC" w:rsidRDefault="009C79DC">
+          <w:p w:rsidR="009C79DC" w:rsidRDefault="009C79DC">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="91" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="20E771FE" w14:textId="77777777" w:rsidR="009C79DC" w:rsidRDefault="00AD3BE1">
+          <w:p w:rsidR="009C79DC" w:rsidRDefault="00AD3BE1">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Kamera D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6A0CE4AE" w14:textId="77777777" w:rsidR="009C79DC" w:rsidRDefault="00AD3BE1">
+          <w:p w:rsidR="009C79DC" w:rsidRDefault="00AD3BE1">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="11" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0BADC506" w14:textId="77777777" w:rsidR="009C79DC" w:rsidRDefault="00E61AAA">
+          <w:p w:rsidR="009C79DC" w:rsidRDefault="00E61AAA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
-            <w:r>
-              <w:t>Ia. pradinukų holas link tualetų virš 126 kab.</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>. pradinukų holas link tualetų virš 126 kab.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C79DC" w14:paraId="1FB23AB4" w14:textId="77777777">
+      <w:tr w:rsidR="009C79DC">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="670EA549" w14:textId="77777777" w:rsidR="009C79DC" w:rsidRDefault="009C79DC">
+          <w:p w:rsidR="009C79DC" w:rsidRDefault="009C79DC">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="91" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="37E7C39A" w14:textId="77777777" w:rsidR="009C79DC" w:rsidRDefault="00AD3BE1">
+          <w:p w:rsidR="009C79DC" w:rsidRDefault="00AD3BE1">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Kamera D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5147BBDE" w14:textId="77777777" w:rsidR="009C79DC" w:rsidRDefault="00AD3BE1">
+          <w:p w:rsidR="009C79DC" w:rsidRDefault="00AD3BE1">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="11" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="47FF1415" w14:textId="77777777" w:rsidR="009C79DC" w:rsidRDefault="00E61AAA">
+          <w:p w:rsidR="009C79DC" w:rsidRDefault="00E61AAA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">. koridorius nuo budinčio link pradinukų </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>krpuso</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C79DC" w14:paraId="5BC3F731" w14:textId="77777777">
+      <w:tr w:rsidR="009C79DC">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1382D366" w14:textId="77777777" w:rsidR="009C79DC" w:rsidRDefault="009C79DC">
+          <w:p w:rsidR="009C79DC" w:rsidRDefault="009C79DC">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="91" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1CF4B8E3" w14:textId="77777777" w:rsidR="009C79DC" w:rsidRDefault="00AD3BE1">
+          <w:p w:rsidR="009C79DC" w:rsidRDefault="00AD3BE1">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Kamera D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7365A538" w14:textId="77777777" w:rsidR="009C79DC" w:rsidRDefault="00AD3BE1">
+          <w:p w:rsidR="009C79DC" w:rsidRDefault="00AD3BE1">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="11" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1D803D7F" w14:textId="77777777" w:rsidR="009C79DC" w:rsidRDefault="00E61AAA">
+          <w:p w:rsidR="009C79DC" w:rsidRDefault="00E61AAA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
-            <w:r>
-              <w:t>Ia. holas prie technologijų kab. virš 106 kab.</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>. holas prie technologijų kab. virš 106 kab.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C79DC" w14:paraId="1060B727" w14:textId="77777777">
+      <w:tr w:rsidR="009C79DC">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="07EF0CA3" w14:textId="77777777" w:rsidR="009C79DC" w:rsidRDefault="009C79DC">
+          <w:p w:rsidR="009C79DC" w:rsidRDefault="009C79DC">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="91" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="78C48A06" w14:textId="77777777" w:rsidR="009C79DC" w:rsidRDefault="00AD3BE1">
+          <w:p w:rsidR="009C79DC" w:rsidRDefault="00AD3BE1">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Kamera D10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26F00CF4" w14:textId="77777777" w:rsidR="009C79DC" w:rsidRDefault="00AD3BE1">
+          <w:p w:rsidR="009C79DC" w:rsidRDefault="00AD3BE1">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="11" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="622DC162" w14:textId="77777777" w:rsidR="009C79DC" w:rsidRDefault="00E61AAA">
+          <w:p w:rsidR="009C79DC" w:rsidRDefault="00E61AAA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
-            <w:r>
-              <w:t>IIa. koridorius nuo pavaduotojos link skaityklos virš 211 kab.</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>IIa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>. koridorius nuo pavaduotojos link skaityklos virš 211 kab.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C79DC" w14:paraId="63F62F9F" w14:textId="77777777">
+      <w:tr w:rsidR="009C79DC">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="695F11E1" w14:textId="77777777" w:rsidR="009C79DC" w:rsidRDefault="009C79DC">
+          <w:p w:rsidR="009C79DC" w:rsidRDefault="009C79DC">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="91" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7F3DE636" w14:textId="77777777" w:rsidR="009C79DC" w:rsidRDefault="00AD3BE1">
+          <w:p w:rsidR="009C79DC" w:rsidRDefault="00AD3BE1">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Kamera D12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="04B5A107" w14:textId="77777777" w:rsidR="009C79DC" w:rsidRDefault="00AD3BE1">
+          <w:p w:rsidR="009C79DC" w:rsidRDefault="00AD3BE1">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="11" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="46EF4350" w14:textId="77777777" w:rsidR="009C79DC" w:rsidRDefault="00E61AAA">
+          <w:p w:rsidR="009C79DC" w:rsidRDefault="00E61AAA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
-            <w:r>
-              <w:t>IIIa. koridorius nuo valytojų kambariuko į pietų pusę link muziejaus</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>IIIa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>. koridorius nuo valytojų kambariuko į pietų pusę link muziejaus</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C79DC" w14:paraId="0D2C1AB6" w14:textId="77777777">
+      <w:tr w:rsidR="009C79DC">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="768DE59D" w14:textId="77777777" w:rsidR="009C79DC" w:rsidRDefault="009C79DC">
+          <w:p w:rsidR="009C79DC" w:rsidRDefault="009C79DC">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="91" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3CAEA5BB" w14:textId="77777777" w:rsidR="009C79DC" w:rsidRDefault="00AD3BE1">
+          <w:p w:rsidR="009C79DC" w:rsidRDefault="00AD3BE1">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Kamera D13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1318CDC7" w14:textId="77777777" w:rsidR="009C79DC" w:rsidRDefault="00AD3BE1">
+          <w:p w:rsidR="009C79DC" w:rsidRDefault="00AD3BE1">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="11" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="399B12C6" w14:textId="77777777" w:rsidR="009C79DC" w:rsidRDefault="00E61AAA">
+          <w:p w:rsidR="009C79DC" w:rsidRDefault="00E61AAA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
-            <w:r>
-              <w:t>Ia. pagrindiniai laiptai, valgyklos ir sporto salės durys</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>. pagrindiniai laiptai, valgyklos ir sporto salės durys</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D52E2C" w14:paraId="3634C396" w14:textId="77777777">
+      <w:tr w:rsidR="00D52E2C">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9642" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7009775B" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Va</w:t>
             </w:r>
             <w:r w:rsidR="009C79DC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>izdo stebėjimas pastato išorėje</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D52E2C" w14:paraId="4C7CB9B5" w14:textId="77777777">
+      <w:tr w:rsidR="00D52E2C">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="21403021" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00D52E2C">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00D52E2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="91" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="36832546" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00E61AAA">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00E61AAA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Kamera 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6039CC9D" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00B15BBA">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00B15BBA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="11" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="246B893D" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00B15BBA">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00B15BBA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Ant sporto salės kampo matosi vidinis kiemelis</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D52E2C" w14:paraId="448813AE" w14:textId="77777777">
+      <w:tr w:rsidR="00D52E2C">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="67ED38B5" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00D52E2C">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00D52E2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="91" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="12A55D6F" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00E61AAA">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00E61AAA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Kamera 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6CFE3174" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00B15BBA">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00B15BBA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="11" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6EBC2FF1" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00B15BBA">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00B15BBA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:t>Mašinų aikštelė link šv.Cecilijos gimnazijos</w:t>
+              <w:t xml:space="preserve">Mašinų aikštelė link </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>šv.Cecilijos</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> gimnazijos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D52E2C" w14:paraId="4310435A" w14:textId="77777777">
+      <w:tr w:rsidR="00D52E2C">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3367E00A" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00D52E2C">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00D52E2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="91" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="330AB3B4" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00E61AAA">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00E61AAA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Kamera 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3C9CD296" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00B15BBA">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00B15BBA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="11" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6747A84B" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00B15BBA">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00B15BBA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Mašinų aikštelė prie konteinerių (vakarų pusė), ant sporto salės kampo</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D52E2C" w14:paraId="62676E97" w14:textId="77777777">
+      <w:tr w:rsidR="00D52E2C">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="61F4A212" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00D52E2C">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00D52E2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="91" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00FA663B" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00E61AAA">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00E61AAA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Kamera D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2130A92C" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00B15BBA">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00B15BBA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="11" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="62D6B841" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00B15BBA">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00B15BBA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Pagrindinis įėjimas (kiemelis) nuo pradinukų korpuso kampo</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D52E2C" w14:paraId="5DECA607" w14:textId="77777777">
+      <w:tr w:rsidR="00D52E2C">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="350A7843" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00D52E2C">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00D52E2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="120" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6DB48146" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00E61AAA">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00E61AAA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Kamera D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="40D03997" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00B15BBA">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00B15BBA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="11" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0F3E23B6" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00B15BBA">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00B15BBA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Varteliai, šaligatvis link traukinių stoties (rytų pusė)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D52E2C" w14:paraId="62283810" w14:textId="77777777">
+      <w:tr w:rsidR="00D52E2C">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5AAA3B20" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00D52E2C">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00D52E2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="91" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4FAB19A2" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00E61AAA">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00E61AAA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Kamera D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="720341FA" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00B15BBA">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00B15BBA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="11" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="020703C4" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00B15BBA">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00B15BBA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Pagrindiniai vartai (šiaurės pusė)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D52E2C" w14:paraId="7EA0AF5F" w14:textId="77777777">
+      <w:tr w:rsidR="00D52E2C">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3BFBB10E" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00D52E2C">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00D52E2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="91" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="41C43E80" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00E61AAA">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00E61AAA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Kamera D7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="209E9B3B" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00B15BBA">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00B15BBA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="11" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7FB5DB08" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00B15BBA">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00B15BBA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Stadionas, vakarų pusė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D52E2C" w14:paraId="761A73C7" w14:textId="77777777">
+      <w:tr w:rsidR="00D52E2C">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7574DE3F" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00D52E2C">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00D52E2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="91" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1F7F1824" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00E61AAA">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00E61AAA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Kamera D8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="69CDDD4A" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00B15BBA">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00B15BBA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="11" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="19AF5346" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00B15BBA">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00B15BBA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Iš šiaurės pusės kampas ir stadionas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D52E2C" w14:paraId="5D75FA47" w14:textId="77777777">
+      <w:tr w:rsidR="00D52E2C">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6FD880D7" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00D52E2C">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00D52E2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="91" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5FD3B981" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00E61AAA">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00E61AAA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Kamera D9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="58807E60" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00B15BBA">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00B15BBA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="11" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="547D1406" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00B15BBA" w:rsidP="00B15BBA">
+          <w:p w:rsidR="00D52E2C" w:rsidRDefault="00B15BBA" w:rsidP="00B15BBA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Varteliai ir šaligatvis, pietų pusė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C79DC" w14:paraId="4B0F1F8A" w14:textId="77777777">
+      <w:tr w:rsidR="009C79DC">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="120F564E" w14:textId="77777777" w:rsidR="009C79DC" w:rsidRDefault="009C79DC">
+          <w:p w:rsidR="009C79DC" w:rsidRDefault="009C79DC">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="91" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="716EA003" w14:textId="77777777" w:rsidR="009C79DC" w:rsidRDefault="00E61AAA">
+          <w:p w:rsidR="009C79DC" w:rsidRDefault="00E61AAA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Kamera D11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3BFD7D57" w14:textId="77777777" w:rsidR="009C79DC" w:rsidRDefault="00B15BBA">
+          <w:p w:rsidR="009C79DC" w:rsidRDefault="00B15BBA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="11" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="06BE3BF7" w14:textId="77777777" w:rsidR="009C79DC" w:rsidRDefault="00B15BBA">
+          <w:p w:rsidR="009C79DC" w:rsidRDefault="00B15BBA">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:t>Įėjimas į mokyklą iš pietų pusės (prie direktoriaus)</w:t>
-[...385 lines deleted...]
-            </w:pPr>
+              <w:t>Įėjimas į</w:t>
+            </w:r>
+            <w:r w:rsidR="006546EB">
+              <w:t xml:space="preserve"> progimnaziją</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> iš pietų pusės (prie direktoriaus)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="53269A1D" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AF32128" w14:textId="77777777" w:rsidR="00D52E2C" w:rsidRDefault="00420684">
+    <w:p w:rsidR="00D52E2C" w:rsidRDefault="00420684" w:rsidP="006546EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="3015" w:right="3010" w:hanging="10"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">______________________ </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">______________________  </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D52E2C">
       <w:headerReference w:type="even" r:id="rId11"/>
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11904" w:h="16838"/>
       <w:pgMar w:top="723" w:right="558" w:bottom="1369" w:left="1700" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="72CC98BD" w14:textId="77777777" w:rsidR="008519B7" w:rsidRDefault="008519B7">
+    <w:p w:rsidR="00B2500D" w:rsidRDefault="00B2500D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2F583324" w14:textId="77777777" w:rsidR="008519B7" w:rsidRDefault="008519B7">
+    <w:p w:rsidR="00B2500D" w:rsidRDefault="00B2500D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6E6332F3" w14:textId="77777777" w:rsidR="008519B7" w:rsidRDefault="008519B7">
+    <w:p w:rsidR="00B2500D" w:rsidRDefault="00B2500D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="03737449" w14:textId="77777777" w:rsidR="008519B7" w:rsidRDefault="008519B7">
+    <w:p w:rsidR="00B2500D" w:rsidRDefault="00B2500D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="7B05CFE5" w14:textId="77777777" w:rsidR="00DF0827" w:rsidRDefault="00DF0827">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00DF0827" w:rsidRDefault="00DF0827">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="11" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="5486BEEC" w14:textId="77777777" w:rsidR="00DF0827" w:rsidRDefault="00DF0827">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00DF0827" w:rsidRDefault="00DF0827">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="11" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00B15BBA" w:rsidRPr="00B15BBA">
+    <w:r w:rsidR="00C233DF" w:rsidRPr="00C233DF">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="3EB99860" w14:textId="77777777" w:rsidR="00DF0827" w:rsidRDefault="00DF0827">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00DF0827" w:rsidRDefault="00DF0827">
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1B716175"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="423EB84C"/>
     <w:lvl w:ilvl="0" w:tplc="B4C0A0E2">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
@@ -5410,162 +5258,166 @@
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5967"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1777480135">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1526167902">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1344823121">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D52E2C"/>
     <w:rsid w:val="000C7851"/>
     <w:rsid w:val="00174CF8"/>
+    <w:rsid w:val="001A3EC5"/>
     <w:rsid w:val="00285330"/>
-    <w:rsid w:val="003F45E0"/>
     <w:rsid w:val="00402526"/>
     <w:rsid w:val="00420684"/>
     <w:rsid w:val="00573046"/>
+    <w:rsid w:val="006546EB"/>
     <w:rsid w:val="00671921"/>
     <w:rsid w:val="0067725D"/>
     <w:rsid w:val="006C1234"/>
     <w:rsid w:val="007035B9"/>
+    <w:rsid w:val="00772030"/>
     <w:rsid w:val="0078515C"/>
     <w:rsid w:val="008519B7"/>
+    <w:rsid w:val="00901C5D"/>
     <w:rsid w:val="009139B9"/>
     <w:rsid w:val="009C79DC"/>
     <w:rsid w:val="00A652F0"/>
     <w:rsid w:val="00A94EB2"/>
     <w:rsid w:val="00AD3BE1"/>
     <w:rsid w:val="00B15BBA"/>
+    <w:rsid w:val="00B2500D"/>
     <w:rsid w:val="00C22F47"/>
+    <w:rsid w:val="00C233DF"/>
     <w:rsid w:val="00CB2C22"/>
     <w:rsid w:val="00CD19A1"/>
     <w:rsid w:val="00D52E2C"/>
     <w:rsid w:val="00DF0827"/>
     <w:rsid w:val="00E61AAA"/>
     <w:rsid w:val="00EB7D9C"/>
-    <w:rsid w:val="00F056FB"/>
     <w:rsid w:val="00F57627"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="323A63F3"/>
+  <w14:docId w14:val="1E1F314E"/>
   <w15:docId w15:val="{AA034991-C81D-4444-AEBA-3795824E7285}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5893,55 +5745,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="10" w:line="267" w:lineRule="auto"/>
       <w:ind w:left="3005" w:firstLine="557"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -6011,51 +5858,51 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DebesliotekstasDiagrama">
     <w:name w:val="Debesėlio tekstas Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Debesliotekstas"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007035B9"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:color w:val="000000"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.118.lt/imones/g4s-lietuva-uab-saugos-tarnyba/5294897?actionId=30" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.118.lt/imones/g4s-lietuva-uab-saugos-tarnyba/5294897?actionId=30" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kybartupagmok.com/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rytomok.lt" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -6286,70 +6133,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>3885</Characters>
+  <Pages>1</Pages>
+  <Words>6828</Words>
+  <Characters>3893</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>32</Lines>
   <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10679</CharactersWithSpaces>
+  <CharactersWithSpaces>10700</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sekretore</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>