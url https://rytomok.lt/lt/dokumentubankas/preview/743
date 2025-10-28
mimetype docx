--- v0 (2025-10-04)
+++ v1 (2025-10-28)
@@ -1,369 +1,412 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="417A8A33" w14:textId="77777777" w:rsidR="00E2226B" w:rsidRDefault="00E2226B" w:rsidP="003200DD">
+    <w:p w:rsidR="00E2226B" w:rsidRDefault="00E2226B" w:rsidP="003200DD">
       <w:pPr>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5040"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="5040"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:caps/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:caps/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PATVIRTINTA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1514A4F1" w14:textId="77777777" w:rsidR="00E2226B" w:rsidRDefault="00BD24C7" w:rsidP="00E2226B">
+    <w:p w:rsidR="00E2226B" w:rsidRDefault="00BD24C7" w:rsidP="00E2226B">
       <w:pPr>
         <w:keepLines/>
         <w:suppressAutoHyphens/>
         <w:ind w:left="5040"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:caps/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>arijampolės ,,Ryto“ pagrindinės mokyklos</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="54085FEE" w14:textId="7A620401" w:rsidR="00E2226B" w:rsidRDefault="00203E36" w:rsidP="00E2226B">
+        <w:t xml:space="preserve">arijampolės ,,Ryto“ </w:t>
+      </w:r>
+      <w:r w:rsidR="00021E1D">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2226B" w:rsidRDefault="00203E36" w:rsidP="00E2226B">
       <w:pPr>
         <w:keepLines/>
         <w:suppressAutoHyphens/>
         <w:ind w:left="5040"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>direktoriaus 2023</w:t>
+        <w:t>direktoriaus 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00191797">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00BD24C7">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> m.</w:t>
       </w:r>
-      <w:r w:rsidR="00915C1E">
-[...18 lines deleted...]
-        <w:t xml:space="preserve">30 </w:t>
+      <w:r w:rsidR="00DC1D12">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sausio 6 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60551802" w14:textId="6D50004C" w:rsidR="00E2226B" w:rsidRDefault="00BD24C7" w:rsidP="00E2226B">
+    <w:p w:rsidR="00E2226B" w:rsidRDefault="00BD24C7" w:rsidP="00E2226B">
       <w:pPr>
         <w:keepLines/>
         <w:suppressAutoHyphens/>
         <w:ind w:left="5040"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:caps/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>įsakymu Nr.</w:t>
       </w:r>
       <w:r w:rsidR="00203E36">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> V-</w:t>
       </w:r>
-      <w:r w:rsidR="00915C1E">
-[...7 lines deleted...]
-    <w:p w14:paraId="3B86E9CE" w14:textId="77777777" w:rsidR="00E2226B" w:rsidRDefault="00E2226B" w:rsidP="00E2226B">
+      <w:r w:rsidR="00DC1D12">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00E2226B" w:rsidRDefault="00E2226B" w:rsidP="00E2226B">
       <w:pPr>
         <w:keepLines/>
         <w:suppressAutoHyphens/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41C45EF3" w14:textId="77777777" w:rsidR="00E2226B" w:rsidRDefault="00E2226B" w:rsidP="00E2226B">
+    <w:p w:rsidR="00E2226B" w:rsidRDefault="00E2226B" w:rsidP="00E2226B">
       <w:pPr>
         <w:keepLines/>
         <w:suppressAutoHyphens/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="257B6553" w14:textId="77777777" w:rsidR="00E2226B" w:rsidRDefault="00BD24C7" w:rsidP="00E2226B">
+    <w:p w:rsidR="00E2226B" w:rsidRDefault="00BD24C7" w:rsidP="00E2226B">
       <w:pPr>
         <w:keepLines/>
         <w:suppressAutoHyphens/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>MARIJAMPOLĖS ,,RYTO“ PAGRINDINĖS MOKYKLOS</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="09EADADA" w14:textId="77777777" w:rsidR="00E2226B" w:rsidRDefault="00E2226B" w:rsidP="00E2226B">
+        <w:t xml:space="preserve">MARIJAMPOLĖS ,,RYTO“ </w:t>
+      </w:r>
+      <w:r w:rsidR="00021E1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PROGIMNAZIJOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2226B" w:rsidRDefault="00E2226B" w:rsidP="00E2226B">
       <w:pPr>
         <w:keepLines/>
         <w:suppressAutoHyphens/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DARBUOTOJŲ PAREIGŲ PAŽEIDIMO FIKSAVIMO, TYRIMO IR DARBUOTOJŲ ĮSPĖJIMO DĖL ĮVYKDYTŲ PAŽEIDIMŲ, Tvarkos aprašas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11DA8B6E" w14:textId="77777777" w:rsidR="00E2226B" w:rsidRDefault="00E2226B" w:rsidP="00E2226B"/>
-    <w:p w14:paraId="0823B136" w14:textId="77777777" w:rsidR="00E2226B" w:rsidRDefault="00E2226B" w:rsidP="00E2226B">
+    <w:p w:rsidR="00E2226B" w:rsidRDefault="00E2226B" w:rsidP="00E2226B"/>
+    <w:p w:rsidR="00E2226B" w:rsidRDefault="00E2226B" w:rsidP="00E2226B">
       <w:pPr>
         <w:keepLines/>
         <w:suppressAutoHyphens/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C522B93" w14:textId="77777777" w:rsidR="00E2226B" w:rsidRDefault="00E2226B" w:rsidP="00E2226B">
+    <w:p w:rsidR="00E2226B" w:rsidRDefault="00E2226B" w:rsidP="00E2226B">
       <w:pPr>
         <w:keepLines/>
         <w:suppressAutoHyphens/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> BENDROSIOS NUOSTATOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="575E80C4" w14:textId="77777777" w:rsidR="002C2F07" w:rsidRDefault="0090125D" w:rsidP="003467C5">
+    <w:p w:rsidR="002C2F07" w:rsidRDefault="00DC1D12" w:rsidP="003467C5">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F7EBB4A" w14:textId="77777777" w:rsidR="003467C5" w:rsidRPr="004E18C2" w:rsidRDefault="003F5FE9" w:rsidP="004E18C2">
+    <w:p w:rsidR="003467C5" w:rsidRPr="004E18C2" w:rsidRDefault="003F5FE9" w:rsidP="004E18C2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidR="00BD24C7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Marijampolės ,,Ryto“ pagrindinė mokykla  (toliau – Mokykla</w:t>
+        <w:t xml:space="preserve">Marijampolės ,,Ryto“ </w:t>
+      </w:r>
+      <w:r w:rsidR="00021E1D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazija</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD24C7">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  (toliau – </w:t>
+      </w:r>
+      <w:r w:rsidR="00021E1D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Progimnazija</w:t>
       </w:r>
       <w:r w:rsidR="003467C5" w:rsidRPr="004E18C2">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) Darbuotojų </w:t>
       </w:r>
       <w:r w:rsidR="003467C5" w:rsidRPr="004E18C2">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pareigų pažeidimo fiksavimo, tyrimo ir darbuotojų įspėjimo dėl įvykdytų pažeidimų, tvarkos aprašas (toliau – Aprašas) reglamentuoja</w:t>
       </w:r>
       <w:r w:rsidR="00FB5958" w:rsidRPr="004E18C2">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, kad darbo drau</w:t>
       </w:r>
       <w:r w:rsidR="00BD24C7">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>smė, tai sklandaus Mokyklos</w:t>
+        <w:t xml:space="preserve">smė, tai sklandaus </w:t>
+      </w:r>
+      <w:r w:rsidR="00021E1D">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="00FB5958" w:rsidRPr="004E18C2">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> darbo garantas, administracijos ir darbuotojų savitarpio supratimas, kad darbo </w:t>
       </w:r>
       <w:r w:rsidR="00BD24C7">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>drausmė yra būtina Mokyklos</w:t>
+        <w:t xml:space="preserve">drausmė yra būtina </w:t>
+      </w:r>
+      <w:r w:rsidR="00021E1D">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="00FB5958" w:rsidRPr="004E18C2">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> kolektyvo veiklos sąlyga</w:t>
       </w:r>
       <w:r w:rsidR="004E18C2">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00FB5958" w:rsidRPr="004E18C2">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E18C2" w:rsidRPr="004E18C2">
         <w:rPr>
           <w:szCs w:val="24"/>
@@ -371,126 +414,132 @@
         <w:t>tinkamą darbinę atmosferą</w:t>
       </w:r>
       <w:r w:rsidR="004E18C2">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E18C2" w:rsidRPr="004E18C2">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>darbuotojų kole</w:t>
       </w:r>
       <w:r w:rsidR="004E18C2">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ktyve, taip pat klaidų </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004E18C2">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>išvengiamumą</w:t>
+        <w:t>išvengiamum</w:t>
+      </w:r>
+      <w:r w:rsidR="00021E1D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ą</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="004E18C2">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E18C2" w:rsidRPr="004E18C2">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>taikant drausmines nuobaudas atskiriems darbuotojams</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BE3E8CA" w14:textId="77777777" w:rsidR="00FB5958" w:rsidRPr="004E18C2" w:rsidRDefault="00FB5958" w:rsidP="004E18C2">
+    <w:p w:rsidR="00FB5958" w:rsidRPr="004E18C2" w:rsidRDefault="00FB5958" w:rsidP="004E18C2">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="11665E3C" w14:textId="77777777" w:rsidR="002135D8" w:rsidRPr="002135D8" w:rsidRDefault="002135D8" w:rsidP="002135D8">
+    <w:p w:rsidR="002135D8" w:rsidRPr="002135D8" w:rsidRDefault="002135D8" w:rsidP="002135D8">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002135D8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>II SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F39D6E6" w14:textId="77777777" w:rsidR="002135D8" w:rsidRDefault="002135D8" w:rsidP="002135D8">
+    <w:p w:rsidR="002135D8" w:rsidRDefault="002135D8" w:rsidP="002135D8">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002135D8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SĄVOKOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08F60AC0" w14:textId="77777777" w:rsidR="002135D8" w:rsidRPr="002135D8" w:rsidRDefault="002135D8" w:rsidP="002135D8">
+    <w:p w:rsidR="002135D8" w:rsidRPr="002135D8" w:rsidRDefault="002135D8" w:rsidP="002135D8">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62072F61" w14:textId="77777777" w:rsidR="002135D8" w:rsidRPr="002135D8" w:rsidRDefault="003F5FE9" w:rsidP="002135D8">
+    <w:p w:rsidR="002135D8" w:rsidRPr="002135D8" w:rsidRDefault="003F5FE9" w:rsidP="002135D8">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r w:rsidR="002135D8" w:rsidRPr="002135D8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Darbo drausmė</w:t>
@@ -523,51 +572,51 @@
         </w:rPr>
         <w:t>ntykius, jų teises  ir pareigas</w:t>
       </w:r>
       <w:r w:rsidR="002135D8" w:rsidRPr="002135D8">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir konkretaus darbuotojo pareiga vykdyti teisės normų aktų reikalavimus, o pasirašius darbo sutartį, įgyti LR DK numatytas teises, kartu įgyjant pareigą paklusti numatytai </w:t>
       </w:r>
       <w:r w:rsidR="002135D8">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="002135D8" w:rsidRPr="002135D8">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> vidaus tvarkai, teisėtiems darbdavio nurodymams.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48B18EF4" w14:textId="77777777" w:rsidR="00D75257" w:rsidRPr="00E40A05" w:rsidRDefault="003F5FE9" w:rsidP="002135D8">
+    <w:p w:rsidR="00D75257" w:rsidRPr="00E40A05" w:rsidRDefault="003F5FE9" w:rsidP="002135D8">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:r w:rsidR="00D75257">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00D75257" w:rsidRPr="00D75257">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -576,438 +625,452 @@
       </w:r>
       <w:r w:rsidR="00D75257">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="00D75257" w:rsidRPr="00D75257">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D75257" w:rsidRPr="00E40A05">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>darbinių pareigų nevykdymas arba netinkamas jų atlikimas dėl darbuotojo kaltės, taip pat darbo, saugos ir sveikatos norminių teisės aktų, bei darbų organizavimo ir vykdymo taisyklių, instrukcijų reikalavimų nesilaikymas</w:t>
       </w:r>
       <w:r w:rsidR="00D75257" w:rsidRPr="001E4195">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EC60400" w14:textId="77777777" w:rsidR="002135D8" w:rsidRDefault="003F5FE9" w:rsidP="00821CF9">
+    <w:p w:rsidR="002135D8" w:rsidRDefault="003F5FE9" w:rsidP="00821CF9">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">4. </w:t>
       </w:r>
       <w:r w:rsidR="002135D8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Drausminė</w:t>
       </w:r>
       <w:r w:rsidR="002135D8" w:rsidRPr="002135D8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> atsakomybė</w:t>
       </w:r>
       <w:r w:rsidR="002135D8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002135D8" w:rsidRPr="00FB5958">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">– viena iš teisinės atsakomybės rūšių, taikoma, kai darbdavys ir darbuotojas yra susiję darbo teisiniais santykiais ir taikoma tik esant darbo drausmės pažeidimui (darbo pareigų nevykdymas ar netinkamas jų </w:t>
       </w:r>
       <w:r w:rsidR="002135D8">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>vykdymas dėl darbuotojo kaltės).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D945A46" w14:textId="77777777" w:rsidR="00821CF9" w:rsidRPr="001E4195" w:rsidRDefault="003F5FE9" w:rsidP="00821CF9">
+    <w:p w:rsidR="00821CF9" w:rsidRPr="001E4195" w:rsidRDefault="003F5FE9" w:rsidP="00821CF9">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">5. </w:t>
       </w:r>
       <w:r w:rsidR="00821CF9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00821CF9" w:rsidRPr="00821CF9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">rausminės atsakomybės sąlygos: </w:t>
       </w:r>
       <w:r w:rsidR="00821CF9" w:rsidRPr="00821CF9">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>darbuotojo konkreti neteisėta veika (veiksmai ar neveikimas); jos žalingos pasekmės; priežastinis ryšys tarp to darbuotojo neteisėtos veikos ir jos žalingų pasekmių; darbuotojo kaltė</w:t>
       </w:r>
       <w:r w:rsidR="00821CF9" w:rsidRPr="001E4195">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F582D4F" w14:textId="77777777" w:rsidR="00B22981" w:rsidRDefault="00B22981" w:rsidP="00821CF9">
+    <w:p w:rsidR="00B22981" w:rsidRDefault="00B22981" w:rsidP="00821CF9">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="24CF0F89" w14:textId="77777777" w:rsidR="00B22981" w:rsidRPr="00B22981" w:rsidRDefault="00B22981" w:rsidP="00B22981">
+    <w:p w:rsidR="00B22981" w:rsidRPr="00B22981" w:rsidRDefault="00B22981" w:rsidP="00B22981">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B22981">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>II</w:t>
       </w:r>
       <w:r w:rsidR="00597337">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="00B22981">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3693BA89" w14:textId="77777777" w:rsidR="00B22981" w:rsidRDefault="00B22981" w:rsidP="002937BC">
+    <w:p w:rsidR="00B22981" w:rsidRDefault="00B22981" w:rsidP="002937BC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">TIKSLAS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C67E359" w14:textId="77777777" w:rsidR="00B22981" w:rsidRDefault="00B22981" w:rsidP="00B22981">
+    <w:p w:rsidR="00B22981" w:rsidRDefault="00B22981" w:rsidP="00B22981">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1889B569" w14:textId="77777777" w:rsidR="00841263" w:rsidRDefault="003F5FE9" w:rsidP="003200DD">
+    <w:p w:rsidR="00841263" w:rsidRDefault="003F5FE9" w:rsidP="003200DD">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00D72F4A">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00B22981">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Aprašo tikslas – nuobaudos darbuotojams už darbo drausmės pažeidimus, netinkamą pareigų vykdymą bus </w:t>
       </w:r>
       <w:r w:rsidR="00841263">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">teisingos, skiriamos, vadovaujantis Lietuvos Respublikoje galiojančiais įstatymais ir </w:t>
       </w:r>
       <w:r w:rsidR="00B83948">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>teisiniais aktais, Mokyklos</w:t>
+        <w:t xml:space="preserve">teisiniais aktais, </w:t>
+      </w:r>
+      <w:r w:rsidR="00021E1D">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="00841263">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vidaus tvarką reglamentuojančiais dokume</w:t>
       </w:r>
       <w:r w:rsidR="00756AFC">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ntais (Darbo tvarkos taisyklės,</w:t>
       </w:r>
       <w:r w:rsidR="00841263">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pedagogų etikos kodeksas, pareigybių aprašymai ir pan.), </w:t>
       </w:r>
       <w:r w:rsidR="00B22981">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>veiksmingos, t. y. atitiks aukl</w:t>
       </w:r>
       <w:r w:rsidR="00841263">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ėjamąją ir prevencinę funkcijas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76013C15" w14:textId="77777777" w:rsidR="00B22981" w:rsidRDefault="00B22981" w:rsidP="00B22981">
+    <w:p w:rsidR="00B22981" w:rsidRDefault="00B22981" w:rsidP="00B22981">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="286AE1A6" w14:textId="77777777" w:rsidR="002937BC" w:rsidRDefault="00D244C7" w:rsidP="002937BC">
+    <w:p w:rsidR="002937BC" w:rsidRDefault="00D244C7" w:rsidP="002937BC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>IV</w:t>
       </w:r>
       <w:r w:rsidR="002937BC" w:rsidRPr="002937BC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00756AFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="275F6610" w14:textId="77777777" w:rsidR="00756AFC" w:rsidRPr="002937BC" w:rsidRDefault="00756AFC" w:rsidP="002937BC">
+    <w:p w:rsidR="00756AFC" w:rsidRPr="002937BC" w:rsidRDefault="00756AFC" w:rsidP="002937BC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">DARBO </w:t>
       </w:r>
       <w:r w:rsidR="00160240">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">TVARKOS IR </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DRAUSMĖS UŽTIKRINIMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11DB359A" w14:textId="77777777" w:rsidR="00B22981" w:rsidRPr="00BA498C" w:rsidRDefault="00B22981" w:rsidP="00B22981">
+    <w:p w:rsidR="00B22981" w:rsidRPr="00BA498C" w:rsidRDefault="00B22981" w:rsidP="00B22981">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21A41ADB" w14:textId="77777777" w:rsidR="00D72F4A" w:rsidRDefault="003F5FE9" w:rsidP="003200DD">
+    <w:p w:rsidR="00D72F4A" w:rsidRDefault="003F5FE9" w:rsidP="003200DD">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00D72F4A">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00756AFC" w:rsidRPr="00BA498C">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Darbo </w:t>
       </w:r>
       <w:r w:rsidR="00B83948">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>tvarka ir drausmė Mokykloje</w:t>
+        <w:t xml:space="preserve">tvarka ir drausmė </w:t>
+      </w:r>
+      <w:r w:rsidR="00021E1D">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Progimnazijoje</w:t>
       </w:r>
       <w:r w:rsidR="00756AFC" w:rsidRPr="00BA498C">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> užtikrinama</w:t>
       </w:r>
       <w:r w:rsidR="00D72F4A">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FA70918" w14:textId="77777777" w:rsidR="00BA498C" w:rsidRDefault="003F5FE9" w:rsidP="003200DD">
+    <w:p w:rsidR="00BA498C" w:rsidRDefault="003F5FE9" w:rsidP="003200DD">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00D72F4A">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.1.</w:t>
       </w:r>
       <w:r w:rsidR="00756AFC" w:rsidRPr="00BA498C">
         <w:rPr>
           <w:bCs/>
@@ -1288,51 +1351,51 @@
       <w:r w:rsidR="00BA498C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir </w:t>
       </w:r>
       <w:r w:rsidR="00BA498C" w:rsidRPr="00BA498C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>socialines</w:t>
       </w:r>
       <w:r w:rsidR="00BA498C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> proble</w:t>
       </w:r>
       <w:r w:rsidR="00D72F4A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mas;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3614A6C6" w14:textId="77777777" w:rsidR="007C5E74" w:rsidRPr="00BA498C" w:rsidRDefault="003F5FE9" w:rsidP="003200DD">
+    <w:p w:rsidR="007C5E74" w:rsidRPr="00BA498C" w:rsidRDefault="003F5FE9" w:rsidP="003200DD">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="007C5E74">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D72F4A">
         <w:rPr>
           <w:szCs w:val="24"/>
@@ -1399,51 +1462,58 @@
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="007C5E74" w:rsidRPr="007C5E74">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="007C5E74">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> darbo tvarkos ta</w:t>
       </w:r>
       <w:r w:rsidR="00B83948">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>isyklėmis, kitais mokykloje</w:t>
+        <w:t xml:space="preserve">isyklėmis, kitais </w:t>
+      </w:r>
+      <w:r w:rsidR="00021E1D">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijoje</w:t>
       </w:r>
       <w:r w:rsidR="007C5E74">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007C5E74" w:rsidRPr="007C5E74">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>galiojanči</w:t>
       </w:r>
       <w:r w:rsidR="007C5E74">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ais aktais, reglamentuojančiais </w:t>
       </w:r>
       <w:r w:rsidR="007C5E74" w:rsidRPr="007C5E74">
         <w:rPr>
           <w:bCs/>
@@ -1481,51 +1551,51 @@
       <w:r w:rsidR="00D72F4A" w:rsidRPr="00D72F4A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>funkcijomis ir kitomis</w:t>
       </w:r>
       <w:r w:rsidR="00D72F4A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> būtinomis darbo sutarties </w:t>
       </w:r>
       <w:r w:rsidR="00D72F4A" w:rsidRPr="00D72F4A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sąlygomis</w:t>
       </w:r>
       <w:r w:rsidR="00D72F4A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="514ED797" w14:textId="77777777" w:rsidR="00756AFC" w:rsidRDefault="003F5FE9" w:rsidP="003200DD">
+    <w:p w:rsidR="00756AFC" w:rsidRDefault="003F5FE9" w:rsidP="003200DD">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00D72F4A">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00FC1C11">
         <w:rPr>
           <w:bCs/>
@@ -1540,110 +1610,110 @@
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00672F36">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">taikant drausminio poveikio priemonės </w:t>
       </w:r>
       <w:r w:rsidR="00C14A75">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>darbuotojams, pažeidusiems darbo tvarką ir drausmę</w:t>
       </w:r>
       <w:r w:rsidR="00756AFC">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58B197A4" w14:textId="77777777" w:rsidR="00395068" w:rsidRDefault="00395068" w:rsidP="00BA498C">
+    <w:p w:rsidR="00395068" w:rsidRDefault="00395068" w:rsidP="00BA498C">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="30135BFA" w14:textId="77777777" w:rsidR="001410B9" w:rsidRDefault="001410B9" w:rsidP="00BA498C">
+    <w:p w:rsidR="001410B9" w:rsidRDefault="001410B9" w:rsidP="00BA498C">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>V SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71BC40C9" w14:textId="77777777" w:rsidR="00F214ED" w:rsidRPr="00BA498C" w:rsidRDefault="00BA498C" w:rsidP="00BA498C">
+    <w:p w:rsidR="00F214ED" w:rsidRPr="00BA498C" w:rsidRDefault="00BA498C" w:rsidP="00BA498C">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA498C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DARBUOTOJŲ PAREIGOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E0E5D59" w14:textId="77777777" w:rsidR="00BA498C" w:rsidRDefault="00BA498C" w:rsidP="00BA498C">
+    <w:p w:rsidR="00BA498C" w:rsidRDefault="00BA498C" w:rsidP="00BA498C">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="682002C2" w14:textId="77777777" w:rsidR="007C5E74" w:rsidRDefault="00944237" w:rsidP="003200DD">
+    <w:p w:rsidR="007C5E74" w:rsidRDefault="00944237" w:rsidP="003200DD">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="007C5E74">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="007C5E74">
@@ -1696,299 +1766,314 @@
       </w:r>
       <w:r w:rsidR="007C5E74" w:rsidRPr="00395068">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>drausmės, darbuo</w:t>
       </w:r>
       <w:r w:rsidR="007C5E74">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">tojų </w:t>
       </w:r>
       <w:r w:rsidR="007C5E74" w:rsidRPr="00395068">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sa</w:t>
       </w:r>
       <w:r w:rsidR="007C5E74">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ugos ir sveikatos norminių aktų reikalavimų, taip pat tausoti </w:t>
       </w:r>
-      <w:r w:rsidR="00B83948">
-[...3 lines deleted...]
-        <w:t>mokyklos</w:t>
+      <w:r w:rsidR="00021E1D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="008B5A67">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> jam patikėtą</w:t>
       </w:r>
       <w:r w:rsidR="007C5E74" w:rsidRPr="00395068">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> turtą.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F16CE1B" w14:textId="77777777" w:rsidR="008B5A67" w:rsidRPr="00395068" w:rsidRDefault="00944237" w:rsidP="003200DD">
+    <w:p w:rsidR="008B5A67" w:rsidRPr="00395068" w:rsidRDefault="00944237" w:rsidP="003200DD">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="008B5A67">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Dirbti nekonkuruodami su kolegomis, neperduoti tretiems asmenims konfidencialios informacijos</w:t>
       </w:r>
       <w:r w:rsidR="00A92FF7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="008B5A67">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> kitų darbuotojų asmeninių duomenų, darbe vadovautis</w:t>
       </w:r>
       <w:r w:rsidR="00B83948">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> mokykloje</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00021E1D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijoje</w:t>
       </w:r>
       <w:r w:rsidR="0084730C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> veikiančiais, direktoriaus patvirtintais vidaus norminiais dokumentais</w:t>
       </w:r>
       <w:r w:rsidR="00B83948">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (viešai skelbiama mokyklos</w:t>
+        <w:t xml:space="preserve"> (viešai skelbiama </w:t>
+      </w:r>
+      <w:r w:rsidR="00021E1D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="0084730C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> internetinėje svetainėje).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18ED9E6E" w14:textId="77777777" w:rsidR="00BA498C" w:rsidRDefault="00BA498C" w:rsidP="00BA498C">
+    <w:p w:rsidR="00BA498C" w:rsidRDefault="00BA498C" w:rsidP="00BA498C">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6EE39369" w14:textId="77777777" w:rsidR="008B5A67" w:rsidRDefault="008B5A67" w:rsidP="00E21197">
+    <w:p w:rsidR="008B5A67" w:rsidRDefault="008B5A67" w:rsidP="00E21197">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>VI SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B9B1EDA" w14:textId="77777777" w:rsidR="00BA498C" w:rsidRPr="00BA498C" w:rsidRDefault="00BA498C" w:rsidP="00E21197">
+    <w:p w:rsidR="00BA498C" w:rsidRPr="00BA498C" w:rsidRDefault="00BA498C" w:rsidP="00E21197">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA498C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DARBDAVIO PAREIGOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78FB66D6" w14:textId="77777777" w:rsidR="00BA498C" w:rsidRDefault="00BA498C" w:rsidP="00BA498C">
+    <w:p w:rsidR="00BA498C" w:rsidRDefault="00BA498C" w:rsidP="00BA498C">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5FA5112F" w14:textId="77777777" w:rsidR="008B5A67" w:rsidRDefault="00944237" w:rsidP="003200DD">
+    <w:p w:rsidR="008B5A67" w:rsidRDefault="00944237" w:rsidP="003200DD">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidR="00E93699">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="008B5A67">
         <w:t xml:space="preserve">Darbdavys privalo </w:t>
       </w:r>
       <w:r w:rsidR="00E93699">
         <w:t xml:space="preserve">tinkamai organizuoti darbuotojų darbą, darbuotojus aprūpinti apsaugos priemonėmis, sudaryti saugias bei nekenksmingas darbo sąlygas, rūpintis darbuotojų poreikiais, laikytis įstatymų, reglamentuojančių darbuotojų saugą ir sveikatą bei kitų teisės aktų reikalavimų. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A911236" w14:textId="77777777" w:rsidR="008B5A67" w:rsidRDefault="008B5A67" w:rsidP="00E93699">
+    <w:p w:rsidR="008B5A67" w:rsidRDefault="008B5A67" w:rsidP="00E93699">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A748F2A" w14:textId="77777777" w:rsidR="00EF485B" w:rsidRDefault="00EF485B" w:rsidP="00E93699">
+    <w:p w:rsidR="00EF485B" w:rsidRDefault="00EF485B" w:rsidP="00E93699">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>VII SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34A5072A" w14:textId="77777777" w:rsidR="00EF485B" w:rsidRDefault="00EF485B" w:rsidP="00E93699">
+    <w:p w:rsidR="00EF485B" w:rsidRDefault="00EF485B" w:rsidP="00E93699">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DARBUOTOJŲ SKATINIMO IR DRAUSMINIMO PRIEMONĖS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A10A5FB" w14:textId="77777777" w:rsidR="00EF485B" w:rsidRDefault="00EF485B" w:rsidP="00E93699">
+    <w:p w:rsidR="00EF485B" w:rsidRDefault="00EF485B" w:rsidP="00E93699">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2BBC7237" w14:textId="77777777" w:rsidR="00556B2B" w:rsidRDefault="00944237" w:rsidP="003200DD">
+    <w:p w:rsidR="00556B2B" w:rsidRDefault="00944237" w:rsidP="003200DD">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>11</w:t>
       </w:r>
       <w:r w:rsidR="00EF485B">
         <w:t xml:space="preserve">. Darbuotojų skatinimui–motyvavimui </w:t>
       </w:r>
       <w:r w:rsidR="00556B2B">
         <w:t>už gerą pareigų vykdymą, gerus darbo rezultatus</w:t>
       </w:r>
       <w:r w:rsidR="00B83948">
-        <w:t>, ilgalaikį darbą mokykloje</w:t>
+        <w:t xml:space="preserve">, ilgalaikį darbą </w:t>
+      </w:r>
+      <w:r w:rsidR="00021E1D">
+        <w:t>progimnazijoje</w:t>
       </w:r>
       <w:r w:rsidR="00556B2B">
         <w:t xml:space="preserve"> ir pan. </w:t>
       </w:r>
       <w:r w:rsidR="00EF485B">
         <w:t>taikomos ir tokios priemonės</w:t>
       </w:r>
       <w:r w:rsidR="00556B2B">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00EF485B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00556B2B">
         <w:t>padėka apdovanojant padėkos raštu, asmenine dovana, esant lėšoms, skiriama piniginė premija, suteikiamos papildomos poilsio dienos mokinių atostogų laikotarpiu,</w:t>
       </w:r>
       <w:r w:rsidR="00556B2B" w:rsidRPr="00556B2B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00556B2B">
         <w:t>atostogų laiko pasirinkimas, lankstaus darbo grafiko nustatymas, sąlygos dalyvauti sprendimų priėmimo procese, galimybė kilti karjeros laiptais, kūrybinės komandiruotės.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77766E43" w14:textId="77777777" w:rsidR="00FD1A58" w:rsidRDefault="00944237" w:rsidP="003200DD">
+    <w:p w:rsidR="00FD1A58" w:rsidRDefault="00944237" w:rsidP="003200DD">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
       <w:r w:rsidR="00965954" w:rsidRPr="00FD1A58">
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00FD1A58">
         <w:rPr>
           <w:bCs/>
@@ -2031,106 +2116,106 @@
         </w:rPr>
         <w:t>drausminės</w:t>
       </w:r>
       <w:r w:rsidR="00FD1A58" w:rsidRPr="00FD1A58">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FD1A58" w:rsidRPr="00FD1A58">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>nuobaudos</w:t>
       </w:r>
       <w:r w:rsidR="00587069">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1570E8B8" w14:textId="77777777" w:rsidR="00EF485B" w:rsidRDefault="00EF485B" w:rsidP="00FD1A58">
-[...8 lines deleted...]
-    <w:p w14:paraId="279C8F5F" w14:textId="77777777" w:rsidR="00CE7887" w:rsidRDefault="00CE7887" w:rsidP="00E93699">
+    <w:p w:rsidR="00EF485B" w:rsidRDefault="00EF485B" w:rsidP="00FD1A58">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE7887" w:rsidRDefault="00CE7887" w:rsidP="00E93699">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>VIII SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C34EFA7" w14:textId="77777777" w:rsidR="00CE7887" w:rsidRDefault="00CE7887" w:rsidP="00E93699">
+    <w:p w:rsidR="00CE7887" w:rsidRDefault="00CE7887" w:rsidP="00E93699">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DARBO DRAUSMĖS PAŽEIDIMAI</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55DA9FBA" w14:textId="77777777" w:rsidR="00CE7887" w:rsidRDefault="00CE7887" w:rsidP="00E93699">
+    <w:p w:rsidR="00CE7887" w:rsidRDefault="00CE7887" w:rsidP="00E93699">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F2E760A" w14:textId="77777777" w:rsidR="00CE7887" w:rsidRDefault="00944237" w:rsidP="003200DD">
+    <w:p w:rsidR="00CE7887" w:rsidRDefault="00944237" w:rsidP="003200DD">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
       <w:r w:rsidR="00CE7887">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Nuolatinis </w:t>
       </w:r>
       <w:r w:rsidR="00CE7887" w:rsidRPr="00CE7887">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">darbo drausmės nepaisymas – vėlavimas iš anksto nesusitarus su </w:t>
       </w:r>
@@ -2160,437 +2245,455 @@
       </w:r>
       <w:r w:rsidR="00B83948">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ltatai ir darbo atlikimo kokybė</w:t>
       </w:r>
       <w:r w:rsidR="00CE7887" w:rsidRPr="00CE7887">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00CE7887">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CE7887" w:rsidRPr="00CE7887">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Veiksmai, darantys neigiamą įtaką artimiausio kolektyvo darbingumui: gandų skleidimas, apkalbos, atviras ar užslėptas kolegų raginimas nepaklusti </w:t>
       </w:r>
-      <w:r w:rsidR="00B83948">
-[...3 lines deleted...]
-        <w:t>mokyklos</w:t>
+      <w:r w:rsidR="00021E1D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="00CE7887" w:rsidRPr="00CE7887">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> tvarkai ar vadovybės nurodymams, konf</w:t>
       </w:r>
       <w:r w:rsidR="00CE7887">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>liktai su bendradarbiais.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="747344CE" w14:textId="77777777" w:rsidR="00CE7887" w:rsidRDefault="00CE7887" w:rsidP="003200DD">
+    <w:p w:rsidR="00CE7887" w:rsidRDefault="00CE7887" w:rsidP="003200DD">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00944237">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00B83948">
-[...3 lines deleted...]
-        <w:t>Mokyklos</w:t>
+      <w:r w:rsidR="00021E1D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="00225E79">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vidaus tvarką reglamentuojančių dokumentų nurodymų nepaisymas ir ignoravimas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0523979D" w14:textId="77777777" w:rsidR="00225E79" w:rsidRDefault="00225E79" w:rsidP="003200DD">
+    <w:p w:rsidR="00225E79" w:rsidRDefault="00225E79" w:rsidP="003200DD">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00944237">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Tyčia ar dėl aplaidumo padaryta materialinė žala, turto sugadinimas</w:t>
       </w:r>
       <w:r w:rsidR="00F108A1">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, atlikta nusikalstamo pobūdžio veikla.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="417C106A" w14:textId="77777777" w:rsidR="00F108A1" w:rsidRDefault="00F108A1" w:rsidP="003200DD">
+    <w:p w:rsidR="00F108A1" w:rsidRDefault="00F108A1" w:rsidP="003200DD">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00944237">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="009F5F0E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atvykimą į darbą apsvaigusiam nuo alkoholio, narkotinių-psichotropinių medžiagų ir pan.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F8E9D0E" w14:textId="77777777" w:rsidR="009F5F0E" w:rsidRDefault="009F5F0E" w:rsidP="003200DD">
+    <w:p w:rsidR="009F5F0E" w:rsidRDefault="009F5F0E" w:rsidP="003200DD">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00944237">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Atsisakymas tikrintis sveikatą</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D2C072A" w14:textId="77777777" w:rsidR="00F108A1" w:rsidRDefault="009F5F0E" w:rsidP="003200DD">
+    <w:p w:rsidR="00F108A1" w:rsidRDefault="009F5F0E" w:rsidP="003200DD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00944237">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Atsisakymas teikti asmeninius duomenis ir jų pakeitimus, reikalin</w:t>
       </w:r>
       <w:r w:rsidR="00B83948">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>gus įsidarbinimui Mokykloje</w:t>
+        <w:t xml:space="preserve">gus įsidarbinimui </w:t>
+      </w:r>
+      <w:r w:rsidR="00021E1D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Progimnazijoje</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, atlyginimo pervedimui, SODRA ir pan.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D1BB160" w14:textId="77777777" w:rsidR="00DF2A23" w:rsidRDefault="00DF2A23" w:rsidP="003200DD">
+    <w:p w:rsidR="00DF2A23" w:rsidRDefault="00DF2A23" w:rsidP="003200DD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00944237">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Priekabiavimas, lyčių diskriminavimas, elgesys, įžeidžiantis</w:t>
       </w:r>
       <w:r w:rsidR="00B83948">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> mokyklos</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00021E1D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="000D399C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> administracijos,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> kolegų garbę ir orumą. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A705E8D" w14:textId="77777777" w:rsidR="00C94934" w:rsidRDefault="00944237" w:rsidP="003200DD">
+    <w:p w:rsidR="00C94934" w:rsidRDefault="00944237" w:rsidP="003200DD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00B83948">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>. Mokyklos</w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00021E1D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="00C94934">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> informacijos ir darbuotojų asmens duomenų paviešinimas bei perdavimas tretiems asmenims.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43E84DA5" w14:textId="77777777" w:rsidR="00C94934" w:rsidRPr="00CE7887" w:rsidRDefault="00944237" w:rsidP="003200DD">
+    <w:p w:rsidR="00C94934" w:rsidRPr="00CE7887" w:rsidRDefault="00944237" w:rsidP="003200DD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>21</w:t>
       </w:r>
       <w:r w:rsidR="00C94934">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Korupcija, turto švaistymas ar pasisavinimas, dalyvavim</w:t>
       </w:r>
       <w:r w:rsidR="001C2DA5">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>as veikloje, kuri nesuderinama s</w:t>
       </w:r>
       <w:r w:rsidR="00C94934">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">u </w:t>
       </w:r>
       <w:r w:rsidR="001C2DA5">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>darbo funkcijomis.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41F787AF" w14:textId="77777777" w:rsidR="00CE7887" w:rsidRDefault="00CE7887" w:rsidP="00FB3DAC">
-[...8 lines deleted...]
-    <w:p w14:paraId="501D2F1F" w14:textId="77777777" w:rsidR="00BA498C" w:rsidRPr="00E93699" w:rsidRDefault="00764602" w:rsidP="00E93699">
+    <w:p w:rsidR="00CE7887" w:rsidRDefault="00CE7887" w:rsidP="00FB3DAC">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BA498C" w:rsidRPr="00E93699" w:rsidRDefault="00764602" w:rsidP="00E93699">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>VII</w:t>
       </w:r>
       <w:r w:rsidR="00E21197">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00E93699" w:rsidRPr="00E93699">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AA59D58" w14:textId="77777777" w:rsidR="00C81B27" w:rsidRDefault="00C81B27" w:rsidP="00C02B78">
+    <w:p w:rsidR="00C81B27" w:rsidRDefault="00C81B27" w:rsidP="00C02B78">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DRAUSMINĖS NUOBAUDOS IR JŲ PARINKIMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E91EDB9" w14:textId="77777777" w:rsidR="00C81B27" w:rsidRDefault="00C81B27" w:rsidP="00C81B27">
+    <w:p w:rsidR="00C81B27" w:rsidRDefault="00C81B27" w:rsidP="00C81B27">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F5980E4" w14:textId="77777777" w:rsidR="00C81B27" w:rsidRDefault="00944237" w:rsidP="003200DD">
+    <w:p w:rsidR="00C81B27" w:rsidRDefault="00944237" w:rsidP="003200DD">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>22</w:t>
       </w:r>
       <w:r w:rsidR="006E4874">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00C81B27">
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00C81B27" w:rsidRPr="001E4195">
         <w:t xml:space="preserve">rausminė atsakomybė kiekvieno darbuotojo atžvilgiu taikoma individualiai, turint tikslą ne tik nubausti pažeidėją, bet ir daryti įtaką jo ir bendradarbių elgesiui. </w:t>
       </w:r>
       <w:r w:rsidR="000651EF">
         <w:t>Darbdavys visuomet stengiasi skirti teisingą nuobaudą</w:t>
       </w:r>
       <w:r w:rsidR="00C81B27" w:rsidRPr="001E4195">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="000651EF">
         <w:t>kad</w:t>
       </w:r>
@@ -2623,205 +2726,214 @@
       </w:r>
       <w:r w:rsidR="00C22039">
         <w:t>stų savo prasmės, kad</w:t>
       </w:r>
       <w:r w:rsidR="00C81B27" w:rsidRPr="001E4195">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C22039">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00C81B27" w:rsidRPr="001E4195">
         <w:t xml:space="preserve">tleistas iš darbo darbuotojas </w:t>
       </w:r>
       <w:r w:rsidR="00C22039">
         <w:t>padarytų</w:t>
       </w:r>
       <w:r w:rsidR="00C81B27" w:rsidRPr="001E4195">
         <w:t xml:space="preserve"> išvadas, </w:t>
       </w:r>
       <w:r w:rsidR="00C22039">
         <w:t>jog</w:t>
       </w:r>
       <w:r w:rsidR="00C81B27" w:rsidRPr="001E4195">
         <w:t xml:space="preserve"> darbo drausmės pažeidimo gali netoleruoti ir kiti darbdaviai. Be to, drausminės atsakomybės taikymas turi svarbią reikšmę ir </w:t>
       </w:r>
-      <w:r w:rsidR="00B83948">
-        <w:t>Mokyklos</w:t>
+      <w:r w:rsidR="00021E1D">
+        <w:t>Progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="00C81B27">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C81B27" w:rsidRPr="001E4195">
         <w:t>darbo kolektyvui, nes kiti darbuotojai mato, jog su drausmės pažeidėjais kolektyve nesitaikstoma ir panašaus pobūdžio nusižengimai gali būti analogiškai įvertinti.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77B26485" w14:textId="77777777" w:rsidR="00A952A9" w:rsidRDefault="00944237" w:rsidP="003200DD">
+    <w:p w:rsidR="00A952A9" w:rsidRDefault="00944237" w:rsidP="003200DD">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>23</w:t>
       </w:r>
       <w:r w:rsidR="00B83948">
-        <w:t>. Mokyklos</w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00021E1D">
+        <w:t>Progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="00A952A9">
         <w:t xml:space="preserve"> darbuotojams už drausmė</w:t>
       </w:r>
       <w:r w:rsidR="00E940F1">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00A952A9">
         <w:t xml:space="preserve"> pažeidimus gali būti skiriamos drausminės nuobaudos:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11C73D47" w14:textId="77777777" w:rsidR="00A952A9" w:rsidRDefault="00944237" w:rsidP="003200DD">
+    <w:p w:rsidR="00A952A9" w:rsidRDefault="00944237" w:rsidP="003200DD">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>23</w:t>
       </w:r>
       <w:r w:rsidR="00A952A9">
         <w:t>.1. papeikimas;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2386831E" w14:textId="77777777" w:rsidR="00A952A9" w:rsidRPr="00EF485B" w:rsidRDefault="00944237" w:rsidP="003200DD">
+    <w:p w:rsidR="00A952A9" w:rsidRPr="00EF485B" w:rsidRDefault="00944237" w:rsidP="003200DD">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>23</w:t>
       </w:r>
       <w:r w:rsidR="009005A9">
         <w:t>.2. atleidimas iš darbo</w:t>
       </w:r>
       <w:r w:rsidR="00A952A9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009005A9">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00A952A9">
         <w:t>vadovaujantis Lietuvos Respublikos darbo kodekso 58 straipsniu</w:t>
       </w:r>
       <w:r w:rsidR="009005A9">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00A952A9">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A60E3D2" w14:textId="77777777" w:rsidR="00C81B27" w:rsidRDefault="00C81B27" w:rsidP="00D244C7">
+    <w:p w:rsidR="00C81B27" w:rsidRDefault="00C81B27" w:rsidP="00D244C7">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7210EBE4" w14:textId="77777777" w:rsidR="00B8039C" w:rsidRDefault="00B8039C" w:rsidP="00B8039C">
+    <w:p w:rsidR="00B8039C" w:rsidRDefault="00B8039C" w:rsidP="00B8039C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>IX SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E368CBB" w14:textId="77777777" w:rsidR="00D244C7" w:rsidRPr="00D244C7" w:rsidRDefault="00D244C7" w:rsidP="00B8039C">
+    <w:p w:rsidR="00D244C7" w:rsidRPr="00D244C7" w:rsidRDefault="00D244C7" w:rsidP="00B8039C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D244C7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">DRAUSMINĖS NUOBAUDOS SKYRIMO TVARKA </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DC1A1FF" w14:textId="77777777" w:rsidR="005572C2" w:rsidRDefault="005572C2" w:rsidP="00756AFC">
+    <w:p w:rsidR="005572C2" w:rsidRDefault="005572C2" w:rsidP="00756AFC">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="68709916" w14:textId="77777777" w:rsidR="00D3290B" w:rsidRPr="00D3290B" w:rsidRDefault="00B83948" w:rsidP="003200DD">
+    <w:p w:rsidR="00D3290B" w:rsidRPr="00D3290B" w:rsidRDefault="00B83948" w:rsidP="003200DD">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00944237">
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>. Mokykloje</w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00021E1D">
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Progimnazijoje</w:t>
       </w:r>
       <w:r w:rsidR="002D0321">
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> d</w:t>
       </w:r>
       <w:r w:rsidR="00D3290B" w:rsidRPr="001E4195">
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>rausminė atsakomybė yra griežtai individualaus pobūdžio ir ji taikoma, kai nustatomas darbuotojas, kuris dėl savo kaltės nevykdo darbo sutartimi prisiimtų darbinių pareigų arba jas atliek</w:t>
       </w:r>
       <w:r w:rsidR="002B16EB">
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">a netinkamai, </w:t>
       </w:r>
       <w:r w:rsidR="002B16EB">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>kai</w:t>
@@ -2854,51 +2966,51 @@
       <w:r w:rsidR="00827822">
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>tos nustatytais faktais. D</w:t>
       </w:r>
       <w:r w:rsidR="00D3290B" w:rsidRPr="001E4195">
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>rausminė nuobauda skiriama, kai nustatomas darbuotojo įvykdytas konk</w:t>
       </w:r>
       <w:r w:rsidR="002D0321">
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>retus darbo drausmės pažeidimas</w:t>
       </w:r>
       <w:r w:rsidR="00D3290B">
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42ADDEF2" w14:textId="77777777" w:rsidR="009A106B" w:rsidRDefault="009A106B" w:rsidP="003200DD">
+    <w:p w:rsidR="009A106B" w:rsidRDefault="009A106B" w:rsidP="003200DD">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00944237">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
@@ -2915,217 +3027,217 @@
         </w:rPr>
         <w:t>Drausminės nuobaudos skyrimo kriterijai, į kuriuos atsižvelgiama, s</w:t>
       </w:r>
       <w:r w:rsidR="00D244C7">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>kiriant drausminę nuobaudą</w:t>
       </w:r>
       <w:r w:rsidR="00D244C7" w:rsidRPr="00D244C7">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00D244C7">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="234ED0B8" w14:textId="77777777" w:rsidR="009A106B" w:rsidRDefault="009A106B" w:rsidP="003200DD">
+    <w:p w:rsidR="009A106B" w:rsidRDefault="009A106B" w:rsidP="003200DD">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00944237">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">.1. </w:t>
       </w:r>
       <w:r w:rsidR="00D244C7" w:rsidRPr="00D244C7">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">darbo drausmės pažeidimo sunkumas; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21A9DE6A" w14:textId="77777777" w:rsidR="009A106B" w:rsidRDefault="009A106B" w:rsidP="003200DD">
+    <w:p w:rsidR="009A106B" w:rsidRDefault="009A106B" w:rsidP="003200DD">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00944237">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">.2. </w:t>
       </w:r>
       <w:r w:rsidR="00D244C7" w:rsidRPr="00D244C7">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">sukeltos pasekmės; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CC64B7F" w14:textId="77777777" w:rsidR="009A106B" w:rsidRDefault="009A106B" w:rsidP="003200DD">
+    <w:p w:rsidR="009A106B" w:rsidRDefault="009A106B" w:rsidP="003200DD">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00944237">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">.3. </w:t>
       </w:r>
       <w:r w:rsidR="00D244C7" w:rsidRPr="00D244C7">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">darbuotojo kaltė; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E4B0973" w14:textId="77777777" w:rsidR="00994167" w:rsidRPr="008066A7" w:rsidRDefault="009A106B" w:rsidP="003200DD">
+    <w:p w:rsidR="00994167" w:rsidRPr="008066A7" w:rsidRDefault="009A106B" w:rsidP="003200DD">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00944237">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">.4. </w:t>
       </w:r>
       <w:r w:rsidR="00D244C7" w:rsidRPr="00D244C7">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>aplinkybės, kuriomis šis</w:t>
       </w:r>
       <w:r w:rsidR="002B16EB">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> pažeidimas buvo padarytas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FB6511B" w14:textId="77777777" w:rsidR="00994167" w:rsidRPr="008066A7" w:rsidRDefault="00EC2845" w:rsidP="003200DD">
+    <w:p w:rsidR="00994167" w:rsidRPr="008066A7" w:rsidRDefault="00EC2845" w:rsidP="003200DD">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00944237">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
@@ -3133,127 +3245,127 @@
       <w:r w:rsidR="008066A7" w:rsidRPr="008066A7">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Nusižengimo sunkum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>o kriterijai</w:t>
       </w:r>
       <w:r w:rsidR="008066A7" w:rsidRPr="008066A7">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>: kokius pareiginius nuostatus, įstatymus ar kitus teisės aktus pažeidė darbuotojas; kokios svarbos jam priskirtų pareigų nevykdė; kokiu būdu ir mastu pažeidimas padarytas; kaip pasireiškė to pažeidimo pasekmės</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6052217E" w14:textId="77777777" w:rsidR="004F59ED" w:rsidRDefault="00EC2845" w:rsidP="003200DD">
+    <w:p w:rsidR="004F59ED" w:rsidRDefault="00EC2845" w:rsidP="003200DD">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00944237">
         <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00A7036B">
-        <w:t>Mokykloje</w:t>
+      <w:r w:rsidR="00021E1D">
+        <w:t>Progimnazijoje</w:t>
       </w:r>
       <w:r w:rsidR="002266A0">
         <w:t xml:space="preserve"> d</w:t>
       </w:r>
       <w:r w:rsidR="00C24DB2" w:rsidRPr="001E4195">
         <w:t xml:space="preserve">rausminė nuobauda </w:t>
       </w:r>
       <w:r w:rsidR="0010016B">
         <w:t xml:space="preserve">nusižengusiam darbuotojui </w:t>
       </w:r>
       <w:r w:rsidR="00C24DB2" w:rsidRPr="001E4195">
         <w:t>parenkama t</w:t>
       </w:r>
       <w:r w:rsidR="0076618C">
         <w:t>aip</w:t>
       </w:r>
       <w:r w:rsidR="00C24DB2" w:rsidRPr="001E4195">
         <w:t>, kad ji atitiktų nusižengimo pobūdį</w:t>
       </w:r>
       <w:r w:rsidR="00C24DB2">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00C24DB2" w:rsidRPr="001E4195">
         <w:t>būtų adekvati padarytam darbo drausmės pažeidimui ir tuo pačiu geriau padėtų pasiekti nuobaudos skyrimo tikslus</w:t>
       </w:r>
       <w:r w:rsidR="004F59ED">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49DBD0D0" w14:textId="77777777" w:rsidR="006021E6" w:rsidRDefault="004F59ED" w:rsidP="003200DD">
+    <w:p w:rsidR="006021E6" w:rsidRDefault="004F59ED" w:rsidP="003200DD">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00944237">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00A7036B">
-[...3 lines deleted...]
-        <w:t>Mokykloje</w:t>
+      <w:r w:rsidR="00021E1D">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Progimnazijoje</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA5F85">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>taikant drausminę nuobaudą</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA5F85">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00F214ED">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">darbuotojui </w:t>
       </w:r>
@@ -3302,93 +3414,93 @@
       <w:r w:rsidR="0074259D" w:rsidRPr="00F214ED">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>arbdaviui žinomos visos aplinkybės</w:t>
       </w:r>
       <w:r w:rsidR="0074259D">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00CA5F85">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">vadovaujamasi šiame Apraše nustatyta tvarka. </w:t>
       </w:r>
       <w:r w:rsidR="0074259D">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10E6A6F0" w14:textId="77777777" w:rsidR="00F214ED" w:rsidRDefault="006021E6" w:rsidP="003200DD">
+    <w:p w:rsidR="00F214ED" w:rsidRDefault="006021E6" w:rsidP="003200DD">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00944237">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="0074259D">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="0074259D" w:rsidRPr="00F214ED">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">rieš skirdamas drausminę nuobaudą, </w:t>
       </w:r>
-      <w:r w:rsidR="00A7036B">
-[...3 lines deleted...]
-        <w:t>mokyklos</w:t>
+      <w:r w:rsidR="00021E1D">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="0074259D">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> direktorius (ar jo įgaliotas asmuo) </w:t>
       </w:r>
       <w:r w:rsidR="00E23C27">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>raštu  pareikalauja</w:t>
       </w:r>
       <w:r w:rsidR="0074259D" w:rsidRPr="00F214ED">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>, kad darbuotojas raštu</w:t>
       </w:r>
       <w:r w:rsidR="00D360E7">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> 3 dienų laikotarpyje</w:t>
       </w:r>
@@ -3499,52 +3611,52 @@
           <w:bCs/>
         </w:rPr>
         <w:t>terminą be svarbių – žinomų priežasčių darbuotojas nep</w:t>
       </w:r>
       <w:r w:rsidR="00142C2F">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>ateikia pasiaiškinimo arba</w:t>
       </w:r>
       <w:r w:rsidR="00E23C27">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00142C2F" w:rsidRPr="001E4195">
         <w:t xml:space="preserve">dėl įvairių priežasčių </w:t>
       </w:r>
       <w:r w:rsidR="00142C2F">
         <w:t xml:space="preserve">atsisako rašyti pasiaiškinimą, </w:t>
       </w:r>
       <w:r w:rsidR="00142C2F" w:rsidRPr="001E4195">
         <w:t xml:space="preserve">šis atsisakymas pasiaiškinti </w:t>
       </w:r>
-      <w:r w:rsidR="00A7036B">
-        <w:t>Mokykloje</w:t>
+      <w:r w:rsidR="00021E1D">
+        <w:t>Progimnazijoje</w:t>
       </w:r>
       <w:r w:rsidR="00142C2F" w:rsidRPr="00142C2F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00142C2F">
         <w:t>įforminamas atitinkamu aktu, o</w:t>
       </w:r>
       <w:r w:rsidR="00142C2F" w:rsidRPr="001E4195">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E23C27">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>drausminė nuobauda</w:t>
       </w:r>
       <w:r w:rsidR="0074259D" w:rsidRPr="00F214ED">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E23C27">
         <w:rPr>
           <w:bCs/>
@@ -3596,243 +3708,243 @@
       <w:r w:rsidR="00D360E7">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Į šį laikotarpį neįskaičiuojamos dienos, kai darbuotojas nebuv</w:t>
       </w:r>
       <w:r w:rsidR="00057ADC">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>o darbe dėl ligos, komandiruotėje ar atostogavo</w:t>
       </w:r>
       <w:r w:rsidR="00D360E7">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="0074259D">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B9F03D3" w14:textId="77777777" w:rsidR="006021E6" w:rsidRPr="006021E6" w:rsidRDefault="00944237" w:rsidP="003200DD">
+    <w:p w:rsidR="006021E6" w:rsidRPr="006021E6" w:rsidRDefault="00944237" w:rsidP="003200DD">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>30</w:t>
       </w:r>
       <w:r w:rsidR="006021E6">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="006021E6" w:rsidRPr="006021E6">
         <w:t>Tam tikrais atvejais, prieš skiriant darbuotojui drausminę nuobaudą, jos</w:t>
       </w:r>
       <w:r w:rsidR="006021E6">
         <w:t xml:space="preserve"> skyrimo klausimas</w:t>
       </w:r>
       <w:r w:rsidR="006021E6" w:rsidRPr="006021E6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006021E6">
         <w:t>iš anksto derinamas</w:t>
       </w:r>
       <w:r w:rsidR="006021E6" w:rsidRPr="006021E6">
         <w:t xml:space="preserve"> su </w:t>
       </w:r>
-      <w:r w:rsidR="00A7036B">
-        <w:t>mokyklos</w:t>
+      <w:r w:rsidR="00021E1D">
+        <w:t>progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="006021E6">
         <w:t xml:space="preserve"> profsąjungos </w:t>
       </w:r>
       <w:r w:rsidR="00A7036B">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>renkamuoju organu</w:t>
       </w:r>
       <w:r w:rsidR="006021E6" w:rsidRPr="006021E6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006021E6">
         <w:t>ir progimnazijos darbo taryba.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E62B02A" w14:textId="77777777" w:rsidR="00D360E7" w:rsidRDefault="00944237" w:rsidP="003200DD">
+    <w:p w:rsidR="00D360E7" w:rsidRDefault="00944237" w:rsidP="003200DD">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>31</w:t>
       </w:r>
       <w:r w:rsidR="000836FD">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="000836FD">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>U</w:t>
       </w:r>
       <w:r w:rsidR="000836FD" w:rsidRPr="000836FD">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">ž kiekvieną darbo drausmės pažeidimą </w:t>
       </w:r>
       <w:r w:rsidR="000836FD">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>skiriama</w:t>
       </w:r>
       <w:r w:rsidR="000836FD" w:rsidRPr="000836FD">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> tik viena drausminė nuobauda.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B0CEE22" w14:textId="77777777" w:rsidR="00142C2F" w:rsidRDefault="00944237" w:rsidP="003200DD">
+    <w:p w:rsidR="00142C2F" w:rsidRDefault="00944237" w:rsidP="003200DD">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>32</w:t>
       </w:r>
       <w:r w:rsidR="00D360E7">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="000836FD" w:rsidRPr="000836FD">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Jei paskyrus nuobaudą darbuotojas toliau pažeidinėja darbo drausmę, drausminė nuobauda gali būti skiriama pakartotinai</w:t>
       </w:r>
       <w:r w:rsidR="00D360E7">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> arba darbuotojas atleidžiamas iš darbo vadovaujantis Lietuvos Respublikos darbo kodekso 58 straipsnio nuostatomis.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A187501" w14:textId="77777777" w:rsidR="00D360E7" w:rsidRDefault="00944237" w:rsidP="003200DD">
+    <w:p w:rsidR="00D360E7" w:rsidRDefault="00944237" w:rsidP="003200DD">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>33</w:t>
       </w:r>
       <w:r w:rsidR="00D360E7" w:rsidRPr="00D360E7">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">. Drausminė nuobauda skiriama </w:t>
       </w:r>
-      <w:r w:rsidR="00A7036B">
-[...3 lines deleted...]
-        <w:t>mokyklos</w:t>
+      <w:r w:rsidR="00021E1D">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="00D360E7">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> direktoriaus (ar jo įgalioto asmens)</w:t>
       </w:r>
       <w:r w:rsidR="00D360E7" w:rsidRPr="00D360E7">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> įsakymu ir darbuotojui apie tai pranešama pasirašytinai. Įsakyme skirti drausminę nuobaudą, </w:t>
       </w:r>
       <w:r w:rsidR="00D360E7">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>aiškiai ir konkrečiai nurodoma</w:t>
       </w:r>
       <w:r w:rsidR="00D360E7" w:rsidRPr="00D360E7">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>, kokių darbo pareigų darbuotojas nevykdė ar vykdė netinkamai ir kokius darbo drausmės reikalav</w:t>
       </w:r>
       <w:r w:rsidR="00D360E7">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>imus pažeidė.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="274D7B5C" w14:textId="77777777" w:rsidR="0059529C" w:rsidRPr="0059529C" w:rsidRDefault="0059529C" w:rsidP="003200DD">
+    <w:p w:rsidR="0059529C" w:rsidRPr="0059529C" w:rsidRDefault="0059529C" w:rsidP="003200DD">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0059529C">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00944237">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="0059529C">
@@ -3877,392 +3989,422 @@
         </w:rPr>
         <w:t>panaikinama</w:t>
       </w:r>
       <w:r w:rsidRPr="0059529C">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> nepasibaigus drausminės nuobaudos galiojimo terminui. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Direktoriui </w:t>
       </w:r>
       <w:r w:rsidRPr="0059529C">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">panaikinus drausminę nuobaudą – lieka tokios pačios teisinės pasekmės, kaip ir jos išnykimas – darbuotojas laikomas neturėjęs drausminių nuobaudų. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="628243A6" w14:textId="77777777" w:rsidR="0059529C" w:rsidRDefault="00074DAD" w:rsidP="003200DD">
+    <w:p w:rsidR="0059529C" w:rsidRDefault="00074DAD" w:rsidP="003200DD">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00944237">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>J</w:t>
       </w:r>
       <w:r w:rsidRPr="00074DAD">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>eigu per pirmos nuobaudos galiojimo laiką darbuotojui buvo paskirta nauja (antra) nuobauda, šios nuobaudos galiojimo terminas yra vieneri metai, o su ja nenustoja galiojusi ir pirmoji nuobauda.</w:t>
       </w:r>
       <w:r w:rsidRPr="00074DAD">
         <w:t xml:space="preserve"> Per antros nuobaudos galiojimo laiką gavus trečią nuobaudą, situacija yra analogiška. Išimtis taikoma tik atleidimui iš darbo, nes ir praėjus vieneriems metams ji nepraranda galios ir atleistas darbuotojas atgal į darbą negrąžinamas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A6A1F3B" w14:textId="77777777" w:rsidR="006C51E4" w:rsidRPr="00074DAD" w:rsidRDefault="00944237" w:rsidP="003200DD">
+    <w:p w:rsidR="006C51E4" w:rsidRPr="00074DAD" w:rsidRDefault="00944237" w:rsidP="003200DD">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>36</w:t>
       </w:r>
       <w:r w:rsidR="006C51E4">
         <w:t>. Drausminę nuobaudą darbuotojas gali apskųsti darbo ginčų nagrinėjimo tvarka.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="143CF1CE" w14:textId="77777777" w:rsidR="00074DAD" w:rsidRDefault="00074DAD" w:rsidP="00FB5958">
+    <w:p w:rsidR="00074DAD" w:rsidRDefault="00074DAD" w:rsidP="00FB5958">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="01151760" w14:textId="77777777" w:rsidR="000836FD" w:rsidRDefault="0059529C" w:rsidP="00FB5958">
+    <w:p w:rsidR="000836FD" w:rsidRDefault="0059529C" w:rsidP="00FB5958">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>X SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="212E5F72" w14:textId="77777777" w:rsidR="00B22981" w:rsidRDefault="00FB5958" w:rsidP="00FB5958">
+    <w:p w:rsidR="00B22981" w:rsidRDefault="00FB5958" w:rsidP="00FB5958">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB5958">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>BAIGIAMOSIOS NUOSTATOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B105A48" w14:textId="77777777" w:rsidR="00FB5958" w:rsidRDefault="00FB5958" w:rsidP="00FB5958">
+    <w:p w:rsidR="00FB5958" w:rsidRDefault="00FB5958" w:rsidP="00FB5958">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D642E2D" w14:textId="77777777" w:rsidR="0073502B" w:rsidRDefault="00944237" w:rsidP="003200DD">
+    <w:p w:rsidR="0073502B" w:rsidRDefault="00944237" w:rsidP="003200DD">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>37</w:t>
       </w:r>
       <w:r w:rsidR="0073502B">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Aprašas koreguojamas, keičiamas, pasikeitus Lietuvos Respublikos įstatymams, teisiniams aktams, darbo kodekso nuostatoms</w:t>
       </w:r>
       <w:r w:rsidR="005E7E63">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, suderinus su darbo taryba, profsąjunga</w:t>
       </w:r>
       <w:r w:rsidR="0073502B">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="574C1E0B" w14:textId="77777777" w:rsidR="0073502B" w:rsidRDefault="00944237" w:rsidP="003200DD">
+    <w:p w:rsidR="0073502B" w:rsidRDefault="00944237" w:rsidP="003200DD">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>38</w:t>
       </w:r>
       <w:r w:rsidR="0073502B">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="005E7E63">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Su šiuo Aprašu (jo pakeiti</w:t>
       </w:r>
       <w:r w:rsidR="00A7036B">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>mais, papildymais) mokyklos</w:t>
+        <w:t xml:space="preserve">mais, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A7036B">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>papildymais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A7036B">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00021E1D">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="005E7E63">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> bendruomenė supažindinama skelbiant jį viešai progimnazijos internetinėje svetainėje</w:t>
       </w:r>
       <w:r w:rsidR="00A7036B">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
         <w:r w:rsidR="00A7036B" w:rsidRPr="00FC5782">
           <w:rPr>
             <w:rStyle w:val="Hipersaitas"/>
             <w:bCs/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>www.rytomok.lt</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A7036B">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005E7E63">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E297C34" w14:textId="77777777" w:rsidR="00FB5958" w:rsidRDefault="005E7E63" w:rsidP="003200DD">
+    <w:p w:rsidR="00FB5958" w:rsidRDefault="005E7E63" w:rsidP="003200DD">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00944237">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Šis A</w:t>
       </w:r>
       <w:r w:rsidR="00FB5958">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">prašas </w:t>
       </w:r>
       <w:r w:rsidR="00A7036B">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>privalomas visiems Mokyklos</w:t>
+        <w:t xml:space="preserve">privalomas visiems </w:t>
+      </w:r>
+      <w:r w:rsidR="00021E1D">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="00FB5958">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> darbuotojams</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="388E9DC6" w14:textId="77777777" w:rsidR="005E7E63" w:rsidRDefault="005E7E63" w:rsidP="005D4605">
+    <w:p w:rsidR="005E7E63" w:rsidRDefault="005E7E63" w:rsidP="005D4605">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52478853" w14:textId="77777777" w:rsidR="005E7E63" w:rsidRPr="00FB5958" w:rsidRDefault="005E7E63" w:rsidP="005E7E63">
+    <w:p w:rsidR="005E7E63" w:rsidRPr="00FB5958" w:rsidRDefault="005E7E63" w:rsidP="005E7E63">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_________________</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="005E7E63" w:rsidRPr="00FB5958" w:rsidSect="00B17F96">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="08387B87"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5788865C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -4332,92 +4474,93 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="61371164">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="396"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="163"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E2226B"/>
     <w:rsid w:val="00003A30"/>
     <w:rsid w:val="00012605"/>
+    <w:rsid w:val="00021E1D"/>
     <w:rsid w:val="00030213"/>
     <w:rsid w:val="00047E1F"/>
     <w:rsid w:val="00057ADC"/>
     <w:rsid w:val="000651EF"/>
     <w:rsid w:val="00074DAD"/>
     <w:rsid w:val="00077F35"/>
     <w:rsid w:val="000836FD"/>
     <w:rsid w:val="000D399C"/>
     <w:rsid w:val="0010016B"/>
     <w:rsid w:val="00137EC5"/>
     <w:rsid w:val="001410B9"/>
     <w:rsid w:val="00142C2F"/>
     <w:rsid w:val="00160240"/>
+    <w:rsid w:val="00191797"/>
     <w:rsid w:val="001C2DA5"/>
     <w:rsid w:val="001E33E1"/>
     <w:rsid w:val="001E64B7"/>
     <w:rsid w:val="00203E36"/>
     <w:rsid w:val="002135D8"/>
     <w:rsid w:val="00225E79"/>
     <w:rsid w:val="002266A0"/>
     <w:rsid w:val="00251540"/>
     <w:rsid w:val="00272074"/>
     <w:rsid w:val="00285717"/>
     <w:rsid w:val="002937BC"/>
     <w:rsid w:val="002B16EB"/>
     <w:rsid w:val="002D0321"/>
     <w:rsid w:val="002F7E70"/>
     <w:rsid w:val="003200DD"/>
     <w:rsid w:val="003467C5"/>
     <w:rsid w:val="00395068"/>
     <w:rsid w:val="003E5BE8"/>
     <w:rsid w:val="003F5FE9"/>
     <w:rsid w:val="0043561E"/>
     <w:rsid w:val="00471297"/>
     <w:rsid w:val="004854C3"/>
     <w:rsid w:val="004A4389"/>
     <w:rsid w:val="004E18C2"/>
     <w:rsid w:val="004F59ED"/>
@@ -4430,149 +4573,148 @@
     <w:rsid w:val="005B2418"/>
     <w:rsid w:val="005D33BD"/>
     <w:rsid w:val="005D4605"/>
     <w:rsid w:val="005E7E63"/>
     <w:rsid w:val="005F7DBF"/>
     <w:rsid w:val="006021E6"/>
     <w:rsid w:val="00672F36"/>
     <w:rsid w:val="006C51E4"/>
     <w:rsid w:val="006E4874"/>
     <w:rsid w:val="0073502B"/>
     <w:rsid w:val="0074259D"/>
     <w:rsid w:val="00756AFC"/>
     <w:rsid w:val="00764602"/>
     <w:rsid w:val="0076618C"/>
     <w:rsid w:val="007B04AE"/>
     <w:rsid w:val="007C3F79"/>
     <w:rsid w:val="007C5E74"/>
     <w:rsid w:val="007D60C9"/>
     <w:rsid w:val="008066A7"/>
     <w:rsid w:val="00821CF9"/>
     <w:rsid w:val="00827822"/>
     <w:rsid w:val="00841263"/>
     <w:rsid w:val="0084730C"/>
     <w:rsid w:val="008B5A67"/>
     <w:rsid w:val="009005A9"/>
-    <w:rsid w:val="0090125D"/>
-    <w:rsid w:val="00915C1E"/>
     <w:rsid w:val="00932A32"/>
     <w:rsid w:val="00944237"/>
     <w:rsid w:val="00965954"/>
     <w:rsid w:val="00994167"/>
     <w:rsid w:val="009A106B"/>
     <w:rsid w:val="009F5F0E"/>
     <w:rsid w:val="00A0645A"/>
     <w:rsid w:val="00A7036B"/>
     <w:rsid w:val="00A92FF7"/>
     <w:rsid w:val="00A952A9"/>
     <w:rsid w:val="00AA5DA3"/>
     <w:rsid w:val="00B17F96"/>
     <w:rsid w:val="00B22981"/>
     <w:rsid w:val="00B8039C"/>
     <w:rsid w:val="00B83948"/>
     <w:rsid w:val="00BA498C"/>
     <w:rsid w:val="00BA6ED5"/>
     <w:rsid w:val="00BD24C7"/>
     <w:rsid w:val="00BE30CD"/>
     <w:rsid w:val="00BE705F"/>
     <w:rsid w:val="00C02B78"/>
     <w:rsid w:val="00C14A75"/>
     <w:rsid w:val="00C22039"/>
     <w:rsid w:val="00C24DB2"/>
     <w:rsid w:val="00C6649D"/>
     <w:rsid w:val="00C81B27"/>
     <w:rsid w:val="00C94934"/>
     <w:rsid w:val="00CA4129"/>
     <w:rsid w:val="00CA5F85"/>
     <w:rsid w:val="00CC4B2A"/>
     <w:rsid w:val="00CE7887"/>
     <w:rsid w:val="00D244C7"/>
     <w:rsid w:val="00D3290B"/>
     <w:rsid w:val="00D360E7"/>
     <w:rsid w:val="00D72F4A"/>
     <w:rsid w:val="00D75257"/>
+    <w:rsid w:val="00DC1D12"/>
     <w:rsid w:val="00DE55A4"/>
     <w:rsid w:val="00DF2A23"/>
     <w:rsid w:val="00E02D59"/>
     <w:rsid w:val="00E057F2"/>
     <w:rsid w:val="00E21197"/>
     <w:rsid w:val="00E2226B"/>
     <w:rsid w:val="00E23C27"/>
     <w:rsid w:val="00E36B4D"/>
     <w:rsid w:val="00E40A05"/>
     <w:rsid w:val="00E73917"/>
     <w:rsid w:val="00E93699"/>
     <w:rsid w:val="00E940F1"/>
     <w:rsid w:val="00EC2845"/>
     <w:rsid w:val="00EF485B"/>
     <w:rsid w:val="00F108A1"/>
     <w:rsid w:val="00F214ED"/>
     <w:rsid w:val="00FB3DAC"/>
     <w:rsid w:val="00FB5958"/>
     <w:rsid w:val="00FC1C11"/>
     <w:rsid w:val="00FD1A58"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="16BE83F5"/>
+  <w14:docId w14:val="6DC6426F"/>
   <w15:docId w15:val="{FECE5D5C-DF44-45B6-A030-0CDAE9DFE015}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4900,55 +5042,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00E2226B"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:val="lt-LT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Antrat1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="prastasis"/>
     <w:next w:val="prastasis"/>
     <w:link w:val="Antrat1Diagrama"/>
     <w:qFormat/>
     <w:rsid w:val="005D33BD"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
@@ -5057,51 +5194,51 @@
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00FD1A58"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipersaitas">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CE7887"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="159002402">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="390084583">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -5820,66 +5957,66 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>4312</Characters>
+  <Pages>1</Pages>
+  <Words>7635</Words>
+  <Characters>4352</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>35</Lines>
+  <Lines>36</Lines>
   <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11853</CharactersWithSpaces>
+  <CharactersWithSpaces>11964</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Sekretore</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>