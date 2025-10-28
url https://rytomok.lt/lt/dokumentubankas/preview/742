--- v0 (2025-10-04)
+++ v1 (2025-10-28)
@@ -4,330 +4,336 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="60B715E8" w14:textId="77777777" w:rsidR="006A4CA1" w:rsidRPr="00BF3518" w:rsidRDefault="006A4CA1" w:rsidP="00D514A1">
+    <w:p w14:paraId="60B715E8" w14:textId="77777777" w:rsidR="006A4CA1" w:rsidRPr="00BF3518" w:rsidRDefault="006A4CA1" w:rsidP="00134D96">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="2592" w:firstLine="1944"/>
+        <w:ind w:left="2592" w:firstLine="2228"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF3518">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>PATVIRTINTA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25534EE8" w14:textId="0F60711D" w:rsidR="00391426" w:rsidRDefault="00EC74A7" w:rsidP="00D514A1">
+    <w:p w14:paraId="25534EE8" w14:textId="06731E88" w:rsidR="00391426" w:rsidRDefault="00EC74A7" w:rsidP="00134D96">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="2592" w:firstLine="1944"/>
+        <w:ind w:left="2592" w:firstLine="2228"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:t>Marijampolės „Ryto“ pagrindinės mokyklos</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1FA40DD8" w14:textId="00B1A531" w:rsidR="006A4CA1" w:rsidRPr="00BF3518" w:rsidRDefault="00EC74A7" w:rsidP="00D514A1">
+        <w:t>Marijampolės „Ryto“ p</w:t>
+      </w:r>
+      <w:r w:rsidR="001C1ACB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>rogimnazijos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FA40DD8" w14:textId="749E57D3" w:rsidR="006A4CA1" w:rsidRPr="00BF3518" w:rsidRDefault="00EC74A7" w:rsidP="00134D96">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="2592" w:firstLine="1944"/>
+        <w:ind w:left="2592" w:firstLine="2228"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">direktoriaus </w:t>
       </w:r>
       <w:r w:rsidR="006A4CA1" w:rsidRPr="00BF3518">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="000524AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="006A4CA1" w:rsidRPr="00BF3518">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> m. </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00EB1295">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:t>kovo</w:t>
+        <w:t>sausio 6</w:t>
       </w:r>
       <w:r w:rsidR="006A4CA1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D514A1">
+        <w:t xml:space="preserve"> d. įsakymu Nr. V-</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB1295">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:t>30</w:t>
-[...18 lines deleted...]
-      </w:r>
+        <w:t>1</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="73B3DC7A" w14:textId="77777777" w:rsidR="006A4CA1" w:rsidRPr="00BF3518" w:rsidRDefault="006A4CA1" w:rsidP="006A4CA1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66770590" w14:textId="77777777" w:rsidR="00391426" w:rsidRDefault="00391426" w:rsidP="00391426">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="28380E83" w14:textId="77777777" w:rsidR="00900A99" w:rsidRDefault="00900A99" w:rsidP="00391426">
+    <w:p w14:paraId="1F3C17B1" w14:textId="4018F961" w:rsidR="001F5092" w:rsidRDefault="001F5092" w:rsidP="001F5092">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MARIJAMPOLĖS ,,RYTO“ </w:t>
+      </w:r>
+      <w:r w:rsidR="001C1ACB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>PROGIMNAZIJOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02AD8B7B" w14:textId="14EE90F7" w:rsidR="00655BD0" w:rsidRPr="000C0A07" w:rsidRDefault="00021F8A" w:rsidP="00391426">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:color w:val="auto"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F979E7">
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C0A07">
         <w:rPr>
           <w:b/>
-          <w:color w:val="auto"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="02AD8B7B" w14:textId="6DAD30DA" w:rsidR="00655BD0" w:rsidRPr="000C0A07" w:rsidRDefault="00021F8A" w:rsidP="00391426">
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GABIŲ </w:t>
+      </w:r>
+      <w:r w:rsidR="00C15624" w:rsidRPr="000C0A07">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MOKINIŲ UGDYMO </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7814" w:rsidRPr="000C0A07">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>TVARKOS APRAŠAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BD3416D" w14:textId="0632BDAF" w:rsidR="00021F8A" w:rsidRPr="000C0A07" w:rsidRDefault="00AD7814" w:rsidP="00021F8A">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C0A07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">GABIŲ </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C15624" w:rsidRPr="000C0A07">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1281BAE8" w14:textId="20227441" w:rsidR="00021F8A" w:rsidRPr="000C0A07" w:rsidRDefault="00655BD0" w:rsidP="00391426">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C0A07">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>I SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15EC14A0" w14:textId="193BFCAA" w:rsidR="00021F8A" w:rsidRPr="000C0A07" w:rsidRDefault="00021F8A" w:rsidP="00391426">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">MOKINIŲ UGDYMO </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AD7814" w:rsidRPr="000C0A07">
+      </w:pPr>
+      <w:r w:rsidRPr="000C0A07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>TVARKOS APRAŠAS</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1BD3416D" w14:textId="0632BDAF" w:rsidR="00021F8A" w:rsidRPr="000C0A07" w:rsidRDefault="00AD7814" w:rsidP="00021F8A">
+        <w:t>BENDROSIOS NUOSTATOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D58C11A" w14:textId="77777777" w:rsidR="00D01E11" w:rsidRPr="000C0A07" w:rsidRDefault="00D01E11" w:rsidP="00064BBC">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:jc w:val="center"/>
+        <w:ind w:left="1080"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000C0A07">
-[...55 lines deleted...]
-    <w:p w14:paraId="2A80833B" w14:textId="2CE765A4" w:rsidR="00391426" w:rsidRDefault="00064BBC" w:rsidP="00391426">
+    </w:p>
+    <w:p w14:paraId="2A80833B" w14:textId="2045C4AD" w:rsidR="00391426" w:rsidRDefault="00064BBC" w:rsidP="00391426">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0036409F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r w:rsidR="00706D78" w:rsidRPr="0036409F">
         <w:rPr>
@@ -369,67 +375,75 @@
         </w:rPr>
         <w:t>prašas</w:t>
       </w:r>
       <w:r w:rsidR="00C11414" w:rsidRPr="000C0A07">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="000C0A07">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">nustato Marijampolės </w:t>
       </w:r>
       <w:r w:rsidR="00EC74A7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>„Ryto“ pagrindinės mokyklos</w:t>
+        <w:t xml:space="preserve">„Ryto“ </w:t>
+      </w:r>
+      <w:r w:rsidR="001C1ACB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="006A4CA1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (toliau – </w:t>
       </w:r>
-      <w:r w:rsidR="00EC74A7">
-[...5 lines deleted...]
-        <w:t>Mokykla</w:t>
+      <w:r w:rsidR="001C1ACB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Progimnazija</w:t>
       </w:r>
       <w:r w:rsidRPr="000C0A07">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>) gabių mokinių ugdymo tikslą ir uždavinius, gabių mokinių atpažinimą, ugdymą bei skatinimą.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="084F5097" w14:textId="373969EE" w:rsidR="00513CD5" w:rsidRPr="000C0A07" w:rsidRDefault="00064BBC" w:rsidP="00391426">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1075,107 +1089,115 @@
     <w:p w14:paraId="788CA4AE" w14:textId="77777777" w:rsidR="00391426" w:rsidRDefault="000765C9" w:rsidP="00391426">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C0A07">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">6. Gabių mokinių </w:t>
       </w:r>
       <w:r w:rsidR="00391426">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>atpažinimas:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="600D6864" w14:textId="3E5CA22B" w:rsidR="00391426" w:rsidRDefault="000765C9" w:rsidP="00391426">
+    <w:p w14:paraId="600D6864" w14:textId="384AC9FF" w:rsidR="00391426" w:rsidRDefault="000765C9" w:rsidP="00391426">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C0A07">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">6.1. </w:t>
       </w:r>
+      <w:r w:rsidR="001C1ACB">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00676B47" w:rsidRPr="000C0A07">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokytojams </w:t>
+      </w:r>
       <w:r w:rsidR="00EC74A7">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>mokyklos</w:t>
+        <w:t xml:space="preserve">skatinami dalyvauti </w:t>
       </w:r>
       <w:r w:rsidR="00676B47" w:rsidRPr="000C0A07">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve"> mokytojams </w:t>
+        <w:t>praktini</w:t>
       </w:r>
       <w:r w:rsidR="00EC74A7">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">skatinami dalyvauti </w:t>
+        <w:t>uose</w:t>
       </w:r>
       <w:r w:rsidR="00676B47" w:rsidRPr="000C0A07">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>praktini</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00676B47" w:rsidRPr="000C0A07">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>užsiėmim</w:t>
       </w:r>
       <w:r w:rsidR="00EC74A7">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>uose</w:t>
       </w:r>
-      <w:r w:rsidR="00676B47" w:rsidRPr="000C0A07">
-[...10 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00676B47" w:rsidRPr="000C0A07">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir seminar</w:t>
       </w:r>
       <w:r w:rsidR="00EC74A7">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>uose</w:t>
       </w:r>
       <w:r w:rsidR="00676B47" w:rsidRPr="000C0A07">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">, kaip atpažinti </w:t>
       </w:r>
       <w:r w:rsidR="006A4CA1">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">ir ugdyti </w:t>
       </w:r>
       <w:r w:rsidR="00676B47" w:rsidRPr="000C0A07">
@@ -2067,82 +2089,82 @@
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C0A07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>GABIŲ VAIKŲ SKATINIMAS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0382DFD0" w14:textId="77777777" w:rsidR="00391426" w:rsidRDefault="00391426" w:rsidP="00391426">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65704CE3" w14:textId="3C6DF07F" w:rsidR="00391426" w:rsidRDefault="009223BF" w:rsidP="00391426">
+    <w:p w14:paraId="65704CE3" w14:textId="6DCA61CA" w:rsidR="00391426" w:rsidRDefault="009223BF" w:rsidP="00391426">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
       <w:r w:rsidR="00495430" w:rsidRPr="000C0A07">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>. Gabūs vai</w:t>
       </w:r>
       <w:r w:rsidR="006A4CA1">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">kai skatinami dalyvauti </w:t>
       </w:r>
-      <w:r w:rsidR="00EC74A7">
-[...3 lines deleted...]
-        <w:t>mokyklos</w:t>
+      <w:r w:rsidR="001C1ACB">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="00495430" w:rsidRPr="000C0A07">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>, savivaldybės ir respublikiniuose konkursuose, varžybose, konferencijose, olimpiadose ar kituose renginiuose, kuri</w:t>
       </w:r>
       <w:r w:rsidR="004A6B0D">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>uose</w:t>
       </w:r>
       <w:r w:rsidR="00495430" w:rsidRPr="000C0A07">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00277DF7" w:rsidRPr="000C0A07">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>galėtų būti ugdomi gabių vaikų gebėjimai</w:t>
       </w:r>
@@ -2217,70 +2239,82 @@
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
       <w:r w:rsidR="008B270F" w:rsidRPr="000C0A07">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>. Kiekvienais metais atnaujinamas stendas</w:t>
       </w:r>
       <w:r w:rsidR="00EC74A7">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> „Mes džiaugiamės jūsų sėkme“</w:t>
       </w:r>
       <w:r w:rsidR="004A6B0D">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B4B8DF3" w14:textId="08A356BF" w:rsidR="008B270F" w:rsidRPr="000C0A07" w:rsidRDefault="009223BF" w:rsidP="00391426">
+    <w:p w14:paraId="0B4B8DF3" w14:textId="5E18FA3A" w:rsidR="008B270F" w:rsidRPr="000C0A07" w:rsidRDefault="009223BF" w:rsidP="00391426">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>14</w:t>
       </w:r>
       <w:r w:rsidR="008B270F" w:rsidRPr="000C0A07">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>. Gabūs mokiniai pagerbiami mokyklos mokslo metų pabaigos renginyje</w:t>
+        <w:t xml:space="preserve">. Gabūs mokiniai pagerbiami </w:t>
+      </w:r>
+      <w:r w:rsidR="001C1ACB">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="008B270F" w:rsidRPr="000C0A07">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokslo metų pabaigos renginyje</w:t>
       </w:r>
       <w:r w:rsidR="00EC74A7">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> „Bendruomenės diena“</w:t>
       </w:r>
       <w:r w:rsidR="006C2AA5" w:rsidRPr="000C0A07">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05F93C47" w14:textId="77777777" w:rsidR="00391426" w:rsidRDefault="00391426" w:rsidP="00391426">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7507D80D" w14:textId="77777777" w:rsidR="00391426" w:rsidRDefault="006C2AA5" w:rsidP="00391426">
       <w:pPr>
         <w:pStyle w:val="Default"/>
@@ -2688,94 +2722,100 @@
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C0A07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>BAIGIAMOSIOS NUOSTATOS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="322436F4" w14:textId="77777777" w:rsidR="00C11414" w:rsidRPr="000C0A07" w:rsidRDefault="00C11414" w:rsidP="00C11414">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7DA41FC5" w14:textId="569533F0" w:rsidR="00391426" w:rsidRDefault="009223BF" w:rsidP="00391426">
+    <w:p w14:paraId="7DA41FC5" w14:textId="0B5876D5" w:rsidR="00391426" w:rsidRDefault="009223BF" w:rsidP="00391426">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>16</w:t>
       </w:r>
       <w:r w:rsidR="00706D78" w:rsidRPr="000C0A07">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="000D5226" w:rsidRPr="000C0A07">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Tvarkos aprašo</w:t>
       </w:r>
       <w:r w:rsidR="00C11414" w:rsidRPr="000C0A07">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> vy</w:t>
       </w:r>
       <w:r w:rsidR="00EF6845" w:rsidRPr="000C0A07">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">kdytojai – </w:t>
       </w:r>
       <w:r w:rsidR="00816DEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>„Ryto“ pagrindinės mokyklos</w:t>
+        <w:t xml:space="preserve">„Ryto“ </w:t>
+      </w:r>
+      <w:r w:rsidR="001C1ACB">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="00C11414" w:rsidRPr="000C0A07">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00391426">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">administracija, </w:t>
       </w:r>
       <w:r w:rsidR="006A4CA1">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Metodinė taryba</w:t>
       </w:r>
       <w:r w:rsidR="00816DEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>/Metodinės grupės,</w:t>
       </w:r>
@@ -3437,66 +3477,74 @@
           <w:p w14:paraId="06186273" w14:textId="77777777" w:rsidR="00391426" w:rsidRPr="00A03B0C" w:rsidRDefault="00391426" w:rsidP="00391426">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pagal poreikį</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="708585A7" w14:textId="7DE89B65" w:rsidR="00391426" w:rsidRPr="00A03B0C" w:rsidRDefault="00816DEF" w:rsidP="00391426">
+          <w:p w14:paraId="708585A7" w14:textId="7EB570E8" w:rsidR="00391426" w:rsidRPr="00A03B0C" w:rsidRDefault="001C1ACB" w:rsidP="00391426">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mokyklos </w:t>
+              <w:t>Progimnazijos</w:t>
+            </w:r>
+            <w:r w:rsidR="00816DEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00391426" w:rsidRPr="00A03B0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>administracija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2610" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="444D734F" w14:textId="1AE85CE1" w:rsidR="00391426" w:rsidRPr="00A03B0C" w:rsidRDefault="00391426" w:rsidP="00391426">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
@@ -4283,66 +4331,66 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>irželio</w:t>
             </w:r>
             <w:r w:rsidRPr="00A03B0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> mėn.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FFE620B" w14:textId="77777777" w:rsidR="00816DEF" w:rsidRDefault="00816DEF" w:rsidP="00391426">
+          <w:p w14:paraId="7FFE620B" w14:textId="101BA8CD" w:rsidR="00816DEF" w:rsidRDefault="001C1ACB" w:rsidP="00391426">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Mokyklos</w:t>
+              <w:t>Progimnazijos</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5272D379" w14:textId="415549D6" w:rsidR="00391426" w:rsidRPr="00A03B0C" w:rsidRDefault="00391426" w:rsidP="00391426">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>administracija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2610" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -4405,76 +4453,76 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_________________________</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00391426" w:rsidRPr="000C0A07" w:rsidSect="00391426">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1AA72898" w14:textId="77777777" w:rsidR="009E006F" w:rsidRDefault="009E006F" w:rsidP="007B0750">
+    <w:p w14:paraId="6C656B9D" w14:textId="77777777" w:rsidR="00A027F7" w:rsidRDefault="00A027F7" w:rsidP="007B0750">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6ACA62DE" w14:textId="77777777" w:rsidR="009E006F" w:rsidRDefault="009E006F" w:rsidP="007B0750">
+    <w:p w14:paraId="323638CE" w14:textId="77777777" w:rsidR="00A027F7" w:rsidRDefault="00A027F7" w:rsidP="007B0750">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -4493,188 +4541,188 @@
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="59DC835C" w14:textId="27DCC47C" w:rsidR="00237496" w:rsidRDefault="00237496">
     <w:pPr>
       <w:pStyle w:val="Porat"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="136F2DE4" w14:textId="77777777" w:rsidR="00237496" w:rsidRDefault="00237496">
     <w:pPr>
       <w:pStyle w:val="Porat"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="52999FF9" w14:textId="77777777" w:rsidR="009E006F" w:rsidRDefault="009E006F" w:rsidP="007B0750">
+    <w:p w14:paraId="673A0BC9" w14:textId="77777777" w:rsidR="00A027F7" w:rsidRDefault="00A027F7" w:rsidP="007B0750">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5582AEC0" w14:textId="77777777" w:rsidR="009E006F" w:rsidRDefault="009E006F" w:rsidP="007B0750">
+    <w:p w14:paraId="76C71F08" w14:textId="77777777" w:rsidR="00A027F7" w:rsidRDefault="00A027F7" w:rsidP="007B0750">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1035347133"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="259BCE30" w14:textId="2B1BB616" w:rsidR="00391426" w:rsidRPr="00391426" w:rsidRDefault="00391426">
+      <w:p w14:paraId="259BCE30" w14:textId="33F8E275" w:rsidR="00391426" w:rsidRPr="00391426" w:rsidRDefault="00391426">
         <w:pPr>
           <w:pStyle w:val="Antrats"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00391426">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00391426">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidRPr="00391426">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00631ABC">
+        <w:r w:rsidR="00EB1295">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>2</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r w:rsidRPr="00391426">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="7E64668C" w14:textId="77777777" w:rsidR="00391426" w:rsidRDefault="00391426">
     <w:pPr>
       <w:pStyle w:val="Antrats"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="2063342C" w14:textId="37A56CB0" w:rsidR="00391426" w:rsidRDefault="00391426">
     <w:pPr>
       <w:pStyle w:val="Antrats"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="2E966A64" w14:textId="77777777" w:rsidR="00391426" w:rsidRDefault="00391426">
     <w:pPr>
       <w:pStyle w:val="Antrats"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F56C74"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5F48DC42"/>
     <w:lvl w:ilvl="0" w:tplc="0427000F">
       <w:start w:val="10"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1931" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2651" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -5633,266 +5681,273 @@
     <w:lvl w:ilvl="7" w:tplc="04270003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04270005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1865095469">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1102604210">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="786974143">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="97215396">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="549154596">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="916600206">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1205672813">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1892617143">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="2143231747">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00021F8A"/>
     <w:rsid w:val="00004C3C"/>
     <w:rsid w:val="000106C8"/>
     <w:rsid w:val="00021F8A"/>
     <w:rsid w:val="00032575"/>
     <w:rsid w:val="00043DC1"/>
+    <w:rsid w:val="000524AE"/>
     <w:rsid w:val="00064BBC"/>
     <w:rsid w:val="000765C9"/>
     <w:rsid w:val="00081D5D"/>
     <w:rsid w:val="00090EF7"/>
     <w:rsid w:val="000C0A07"/>
     <w:rsid w:val="000D5226"/>
     <w:rsid w:val="00134D96"/>
     <w:rsid w:val="001B41EF"/>
-    <w:rsid w:val="002176A0"/>
+    <w:rsid w:val="001C1ACB"/>
+    <w:rsid w:val="001F5092"/>
     <w:rsid w:val="00237496"/>
     <w:rsid w:val="00244CE2"/>
     <w:rsid w:val="00263CDC"/>
     <w:rsid w:val="00277DF7"/>
     <w:rsid w:val="002A57A9"/>
+    <w:rsid w:val="002F5C7E"/>
     <w:rsid w:val="003269B7"/>
     <w:rsid w:val="00330549"/>
     <w:rsid w:val="003347F8"/>
     <w:rsid w:val="0036409F"/>
     <w:rsid w:val="00376031"/>
     <w:rsid w:val="00383ABB"/>
     <w:rsid w:val="00391426"/>
     <w:rsid w:val="003B5392"/>
     <w:rsid w:val="003C525F"/>
     <w:rsid w:val="003F6D40"/>
     <w:rsid w:val="00405B76"/>
     <w:rsid w:val="004240C1"/>
     <w:rsid w:val="00436207"/>
     <w:rsid w:val="00440657"/>
     <w:rsid w:val="0044496A"/>
     <w:rsid w:val="00495430"/>
     <w:rsid w:val="004A6B0D"/>
     <w:rsid w:val="004B149B"/>
     <w:rsid w:val="004B2E2A"/>
     <w:rsid w:val="004B691E"/>
     <w:rsid w:val="005022C3"/>
     <w:rsid w:val="00513CD5"/>
     <w:rsid w:val="00566132"/>
+    <w:rsid w:val="00566238"/>
     <w:rsid w:val="005B5FD9"/>
     <w:rsid w:val="005D522C"/>
     <w:rsid w:val="00631ABC"/>
     <w:rsid w:val="00655BD0"/>
     <w:rsid w:val="00676B47"/>
     <w:rsid w:val="006842A7"/>
     <w:rsid w:val="006A4CA1"/>
     <w:rsid w:val="006C2AA5"/>
     <w:rsid w:val="00706D78"/>
     <w:rsid w:val="00721563"/>
     <w:rsid w:val="007475BD"/>
     <w:rsid w:val="00770324"/>
     <w:rsid w:val="00791B24"/>
     <w:rsid w:val="007B0750"/>
     <w:rsid w:val="00816DEF"/>
     <w:rsid w:val="008374CE"/>
     <w:rsid w:val="00853F0F"/>
     <w:rsid w:val="008737A2"/>
     <w:rsid w:val="008A161C"/>
     <w:rsid w:val="008A2BB4"/>
     <w:rsid w:val="008B270F"/>
     <w:rsid w:val="008E713E"/>
-    <w:rsid w:val="00900A99"/>
     <w:rsid w:val="009223BF"/>
     <w:rsid w:val="00934E66"/>
     <w:rsid w:val="00945EC1"/>
     <w:rsid w:val="0098047F"/>
     <w:rsid w:val="009926A5"/>
+    <w:rsid w:val="009B113F"/>
     <w:rsid w:val="009E006F"/>
     <w:rsid w:val="00A01E97"/>
+    <w:rsid w:val="00A027F7"/>
+    <w:rsid w:val="00A44B62"/>
     <w:rsid w:val="00A66302"/>
     <w:rsid w:val="00AB6C72"/>
     <w:rsid w:val="00AD10BA"/>
     <w:rsid w:val="00AD7814"/>
     <w:rsid w:val="00AF4CD1"/>
     <w:rsid w:val="00B20730"/>
     <w:rsid w:val="00B52EBD"/>
     <w:rsid w:val="00B65C6E"/>
     <w:rsid w:val="00B932E3"/>
     <w:rsid w:val="00BF5D9C"/>
     <w:rsid w:val="00C0349D"/>
     <w:rsid w:val="00C038E0"/>
     <w:rsid w:val="00C11414"/>
     <w:rsid w:val="00C15624"/>
     <w:rsid w:val="00C62E25"/>
     <w:rsid w:val="00C74979"/>
     <w:rsid w:val="00C9663C"/>
     <w:rsid w:val="00CB59FC"/>
     <w:rsid w:val="00CC0EE5"/>
     <w:rsid w:val="00D01E11"/>
     <w:rsid w:val="00D1719C"/>
     <w:rsid w:val="00D36E40"/>
     <w:rsid w:val="00D370E8"/>
     <w:rsid w:val="00D41A22"/>
-    <w:rsid w:val="00D514A1"/>
     <w:rsid w:val="00D827EC"/>
     <w:rsid w:val="00DF6400"/>
     <w:rsid w:val="00E1155C"/>
     <w:rsid w:val="00E453C6"/>
     <w:rsid w:val="00EA277E"/>
+    <w:rsid w:val="00EB1295"/>
     <w:rsid w:val="00EC74A7"/>
+    <w:rsid w:val="00ED0B6A"/>
     <w:rsid w:val="00ED2785"/>
     <w:rsid w:val="00EF6845"/>
     <w:rsid w:val="00EF784E"/>
     <w:rsid w:val="00F11910"/>
     <w:rsid w:val="00F1219A"/>
     <w:rsid w:val="00F37B9D"/>
     <w:rsid w:val="00F833DA"/>
     <w:rsid w:val="00F848E8"/>
     <w:rsid w:val="00F93E68"/>
     <w:rsid w:val="00F96A33"/>
     <w:rsid w:val="00FC392A"/>
     <w:rsid w:val="00FF6C47"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0556539F"/>
   <w15:docId w15:val="{3468D4EF-7D8A-42D7-AF40-F2123FBC78D8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -6220,55 +6275,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00C62E25"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
@@ -6424,51 +6474,51 @@
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="x4k7w5x">
     <w:name w:val="x4k7w5x"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:rsid w:val="00FF6C47"/>
   </w:style>
   <w:style w:type="character" w:styleId="Hipersaitas">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FF6C47"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="657728768">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://l.facebook.com/l.php?u=https%3A%2F%2Fwww.nsa.smm.lt%2Fsvietimo-pagalba%2Fistekliu-bankas%2Fspecialieji-moduliai-aukstesniuju-gebejimu-turintiems-vaikams-mokinio-aplankas%2F%3Ffbclid%3DIwAR1GVccYOKvPRUBlI8wsKITJS_4lvFBjkU1SRzVqJeI-m8w7vnn5jQ-V-jM&amp;h=AT3-nWcRz5TF2gcIZH6OE5yRYyZaQ6S85OJ6x2wVgqmuhNUHc0PfLF7k3e44hdnlj4npwIl3F2cFOGvIeu7U9BUhG274FPSEX4FteKq-ILLXPRpcwcNz5GXppLXXLDK6WhzNRg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
@@ -6720,85 +6770,85 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7C11E3AA-DC4D-474C-B40A-2646D6FA2D99}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{35B28799-6CB6-4F3F-9A19-501EED490250}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>2568</Characters>
+  <Pages>1</Pages>
+  <Words>4507</Words>
+  <Characters>2570</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>21</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>HP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7059</CharactersWithSpaces>
+  <CharactersWithSpaces>7063</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>HP</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>