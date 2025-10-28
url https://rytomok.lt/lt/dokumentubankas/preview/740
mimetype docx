--- v0 (2025-10-04)
+++ v1 (2025-10-28)
@@ -1,300 +1,343 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="49D44745" w14:textId="77777777" w:rsidR="0062495B" w:rsidRDefault="0062495B" w:rsidP="0062495B">
+    <w:p w:rsidR="0062495B" w:rsidRDefault="0062495B" w:rsidP="0062495B">
       <w:pPr>
         <w:keepLines/>
         <w:suppressAutoHyphens/>
         <w:ind w:left="5040"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:caps/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:caps/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PATVIRTINTA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FBEF502" w14:textId="77777777" w:rsidR="0062495B" w:rsidRDefault="00B44F0B" w:rsidP="0062495B">
+    <w:p w:rsidR="0062495B" w:rsidRDefault="00B44F0B" w:rsidP="0062495B">
       <w:pPr>
         <w:keepLines/>
         <w:suppressAutoHyphens/>
         <w:ind w:left="5040"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:caps/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>arijampolės „Ryto“ pagrindinės mokyklos</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0BCA50DB" w14:textId="3062FBC4" w:rsidR="0062495B" w:rsidRDefault="00FF6ED9" w:rsidP="0062495B">
+        <w:t xml:space="preserve">arijampolės „Ryto“ </w:t>
+      </w:r>
+      <w:r w:rsidR="00E63F60">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0062495B" w:rsidRDefault="00FF6ED9" w:rsidP="0062495B">
       <w:pPr>
         <w:keepLines/>
         <w:suppressAutoHyphens/>
         <w:ind w:left="5040"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>direktoriaus 2023</w:t>
+        <w:t>direktoriaus 202</w:t>
+      </w:r>
+      <w:r w:rsidR="002138FE">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00B44F0B">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> m.</w:t>
       </w:r>
-      <w:r w:rsidR="00ED3C5A">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> 30 </w:t>
+      <w:r w:rsidR="003557F5">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sausio 6</w:t>
       </w:r>
       <w:r w:rsidR="0062495B">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">d. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6B8C903D" w14:textId="134326C9" w:rsidR="0062495B" w:rsidRDefault="00B44F0B" w:rsidP="00FF6ED9">
+        <w:t xml:space="preserve"> d. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0062495B" w:rsidRDefault="00B44F0B" w:rsidP="00FF6ED9">
       <w:pPr>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5040"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="5040"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:caps/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">įsakymu Nr. </w:t>
       </w:r>
       <w:r w:rsidR="00FF6ED9">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>V-</w:t>
       </w:r>
-      <w:r w:rsidR="00ED3C5A">
-[...7 lines deleted...]
-    <w:p w14:paraId="0A865439" w14:textId="77777777" w:rsidR="0062495B" w:rsidRDefault="0062495B" w:rsidP="0081689A">
+      <w:r w:rsidR="003557F5">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="0062495B" w:rsidRDefault="0062495B" w:rsidP="0081689A">
       <w:pPr>
         <w:keepLines/>
         <w:suppressAutoHyphens/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E59BD16" w14:textId="77777777" w:rsidR="0062495B" w:rsidRDefault="00B44F0B" w:rsidP="0062495B">
+    <w:p w:rsidR="0062495B" w:rsidRDefault="00B44F0B" w:rsidP="0062495B">
       <w:pPr>
         <w:keepLines/>
         <w:suppressAutoHyphens/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>MARIJAMPOLĖS ,,RYTO“ PAGRINDINĖS MOKYKLOS</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="33B7DF8B" w14:textId="77777777" w:rsidR="0062495B" w:rsidRDefault="0062495B" w:rsidP="0062495B">
+        <w:t xml:space="preserve">MARIJAMPOLĖS ,,RYTO“ </w:t>
+      </w:r>
+      <w:r w:rsidR="00E63F60">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PROGIMNAZIJOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0062495B" w:rsidRDefault="0062495B" w:rsidP="0062495B">
       <w:pPr>
         <w:keepLines/>
         <w:suppressAutoHyphens/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DARBUOTOJŲ MATERIALINĖS ATSAKOMYBĖS IR TURTINĖS žalos atlyginimo Tvarkos aprašas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30079636" w14:textId="77777777" w:rsidR="0062495B" w:rsidRDefault="0062495B" w:rsidP="0062495B"/>
-    <w:p w14:paraId="2E1A70BB" w14:textId="77777777" w:rsidR="0062495B" w:rsidRDefault="0062495B" w:rsidP="0062495B">
+    <w:p w:rsidR="0062495B" w:rsidRDefault="0062495B" w:rsidP="0062495B"/>
+    <w:p w:rsidR="0062495B" w:rsidRDefault="0062495B" w:rsidP="0062495B">
       <w:pPr>
         <w:keepLines/>
         <w:suppressAutoHyphens/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47638AFA" w14:textId="77777777" w:rsidR="0062495B" w:rsidRDefault="0062495B" w:rsidP="0062495B">
+    <w:p w:rsidR="0062495B" w:rsidRDefault="0062495B" w:rsidP="0062495B">
       <w:pPr>
         <w:keepLines/>
         <w:suppressAutoHyphens/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> BENDROSIOS NUOSTATOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50D778E1" w14:textId="77777777" w:rsidR="0062495B" w:rsidRDefault="0062495B" w:rsidP="0062495B">
+    <w:p w:rsidR="0062495B" w:rsidRDefault="0062495B" w:rsidP="0062495B">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="75452454" w14:textId="77777777" w:rsidR="006C448A" w:rsidRDefault="0062495B" w:rsidP="00FF6ED9">
+    <w:p w:rsidR="006C448A" w:rsidRDefault="0062495B" w:rsidP="00FF6ED9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidR="00B44F0B">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Marijampolės ,,Ryto“ pagrindinės mokyklos (toliau – Mokykla</w:t>
+        <w:t xml:space="preserve">Marijampolės ,,Ryto“ </w:t>
+      </w:r>
+      <w:r w:rsidR="00E63F60">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00B44F0B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (toliau –</w:t>
+      </w:r>
+      <w:r w:rsidR="00E63F60">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progimnazija</w:t>
       </w:r>
       <w:r w:rsidRPr="004E18C2">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidR="005350D0">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Darbuotojų materialinės atsakomybės ir </w:t>
       </w:r>
       <w:r w:rsidR="005350D0">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="0062495B">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -328,163 +371,162 @@
         </w:rPr>
         <w:t xml:space="preserve"> „Žalos atlyginimas“</w:t>
       </w:r>
       <w:r w:rsidR="00A402CD">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> nuostatomis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="006C448A">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="788FAD7D" w14:textId="77777777" w:rsidR="00246975" w:rsidRDefault="00246975" w:rsidP="00FF6ED9">
+    <w:p w:rsidR="00246975" w:rsidRDefault="00246975" w:rsidP="00FF6ED9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2. Aprašas reglamentuoja darbuotojo ir darbdavio materialinę a</w:t>
       </w:r>
       <w:r w:rsidR="004B27EC">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tsakomybę ir turtinės žalos atly</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ginimo tvarką.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AFF81BB" w14:textId="77777777" w:rsidR="006C448A" w:rsidRDefault="006C448A" w:rsidP="0062495B">
+    <w:p w:rsidR="006C448A" w:rsidRDefault="006C448A" w:rsidP="0062495B">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7720BD5E" w14:textId="77777777" w:rsidR="00EC4F5D" w:rsidRPr="00246975" w:rsidRDefault="00246975" w:rsidP="00246975">
+    <w:p w:rsidR="00EC4F5D" w:rsidRPr="00246975" w:rsidRDefault="00246975" w:rsidP="00246975">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00246975">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>II SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E0DC891" w14:textId="77777777" w:rsidR="00246975" w:rsidRPr="00246975" w:rsidRDefault="00246975" w:rsidP="00246975">
+    <w:p w:rsidR="00246975" w:rsidRPr="00246975" w:rsidRDefault="00246975" w:rsidP="00246975">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00246975">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MATERIALINĖ ATSAKOMYBĖ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31D4419C" w14:textId="77777777" w:rsidR="00246975" w:rsidRDefault="00246975" w:rsidP="00246975">
+    <w:p w:rsidR="00246975" w:rsidRDefault="00246975" w:rsidP="00246975">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="36E5DCD5" w14:textId="77777777" w:rsidR="00246975" w:rsidRPr="00246975" w:rsidRDefault="00246975" w:rsidP="00FF6ED9">
+    <w:p w:rsidR="00246975" w:rsidRPr="00246975" w:rsidRDefault="00246975" w:rsidP="00FF6ED9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00246975">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">3. </w:t>
-[...6 lines deleted...]
-        <w:t>Mokyklos</w:t>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E63F60">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Progimnazijos</w:t>
       </w:r>
       <w:r w:rsidRPr="00246975">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004B27EC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>direktori</w:t>
       </w:r>
       <w:r w:rsidRPr="00246975">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">us </w:t>
       </w:r>
       <w:r w:rsidR="00163C61">
         <w:rPr>
           <w:color w:val="000000"/>
@@ -534,93 +576,93 @@
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00246975">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pvz.: direktorius, direktoriaus pavaduotojai ugdymui, direktoriaus pavaduotojas ūkiui, vyriausioji buhalterė, buhalterė, viešųjų pirkimų komisijos nariai, bibliotekos vedėja, susidarius aplinkybėms – kiti įstaigos darbuotojai</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00246975">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, atsakingų už materialines vertybes progimnazijoje.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B55A515" w14:textId="77777777" w:rsidR="00246975" w:rsidRPr="00246975" w:rsidRDefault="00246975" w:rsidP="00FF6ED9">
+    <w:p w:rsidR="00246975" w:rsidRPr="00246975" w:rsidRDefault="00246975" w:rsidP="00FF6ED9">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">4. </w:t>
       </w:r>
       <w:r w:rsidRPr="00246975">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Direktoriaus pavaduotojas ūkiui </w:t>
       </w:r>
       <w:r w:rsidR="00411B39">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">atsako už visą </w:t>
       </w:r>
       <w:r w:rsidR="00107476">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>materialin</w:t>
       </w:r>
       <w:r w:rsidR="002E6153">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">į turtą </w:t>
-[...5 lines deleted...]
-        <w:t>mokykloje</w:t>
+        <w:t>į turtą</w:t>
+      </w:r>
+      <w:r w:rsidR="00E63F60">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progimnazijoje</w:t>
       </w:r>
       <w:r w:rsidR="00107476">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00246975">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ir vykdo </w:t>
       </w:r>
       <w:r w:rsidR="002E6153">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>jo</w:t>
       </w:r>
       <w:r w:rsidRPr="00246975">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> apskaitą</w:t>
       </w:r>
@@ -657,51 +699,51 @@
       <w:r w:rsidR="00117D5C" w:rsidRPr="00246975">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ir vykdo </w:t>
       </w:r>
       <w:r w:rsidR="00117D5C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>jo</w:t>
       </w:r>
       <w:r w:rsidR="00117D5C" w:rsidRPr="00246975">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> apskaitą</w:t>
       </w:r>
       <w:r w:rsidR="00117D5C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: grožinės literatūros knygos, mokomųjų dalykų vadovėliai, spaudiniai ir pan.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FAAD7F8" w14:textId="77777777" w:rsidR="00107476" w:rsidRDefault="00107476" w:rsidP="00FF6ED9">
+    <w:p w:rsidR="00107476" w:rsidRDefault="00107476" w:rsidP="00FF6ED9">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">5. </w:t>
       </w:r>
       <w:r w:rsidRPr="00246975">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Direktoriaus pavaduotojas ūkiui</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> veda</w:t>
       </w:r>
       <w:r w:rsidR="00C34328">
         <w:rPr>
           <w:szCs w:val="24"/>
@@ -735,51 +777,51 @@
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ose </w:t>
       </w:r>
       <w:r w:rsidR="00F06853">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>patalpose</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> dirbantiems pedagoginiams darbuotojams ten esanč</w:t>
       </w:r>
       <w:r w:rsidR="00117D5C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ių materialinių vertybių sąrašą. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="282C078F" w14:textId="77777777" w:rsidR="00107476" w:rsidRDefault="00107476" w:rsidP="00FF6ED9">
+    <w:p w:rsidR="00107476" w:rsidRDefault="00107476" w:rsidP="00FF6ED9">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6. Mokomuosiuose ka</w:t>
       </w:r>
       <w:r w:rsidR="00465236">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>binetuose, sporto salėse</w:t>
       </w:r>
       <w:r w:rsidR="00F06853">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir laboratorijose </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
@@ -813,89 +855,96 @@
       <w:r w:rsidR="00A64B86">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir taip</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> prisiima atsakomybę už jiems patikėtas materialin</w:t>
       </w:r>
       <w:r w:rsidR="00F06853">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>es vertybes bei</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> įsipareigoja atlyginti turtinę žalą, jei žala įvykdyta dėl jų kaltės.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C2AB0D9" w14:textId="77777777" w:rsidR="00246975" w:rsidRPr="00107476" w:rsidRDefault="00107476" w:rsidP="00FF6ED9">
-[...8 lines deleted...]
-        <w:t>Mokykloje</w:t>
+    <w:p w:rsidR="00246975" w:rsidRPr="00107476" w:rsidRDefault="00107476" w:rsidP="00FF6ED9">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>7.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E63F60">
+        <w:t>progimnazijoje</w:t>
       </w:r>
       <w:r w:rsidR="00246975">
         <w:t xml:space="preserve"> pagal darbo sutartis dirbantys darbuotojai, privalo saugoti ir tausoti darbovietės turtą. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CCF3BA4" w14:textId="77777777" w:rsidR="00465236" w:rsidRPr="00EA6F92" w:rsidRDefault="00107476" w:rsidP="00FF6ED9">
+    <w:p w:rsidR="00465236" w:rsidRPr="00EA6F92" w:rsidRDefault="00107476" w:rsidP="00FF6ED9">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA6F92">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>8.</w:t>
       </w:r>
       <w:r w:rsidR="00B44F0B">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Visi mokyklos</w:t>
+        <w:t xml:space="preserve"> Visi</w:t>
+      </w:r>
+      <w:r w:rsidR="00E63F60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="00465236" w:rsidRPr="00EA6F92">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> darbuotojai, su kuriais sudarytos darbo sutartys</w:t>
       </w:r>
       <w:r w:rsidR="00EC4F5D" w:rsidRPr="00EA6F92">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>, prieš nutraukiant darbo sutartį, atsiskaito už gautas dis</w:t>
       </w:r>
       <w:r w:rsidR="00465236" w:rsidRPr="00EA6F92">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ponavimui materialines vertybes.</w:t>
       </w:r>
       <w:r w:rsidR="00EC4F5D" w:rsidRPr="00EA6F92">
         <w:rPr>
           <w:color w:val="000000"/>
@@ -935,61 +984,68 @@
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00EC4F5D" w:rsidRPr="00EA6F92">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00465236" w:rsidRPr="00EA6F92">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>asmenines saugos p</w:t>
       </w:r>
       <w:r w:rsidR="00B44F0B">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>riemones, perduoti mokyklos</w:t>
+        <w:t>riemones, perduoti</w:t>
+      </w:r>
+      <w:r w:rsidR="00E63F60">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="00465236" w:rsidRPr="00EA6F92">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> direktoriui darbuotojo dispozicijoje buvusius dokumentus, atsiskaityti su biblioteka.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="452FCF01" w14:textId="77777777" w:rsidR="00EC4F5D" w:rsidRPr="00EA6F92" w:rsidRDefault="00465236" w:rsidP="00FF6ED9">
+    <w:p w:rsidR="00EC4F5D" w:rsidRPr="00EA6F92" w:rsidRDefault="00465236" w:rsidP="00FF6ED9">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA6F92">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">9.  Iki sutarties nutraukimo įsigaliojimo dienos darbuotojas su direktoriaus pavaduotoju ūkio reikalams </w:t>
       </w:r>
       <w:r w:rsidR="00EC4F5D" w:rsidRPr="00EA6F92">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">surašo </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA6F92">
@@ -1027,1076 +1083,1137 @@
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidR="00EC4F5D" w:rsidRPr="00EA6F92">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">visą </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA6F92">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>progimnazijai</w:t>
       </w:r>
       <w:r w:rsidR="00EC4F5D" w:rsidRPr="00EA6F92">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> priklausantį turtą.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56253DB1" w14:textId="77777777" w:rsidR="00A64B86" w:rsidRDefault="00A64B86" w:rsidP="003D630B">
+    <w:p w:rsidR="00A64B86" w:rsidRDefault="00A64B86" w:rsidP="003D630B">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DBC9174" w14:textId="77777777" w:rsidR="00A64B86" w:rsidRPr="00A64B86" w:rsidRDefault="00A64B86" w:rsidP="00A64B86">
+    <w:p w:rsidR="00A64B86" w:rsidRPr="00A64B86" w:rsidRDefault="00A64B86" w:rsidP="00A64B86">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A64B86">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>III SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76250D64" w14:textId="77777777" w:rsidR="00A64B86" w:rsidRDefault="00A22EDE" w:rsidP="00A64B86">
+    <w:p w:rsidR="00A64B86" w:rsidRDefault="00A22EDE" w:rsidP="00A64B86">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">DARBDAVIO PAREIGA, </w:t>
       </w:r>
       <w:r w:rsidR="00A64B86">
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">DARBUOTOJŲ MATERIALINĖ ATSAKOMYBĖ </w:t>
       </w:r>
       <w:r w:rsidR="00CA2CDF">
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>DĖL TEISĖS PAŽEIDIMO, KURIUO DARBUOTOJAS, NETINKAMAI ATLIKDAMAS SAVO DARBO PAREIGAS, DARBDAVIUI PADARO ŽALOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="067FB815" w14:textId="77777777" w:rsidR="00CA2CDF" w:rsidRDefault="00CA2CDF" w:rsidP="00FF6ED9">
+    <w:p w:rsidR="00CA2CDF" w:rsidRDefault="00CA2CDF" w:rsidP="00FF6ED9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CC5AFC1" w14:textId="77777777" w:rsidR="0081689A" w:rsidRDefault="0081689A" w:rsidP="00FF6ED9">
+    <w:p w:rsidR="00A22EDE" w:rsidRPr="009C1BFA" w:rsidRDefault="0081689A" w:rsidP="00E63F60">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>10. D</w:t>
       </w:r>
       <w:r w:rsidRPr="00A22EDE">
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>arbdavio pareiga yra sudaryti darbuotojui tinkamas darbo sąlygas, kurios jam užtikrintų</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="76F46CCE" w14:textId="77777777" w:rsidR="00A22EDE" w:rsidRPr="009C1BFA" w:rsidRDefault="00A22EDE" w:rsidP="00FF6ED9">
+      <w:r w:rsidR="00E63F60">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A22EDE" w:rsidRPr="00A22EDE">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>galimybę išsaugoti patikėtą</w:t>
+      </w:r>
+      <w:r w:rsidR="00E63F60">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00A22EDE" w:rsidRPr="00A22EDE">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> turtą</w:t>
+      </w:r>
+      <w:r w:rsidR="00A22EDE">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA2CDF" w:rsidRDefault="00A22EDE" w:rsidP="00FF6ED9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
-        <w:jc w:val="both"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA2CDF">
+        <w:t xml:space="preserve">. Materialinei atsakomybei, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA2CDF" w:rsidRPr="00CA2CDF">
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b w:val="0"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00A22EDE">
+        <w:t>dėl teisės pažeidimo, kuriuo darbuotojas, netinkamai atlikdamas savo darbo pareigas, darbdaviui padaro žalos</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA2CDF" w:rsidRPr="00CA2CDF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA2CDF">
+        <w:t>atsirasti būtinos visos šios sąlygos:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA2CDF" w:rsidRDefault="00A22EDE" w:rsidP="00FF6ED9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA2CDF">
+        <w:t xml:space="preserve">.1. realios turtinės žalos padarymas darbdaviui; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A48F4" w:rsidRDefault="00A22EDE" w:rsidP="00FF6ED9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA2CDF">
+        <w:t xml:space="preserve">.2. žala padaryta darbuotojo neteisėta veika; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A48F4" w:rsidRDefault="00A22EDE" w:rsidP="00FF6ED9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidR="002A48F4">
+        <w:t>.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA2CDF">
+        <w:t xml:space="preserve"> priežastinis ryšys tarp neteisėtos veikos ir žalos atsiradimo; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A48F4" w:rsidRDefault="00A22EDE" w:rsidP="00FF6ED9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidR="002A48F4">
+        <w:t>.4.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA2CDF">
+        <w:t xml:space="preserve"> darbuotojo kaltė dėl žalos padarymo; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A48F4" w:rsidRDefault="00A22EDE" w:rsidP="00FF6ED9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidR="002A48F4">
+        <w:t>.5.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA2CDF">
+        <w:t xml:space="preserve"> darbuotojas ir darbdavys teisės pažeidimo metu buvo susiję darbo santykiais; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA2CDF" w:rsidRDefault="00A22EDE" w:rsidP="00FF6ED9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidR="002A48F4">
+        <w:t>.6.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA2CDF">
+        <w:t xml:space="preserve"> žalos atsiradimas yra saistomas su darbuotojo darbine veikla.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C2FEE" w:rsidRDefault="007C2FEE" w:rsidP="00FF6ED9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>12. Darbuotojas privalo atlyginti visą padarytą turtinę žalą šiais atvejais:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C2FEE" w:rsidRDefault="007C2FEE" w:rsidP="00FF6ED9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>12.1. žala padaryta tyčia;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C2FEE" w:rsidRDefault="007C2FEE" w:rsidP="00FF6ED9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>12.2. žala padaryta jo veikla, turinčia nusikaltimo požymių;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C2FEE" w:rsidRDefault="007C2FEE" w:rsidP="00FF6ED9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>12.3. žala padaryta neblaivaus ar apsvaigusio nuo narkotinių, toksinių ar psichotropinių medžiagų darbuotojo;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C2FEE" w:rsidRDefault="007C2FEE" w:rsidP="00FF6ED9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>12.4. žala padaryta pažeidus pareigą saugoti konfidencialią informaciją arba susitarimą dėl nekonkuravimo;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C2FEE" w:rsidRDefault="007C2FEE" w:rsidP="00FF6ED9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>12.5. visiškos žalos atlyginimo atvejis numatytas ir/ar: pareigybių aprašyme, kolektyvinėje</w:t>
+      </w:r>
+      <w:r w:rsidR="00B44F0B">
+        <w:t xml:space="preserve"> sutartyje,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> direktoriaus įsakyme.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00545EAB" w:rsidRDefault="00545EAB" w:rsidP="00FF6ED9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A22EDE" w:rsidRPr="00725652" w:rsidRDefault="00A22EDE" w:rsidP="00A22EDE">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00725652">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>IV SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006018D9" w:rsidRDefault="007C2FEE" w:rsidP="006018D9">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00725652">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ŽALOS ATLYGINIMAS</w:t>
+      </w:r>
+      <w:r w:rsidR="006018D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="006018D9" w:rsidRPr="00545EAB">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>PADARYTOS ŽALOS IŠIEŠKOJIMO TVARKA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00725652" w:rsidRDefault="00725652" w:rsidP="00FF6ED9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006018D9" w:rsidRDefault="00E263F2" w:rsidP="00FF6ED9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E263F2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>13. Darbuotojas privalo atlyginti visą</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> padarytą turtinę žalą, bet ne daugiau kaip jo 3 vidutinių darbo užmokesčių dydžio, o jei žala padaryta dėl darbuotojo didelio neatsargumo, – ne daugiau kaip jo 6 vidutinių darbo užmokesčių dydžio.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163C61" w:rsidRDefault="00163C61" w:rsidP="00FF6ED9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>14. Darbuotojo padaryta ir jo gera valia šalių susitarimu natūra arba pinigais neatlyginta žala gali būti išskaitoma iš darbuotojui priklausančio darbo užmokesčio direktoriaus rašytiniu nurodymu – įsakymu. Tokios išskaitos dydis negali viršyti vieno mėnesio darbuotojo vidutinio darbo užmokesčio dydžio net ir tuo atveju, jeigu buvo padaryta didesnė žala. D</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE3434">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>irektoriaus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nurodymas išieškoti šią žalą gali būti priimtas ne vėliau kaip per tris mėnesius nuo žalos paaiškėjimo dienos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163C61" w:rsidRDefault="00163C61" w:rsidP="00FF6ED9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>15. Dėl išskaitos, kuri viršija vieno mėnesio darbuotojo vidutinio darbo užmokesčio dydį, arba jeigu praleisti išskaitos terminai, d</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE3434">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>irektorius</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> žalos atlyginimo turi reikalauti darbo ginčams dėl teisės nagrinėti nustatyta tvarka.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C34FE2" w:rsidRPr="009864A0" w:rsidRDefault="00163C61" w:rsidP="00FF6ED9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16. Darbdavio darbuotojui padaryta žala atlyginama darbo ginčams dėl teisės nagrinėti nustatyta tvarka. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00725652" w:rsidRPr="00C34FE2" w:rsidRDefault="009864A0" w:rsidP="00FF6ED9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidR="00C34FE2">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C34FE2" w:rsidRPr="009C1BFA">
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">galimybę išsaugoti patikėtą </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B44F0B">
+        <w:t>Kai žalą kartu padaro keli darbuotojai, jiems taikoma bendra dalinė atsakomybė</w:t>
+      </w:r>
+      <w:r w:rsidR="00C34FE2" w:rsidRPr="009C1BFA">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C34FE2" w:rsidRPr="009C1BFA">
+        <w:t>tai yra atlygintini nuostoliai nustatomi kiekvienam iš jų atskirai, atsižvelgiant į kiekvieno asmens kaltės laipsnį, taikytinos materialinės atsakomybės rūšį ir ribas. Solidariai (t. y. visi bendrai) darbuotojai atsako tuomet, kai jie žalą padaro bendrais nusikalstamais veiksmais, kuriuos nuosprendžiu konstatuoja teismas. Tokiu atveju teismo priteisti visi nuostoliai gali būti pasirinktinai išieškomi iš</w:t>
+      </w:r>
+      <w:r w:rsidR="00C34FE2">
+        <w:t xml:space="preserve"> bet kurio šioje baudžiamojoje byloje nuteistojo asmens.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C2FEE" w:rsidRDefault="009864A0" w:rsidP="00FF6ED9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidR="007C2FEE">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="007C2FEE" w:rsidRPr="004A1D29">
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:t>mokyklos</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A22EDE">
+        <w:t>Materialinė atsakomybė netaikoma, kai darbuotojas žalą padaro teisėtais veiksmais</w:t>
+      </w:r>
+      <w:r w:rsidR="007C2FEE">
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
-          <w:b w:val="0"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="19FF180B" w14:textId="77777777" w:rsidR="00CA2CDF" w:rsidRDefault="00A22EDE" w:rsidP="00FF6ED9">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007C2FEE">
+        <w:t>(pavyzdžiui, gelbėdamas progimnazijos turtą nuo gaisro, išlaužia duris, apgadina materialines vertybes ir pan.). Iš darbuotojo nereikalaujama materialiai atlyginti žalą, atsiradusią dėl veiklos, susijusios su informacinių technologijų įsisavinimu, reikalingu ugdomajai veiklai vykdyti ir pan. jei dėl jos nuostoliai atsirado siekiant naudos ir kai jų išvengti kitomis priemonėmis buvo neįmanoma arba, jei darbuotojas įrodo, kad žala atsirado ne dėl jo kaltės.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF6ED9" w:rsidRDefault="00FF6ED9" w:rsidP="00FF6ED9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...465 lines deleted...]
-    <w:p w14:paraId="53490382" w14:textId="77777777" w:rsidR="00EC4F5D" w:rsidRDefault="00EC4F5D" w:rsidP="00FF6ED9">
+    </w:p>
+    <w:p w:rsidR="00EC4F5D" w:rsidRDefault="00EC4F5D" w:rsidP="00FF6ED9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33187535" w14:textId="77777777" w:rsidR="00545EAB" w:rsidRDefault="00545EAB" w:rsidP="00545EAB">
+    <w:p w:rsidR="00E63F60" w:rsidRDefault="00E63F60" w:rsidP="00FF6ED9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00545EAB" w:rsidRDefault="00545EAB" w:rsidP="00545EAB">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00545EAB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>V SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C554A12" w14:textId="77777777" w:rsidR="00B74C7F" w:rsidRDefault="00B74C7F" w:rsidP="00545EAB">
+    <w:p w:rsidR="00B74C7F" w:rsidRDefault="00B74C7F" w:rsidP="00545EAB">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>BAIGIAMOSIOS NUOSTATOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F0769E1" w14:textId="77777777" w:rsidR="00612EFF" w:rsidRDefault="00612EFF" w:rsidP="00612EFF">
+    <w:p w:rsidR="00612EFF" w:rsidRDefault="00612EFF" w:rsidP="00612EFF">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A75D8AB" w14:textId="77777777" w:rsidR="00612EFF" w:rsidRDefault="00612EFF" w:rsidP="00FF6ED9">
-[...13 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="00612EFF" w:rsidRDefault="00612EFF" w:rsidP="00FF6ED9">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>19. Šis Aprašas gali būti koreguojamas, keičiamas, pasikeitus Lietuvos Respublikos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="760602BE" w14:textId="77777777" w:rsidR="00B74C7F" w:rsidRPr="00612EFF" w:rsidRDefault="00B74C7F" w:rsidP="00FF6ED9">
-[...1 lines deleted...]
-        <w:ind w:firstLine="851"/>
+    <w:p w:rsidR="00B74C7F" w:rsidRPr="00612EFF" w:rsidRDefault="00B74C7F" w:rsidP="00E63F60">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>įstatymams, teisiniams aktams, darbo kodekso nuostatoms.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FA41F12" w14:textId="77777777" w:rsidR="00B74C7F" w:rsidRDefault="00B74C7F" w:rsidP="00FF6ED9">
-[...13 lines deleted...]
-        <w:t>20. Su šiuo aprašu (jo papildym</w:t>
+    <w:p w:rsidR="00B74C7F" w:rsidRDefault="00B74C7F" w:rsidP="00FF6ED9">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20. Su šiuo aprašu (jo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>papildym</w:t>
       </w:r>
       <w:r w:rsidR="00F77E9E">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ais, koregavimais) mokyklos</w:t>
+        <w:t>ais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F77E9E">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F77E9E">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>koregavimais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F77E9E">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00E63F60">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progimnazijos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> darbuotojai supažindinami s</w:t>
       </w:r>
       <w:r w:rsidR="00F77E9E">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>kelbiant jį viešai mokyklos</w:t>
+        <w:t>kelbiant jį viešai</w:t>
+      </w:r>
+      <w:r w:rsidR="00E63F60">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progimnazijos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> internetinėje svetainėje</w:t>
       </w:r>
       <w:r w:rsidR="00F77E9E">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId4" w:history="1">
         <w:r w:rsidR="00F77E9E" w:rsidRPr="00636F59">
           <w:rPr>
             <w:rStyle w:val="Hipersaitas"/>
             <w:bCs/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>www.rytomok.lt</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00F77E9E">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3648CCAE" w14:textId="77777777" w:rsidR="00B74C7F" w:rsidRPr="00B74C7F" w:rsidRDefault="00B74C7F" w:rsidP="00FF6ED9">
+    <w:p w:rsidR="00B74C7F" w:rsidRPr="00B74C7F" w:rsidRDefault="00B74C7F" w:rsidP="00FF6ED9">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>21. Š</w:t>
       </w:r>
       <w:r w:rsidR="00F77E9E">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>is aprašas privalomas visiems mokykloje</w:t>
+        <w:t>is aprašas privalomas visiems</w:t>
+      </w:r>
+      <w:r w:rsidR="00E63F60">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progimnazijoje</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> pagal darbo sutartis dirbantiems darbuotojams.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21E11291" w14:textId="77777777" w:rsidR="00545EAB" w:rsidRDefault="00545EAB" w:rsidP="00545EAB">
+    <w:p w:rsidR="00545EAB" w:rsidRDefault="00545EAB" w:rsidP="00545EAB">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="529218F8" w14:textId="77777777" w:rsidR="00B74C7F" w:rsidRPr="00545EAB" w:rsidRDefault="00B74C7F" w:rsidP="00B74C7F">
+    <w:p w:rsidR="00B74C7F" w:rsidRPr="00545EAB" w:rsidRDefault="00B74C7F" w:rsidP="00B74C7F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>____________________</w:t>
       </w:r>
       <w:r w:rsidR="00FF6ED9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_______________________</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00B74C7F" w:rsidRPr="00545EAB" w:rsidSect="00B17F96">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Batang">
     <w:altName w:val="바탕"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000001" w:usb1="09060000" w:usb2="00000010" w:usb3="00000000" w:csb0="00080000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="396"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="163"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0062495B"/>
     <w:rsid w:val="000355E3"/>
     <w:rsid w:val="00077F35"/>
-    <w:rsid w:val="00081472"/>
     <w:rsid w:val="00107476"/>
     <w:rsid w:val="00117D5C"/>
     <w:rsid w:val="00163C61"/>
+    <w:rsid w:val="002138FE"/>
     <w:rsid w:val="0023512C"/>
     <w:rsid w:val="00246975"/>
     <w:rsid w:val="00251540"/>
     <w:rsid w:val="00285717"/>
     <w:rsid w:val="002A48F4"/>
     <w:rsid w:val="002E6153"/>
+    <w:rsid w:val="003557F5"/>
     <w:rsid w:val="003D630B"/>
     <w:rsid w:val="00411B39"/>
     <w:rsid w:val="00465236"/>
     <w:rsid w:val="004854C3"/>
     <w:rsid w:val="004A1D29"/>
     <w:rsid w:val="004B27EC"/>
     <w:rsid w:val="005350D0"/>
     <w:rsid w:val="00545EAB"/>
     <w:rsid w:val="005566E9"/>
     <w:rsid w:val="005D33BD"/>
     <w:rsid w:val="006018D9"/>
     <w:rsid w:val="00612EFF"/>
     <w:rsid w:val="00621ED2"/>
     <w:rsid w:val="0062495B"/>
     <w:rsid w:val="006C448A"/>
     <w:rsid w:val="00725652"/>
     <w:rsid w:val="007C2FEE"/>
     <w:rsid w:val="0081689A"/>
     <w:rsid w:val="0092799B"/>
     <w:rsid w:val="009451A6"/>
     <w:rsid w:val="009864A0"/>
     <w:rsid w:val="009C1BFA"/>
     <w:rsid w:val="00A22EDE"/>
     <w:rsid w:val="00A402CD"/>
     <w:rsid w:val="00A64B86"/>
     <w:rsid w:val="00AE3434"/>
     <w:rsid w:val="00B17F96"/>
     <w:rsid w:val="00B44F0B"/>
     <w:rsid w:val="00B74C7F"/>
     <w:rsid w:val="00BA6ED5"/>
     <w:rsid w:val="00BE705F"/>
     <w:rsid w:val="00C34328"/>
     <w:rsid w:val="00C34FE2"/>
     <w:rsid w:val="00C6649D"/>
     <w:rsid w:val="00CA2CDF"/>
     <w:rsid w:val="00CA4129"/>
     <w:rsid w:val="00CC4B2A"/>
     <w:rsid w:val="00D60242"/>
     <w:rsid w:val="00E263F2"/>
     <w:rsid w:val="00E36B4D"/>
+    <w:rsid w:val="00E63F60"/>
     <w:rsid w:val="00EA6F92"/>
     <w:rsid w:val="00EC4F5D"/>
-    <w:rsid w:val="00ED3C5A"/>
     <w:rsid w:val="00F06853"/>
     <w:rsid w:val="00F77E9E"/>
     <w:rsid w:val="00FF6ED9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="03375A9C"/>
+  <w14:docId w14:val="0B079CD9"/>
   <w15:docId w15:val="{F262F1FD-4019-4586-828F-51EBEDC5952B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2158,94 +2275,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -2420,55 +2541,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="0062495B"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:val="lt-LT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Antrat1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="prastasis"/>
     <w:next w:val="prastasis"/>
     <w:link w:val="Antrat1Diagrama"/>
     <w:qFormat/>
     <w:rsid w:val="005D33BD"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
@@ -2588,51 +2704,51 @@
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00A64B86"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipersaitas">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F77E9E"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rytomok.lt" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -2886,68 +3002,68 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>2417</Characters>
+  <Pages>1</Pages>
+  <Words>4261</Words>
+  <Characters>2429</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>20</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6642</CharactersWithSpaces>
+  <CharactersWithSpaces>6677</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Sekretore</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>