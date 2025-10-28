--- v0 (2025-10-04)
+++ v1 (2025-10-28)
@@ -1,225 +1,332 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="65EDDA44" w14:textId="38B76262" w:rsidR="00664FA4" w:rsidRPr="00FD12DE" w:rsidRDefault="005912DA" w:rsidP="00C631CD">
+    <w:p w14:paraId="65EDDA44" w14:textId="38B76262" w:rsidR="00664FA4" w:rsidRPr="00E5722B" w:rsidRDefault="005912DA" w:rsidP="00C631CD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F14F7">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                    </w:t>
       </w:r>
-      <w:r w:rsidR="00664FA4" w:rsidRPr="00FD12DE">
+      <w:r w:rsidR="00664FA4" w:rsidRPr="00E5722B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PATVIRTINTA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AFBDD08" w14:textId="7AC50A27" w:rsidR="00664FA4" w:rsidRPr="00FD12DE" w:rsidRDefault="00664FA4" w:rsidP="00C631CD">
+    <w:p w14:paraId="3AFBDD08" w14:textId="53B8122C" w:rsidR="00664FA4" w:rsidRPr="00E5722B" w:rsidRDefault="00664FA4" w:rsidP="00C631CD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FD12DE">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E5722B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00C631CD" w:rsidRPr="00FD12DE">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                         </w:t>
+      </w:r>
+      <w:r w:rsidR="00E5722B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00A63179" w:rsidRPr="00FD12DE">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                          </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF1A2D" w:rsidRPr="00E5722B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mari</w:t>
+      </w:r>
+      <w:r w:rsidR="00C631CD" w:rsidRPr="00E5722B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">jampolės </w:t>
+      </w:r>
+      <w:r w:rsidR="00A63179" w:rsidRPr="00E5722B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>„</w:t>
       </w:r>
-      <w:r w:rsidR="00C631CD" w:rsidRPr="00FD12DE">
+      <w:r w:rsidR="00C631CD" w:rsidRPr="00E5722B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w14:paraId="31D623B3" w14:textId="377A24BE" w:rsidR="00664FA4" w:rsidRPr="00FD12DE" w:rsidRDefault="00C631CD" w:rsidP="00C631CD">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ryto“ </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF1A2D" w:rsidRPr="00E5722B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A566FB5" w14:textId="77777777" w:rsidR="00E5722B" w:rsidRDefault="00C631CD" w:rsidP="00C631CD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="4962"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FD12DE">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E5722B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">direktoriaus </w:t>
       </w:r>
-      <w:r w:rsidR="00664FA4" w:rsidRPr="00FD12DE">
+      <w:r w:rsidR="00664FA4" w:rsidRPr="00E5722B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="007C0BB5" w:rsidRPr="00FD12DE">
+      <w:r w:rsidR="002E4520" w:rsidRPr="00E5722B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00664FA4" w:rsidRPr="00FD12DE">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00664FA4" w:rsidRPr="00E5722B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00FD12DE">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E5722B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FD12DE">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sausio 6</w:t>
+      </w:r>
+      <w:r w:rsidR="008930D0" w:rsidRPr="00E5722B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E5722B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> d.</w:t>
       </w:r>
-      <w:r w:rsidR="00664FA4" w:rsidRPr="00FD12DE">
+      <w:r w:rsidR="00664FA4" w:rsidRPr="00E5722B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD12DE">
+    </w:p>
+    <w:p w14:paraId="31D623B3" w14:textId="0108209D" w:rsidR="00664FA4" w:rsidRPr="00E5722B" w:rsidRDefault="00C631CD" w:rsidP="00C631CD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="4962"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E5722B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>įsakymu</w:t>
       </w:r>
-      <w:r w:rsidR="00664FA4" w:rsidRPr="00FD12DE">
+      <w:r w:rsidR="00664FA4" w:rsidRPr="00E5722B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nr. </w:t>
       </w:r>
-      <w:r w:rsidR="001D6D6F" w:rsidRPr="00FD12DE">
+      <w:r w:rsidR="001D6D6F" w:rsidRPr="00E5722B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
-      <w:r w:rsidR="00B9062A">
+      <w:r w:rsidR="00EF1A2D" w:rsidRPr="00E5722B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00E5722B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="209E55A0" w14:textId="77777777" w:rsidR="00664FA4" w:rsidRPr="00FD12DE" w:rsidRDefault="00664FA4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79C936A6" w14:textId="35DCA0A5" w:rsidR="005912DA" w:rsidRPr="00C631CD" w:rsidRDefault="00664FA4" w:rsidP="00FF7E44">
+    <w:p w14:paraId="79C936A6" w14:textId="3746E79E" w:rsidR="005912DA" w:rsidRPr="00C631CD" w:rsidRDefault="00664FA4" w:rsidP="00FF7E44">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C631CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>MARIJAMPOLĖS ,,RYTO“ PAGRINDINĖ MOKYKLA</w:t>
+        <w:t>MARIJAM</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>POLĖS ,,RYTO“ PROGIMNAZIJOS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="573BE456" w14:textId="0F5D552B" w:rsidR="00664FA4" w:rsidRPr="00C631CD" w:rsidRDefault="00664FA4" w:rsidP="00FF7E44">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C631CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">APRŪPINIMO BENDROJO UGDYMO DALYKŲ VADOVĖLIAIS IR MOKYMO PRIEMONĖMIS </w:t>
       </w:r>
       <w:r w:rsidR="00B27D54">
@@ -245,192 +352,266 @@
     </w:p>
     <w:p w14:paraId="5C80A272" w14:textId="77777777" w:rsidR="00664FA4" w:rsidRPr="00C631CD" w:rsidRDefault="00664FA4" w:rsidP="00664FA4">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="769A1496" w14:textId="4DE4C548" w:rsidR="00664FA4" w:rsidRPr="00C631CD" w:rsidRDefault="00664FA4" w:rsidP="00FF7E44">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk121210797"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk121210797"/>
       <w:r w:rsidRPr="00C631CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="5C713B23" w14:textId="26CB15E0" w:rsidR="00664FA4" w:rsidRPr="00C631CD" w:rsidRDefault="00664FA4" w:rsidP="00FF7E44">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C631CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>BENDROSIOS NUOSTATOS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5812E879" w14:textId="686D4957" w:rsidR="00664FA4" w:rsidRPr="00C631CD" w:rsidRDefault="00664FA4" w:rsidP="00721730">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="770BED91" w14:textId="35AB5DD1" w:rsidR="00395A81" w:rsidRDefault="00395A81" w:rsidP="00FF7E44">
+    <w:p w14:paraId="770BED91" w14:textId="09CED975" w:rsidR="00395A81" w:rsidRDefault="00395A81" w:rsidP="00FF7E44">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Marijampolės „Ryto“ pagrindinės mokyklos (toliau Mokykla) aprūpinimo bendrojo ugdymo dalykų vadovėliais ir mokymo priemonėmis tvarkos aprašas nustato bendrojo lavinimo dalykų vadovėlių, m</w:t>
+        <w:t xml:space="preserve">Marijampolės „Ryto“ </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (toliau </w:t>
+      </w:r>
+      <w:r w:rsidR="008930D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Progimnazija</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) aprūpinimo bendrojo ugdymo dalykų vadovėliais ir mokymo priemonėmis tvarkos aprašas nustato bendrojo lavinimo dalykų vadovėlių, m</w:t>
       </w:r>
       <w:r w:rsidR="009F14F7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>kymo priemonių ir literatūros užsakymą, įsigijimą, mokinio krepšelio lėšų, skirtų vadovėliams, mokymo priemonių apskaitą, saugojimą ir išdavimą.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="486BF94F" w14:textId="07D4887B" w:rsidR="00395A81" w:rsidRPr="00FF7E44" w:rsidRDefault="00395A81" w:rsidP="00395A81">
+    <w:p w14:paraId="486BF94F" w14:textId="6A60741E" w:rsidR="00395A81" w:rsidRPr="00FF7E44" w:rsidRDefault="008930D0" w:rsidP="00395A81">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Mokykla užsako ir perka vadovėlius bei mokymo priemones vadovaudamasi </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FF7E44">
+        <w:t>Progimnazija</w:t>
+      </w:r>
+      <w:r w:rsidR="00395A81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> užsako ir perka vadovėlius bei mokymo priemones vadovaudamasi </w:t>
+      </w:r>
+      <w:r w:rsidR="00395A81" w:rsidRPr="00FF7E44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Lietuvos Respublikos švietimo, mokslo ir sporto ministro 2022 m, gegužės 25 d. įsakymu Nr. V- 836</w:t>
       </w:r>
+      <w:r w:rsidR="00395A81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> „Dėl b</w:t>
+      </w:r>
+      <w:r w:rsidR="00395A81" w:rsidRPr="00C631CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>endrojo ugdymo dalykų vadovėlių ir mokymo priemonių atitikties teisės aktams įvertinimo ir aprūpinimo jais tvarkos aprašu</w:t>
+      </w:r>
+      <w:r w:rsidR="00395A81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“; Lietuvos Respublikos viešųjų pirkimų įstatymu (1996 m. rugpjūčio 13 d. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00395A81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>įsak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00395A81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Nr. I-1491 aktuali redakcija nuo 2022-07-12), steigėjo nustatyta tvarka, </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> „Dėl b</w:t>
-[...15 lines deleted...]
-        <w:t>“; Lietuvos Respublikos viešųjų pirkimų įstatymu (1996 m. rugpjūčio 13 d. įsak. Nr. I-1491 aktuali redakcija nuo 2022-07-12), steigėjo nustatyta tvarka, mokyklos tvarka.</w:t>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00395A81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tvarka.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68F46638" w14:textId="536DB580" w:rsidR="00C631CD" w:rsidRDefault="00F83BC9" w:rsidP="00FF7E44">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C631CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Apraše vartojamos sąvokos:</w:t>
@@ -509,99 +690,153 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005E7E1D" w:rsidRPr="00C631CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">– mokiniui skirta daugkartinio naudojimo spausdinta ar skaitmeninė </w:t>
       </w:r>
       <w:r w:rsidR="00C1712E" w:rsidRPr="00C631CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="005E7E1D" w:rsidRPr="00C631CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>mokymo priemonė, turinti metodinę struktūrą, padedanti įgyvendinti konkrečioje švietimo, mokslo ir sporto ministro tvirtinamoje dalyko bendrojoje programoje apibrėžtą mokymo(si) turinį ir siekti nustatytų pasiekimų.</w:t>
+        <w:t>mokymo priemonė, turinti metodinę struktūrą, padedanti įgyvendinti konkrečioje švietimo, mokslo ir sporto ministro tvirtinamoje dalyko bendrojoje programoje apibrėžtą mokymo(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005E7E1D" w:rsidRPr="00C631CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>si</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005E7E1D" w:rsidRPr="00C631CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) turinį ir siekti nustatytų pasiekimų.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67425BC7" w14:textId="3D82E5E6" w:rsidR="005E7E1D" w:rsidRPr="00C631CD" w:rsidRDefault="00163FA8" w:rsidP="00C631CD">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="005E7E1D" w:rsidRPr="00C631CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.2.</w:t>
       </w:r>
       <w:r w:rsidR="005E7E1D" w:rsidRPr="00C631CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mokymo priemonė </w:t>
       </w:r>
       <w:r w:rsidR="005E7E1D" w:rsidRPr="00C631CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>– tiesiogiai mokymui(si) ir ugdymui(si) naudojama spausdinta ar skaitmeninė mokymo priemonė, daiktai, medžiagos ir įranga.</w:t>
+        <w:t>– tiesiogiai mokymui(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005E7E1D" w:rsidRPr="00C631CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>si</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005E7E1D" w:rsidRPr="00C631CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) ir ugdymui(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005E7E1D" w:rsidRPr="00C631CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>si</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005E7E1D" w:rsidRPr="00C631CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) naudojama spausdinta ar skaitmeninė mokymo priemonė, daiktai, medžiagos ir įranga.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C5681C8" w14:textId="671173C2" w:rsidR="00163FA8" w:rsidRDefault="00163FA8" w:rsidP="00C631CD">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00C1712E" w:rsidRPr="00C631CD">
         <w:rPr>
@@ -767,152 +1002,192 @@
         <w:t>II SKYRIUS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33C2C328" w14:textId="040D9223" w:rsidR="005E7E1D" w:rsidRPr="00C631CD" w:rsidRDefault="005E7E1D" w:rsidP="00C631CD">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C631CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>APRŪPINIMAS BENDROJO UGDYMO DALYKŲ VADOVĖLIAIS IR MOKYMO PRIEMONĖMIS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3593B9C2" w14:textId="77262986" w:rsidR="006010E1" w:rsidRPr="006010E1" w:rsidRDefault="006010E1" w:rsidP="006010E1">
+    <w:p w14:paraId="3593B9C2" w14:textId="393BD36F" w:rsidR="006010E1" w:rsidRPr="006010E1" w:rsidRDefault="008930D0" w:rsidP="006010E1">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006010E1">
-[...5 lines deleted...]
-        <w:t>Mokykla už mokymo lėšas, skirtas vadovėliams ir mokymo priemonėms, gali įsigyti vadovėlių, apie kuriuos informacija teikiama Švietimo portalo informacinėje sistemoje, vadovėlių, skirtų pagal tarptautines programas besimokančiam mokiniui, spausdintų, skaitmeninių ar suskaitmenintų mokymo priemonių, teisę naudotis skaitmeniniu vadovėliu ar skaitmenine mokymo priemone, daiktų, medžiagų, įrangos bendrojo ugdymo programose apibrėžtam ugdymo turiniui įgyvendinti; vadovėlį papildančių mokymo priemonių (mokytojo knygų; ugdymo procesui reikalingos literatūros), priešmokykliniam ugdymui skirtų mokymo priemonių.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Progimnazija</w:t>
+      </w:r>
+      <w:r w:rsidR="006010E1" w:rsidRPr="006010E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> už mokymo lėšas, skirtas vadovėliams ir mokymo priemonėms, gali įsigyti vadovėlių, apie kuriuos informacija teikiama Švietimo portalo informacinėje sistemoje, vadovėlių, skirtų pagal tarptautines programas besimokančiam mokiniui, spausdintų, skaitmeninių ar suskaitmenintų mokymo priemonių, teisę naudotis skaitmeniniu vadovėliu ar skaitmenine mokymo priemone, daiktų, medžiagų, įrangos bendrojo ugdymo programose apibrėžtam ugdymo turiniui </w:t>
+      </w:r>
+      <w:r w:rsidR="006010E1" w:rsidRPr="006010E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>įgyvendinti; vadovėlį papildančių mokymo priemonių (mokytojo knygų; ugdymo procesui reikalingos literatūros), priešmokykliniam ugdymui skirtų mokymo priemonių.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66DF6FC5" w14:textId="7F4A250F" w:rsidR="006010E1" w:rsidRPr="006010E1" w:rsidRDefault="006010E1" w:rsidP="006010E1">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:ind w:left="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5FC4B4CE" w14:textId="43C7C946" w:rsidR="003B7FB6" w:rsidRPr="00C631CD" w:rsidRDefault="003B7FB6" w:rsidP="006010E1">
+    <w:p w14:paraId="5FC4B4CE" w14:textId="411FB49F" w:rsidR="003B7FB6" w:rsidRPr="00C631CD" w:rsidRDefault="003B7FB6" w:rsidP="006010E1">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C631CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Už spausdintų ir skaitmeninių vadovėlių ir su jais susijusių mokymo priemonių apskaitą, išdavimą ir saugojimą atsakinga</w:t>
       </w:r>
       <w:r w:rsidR="00667149">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> mokyklos</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008930D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
       </w:r>
       <w:r w:rsidRPr="00C631CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> bibliot</w:t>
       </w:r>
       <w:r w:rsidR="00667149">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ekos darbuotoja</w:t>
       </w:r>
       <w:r w:rsidRPr="00C631CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00667149">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ji pagal suderintą su metodinių grupių pirmininkais ir mokyklos direktoriumi sąrašą parengia užsakymus ir pateikia leidėjams (tiekėjams).</w:t>
+        <w:t xml:space="preserve"> Ji pagal suderintą su metodinių grupių pirmininkais ir </w:t>
+      </w:r>
+      <w:r w:rsidR="008930D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00667149">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> direktoriumi sąrašą parengia užsakymus ir pateikia leidėjams (tiekėjams).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C4F1683" w14:textId="794C4145" w:rsidR="003B7FB6" w:rsidRPr="00C631CD" w:rsidRDefault="00D0298C" w:rsidP="006010E1">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C631CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Už kitų mokymo priemonių – daiktų, medžiagų ir įrangos – apskaitą, išdavimą ir saugojimą atsakingas direktoriaus pavaduotojas ūkio reikalams.</w:t>
       </w:r>
@@ -1122,51 +1397,51 @@
       <w:r w:rsidR="00355CFB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>os darbuotoja</w:t>
       </w:r>
       <w:r w:rsidR="007A345D" w:rsidRPr="00C631CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> įstatymų numatyta tvarka tiria pasiūlą, derina kainas, sudaro sutartis su tiekėjais</w:t>
       </w:r>
       <w:r w:rsidR="00FF7E44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C9E3107" w14:textId="2EBC613F" w:rsidR="007A345D" w:rsidRPr="00C631CD" w:rsidRDefault="00667149" w:rsidP="00FF7E44">
+    <w:p w14:paraId="5C9E3107" w14:textId="3C74AF12" w:rsidR="007A345D" w:rsidRPr="00C631CD" w:rsidRDefault="00667149" w:rsidP="00FF7E44">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7.</w:t>
       </w:r>
       <w:r w:rsidR="007A345D" w:rsidRPr="00C631CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1188,201 +1463,321 @@
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidR="007A345D" w:rsidRPr="00C631CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">adovėlių ir mokymo priemonių užsakymas </w:t>
       </w:r>
       <w:r w:rsidR="00355CFB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007A345D" w:rsidRPr="00C631CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>derinamas su mokyklos taryba</w:t>
+        <w:t xml:space="preserve">derinamas su </w:t>
+      </w:r>
+      <w:r w:rsidR="008930D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="007A345D" w:rsidRPr="00C631CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> taryba</w:t>
       </w:r>
       <w:r w:rsidR="00FF7E44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="376ACBFE" w14:textId="4A76961C" w:rsidR="007A345D" w:rsidRPr="00C631CD" w:rsidRDefault="00667149" w:rsidP="00FF7E44">
+    <w:p w14:paraId="376ACBFE" w14:textId="7789798F" w:rsidR="007A345D" w:rsidRPr="00C631CD" w:rsidRDefault="00667149" w:rsidP="00FF7E44">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="007A345D" w:rsidRPr="00C631CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.4. </w:t>
       </w:r>
-      <w:r w:rsidR="00A87B47" w:rsidRPr="00C631CD">
-[...5 lines deleted...]
-        <w:t>m</w:t>
+      <w:r w:rsidR="008930D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="007A345D" w:rsidRPr="00C631CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">okyklos vadovas, suderinęs su mokyklos taryba, priima sprendimus dėl vadovėlių ir mokymo priemonių </w:t>
+        <w:t xml:space="preserve"> vadovas, suderinęs su </w:t>
+      </w:r>
+      <w:r w:rsidR="008930D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="007A345D" w:rsidRPr="00C631CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> taryba, priima sprendimus dėl vadovėlių ir mokymo priemonių </w:t>
       </w:r>
       <w:r w:rsidR="00FC1634" w:rsidRPr="00C631CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>įsigijimo</w:t>
       </w:r>
       <w:r w:rsidR="007A345D" w:rsidRPr="00C631CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> už mokymo lėšas, skirtas vadovėliams ir mokymo </w:t>
       </w:r>
       <w:r w:rsidR="00FC1634" w:rsidRPr="00C631CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>priemonėms</w:t>
       </w:r>
       <w:r w:rsidR="00FF7E44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="132001E7" w14:textId="5CAF820F" w:rsidR="00FC1634" w:rsidRPr="00C631CD" w:rsidRDefault="009F14F7" w:rsidP="00FF7E44">
+    <w:p w14:paraId="132001E7" w14:textId="0A9A47E4" w:rsidR="00FC1634" w:rsidRPr="00C631CD" w:rsidRDefault="009F14F7" w:rsidP="00FF7E44">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00FC1634" w:rsidRPr="00C631CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.5. </w:t>
       </w:r>
+      <w:r w:rsidR="008930D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
       <w:r w:rsidR="00A87B47" w:rsidRPr="00C631CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">mokyklos vadovas, suderinęs su mokyklos taryba, priima sprendimus dėl vadovėlių ir mokymo priemonių įsigijimo ne už mokymo lėšas, skirtas vadovėliams ir mokymo priemonėms įsigyti. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="69CEFCE3" w14:textId="5A3E7A33" w:rsidR="00A87B47" w:rsidRDefault="009F14F7" w:rsidP="00FF7E44">
+        <w:t xml:space="preserve"> vadovas, suderinęs su </w:t>
+      </w:r>
+      <w:r w:rsidR="008930D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00A87B47" w:rsidRPr="00C631CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> taryba, priima sprendimus dėl vadovėlių ir mokymo priemonių įsigijimo ne už mokymo lėšas, skirtas vadovėliams ir mokymo priemonėms įsigyti. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69CEFCE3" w14:textId="2541E832" w:rsidR="00A87B47" w:rsidRDefault="009F14F7" w:rsidP="00FF7E44">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00A87B47" w:rsidRPr="00C631CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>. Mokyklos vadovas, metams pasibaigus, iki kovo 1 dienos mokyklos tarybai pateikia informaciją, kiek ir kokių vadovėlių, mokymo priemonių mokykla įsigijo per kalendorinius metus. Informacija skelbiama ir internetiniame mokyklos tinklapyje.</w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="008930D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00A87B47" w:rsidRPr="00C631CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vadovas, metams pasibaigus, iki kovo 1 dienos </w:t>
+      </w:r>
+      <w:r w:rsidR="008930D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00A87B47" w:rsidRPr="00C631CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tarybai pateikia informaciją, kiek ir kokių vadovėlių, mokymo priemonių </w:t>
+      </w:r>
+      <w:r w:rsidR="008930D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazija</w:t>
+      </w:r>
+      <w:r w:rsidR="00A87B47" w:rsidRPr="00C631CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> įsigijo per kalendorinius metus. Informacija skelbiama ir internetiniame </w:t>
+      </w:r>
+      <w:r w:rsidR="008930D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00A87B47" w:rsidRPr="00C631CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tinklapyje.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47DFAFD4" w14:textId="2C4A921A" w:rsidR="00E30D7A" w:rsidRPr="002144DC" w:rsidRDefault="00E30D7A" w:rsidP="00E30D7A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="851"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">9. </w:t>
       </w:r>
       <w:r w:rsidRPr="002144DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1549,125 +1944,142 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">kabineto </w:t>
       </w:r>
       <w:r w:rsidRPr="002144DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>priemonių išdavimo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> sąsiuvinį, skaitytojo formuliarą arba MOBIS programoje skaitytojo asmeninę apskaitą. Mokslo metų pabaigoje priemonės (išskyrus kabineto) grąžinamos į biblioteką.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10D74A44" w14:textId="7271EDAD" w:rsidR="009F14F7" w:rsidRDefault="005F3631" w:rsidP="009F14F7">
+    <w:p w14:paraId="10D74A44" w14:textId="756BB058" w:rsidR="009F14F7" w:rsidRDefault="005F3631" w:rsidP="009F14F7">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>12.</w:t>
       </w:r>
       <w:r w:rsidR="009F14F7" w:rsidRPr="00C631CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Mokyklos savininko teises ir pareigas įgyvendinanti institucija, savininkas (savivaldybė) priima sprendimus dėl turimų vadovėlių ir mokymo priemonių perskirstymo tarp pavaldžių mokyklų.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008930D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="009F14F7" w:rsidRPr="00C631CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> savininko teises ir pareigas įgyvendinanti institucija, savininkas (savivaldybė) priima sprendimus dėl turimų vadovėlių ir mokymo priemonių perskirstymo tarp pavaldžių mokyklų.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F59D6DD" w14:textId="2E48CB20" w:rsidR="009F14F7" w:rsidRDefault="009F14F7" w:rsidP="00FF7E44">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1B6CF2E7" w14:textId="71DFD0BA" w:rsidR="009F14F7" w:rsidRPr="009F14F7" w:rsidRDefault="009F14F7" w:rsidP="002141AE">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="71AA703C" w14:textId="56298B3C" w:rsidR="00355CFB" w:rsidRPr="009F14F7" w:rsidRDefault="00355CFB" w:rsidP="00FF7E44">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F14F7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="12CF6AF2" wp14:editId="74F9B18D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>824865</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>141605</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4648200" cy="7620"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="30480"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Tiesioji jungtis 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm flipV="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="4648200" cy="7620"/>
@@ -1675,109 +2087,109 @@
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="dk1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash">
             <w:pict>
               <v:line w14:anchorId="6EFD08E8" id="Tiesioji jungtis 1" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="64.95pt,11.15pt" to="430.95pt,11.75pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA/HvwepgEAAJUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01PGzEQvVfqf7B8b3YToYBW2XAA0UtV&#10;EG25G+84a+Ev2W528+8ZzyZL1RYJIS6WP2bevPdmvLkcrWF7iEl71/LlouYMnPSddruW//p58+WC&#10;s5SF64TxDlp+gMQvt58/bYbQwMr33nQQGYK41Ayh5X3OoamqJHuwIi18AIePykcrMh7jruqiGBDd&#10;mmpV1+tq8LEL0UtICW+vp0e+JXylQOZbpRJkZlqO3DKtkdbHslbbjWh2UYReyyMN8Q4WVmiHRWeo&#10;a5EF+x31P1BWy+iTV3khva28UloCaUA1y/ovNT96EYC0oDkpzDalj4OV3/dX7i6iDUNITQp3sagY&#10;VbRMGR0esKekC5mykWw7zLbBmJnEy7P12QX2gjOJb+frFblaTSgFLcSUv4K3rGxabrQrokQj9t9S&#10;xsoYegrBwwsP2uWDgRJs3D0opjusNzGiEYErE9leYHO7p2VpJmJRZElR2pg5qaaSryYdY0sa0Ni8&#10;NXGOpore5TnRaufj/6rm8URVTfEn1ZPWIvvRdwfqCtmBvSdlxzktw/XnmdJfftP2GQAA//8DAFBL&#10;AwQUAAYACAAAACEAS0vdkdsAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwW7CMBBE75X6D9Yi&#10;9VZsgpJCGgdRJNRzoRduTrxNIuJ1GhsIf9/tqT3O7NPsTLGZXC+uOIbOk4bFXIFAqr3tqNHwedw/&#10;r0CEaMia3hNquGOATfn4UJjc+ht94PUQG8EhFHKjoY1xyKUMdYvOhLkfkPj25UdnIsuxkXY0Nw53&#10;vUyUyqQzHfGH1gy4a7E+Hy5Ow/HdqamK3Q7p+0VtT29pRqdU66fZtH0FEXGKfzD81ufqUHKnyl/I&#10;BtGzTtZrRjUkyRIEA6tswUbFxjIFWRby/4LyBwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AD8e/B6mAQAAlQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAEtL3ZHbAAAACQEAAA8AAAAAAAAAAAAAAAAAAAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAAIBQAAAAA=&#10;" strokecolor="black [3200]" strokeweight=".5pt">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="06A32D0B" w14:textId="0098B80E" w:rsidR="00721730" w:rsidRPr="009F14F7" w:rsidRDefault="00721730" w:rsidP="00FF7E44">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00721730" w:rsidRPr="009F14F7">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="60DF03FE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4FA256CC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
@@ -1976,176 +2388,179 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3249" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3456" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1511022081">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1297301567">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005912DA"/>
     <w:rsid w:val="00105DD6"/>
     <w:rsid w:val="0016324B"/>
     <w:rsid w:val="00163FA8"/>
     <w:rsid w:val="001C14FF"/>
     <w:rsid w:val="001D6D6F"/>
     <w:rsid w:val="002141AE"/>
     <w:rsid w:val="002144DC"/>
+    <w:rsid w:val="002E4520"/>
     <w:rsid w:val="002E7235"/>
     <w:rsid w:val="00355CFB"/>
     <w:rsid w:val="00363406"/>
     <w:rsid w:val="00395A81"/>
     <w:rsid w:val="003B7FB6"/>
     <w:rsid w:val="004A0870"/>
     <w:rsid w:val="005912DA"/>
     <w:rsid w:val="005B32E2"/>
     <w:rsid w:val="005E7E1D"/>
     <w:rsid w:val="005F3631"/>
     <w:rsid w:val="006010E1"/>
     <w:rsid w:val="00664FA4"/>
     <w:rsid w:val="00667149"/>
     <w:rsid w:val="00721730"/>
     <w:rsid w:val="0076642A"/>
     <w:rsid w:val="007A345D"/>
     <w:rsid w:val="007A35B4"/>
     <w:rsid w:val="007C0BB5"/>
     <w:rsid w:val="00835FE9"/>
     <w:rsid w:val="008448E8"/>
+    <w:rsid w:val="008930D0"/>
     <w:rsid w:val="008B65FE"/>
     <w:rsid w:val="008D3221"/>
     <w:rsid w:val="009F14F7"/>
     <w:rsid w:val="00A127FB"/>
     <w:rsid w:val="00A337BA"/>
     <w:rsid w:val="00A63179"/>
     <w:rsid w:val="00A87B47"/>
     <w:rsid w:val="00AB4EDF"/>
     <w:rsid w:val="00B27D54"/>
-    <w:rsid w:val="00B9062A"/>
     <w:rsid w:val="00BE1F00"/>
     <w:rsid w:val="00C1712E"/>
     <w:rsid w:val="00C631CD"/>
-    <w:rsid w:val="00CB483A"/>
     <w:rsid w:val="00CD168A"/>
     <w:rsid w:val="00D0298C"/>
     <w:rsid w:val="00E1229A"/>
     <w:rsid w:val="00E30D7A"/>
     <w:rsid w:val="00E56702"/>
+    <w:rsid w:val="00E5722B"/>
     <w:rsid w:val="00EA5A26"/>
+    <w:rsid w:val="00EF1A2D"/>
+    <w:rsid w:val="00F1287C"/>
     <w:rsid w:val="00F83BC9"/>
     <w:rsid w:val="00FC1634"/>
     <w:rsid w:val="00FD12DE"/>
     <w:rsid w:val="00FE33A4"/>
     <w:rsid w:val="00FE674E"/>
     <w:rsid w:val="00FF7E44"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3838AA96"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{AACD7838-DDFD-4874-AF0C-C5C589D6189B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2473,55 +2888,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -2530,52 +2940,53 @@
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sraopastraipa">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="prastasis"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00CD168A"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="markedcontent">
     <w:name w:val="markedcontent"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:rsid w:val="001C14FF"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -2844,81 +3255,81 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C8BAC6A8-C70E-442A-A36B-3A77CD8594CD}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{90A3B254-47CD-494C-B125-B45673D9ADE0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1852</Characters>
+  <Pages>1</Pages>
+  <Words>3283</Words>
+  <Characters>1872</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>15</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5090</CharactersWithSpaces>
+  <CharactersWithSpaces>5145</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>NIJOLĖ JARIENĖ</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>