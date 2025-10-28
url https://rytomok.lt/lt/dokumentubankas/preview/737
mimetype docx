--- v0 (2025-10-04)
+++ v1 (2025-10-28)
@@ -1,2181 +1,4002 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:body>
-    <w:p w14:paraId="5A227B07" w14:textId="77777777" w:rsidR="009E3D34" w:rsidRDefault="00D41BAB" w:rsidP="009E3D34">
-[...13 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="74883AAF" w14:textId="4CF3EF3F" w:rsidR="00B53BAC" w:rsidRPr="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="0097339B">
+      <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:firstLine="5103"/>
-[...19 lines deleted...]
-        </w:tabs>
+        <w:ind w:left="-709" w:firstLine="6663"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B53BAC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PATVIRTINTA </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29402FE8" w14:textId="6AD7EFB5" w:rsidR="00B53BAC" w:rsidRPr="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="0097339B">
+      <w:pPr>
+        <w:spacing w:after="5" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-709" w:firstLine="6663"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B53BAC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>Marijampolės</w:t>
+      </w:r>
+      <w:r w:rsidR="00A53F8E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B53BAC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>„</w:t>
+      </w:r>
+      <w:r w:rsidR="00A53F8E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>Ryto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B53BAC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>“ progimnazijos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E7A9327" w14:textId="6348F4A2" w:rsidR="00B53BAC" w:rsidRPr="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="0097339B">
+      <w:pPr>
+        <w:spacing w:after="5" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-709" w:firstLine="6663"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B53BAC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>direktoriaus 2024 m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B53BAC">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="0097339B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gruodžio </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F6BF7AA" w14:textId="00DDDBFF" w:rsidR="00B53BAC" w:rsidRPr="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="0097339B">
+      <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:firstLine="5103"/>
-[...98 lines deleted...]
-      <w:pPr>
+        <w:ind w:left="-709" w:firstLine="6663"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B53BAC">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>įsakymu Nr. V</w:t>
+      </w:r>
+      <w:r w:rsidR="0097339B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="176418E4" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7310993C" w14:textId="08BE611A" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MARIJAMPOLĖS „</w:t>
+      </w:r>
+      <w:r w:rsidR="00A53F8E">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>RYTO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“ PROGIMNAZIJOS VAIKO GEROVĖS KOMISIJOS DARBO REGLAMENTAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ED39219" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
         <w:ind w:firstLine="737"/>
         <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
-          <w:smallCaps/>
-[...2 lines deleted...]
-      <w:r>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7598BA4C" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
-          <w:smallCaps/>
-[...2 lines deleted...]
-      </w:r>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:smallCaps/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F2FE10E" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>BENDROSIOS NUOSTATOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AD9C235" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="737"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EFC494A" w14:textId="70E7671D" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1. Marijampolės „</w:t>
+      </w:r>
+      <w:r w:rsidR="00A53F8E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ryto</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“ progimnazijos (toliau – progimnazijos) vaiko gerovės komisijos darbo reglamentas (toliau – reglamentas) nustato </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE6B9D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">progimnazijos </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vaiko gerovės komisijos (toliau – Komisija) veiklos principus, sudarymą, funkcijas ir darbo organizavimą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F947438" w14:textId="01AFDE2B" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Komisija rūpinasi mokiniui saugia ir palankia ugdymo aplinka, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vaiko gerovės užtikrinimo klausimus sprendžia analizuodama progimnazijos bendruomenės narių </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vaiko, jo tėvų (globėjų, rūpintojų), mokytojų, mokyklos darbuotojų) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>veikimą arba neve</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ikimą remiantis vaiko interesais, susitarimais ir ieškodama naujų galimybių, problemų sprendimo būdų, telkdama reikiamus išteklius.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D3B8E78" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Komisija savo veikloje vadovaujasi Lietuvos Respublikos švietimo įstatymu, Lietuvos Respublikos vaiko minimalios ir vidutinės priežiūros įstatymu, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lietuvos Respublikos vaiko teisių apsaugos pagrindų įstatymu, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>kitais teisės aktais, reglamentuojančiais vaiko interesus, ir šiuo Aprašu.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60D54A76" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Komisija savo veiklą grindžia vaiko teisių ir laisvių apsaugos įgyvendinimo principais, apibrėžtais Vaiko teisių apsaugos pagrindų įstatymo 4 straipsnyje. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71968BE6" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5. Apraše vartojamos sąvokos atitinka Švietimo įstatyme, Vaiko minimalios ir vidutinės priežiūros įstatyme ir Vaiko teisių apsaugos pagrindų įstatyme</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vartojamas sąvokas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3781DA23" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B9A33A1" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>II SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35BB62D5" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>KOMISIJOS FUNKCIJOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70CB59D2" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="737"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
           <w:color w:val="FF0000"/>
-        </w:rPr>
-[...478 lines deleted...]
-    <w:p w14:paraId="00000022" w14:textId="77777777" w:rsidR="007A3008" w:rsidRDefault="00500CD4">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4441C254" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
-        <w:ind w:firstLine="851"/>
-[...8 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6. Komisijos funkcijos:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29C8DFDE" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.1. atlikti Vaiko minimalios ir vidutinės priežiūros įstatyme Komisijai numatytas funkcijas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A4108D7" w14:textId="2A75931D" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
-        <w:ind w:firstLine="851"/>
-[...8 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>teikti siūlymus</w:t>
+      </w:r>
+      <w:r w:rsidR="00A64673">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vadovui</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dėl saugios ir vaikui palankios ugdymosi aplinkos kūrimo, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vaikų socialinio ir emocinio ugdymo, prevencijos priemonių ir (ar) prevencinių programų įgyvendinimo;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BFCD4A1" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1418"/>
-          <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
-        <w:ind w:firstLine="851"/>
-[...8 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>6.3. atlikti mokinio ugdymosi poreikių pirminį vertinimą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D760AFE" w14:textId="3BDE414C" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.4. organizuoti ir koordinuoti mokymosi, švietimo ar kitos pagalbos mokiniui teikimą,</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB230D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bendrojo ugdymo programų pritaikymą, mokinio individualaus ugdymo plano sudarymą ir jo įgyvendinimą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74907854" w14:textId="75A4C4B5" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.5. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">teikti siūlymus </w:t>
+      </w:r>
+      <w:r w:rsidR="007F5778">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vadovui dėl kreipimosi į savivaldybėje vaiko teisių apsaugą užtikrinančią instituciją, kai vaiko tėvai (globėjai, rūpintojai) neužtikrina vaiko teisių ir teisėtų interesų, įgyvendindami savo teises ir vykdydami pareigas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65652859" w14:textId="188BFB25" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.6. kartu su </w:t>
+      </w:r>
+      <w:r w:rsidR="007F5778">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dirbančiu karjeros specialistu konsultuoti specialiųjų ugdymosi poreikių turintį mokinį, dėl jo tolesnio mokymosi ir profesijos pasirinkimo (galias atitinkančios mokymosi programos ir (ar) mokymosi įstaigos pasirinkimo) ir pagal galimybes baigiamosios klasės specialiųjų ugdymosi poreikių turinčiam mokiniui užtikrinti sklandų palydėjimą / perėjimą į kitą pasirinktą švietimo įstaigą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74C9C5A8" w14:textId="3E0F05AF" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.7. inicijuoti vaiko minimalios priežiūros priemonės skyrimą, vaiko minimalios priežiūros priemonės pakeitimą, pratęsimą ar panaikinimą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BB0AA60" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.8. pasibaigus nustatytam vaiko vidutinės priežiūros ar auklėjamojo poveikio priemonės vykdymo terminui, organizuoti vaikui reikalingos mokymosi, švietimo ar kitos pagalbos teikimą siekiant sklandaus vaiko įsitraukimo į ugdymo procesą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="438517E4" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63F258C6" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>III SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="634480B0" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>KOMISIJOS SUDARYMAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5609DB32" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="00000026" w14:textId="77777777" w:rsidR="007A3008" w:rsidRDefault="00500CD4">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="532ADF49" w14:textId="61B70638" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Komisija sudaroma iš ne mažiau kaip </w:t>
+      </w:r>
+      <w:r w:rsidR="0076636F" w:rsidRPr="00AE3A53">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE3A53">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nari</w:t>
+      </w:r>
+      <w:r w:rsidR="003024ED">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ų</w:t>
+      </w:r>
+      <w:r w:rsidR="00183BFA">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EC4D05B" w14:textId="1D2F2953" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. Komisijos nariais gali būti </w:t>
+      </w:r>
+      <w:r w:rsidR="008C6987">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vadovas, pavaduotojas ugdymui, mokytojai, švietimo pagalbos specialistai (socialinis pedagogas, psichologas, specialusis pedagogas, logopedas), klasės</w:t>
+      </w:r>
+      <w:r w:rsidR="008C6987">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> auklėtojas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, karjeros specialistas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F7A0EEC" w14:textId="0BD33200" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. Komisijos sudėtį ir jos darbo reglamentą tvirtina </w:t>
+      </w:r>
+      <w:r w:rsidR="008C6987">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vadovas, jis skiria Komisijos pirmininką, jo pavaduotoją ir sekretorių. Komisijos sekretorius nėra Komisijos narys. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="189B41BD" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:strike/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1735A683" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>IV SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0041A192" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>KOMISIJOS IR JOS NARIŲ TEISĖS IR PAREIGOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70E0176E" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FEFDC68" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10. Komisija turi teisę:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FE77D57" w14:textId="21F72219" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10.1. gauti informaciją iš </w:t>
+      </w:r>
+      <w:r w:rsidR="004C020E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darbuotojų, reikalingą Komisijos funkcijoms atlikti ir sprendimams priimti;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EC03A3D" w14:textId="7EEB7985" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10.2. į Komisijos posėdžius kviesti kitus asmenis ar institucijų atstovus (vaiko teisių apsaugą užtikrinančios institucijos, teritorinės policijos, socialinių paslaugų, sveikatos priežiūros įstaigų atstovus, atskirų dalykų mokytojus, klasių </w:t>
+      </w:r>
+      <w:r w:rsidR="003E6AE4">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>auklėtojus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, mokinius, tėvus (globėjus, rūpintojus) ir kt.), kurie iki posėdžio pradžios turi pasirašyti </w:t>
+      </w:r>
+      <w:r w:rsidR="003E6AE4">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vaiko gerovės komisijos posėdžio dalyvio konfidencialumo pasižadėjimą (</w:t>
+      </w:r>
+      <w:r w:rsidR="003E6AE4">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Reglamento</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 priedas). Šie asmenys balsavimo teisės Komisijoje svarstomais klausimais neturi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F870282" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>11. Komisijos narys turi teisę:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="297838F4" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>11.1. teikti Komisijos pirmininkui siūlymus dėl Komisijos posėdžio darbotvarkės. Komisijos posėdžio darbotvarkė gali būti keičiama, jeigu tam pritaria daugiau kaip pusė posėdyje dalyvaujančių Komisijos narių;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="042DA8B5" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>11.2. teikti Komisijai siūlymus dėl svarstomų klausimų ir priimamų sprendimų;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66ADE6D7" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>11.3. pareikšti atskirąją nuomonę dėl svarstomų klausimų ir priimamų sprendimų.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="387DC410" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>12. Komisijos narys privalo:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD75A40" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12.1. būti nešališkas, objektyvus, vengti viešųjų ir privačių interesų konflikto; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FAE2B2F" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>12.2. dalyvauti Komisijos posėdžiuose;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77BB6D0F" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>12.3. susipažinti su visa Komisijos posėdžio medžiaga;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C53C11F" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>12.4. vykdyti Komisijos pirmininko (jo laikinai nesant – Komisijos pirmininko pavaduotojo) pavedimus, susijusius su Komisijos funkcijų atlikimu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6424B905" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FDAF145" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>V SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D66D8F4" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>KOMISIJOS DARBO ORGANIZAVIMAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D9DF045" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="737"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F174290" w14:textId="5D63C22C" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1134"/>
-[...1 lines deleted...]
-          <w:tab w:val="left" w:pos="1560"/>
+          <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
-        <w:ind w:firstLine="851"/>
-[...46 lines deleted...]
-      <w:r>
+        <w:suppressAutoHyphens/>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>13. Komisijos nariai ir Komisijos sekretorius prieš pradėdami darbą pasirašo Konfidencialumo pasižadėjimą (</w:t>
+      </w:r>
+      <w:r w:rsidR="003E6AE4">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Reglamento</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 priedas).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A614A54" w14:textId="3AB5BE2B" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14. Komisija, nustatydama savo veiklos prioritetus, tikslus, įgyvendinimo priemones ir terminus, atsakingus asmenis kasmet rengia ir Komisijos protokoliniu sprendimu patvirtina Komisijos veiklos planą, kuris yra integrali </w:t>
+      </w:r>
+      <w:r w:rsidR="003E6AE4">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> metinio veiklos plano dalis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="616D654F" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. Komisijos veiklos forma yra posėdžiai. Komisijos posėdžius Komisija vykdo kontaktiniu būdu. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Esant karantino, ekstremalios situacijos, ekstremalaus įvykio ar įvykio (ekstremali temperatūra, gaisras, potvynis, pūga ir kt.), keliančio pavojų mokinių sveikatai ir gyvybei (toliau – ypatingos aplinkybės), laikotarpiu funkcijas vykdo nuotoliniu ir (arba) kontaktiniu būdu, atsižvelgdama į ypatingų aplinkybių pobūdį.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CD47E03" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>16. Komisijos posėdžius kviečia, jų vietą ir laiką nustato, jiems pirmininkauja Komisijos pirmininkas, jo nesant – jo pavaduotojas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EF30BA9" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>įstaigą;</w:t>
-[...98 lines deleted...]
-          <w:rFonts w:ascii="Times" w:eastAsia="Times" w:hAnsi="Times" w:cs="Times"/>
+        <w:t>17. Komisijos posėdis laikomas teisėtu, jeigu jame dalyvauja 2/3 Komisijos narių. Komisijos sprendimai priimami paprasta posėdyje dalyvaujančių Komisijos narių balsų dauguma. Komisijos narys turi vieną balsą. Balsams pasiskirsčius po lygiai, balsavimo rezultatą lemia Komisijos pirmininko balsas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D1332AE" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>18. Komisijos posėdžiai organizuojami vadovaujantis Komisijos veiklos planu arba pagal poreikį ir yra protokoluojami.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="348C0059" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">19. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F6619">
+        <w:rPr>
           <w:b/>
-          <w:smallCaps/>
-[...16 lines deleted...]
-      <w:pPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Komisijos pirmininkas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>(jo laikinai nesant – Komisijos pirmininko pavaduotojas)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79F62694" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>19.1. organizuoja Komisijos darbą ir jam vadovauja;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7332EA35" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>19.2. atsako už Komisijai pavestų funkcijų atlikimą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="034FE992" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">19.3. prireikus kviečia į Komisijos posėdžius </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kitus asmenis ar institucijų atstovus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BC03253" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>19.4. skiria Komisijos nariams pavedimus, susijusius su Komisijos funkcijų atlikimu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07575B0C" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>19.5. pasirašo Komisijos posėdžio protokolus,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kitus su Komisijos veikla susijusius dokumentus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D4C8B04" w14:textId="7598BA4C" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">19.6. suderinus su </w:t>
+      </w:r>
+      <w:r w:rsidR="003E6AE4">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vadovu, atstovauja arba paveda kitam Komisijos nariui atstovauti Komisijai savivaldybės administracijos vaiko gerovės komisijos posėdžiuose ir kitose institucijose svarstant vaiko gerovės klausimus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C7DE003" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F6619">
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:pPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Komisijos sekretorius:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44079879" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>20.1. suderinęs su Komisijos pirmininku (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>jo laikinai nesant – su Komisijos pirmininko pavaduotoju)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, ne vėliau kaip prieš 5 darbo dienas praneša Komisijos nariams apie numatomą Komisijos posėdžio datą, laiką ir svarstomus klausimus. Taip pat apie tai informuoja į Komisijos posėdį kviečiamus asmenis;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72713B70" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>20.2. protokoluoja Komisijos posėdžius</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir rengia Komisijos posėdžio protokolus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D021D96" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20.3. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pasirašo </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Komisijos posėdžio </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>protokolus ir tvarko Komisijos veiklos dokumentus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="553604E4" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>20.4. atlieka kitas Komisijos pirmininko (jo laikinai nesant – Komisijos pirmininko pavaduotojo) jam pavestas funkcijas, susijusias su Komisijos posėdžiu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14669358" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRPr="000F6619" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">21. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F6619">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Komisijos narys:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E2F5BC1" w14:textId="634480B0" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">21.1. renka, analizuoja medžiagą, teikia siūlymus dėl mokymosi ar švietimo pagalbos teikimo ir kitais su vaiko gerovės užtikrinimu </w:t>
+      </w:r>
+      <w:r w:rsidR="003E6AE4">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> susijusiais svarstomais klausimais;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39DFCB36" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:strike/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>21.2. įgyvendina Komisijos veiklos plane jam pavestas priemones.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5983B720" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
         <w:ind w:firstLine="737"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>22. Svarstant konkretaus vaiko atvejį:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D151EAB" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="737"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>22.1. į Komisijos posėdį yra kviečiami vaiko tėvai (globėjai, rūpintojai) ir mokinys, atsižvelgiant į jo amžių, taip pat gali būti kviečiami kiti su pagalbos priemonių vaikui ar šeimai teikimu susiję asmenys ar institucijų atstovai;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E464A02" w14:textId="5A614A54" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="737"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">22.2. posėdyje išklausoma Komisijos narių, mokinio, vaiko tėvų (globėjų, rūpintojų), kitų suinteresuotų kviestinių asmenų ar institucijų atstovų nuomonė ir vertinama svarstomu klausimu pateikta informacija. Siekiant apsaugoti vaiką nuo galimo neigiamo poveikio ar jam vengiant dalyvauti Komisijos posėdyje, jo nuomonė gali būti išklausoma individualiai per </w:t>
+      </w:r>
+      <w:r w:rsidR="003E6AE4">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atstovą ir pateikiama Komisijos posėdžio metu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0991F7EF" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="737"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>23. Komisijai priėmus sprendimą dėl švietimo pagalbos teikimo konkrečiam mokiniui ugdymo procese, vadovaujantis bendraisiais ugdymo planais, tvirtinamais švietimo, mokslo ir sporto ministro, sudaromas individualaus ugdymo planas,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>paskiriamas šio plano įgyvendinimą koordinuojantis asmuo, kuris kartu su nuomonę galinčiu išreikšti mokiniu, jo tėvais (globėjais, rūpintojais) numatomi siekiami tikslai, suplanuojami jų įgyvendinimo žingsniai, atsakomybės ir periodiški susitikimai teikiamos švietimo pagalbos rezultatams aptarti. Švietimo pagalbos teikimo metu ir jai pasibaigus Komisijoje įvertinamas teikiamos švietimo pagalbos veiksmingumas, aptariami jos vykdymo rezultatai su mokiniu, jo tėvais (globėjais, rūpintojais), individualaus ugdymo plano įgyvendinimą koordinuojančiu asmeniu ir esant poreikiui su kitais mokinio ugdyme dalyvaujančiais pedagogais.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FE1510F" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
         <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:ind w:firstLine="799"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>VI SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41EF7FFF" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
         <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...4 lines deleted...]
-      <w:pPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>BAIGIAMOSIOS NUOSTATOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C0E216C" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
         <w:ind w:firstLine="737"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6524E028" w14:textId="3FE1510F" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
         <w:ind w:firstLine="737"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...5 lines deleted...]
-      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">24. Komisiją reikiamomis darbo priemonėmis aprūpina </w:t>
+      </w:r>
+      <w:r w:rsidR="0013348B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazija</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52B85A03" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">25. Asmens duomenys tvarkomi siekiant viešojo intereso ir vykdant Komisijai taikomus teisės aktų reikalavimus, vadovaujantis 2016 m. balandžio 27 d. Europos Parlamento ir Tarybos reglamento (ES) 2016/679 dėl fizinių asmenų apsaugos tvarkant asmens duomenis ir dėl laisvo tokių duomenų judėjimo </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>ir kuriuo panaikinama Direktyva 95/46/EB (Bendrasis duomenų apsaugos reglamentas), Lietuvos Respublikos asmens duomenų teisinės apsaugos įstatymo ir duomenų valdytojo patvirtintais teisės aktais, reglamentuojančiais asmens duomenų tvarkymą. Asmens duomenų tvarkymo tikslas –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nustatyti mokinius, turinčius ugdymosi sunkumų ar švietimo pagalbos poreikių. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Duomenų subjektų teisės įgyvendinamos Bendrojo duomenų apsaugos reglamento ir duomenų valdytojo, į kurį kreipiamasi dėl duomenų subjekto teisių įgyvendinimo, nustatyta tvarka.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05620C1F" w14:textId="0C034CB3" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">26. Komisijos veiklos dokumentai </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">yra </w:t>
+      </w:r>
+      <w:r w:rsidR="0013348B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dokumentacijos plano dalis ir tvarkomi, įtraukiami į apskaitą ir </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>saugomi Lietuvos Respublikos dokumentų ir archyvų įstatymo ir kitų dokumentų valdymą reglamentuojančių teisės aktų nustatyta tvarka.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D77AB60" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
         <w:ind w:firstLine="737"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...5 lines deleted...]
-      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12F63880" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
         <w:ind w:firstLine="737"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...763 lines deleted...]
-      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0AE249F0" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRPr="00A53F8E" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
         <w:ind w:right="150" w:firstLine="426"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-      <w:r>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>________________________</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="007A3008">
-[...6 lines deleted...]
-      <w:pgSz w:w="11907" w:h="16840"/>
+    <w:p w14:paraId="263B41F3" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:left="6237"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:sectPr w:rsidR="00B53BAC" w:rsidSect="00B53BAC">
+          <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
+          <w:pgMar w:top="1138" w:right="562" w:bottom="1238" w:left="1699" w:header="288" w:footer="720" w:gutter="0"/>
+          <w:pgNumType w:start="1"/>
+          <w:cols w:space="720"/>
+          <w:noEndnote/>
+          <w:titlePg/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A5DBEE0" w14:textId="7F4CFAD8" w:rsidR="00B53BAC" w:rsidRDefault="0013348B" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:left="6237"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00B53BAC">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vaiko gerovės komisijos </w:t>
+      </w:r>
+      <w:r w:rsidR="00744081">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbo reglamento</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="097068AD" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:left="6237"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 priedas </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="386C6B65" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:left="4320" w:firstLine="720"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3260E486" w14:textId="269AB024" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="0013348B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vaiko gerovės komisijos posėdžio dalyvio konfidencialumo pasižadėjimo forma)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A2BB28F" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="096DF58A" w14:textId="0AB38246" w:rsidR="00B53BAC" w:rsidRDefault="0013348B" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PROGIMNAZIJOS</w:t>
+      </w:r>
+      <w:r w:rsidR="00B53BAC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> VAIKO GEROVĖS KOMISIJOS POSĖDŽIO DALYVIO KONFIDENCIALUMO PASIŽADĖJIMAS </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A715D96" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A203502" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="509E6EAF" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(data)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69090B0F" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AFA3656" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(vieta)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C034CB3" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75A21F21" w14:textId="0276FB0F" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Aš, ____________________________________, dalyvaudamas (-a) M</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC440E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>arijampolės „</w:t>
+      </w:r>
+      <w:r w:rsidR="00A53F8E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ryto</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC440E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“ progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> v</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aiko gerovės </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>komisijos (toliau – Komisija) posėdyje,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6791265A" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>p a s i ž a d u:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46794427" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:left="-5" w:firstLine="714"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1. konfidencialią informaciją apie vaiką, kuri man taps žinoma Komisijos posėdžio metu, naudoti tik įstatymų ir kitų teisės aktų nustatytais tikslais ir tvarka;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="353876DE" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:left="-5" w:firstLine="714"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. saugoti man patikėtus dokumentus, kuriuose yra konfidenciali informacija, kad tretieji asmenys neturėtų galimybės su jais susipažinti. Suprantu, kad bet kokia Komisijos posėdžio metu sužinota informacija yra konfidenciali;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5234EF4D" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="714"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3. pasižadu informuoti Komisiją apie galimą interesų konfliktą ir nusišalinti nuo dalyvavimo tolesnėje procedūroje, jei man dalyvaujant, rengiant, svarstant ar priimant Komisijos sprendimus šiose procedūrose dalyvauja man artimi asmenys ar dėl bet kokių kitų aplinkybių negaliu laikytis 1–2 punktuose nustatytų principų (man išaiškinta, kad man artimi asmenys yra artimieji giminaičiai bei svainystės ryšiais susiję asmenys, kaip jie apibrėžti Lietuvos Respublikos civilinio kodekso 3.135 ir 3.136 straipsniuose, taip pat sutuoktinis, sugyventinis ar partneris, sutuoktinio, sugyventinio ar partnerio vaikai (įvaikiai), tėvai (įtėviai), broliai (įbroliai), seserys (įseserės) bei mano įtėviai, įvaikiai, įbroliai, įseserės).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53CD2FD8" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="714"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01B14744" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0907AE5C" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06B8AAD0" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="3741" w:firstLine="1247"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>__________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="757D982F" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="3741" w:firstLine="1247"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(parašas)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(vardas ir pavardė )</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E444194" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B94C37A" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="251BEAC6" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B0A8466" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRPr="00A53F8E" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–––––––––––––––––––––––––––––</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D86080F" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:ind w:left="6237"/>
+        <w:sectPr w:rsidR="00B53BAC" w:rsidSect="00B53BAC">
+          <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
+          <w:pgMar w:top="1138" w:right="562" w:bottom="1238" w:left="1699" w:header="288" w:footer="720" w:gutter="0"/>
+          <w:pgNumType w:start="1"/>
+          <w:cols w:space="720"/>
+          <w:noEndnote/>
+          <w:titlePg/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39EFFA78" w14:textId="1D97F271" w:rsidR="00B53BAC" w:rsidRDefault="00BC440E" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:ind w:left="6237"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00B53BAC">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vaiko gerovės komisijos </w:t>
+      </w:r>
+      <w:r w:rsidR="00744081">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbo reglamento</w:t>
+      </w:r>
+      <w:r w:rsidR="00B53BAC">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4668B153" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:left="6237" w:right="290"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 priedas </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39678DED" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="6237" w:right="290"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54BC8F98" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60DD9388" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(Konfidencialumo pasižadėjimo forma)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F71B607" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3860FA6B" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">KONFIDENCIALUMO PASIŽADĖJIMAS </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B73A678" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EC6545D" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="399F368C" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(data)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BFC6CA1" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_____________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DE0392E" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(Vieta)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DFE4145" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E1AF0AC" w14:textId="0E3D5C15" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aš, _____________________________________, būdamas (-a) </w:t>
+      </w:r>
+      <w:r w:rsidR="00B71E20">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Marijampolės „</w:t>
+      </w:r>
+      <w:r w:rsidR="00A53F8E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ryto</w:t>
+      </w:r>
+      <w:r w:rsidR="00B71E20">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“ progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> v</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aiko gerovės </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">komisijos (toliau – Komisija) pirmininku (-e), pirmininko pavaduotoju (-a), nariu (-e), komisijos sekretoriumi (-e) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(palikti reikalingą)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A8FD304" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>p a s i ž a d u:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A9F4D2A" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1. saugoti ir tik teisės aktų nustatytais tikslais ir tvarka naudoti konfidencialią informaciją, kuri man taps žinoma, esant Komisijos nariu (-e);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C604941" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. man patikėtus dokumentus ar duomenis saugoti tokiu būdu, kad tretieji asmenys neturėtų galimybės su jais susipažinti ar jais pasinaudoti, neatskleisti tretiesiems asmenims konfidencialios informacijos;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24E72C57" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3. savo pareigas atlikti objektyviai, dalykiškai, be išankstinio nusistatymo, vadovaudamasis  (-i) įstatymų viršenybės, skaidrumo, nešališkumo, teisėtumo, sąžiningumo ir geriausių vaiko interesų prioritetiškumo principais;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="539CC465" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4. informuoti Komisiją apie galimą interesų konfliktą ir nusišalinti nuo dalyvavimo tolesnėje procedūroje, jei man dalyvaujant, rengiant, svarstant ar priimant Komisijos sprendimus šiose procedūrose dalyvauja man artimi asmenys ar dėl bet kokių kitų aplinkybių negaliu laikytis 1–3 punktuose nustatytų įsipareigojimų (man išaiškinta, kad man artimi asmenys yra artimieji giminaičiai bei svainystės ryšiais susiję asmenys suprantami taip, kaip jie apibrėžti Lietuvos Respublikos civilinio kodekso 3.135 ir 3.136 straipsniuose, taip pat sutuoktinis, sugyventinis ar partneris, sutuoktinio, sugyventinio ar partnerio vaikai (įvaikiai), tėvai (įtėviai), broliai (įbroliai), seserys (įseserės) bei mano įtėviai, įvaikiai, įbroliai, įseserės);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="402738C6" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5. savo ir (ar) man artimų asmenų privačių interesų naudai nesinaudoti ir neleisti naudotis informacija, kurią įgijau dalyvaudamas (-a) svarstant, rengiant ar priimant Komisijos sprendimą, kitokia tvarka ir mastu, nei nustato Lietuvos Respublikos teisės aktai;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BB9D4DA" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6. patvirtinu, kad esu susipažinęs (-usi) su 2016 m. balandžio 27 d. Europos Parlamento ir Tarybos reglamento (ES) 2016/679 dėl fizinių asmenų apsaugos tvarkant asmens duomenis ir dėl laisvo tokių duomenų judėjimo ir kuriuo panaikinama Direktyva 95/46/EB (Bendrasis duomenų apsaugos reglamentas), Lietuvos Respublikos asmens duomenų teisinės apsaugos įstatymo ir kitų teisės aktų, reglamentuojančių asmens duomenų tvarkymą ir apsaugą, reikalavimais.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63278FA0" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7. Šis pasižadėjimas galios visą laiką tiek dirbant Komisijoje, tiek pasitraukus iš Komisijos veiklos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FBDE48F" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32F63052" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_____________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>____________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>_____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29A882B2" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(pareigos Komisijoje) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(parašas)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(vardas ir pavardė )</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40AAB663" w14:textId="77777777" w:rsidR="00B53BAC" w:rsidRDefault="00B53BAC" w:rsidP="00B53BAC">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="301C46E6" w14:textId="77777777" w:rsidR="000D31CF" w:rsidRDefault="000D31CF" w:rsidP="00AB0A59">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FC367EA" w14:textId="77777777" w:rsidR="00AB0A59" w:rsidRDefault="00AB0A59" w:rsidP="00AB0A59">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53E0D814" w14:textId="3301F872" w:rsidR="001308AA" w:rsidRDefault="00AB0A59" w:rsidP="00B035BD">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="001308AA">
+      <w:headerReference w:type="even" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="even" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
+      <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1138" w:right="562" w:bottom="1238" w:left="1699" w:header="288" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
-      <w:cols w:space="1296"/>
+      <w:cols w:space="720"/>
+      <w:noEndnote/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="17584C02" w14:textId="77777777" w:rsidR="003A6E8F" w:rsidRDefault="003A6E8F">
-      <w:r>
+    <w:p w14:paraId="064BA279" w14:textId="77777777" w:rsidR="00B906D8" w:rsidRDefault="00B906D8">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="15880534" w14:textId="77777777" w:rsidR="003A6E8F" w:rsidRDefault="003A6E8F">
-      <w:r>
+    <w:p w14:paraId="2F63C191" w14:textId="77777777" w:rsidR="00B906D8" w:rsidRDefault="00B906D8">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI">
-    <w:panose1 w:val="020B0502040204020203"/>
+  <w:font w:name="HelveticaLT">
+    <w:altName w:val="Arial"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Georgia">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...11 lines deleted...]
-    <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="00000089" w14:textId="77777777" w:rsidR="007A3008" w:rsidRDefault="00500CD4">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+  <w:p w14:paraId="437CB647" w14:textId="77777777" w:rsidR="001308AA" w:rsidRDefault="000D31CF">
+    <w:pPr>
+      <w:framePr w:wrap="auto" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:overflowPunct w:val="0"/>
+      <w:textAlignment w:val="baseline"/>
+      <w:rPr>
+        <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
+        <w:sz w:val="20"/>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
+        <w:sz w:val="20"/>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
+        <w:sz w:val="20"/>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve">PAGE  </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
+        <w:sz w:val="20"/>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="2269944B" w14:textId="77777777" w:rsidR="001308AA" w:rsidRDefault="001308AA">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
-      <w:jc w:val="right"/>
+      <w:overflowPunct w:val="0"/>
+      <w:ind w:right="360"/>
+      <w:textAlignment w:val="baseline"/>
       <w:rPr>
-        <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+        <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
         <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
-[...37 lines deleted...]
-        <w:szCs w:val="20"/>
+        <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="0000008C" w14:textId="77777777" w:rsidR="007A3008" w:rsidRDefault="007A3008">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+  <w:p w14:paraId="638FCFC8" w14:textId="77777777" w:rsidR="001308AA" w:rsidRDefault="001308AA">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
+      <w:overflowPunct w:val="0"/>
       <w:ind w:right="360"/>
+      <w:textAlignment w:val="baseline"/>
       <w:rPr>
-        <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+        <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
         <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="0000008B" w14:textId="77777777" w:rsidR="007A3008" w:rsidRDefault="007A3008">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+  <w:p w14:paraId="2BCF4BEE" w14:textId="77777777" w:rsidR="001308AA" w:rsidRDefault="001308AA">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
+      <w:overflowPunct w:val="0"/>
+      <w:textAlignment w:val="baseline"/>
       <w:rPr>
-        <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+        <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
         <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3EBE07E4" w14:textId="77777777" w:rsidR="003A6E8F" w:rsidRDefault="003A6E8F">
-      <w:r>
+    <w:p w14:paraId="3C1A5634" w14:textId="77777777" w:rsidR="00B906D8" w:rsidRDefault="00B906D8">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3A34C732" w14:textId="77777777" w:rsidR="003A6E8F" w:rsidRDefault="003A6E8F">
-      <w:r>
+    <w:p w14:paraId="4E3D30D4" w14:textId="77777777" w:rsidR="00B906D8" w:rsidRDefault="00B906D8">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="00000087" w14:textId="77777777" w:rsidR="007A3008" w:rsidRDefault="007A3008">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+  <w:p w14:paraId="74C11258" w14:textId="77777777" w:rsidR="001308AA" w:rsidRDefault="001308AA">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9071"/>
       </w:tabs>
+      <w:overflowPunct w:val="0"/>
+      <w:textAlignment w:val="baseline"/>
       <w:rPr>
-        <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+        <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
         <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="00000086" w14:textId="77777777" w:rsidR="007A3008" w:rsidRDefault="007A3008">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+  <w:p w14:paraId="7A364020" w14:textId="77777777" w:rsidR="001308AA" w:rsidRDefault="000D31CF">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9071"/>
       </w:tabs>
+      <w:overflowPunct w:val="0"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="baseline"/>
       <w:rPr>
-        <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+        <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
         <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidRPr="000D31CF">
+      <w:rPr>
+        <w:noProof/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>4</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="0E470503" w14:textId="77777777" w:rsidR="001308AA" w:rsidRDefault="001308AA">
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4819"/>
+        <w:tab w:val="right" w:pos="9071"/>
+      </w:tabs>
+      <w:overflowPunct w:val="0"/>
+      <w:textAlignment w:val="baseline"/>
+      <w:rPr>
+        <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
+        <w:sz w:val="20"/>
+        <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="00000088" w14:textId="77777777" w:rsidR="007A3008" w:rsidRDefault="007A3008">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+  <w:p w14:paraId="21D819CC" w14:textId="77777777" w:rsidR="001308AA" w:rsidRDefault="001308AA">
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4986"/>
-        <w:tab w:val="right" w:pos="9972"/>
+        <w:tab w:val="center" w:pos="4819"/>
+        <w:tab w:val="right" w:pos="9071"/>
       </w:tabs>
+      <w:overflowPunct w:val="0"/>
+      <w:textAlignment w:val="baseline"/>
+      <w:rPr>
+        <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
+        <w:sz w:val="20"/>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:defaultTabStop w:val="720"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+  <w:zoom w:percent="140"/>
+  <w:printFractionalCharacterWidth/>
+  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:defaultTabStop w:val="1247"/>
   <w:hyphenationZone w:val="396"/>
+  <w:doNotHyphenateCaps/>
+  <w:drawingGridHorizontalSpacing w:val="120"/>
+  <w:drawingGridVerticalSpacing w:val="120"/>
+  <w:displayVerticalDrawingGridEvery w:val="0"/>
+  <w:doNotUseMarginsForDrawingGridOrigin/>
+  <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
+    <w:spaceForUL/>
+    <w:balanceSingleByteDoubleByteWidth/>
+    <w:doNotLeaveBackslashAlone/>
+    <w:ulTrailSpace/>
+    <w:doNotExpandShiftReturn/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="007A3008"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00FC7744"/>
+    <w:rsidRoot w:val="006C492E"/>
+    <w:rsid w:val="00036A17"/>
+    <w:rsid w:val="00043FBC"/>
+    <w:rsid w:val="000D31CF"/>
+    <w:rsid w:val="000F6619"/>
+    <w:rsid w:val="000F73D0"/>
+    <w:rsid w:val="00103E53"/>
+    <w:rsid w:val="001308AA"/>
+    <w:rsid w:val="0013348B"/>
+    <w:rsid w:val="0016364E"/>
+    <w:rsid w:val="00183BFA"/>
+    <w:rsid w:val="00280D14"/>
+    <w:rsid w:val="00300A69"/>
+    <w:rsid w:val="003024ED"/>
+    <w:rsid w:val="00317D0E"/>
+    <w:rsid w:val="00332DA2"/>
+    <w:rsid w:val="003E6AE4"/>
+    <w:rsid w:val="00491629"/>
+    <w:rsid w:val="004C020E"/>
+    <w:rsid w:val="004E4A62"/>
+    <w:rsid w:val="005572E5"/>
+    <w:rsid w:val="00632ED6"/>
+    <w:rsid w:val="006B581C"/>
+    <w:rsid w:val="006C492E"/>
+    <w:rsid w:val="00715687"/>
+    <w:rsid w:val="00744081"/>
+    <w:rsid w:val="007654F6"/>
+    <w:rsid w:val="0076636F"/>
+    <w:rsid w:val="007B48A3"/>
+    <w:rsid w:val="007B685F"/>
+    <w:rsid w:val="007F5778"/>
+    <w:rsid w:val="008002EC"/>
+    <w:rsid w:val="00852855"/>
+    <w:rsid w:val="008C6987"/>
+    <w:rsid w:val="00927BDE"/>
+    <w:rsid w:val="0097339B"/>
+    <w:rsid w:val="009B73BB"/>
+    <w:rsid w:val="009F435C"/>
+    <w:rsid w:val="00A04868"/>
+    <w:rsid w:val="00A53F8E"/>
+    <w:rsid w:val="00A64673"/>
+    <w:rsid w:val="00AA6DE9"/>
+    <w:rsid w:val="00AB0A59"/>
+    <w:rsid w:val="00AE3A53"/>
+    <w:rsid w:val="00B035BD"/>
+    <w:rsid w:val="00B53BAC"/>
+    <w:rsid w:val="00B71E20"/>
+    <w:rsid w:val="00B821DC"/>
+    <w:rsid w:val="00B906D8"/>
+    <w:rsid w:val="00BB2C11"/>
+    <w:rsid w:val="00BC440E"/>
+    <w:rsid w:val="00CB230D"/>
+    <w:rsid w:val="00D30256"/>
+    <w:rsid w:val="00E0707A"/>
+    <w:rsid w:val="00E63746"/>
+    <w:rsid w:val="00ED4E9E"/>
+    <w:rsid w:val="00FE6B9D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1E55D0BA"/>
-  <w15:docId w15:val="{1579DF87-58E4-4033-A41E-1AE0E7765A19}"/>
+  <w14:docId w14:val="708323E1"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{759E5D85-0D64-4DA6-B0F8-7AFD52895C48}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
-        <w:szCs w:val="24"/>
-        <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="ar-SA"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...9 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2197,163 +4018,152 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-[...20 lines deleted...]
-    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Light Shading"/>
+    <w:lsdException w:name="Light List"/>
+    <w:lsdException w:name="Light Grid"/>
+    <w:lsdException w:name="Medium Shading 1"/>
+    <w:lsdException w:name="Medium Shading 2"/>
+    <w:lsdException w:name="Medium List 1"/>
+    <w:lsdException w:name="Medium List 2"/>
+    <w:lsdException w:name="Medium Grid 1"/>
+    <w:lsdException w:name="Medium Grid 2"/>
+    <w:lsdException w:name="Medium Grid 3"/>
+    <w:lsdException w:name="Dark List"/>
+    <w:lsdException w:name="Colorful Shading"/>
+    <w:lsdException w:name="Colorful List"/>
+    <w:lsdException w:name="Colorful Grid"/>
+    <w:lsdException w:name="Light Shading Accent 1"/>
+    <w:lsdException w:name="Light List Accent 1"/>
+    <w:lsdException w:name="Light Grid Accent 1"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1"/>
+    <w:lsdException w:name="Medium List 1 Accent 1"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-[...86 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1"/>
+    <w:lsdException w:name="Dark List Accent 1"/>
+    <w:lsdException w:name="Colorful Shading Accent 1"/>
+    <w:lsdException w:name="Colorful List Accent 1"/>
+    <w:lsdException w:name="Colorful Grid Accent 1"/>
+    <w:lsdException w:name="Light Shading Accent 2"/>
+    <w:lsdException w:name="Light List Accent 2"/>
+    <w:lsdException w:name="Light Grid Accent 2"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2"/>
+    <w:lsdException w:name="Medium List 1 Accent 2"/>
+    <w:lsdException w:name="Medium List 2 Accent 2"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2"/>
+    <w:lsdException w:name="Dark List Accent 2"/>
+    <w:lsdException w:name="Colorful Shading Accent 2"/>
+    <w:lsdException w:name="Colorful List Accent 2"/>
+    <w:lsdException w:name="Colorful Grid Accent 2"/>
+    <w:lsdException w:name="Light Shading Accent 3"/>
+    <w:lsdException w:name="Light List Accent 3"/>
+    <w:lsdException w:name="Light Grid Accent 3"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3"/>
+    <w:lsdException w:name="Medium List 1 Accent 3"/>
+    <w:lsdException w:name="Medium List 2 Accent 3"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3"/>
+    <w:lsdException w:name="Dark List Accent 3"/>
+    <w:lsdException w:name="Colorful Shading Accent 3"/>
+    <w:lsdException w:name="Colorful List Accent 3"/>
+    <w:lsdException w:name="Colorful Grid Accent 3"/>
+    <w:lsdException w:name="Light Shading Accent 4"/>
+    <w:lsdException w:name="Light List Accent 4"/>
+    <w:lsdException w:name="Light Grid Accent 4"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4"/>
+    <w:lsdException w:name="Medium List 1 Accent 4"/>
+    <w:lsdException w:name="Medium List 2 Accent 4"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4"/>
+    <w:lsdException w:name="Dark List Accent 4"/>
+    <w:lsdException w:name="Colorful Shading Accent 4"/>
+    <w:lsdException w:name="Colorful List Accent 4"/>
+    <w:lsdException w:name="Colorful Grid Accent 4"/>
+    <w:lsdException w:name="Light Shading Accent 5"/>
+    <w:lsdException w:name="Light List Accent 5"/>
+    <w:lsdException w:name="Light Grid Accent 5"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5"/>
+    <w:lsdException w:name="Medium List 1 Accent 5"/>
+    <w:lsdException w:name="Medium List 2 Accent 5"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5"/>
+    <w:lsdException w:name="Dark List Accent 5"/>
+    <w:lsdException w:name="Colorful Shading Accent 5"/>
+    <w:lsdException w:name="Colorful List Accent 5"/>
+    <w:lsdException w:name="Colorful Grid Accent 5"/>
+    <w:lsdException w:name="Light Shading Accent 6"/>
+    <w:lsdException w:name="Light List Accent 6"/>
+    <w:lsdException w:name="Light Grid Accent 6"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6"/>
+    <w:lsdException w:name="Medium List 1 Accent 6"/>
+    <w:lsdException w:name="Medium List 2 Accent 6"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6"/>
+    <w:lsdException w:name="Dark List Accent 6"/>
+    <w:lsdException w:name="Colorful Shading Accent 6"/>
+    <w:lsdException w:name="Colorful List Accent 6"/>
+    <w:lsdException w:name="Colorful Grid Accent 6"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -2414,346 +4224,1198 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-  </w:style>
-[...113 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
-[...26 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:styleId="Vietosrezervavimoenklotekstas">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
-    <w:rsid w:val="00D6123E"/>
+    <w:rsid w:val="000D31CF"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
-  </w:style>
-[...66 lines deleted...]
-    <w:rsid w:val="00D41BAB"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:divs>
-    <w:div w:id="626550737">
+    <w:div w:id="27610145">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1431003136">
+    <w:div w:id="174199159">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1938832765">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1951889036">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="191576192">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="628826764">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="467937059">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2126996015">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1432774281">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="715009754">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="4987810">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="178203600">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2051371144">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1301879742">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1722751038">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1706248816">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1577588095">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1070467468">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1232613989">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1922831073">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1387610285">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1343358332">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1984386247">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1036929802">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1538621224">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1432699965">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1710180420">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1744911033">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1917201418">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="30811173">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="700937687">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="376200328">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="777600992">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="969046770">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1668750818">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="91777542">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="418067449">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+                <w:div w:id="1735465341">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+                <w:div w:id="1542522741">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+                <w:div w:id="616526646">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="977489455">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="311298823">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+                <w:div w:id="512957151">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+                <w:div w:id="1774595257">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+                <w:div w:id="1034964055">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+                <w:div w:id="1883323571">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1119568097">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1218665958">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="334187001">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="17197772">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="582371104">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1606645099">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="997227448">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="1637417822">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="881331029">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="1423184240">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="140580845">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="2109958992">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="2064988855">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="670330001">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="299962217">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="1306858223">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="1761751593">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                    <w:div w:id="1355040843">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="641428638">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="263733246">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="460926331">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                    <w:div w:id="1415934293">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="182018985">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="1576354333">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="1815096544">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="682786284">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="1762985653">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                    <w:div w:id="951548626">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1964967844">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="692151598">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                    <w:div w:id="1429543515">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1705711883">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="1514876248">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="285236897">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="1535535640">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="745735605">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+                <w:div w:id="1753743935">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="232548268">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1960336725">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="971405565">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1835879307">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
   </w:divs>
+  <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2977,81 +5639,301 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-[...1 lines deleted...]
-</go:gDocsCustomXmlDataStorage>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokumentas" ma:contentTypeID="0x010100D58C83BBD9244047AE51B7418DC0ED4A" ma:contentTypeVersion="3" ma:contentTypeDescription="Kurkite naują dokumentą." ma:contentTypeScope="" ma:versionID="e49eff27c52b38326e58279b02eae255">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8f1f9dc8-cb28-4e33-8ebf-9fb85c2b681f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c1e45e5c4ab5ef142272419ba0f9e647" ns2:_="">
+    <xsd:import namespace="8f1f9dc8-cb28-4e33-8ebf-9fb85c2b681f"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8f1f9dc8-cb28-4e33-8ebf-9fb85c2b681f" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Turinio tipas"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Antraštė"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F2FBD1B4-08BB-46C2-83EE-C6F470F1DA79}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD474618-7F92-40A7-97F9-5F1C0C60165B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{242C089F-9F7B-41A5-B567-AA0E2039542A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{331E4A69-041C-43ED-9890-560D82B6AC1B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="8f1f9dc8-cb28-4e33-8ebf-9fb85c2b681f"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>13222</Words>
-  <Characters>7538</Characters>
+  <Words>9696</Words>
+  <Characters>5527</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>62</Lines>
-  <Paragraphs>41</Paragraphs>
+  <Lines>46</Lines>
+  <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company/>
+  <HeadingPairs>
+    <vt:vector size="4" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Pavadinimas</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr/>
+      <vt:lpstr> </vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>VKS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>20719</CharactersWithSpaces>
+  <CharactersWithSpaces>15193</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Vaicekauskaitė Ligita</dc:creator>
+  <dc:creator>Navickaitė Jolanta | ŠMSM</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Isakymai">
     <vt:lpwstr>Isakymai</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
-    <vt:lpwstr>0x0101004CFA3388CF824506A898AFC7B16E666B00B0E1CA725842C14DB37AB631CDC2E79A</vt:lpwstr>
+    <vt:lpwstr>0x010100D58C83BBD9244047AE51B7418DC0ED4A</vt:lpwstr>
   </property>
 </Properties>
 </file>