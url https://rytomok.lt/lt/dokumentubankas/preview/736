--- v0 (2025-10-04)
+++ v1 (2025-10-28)
@@ -6,225 +6,275 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w14:paraId="0F8A065D" w14:textId="77777777" w:rsidR="00B1056F" w:rsidRPr="00B1056F" w:rsidRDefault="00B1056F" w:rsidP="00B1056F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="142" w:firstLine="4961"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>PATVIRTINTA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D22E724" w14:textId="77777777" w:rsidR="00B1056F" w:rsidRPr="00B1056F" w:rsidRDefault="00B1056F" w:rsidP="00B1056F">
+    <w:p w14:paraId="3D22E724" w14:textId="5D25DC71" w:rsidR="00B1056F" w:rsidRPr="00B1056F" w:rsidRDefault="00B1056F" w:rsidP="00B1056F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="142" w:firstLine="4961"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">Marijampolės „Ryto“ pagrindinės mokyklos </w:t>
+        <w:t xml:space="preserve">Marijampolės „Ryto“ </w:t>
+      </w:r>
+      <w:r w:rsidR="005D0938">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B1056F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F0A233F" w14:textId="24011EB2" w:rsidR="00B1056F" w:rsidRPr="00B1056F" w:rsidRDefault="00B1056F" w:rsidP="00B1056F">
+    <w:p w14:paraId="7F0A233F" w14:textId="1F3AF9CF" w:rsidR="00B1056F" w:rsidRPr="00B1056F" w:rsidRDefault="005D0938" w:rsidP="00B1056F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="142" w:firstLine="4961"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B1056F">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>direktoriaus 2023 m. kovo 2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00111A6B">
+        <w:t>direktoriaus 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00D53AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>3</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B1056F">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
+        <w:t xml:space="preserve"> m. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7952">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>sausio 6</w:t>
+      </w:r>
+      <w:r w:rsidR="00B1056F" w:rsidRPr="00B1056F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
         <w:t xml:space="preserve"> d.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42F7198E" w14:textId="366313A3" w:rsidR="00B1056F" w:rsidRDefault="00B1056F" w:rsidP="00B1056F">
+    <w:p w14:paraId="42F7198E" w14:textId="348E404A" w:rsidR="00B1056F" w:rsidRDefault="00B1056F" w:rsidP="00B1056F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="142" w:firstLine="4961"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>įsakymu Nr. V-</w:t>
       </w:r>
-      <w:r w:rsidR="00111A6B">
+      <w:r w:rsidR="00AD7952">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>59.</w:t>
-      </w:r>
+        <w:t>1</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="35B2485F" w14:textId="77777777" w:rsidR="00993A5A" w:rsidRPr="00B1056F" w:rsidRDefault="00993A5A" w:rsidP="00B1056F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="142" w:firstLine="4961"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D63CA25" w14:textId="0AF99B0F" w:rsidR="00B1056F" w:rsidRDefault="00993A5A">
+    <w:p w14:paraId="2D63CA25" w14:textId="3D8FD853" w:rsidR="00B1056F" w:rsidRDefault="00993A5A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:caps/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:caps/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>MARIJAMPOLĖS „RYTO“ PAGRINDINĖ MOKYKLA</w:t>
+        <w:t>MARIJAMPOLĖS „RYTO“ P</w:t>
+      </w:r>
+      <w:r w:rsidR="009B03AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:caps/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>ROGIMNAZIJA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24BE4303" w14:textId="77777777" w:rsidR="00993A5A" w:rsidRPr="00B1056F" w:rsidRDefault="00993A5A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:caps/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E2A559C" w14:textId="55C6241A" w:rsidR="009D5A34" w:rsidRPr="00B1056F" w:rsidRDefault="00986E5B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:caps/>
@@ -345,51 +395,51 @@
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A6F375E" w14:textId="7A78D9C1" w:rsidR="00CB1FD1" w:rsidRPr="00B1056F" w:rsidRDefault="00986E5B" w:rsidP="00141773">
+    <w:p w14:paraId="3A6F375E" w14:textId="498BF387" w:rsidR="00CB1FD1" w:rsidRPr="00B1056F" w:rsidRDefault="00986E5B" w:rsidP="00141773">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
@@ -520,74 +570,114 @@
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">reikalavimus socialinio pedagogo </w:t>
       </w:r>
       <w:r w:rsidR="0067154C" w:rsidRPr="00B1056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>pareigybei</w:t>
       </w:r>
       <w:r w:rsidR="00573DEB" w:rsidRPr="00B1056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Marijampolės „Ryto“ pagrindinėje mokykloje</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D0938">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Marijampolės „Ryto“ </w:t>
+      </w:r>
+      <w:r w:rsidR="00573DEB" w:rsidRPr="00B1056F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D0938">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidR="009B03AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (toliau – Progimnazija</w:t>
       </w:r>
       <w:r w:rsidR="00B1056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (toliau – Mokykla)</w:t>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00573DEB" w:rsidRPr="00B1056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC8CAFD" w14:textId="2C29ABCB" w:rsidR="009D5A34" w:rsidRPr="00B1056F" w:rsidRDefault="00E85EBD" w:rsidP="00141773">
+    <w:p w14:paraId="4BC8CAFD" w14:textId="0001C137" w:rsidR="009D5A34" w:rsidRPr="00B1056F" w:rsidRDefault="00E85EBD" w:rsidP="00141773">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
@@ -618,314 +708,444 @@
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">agalbos paskirtis – padėti tėvams (globėjams, rūpintojams), kad būtų įgyvendinta vaiko </w:t>
       </w:r>
       <w:r w:rsidR="00CB54C6" w:rsidRPr="00B1056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">ir mokinio </w:t>
       </w:r>
       <w:r w:rsidR="00986E5B" w:rsidRPr="00B1056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">teisė į mokslą, užtikrinti jo saugumą mokykloje: išsiaiškinti ir šalinti priežastis, dėl kurių vaikas </w:t>
+        <w:t xml:space="preserve">teisė į mokslą, užtikrinti jo saugumą </w:t>
+      </w:r>
+      <w:r w:rsidR="005D0938">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidR="00986E5B" w:rsidRPr="00B1056F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: išsiaiškinti ir šalinti priežastis, dėl kurių vaikas </w:t>
       </w:r>
       <w:r w:rsidR="00CB54C6" w:rsidRPr="00B1056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">ar mokinys </w:t>
       </w:r>
       <w:r w:rsidR="00986E5B" w:rsidRPr="00B1056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">negali lankyti mokyklos ar vengia tai daryti, sugrąžinti į mokyklą ją palikusius </w:t>
+        <w:t xml:space="preserve">negali lankyti </w:t>
+      </w:r>
+      <w:r w:rsidR="005D0938">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00986E5B" w:rsidRPr="00B1056F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ar vengia tai daryti, sugrąžinti į </w:t>
+      </w:r>
+      <w:r w:rsidR="005D0938">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnaziją</w:t>
+      </w:r>
+      <w:r w:rsidR="00986E5B" w:rsidRPr="00B1056F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ją palikusius </w:t>
       </w:r>
       <w:r w:rsidR="00CB54C6" w:rsidRPr="00B1056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">vaikus ir </w:t>
       </w:r>
       <w:r w:rsidR="00986E5B" w:rsidRPr="00B1056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">mokinius, kartu su tėvais (globėjais, rūpintojais) padėti vaikui </w:t>
       </w:r>
       <w:r w:rsidR="00CB54C6" w:rsidRPr="00B1056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">ir mokiniui </w:t>
       </w:r>
       <w:r w:rsidR="00986E5B" w:rsidRPr="00B1056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>pasirinkti mokyklą pagal protines ir fiz</w:t>
+        <w:t xml:space="preserve">pasirinkti </w:t>
+      </w:r>
+      <w:r w:rsidR="005D0938">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnaziją</w:t>
+      </w:r>
+      <w:r w:rsidR="00986E5B" w:rsidRPr="00B1056F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pagal protines ir fiz</w:t>
       </w:r>
       <w:r w:rsidR="00222DE9" w:rsidRPr="00B1056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ines galias ir joje adaptuotis.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7749DFF5" w14:textId="0F6614AB" w:rsidR="009D5A34" w:rsidRPr="00B1056F" w:rsidRDefault="00986E5B" w:rsidP="00141773">
+    <w:p w14:paraId="7749DFF5" w14:textId="5AAAE12D" w:rsidR="009D5A34" w:rsidRPr="00B1056F" w:rsidRDefault="00986E5B" w:rsidP="00141773">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Pagalba te</w:t>
       </w:r>
       <w:r w:rsidR="00117549" w:rsidRPr="00B1056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">ikiama </w:t>
       </w:r>
+      <w:r w:rsidR="005D0938">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnazijoje</w:t>
+      </w:r>
       <w:r w:rsidR="001332DC" w:rsidRPr="00B1056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>mokykloje mokiniams, besimokantiems pagal</w:t>
+        <w:t xml:space="preserve"> mokiniams, besimokantiems pagal</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001332DC" w:rsidRPr="00B1056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>priešmokyklinio ir bendrojo ugdymo programas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6821A885" w14:textId="41570926" w:rsidR="000E73E4" w:rsidRPr="00B1056F" w:rsidRDefault="000E73E4" w:rsidP="00141773">
+    <w:p w14:paraId="6821A885" w14:textId="10660B7C" w:rsidR="000E73E4" w:rsidRPr="00B1056F" w:rsidRDefault="000E73E4" w:rsidP="00141773">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Pagalbos gavėjai –</w:t>
       </w:r>
       <w:r w:rsidR="001332DC" w:rsidRPr="00B1056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> besimokantys mokykloje </w:t>
+        <w:t xml:space="preserve"> besimokantys </w:t>
+      </w:r>
+      <w:r w:rsidR="005D0938">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidR="001332DC" w:rsidRPr="00B1056F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B1056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">mokiniai, </w:t>
       </w:r>
       <w:r w:rsidR="00631524" w:rsidRPr="00B1056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>jų tėvai (globėjai, rūpintojai), pedagogai.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40E83BDC" w14:textId="1CC06339" w:rsidR="00906200" w:rsidRDefault="000E73E4" w:rsidP="00141773">
+    <w:p w14:paraId="40E83BDC" w14:textId="060F89FC" w:rsidR="00906200" w:rsidRDefault="000E73E4" w:rsidP="00141773">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Pagalbos teikėjai –</w:t>
       </w:r>
       <w:r w:rsidR="001332DC" w:rsidRPr="00B1056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> mokykloje </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D0938">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidR="001332DC" w:rsidRPr="00B1056F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B1056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>dirbantys socialiniai pedagogai, kurių kvalifikacija atitinka nustatytus kvalifikacinius reikalavimus.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BAB3A48" w14:textId="1C97AB9E" w:rsidR="00B1056F" w:rsidRPr="00B1056F" w:rsidRDefault="00B1056F" w:rsidP="00141773">
+    <w:p w14:paraId="1BAB3A48" w14:textId="0A32D158" w:rsidR="00B1056F" w:rsidRPr="00B1056F" w:rsidRDefault="00B1056F" w:rsidP="00141773">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -952,51 +1172,71 @@
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> pedagog</w:t>
       </w:r>
       <w:r w:rsidR="003E6B99">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pagalba teikiama vadovaujantis Lietuvos Respublikos švietimo įstatymu, Socialinės pedagoginės pagalbos teikimo vaikui ir mokiniui tvarkos aprašu, Lietuvos Respublikos Vyriausybės nutarimais, Lietuvos Respublikos švietimo ir mokslo ministro įsakymais, kitais teisės aktais, Mokyklos vidaus darbo dokumentais ir šiuo Aprašu.</w:t>
+        <w:t xml:space="preserve"> pagalba teikiama vadovaujantis Lietuvos Respublikos švietimo įstatymu, Socialinės pedagoginės pagalbos teikimo vaikui ir mokiniui tvarkos aprašu, Lietuvos Respublikos Vyriausybės nutarimais, Lietuvos Respublikos švietimo ir mokslo ministro įsakymais, kitais teisės aktais, </w:t>
+      </w:r>
+      <w:r w:rsidR="005D0938">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vidaus darbo dokumentais ir šiuo Aprašu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FFDB104" w14:textId="77777777" w:rsidR="002B0737" w:rsidRPr="00B1056F" w:rsidRDefault="002B0737" w:rsidP="002B0737">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="13FAEFD5" w14:textId="717BBA01" w:rsidR="002B0737" w:rsidRPr="003E6B99" w:rsidRDefault="002B0737" w:rsidP="002B0737">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1085,92 +1325,102 @@
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Pagalbos teikimo uždaviniai:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11EAC0D3" w14:textId="587AF8E1" w:rsidR="002A5CF0" w:rsidRPr="00B1056F" w:rsidRDefault="002A5CF0" w:rsidP="00141773">
+    <w:p w14:paraId="11EAC0D3" w14:textId="6A9E2CC6" w:rsidR="002A5CF0" w:rsidRPr="00B1056F" w:rsidRDefault="002A5CF0" w:rsidP="00141773">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>padėti mokinia</w:t>
       </w:r>
       <w:r w:rsidR="00104414" w:rsidRPr="00B1056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>ms adaptuotis mokykloje</w:t>
+        <w:t xml:space="preserve">ms adaptuotis </w:t>
+      </w:r>
+      <w:r w:rsidR="005D0938">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnazijoje</w:t>
       </w:r>
       <w:r w:rsidR="00E11073" w:rsidRPr="00B1056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00DD41DF" w:rsidRPr="00B1056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">ugdymosi </w:t>
       </w:r>
       <w:r w:rsidRPr="00B1056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
@@ -1243,143 +1493,183 @@
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">vaiko ir mokinio tėvais (globėjais, rūpintojais), pedagoginiais darbuotojais, socialiniais darbuotojais ir socialiniais partneriais, siekiančiais </w:t>
       </w:r>
       <w:r w:rsidRPr="00B1056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>užtikrinti vaiko ir mokinio saugumą ir teisę į mokslą</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3342414D" w14:textId="7E984939" w:rsidR="002A5CF0" w:rsidRPr="00B1056F" w:rsidRDefault="002A5CF0" w:rsidP="00141773">
+    <w:p w14:paraId="3342414D" w14:textId="43A651D7" w:rsidR="002A5CF0" w:rsidRPr="00B1056F" w:rsidRDefault="002A5CF0" w:rsidP="00141773">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>tarpininkauti ir padėti</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> šalinti priežastis, dėl kurių vaikai ir mokiniai negali dalyvauti privalomame </w:t>
       </w:r>
       <w:r w:rsidRPr="00B1056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>švietime, lankyti mokyklos ar vengia tai daryti;</w:t>
+        <w:t xml:space="preserve">švietime, lankyti </w:t>
+      </w:r>
+      <w:r w:rsidR="005D0938">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B1056F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ar vengia tai daryti;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FD0065C" w14:textId="23FAA54E" w:rsidR="002A5CF0" w:rsidRPr="00B1056F" w:rsidRDefault="002A5CF0" w:rsidP="00141773">
+    <w:p w14:paraId="0FD0065C" w14:textId="619A7FA7" w:rsidR="002A5CF0" w:rsidRPr="00B1056F" w:rsidRDefault="002A5CF0" w:rsidP="00141773">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">padėti sugrįžti </w:t>
       </w:r>
       <w:r w:rsidR="00633A28" w:rsidRPr="00B1056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>į mokyklą jos nelankančius</w:t>
+        <w:t xml:space="preserve">į </w:t>
+      </w:r>
+      <w:r w:rsidR="005D0938">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnaziją</w:t>
+      </w:r>
+      <w:r w:rsidR="00633A28" w:rsidRPr="00B1056F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> jos nelankančius</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00633A28" w:rsidRPr="00B1056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>vaiku</w:t>
       </w:r>
       <w:r w:rsidR="004A5829" w:rsidRPr="00B1056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
@@ -1800,80 +2090,98 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>vykdomas siekiant užtikrinti kompleksiškai teikiamos  paga</w:t>
       </w:r>
       <w:r w:rsidR="0016578C" w:rsidRPr="00B1056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00222DE9" w:rsidRPr="00B1056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>bos mokiniui teikimą.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13466364" w14:textId="36A613DF" w:rsidR="002B0737" w:rsidRDefault="003E6B99" w:rsidP="007F5ECF">
+    <w:p w14:paraId="13466364" w14:textId="01C3983A" w:rsidR="002B0737" w:rsidRDefault="003E6B99" w:rsidP="007F5ECF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pagalba teikiama socialiniam pedagogui bendradarbiaujant su mokytojais, klasių vadovais, pagalbos mokiniui ir kitais specialistais, tėvais (globėjais, rūpintojais), Mokyklos bendruomene, kitais socialiniais partneriais: </w:t>
+        <w:t xml:space="preserve">Pagalba teikiama socialiniam pedagogui bendradarbiaujant su mokytojais, klasių vadovais, pagalbos mokiniui ir kitais specialistais, tėvais (globėjais, rūpintojais), </w:t>
+      </w:r>
+      <w:r w:rsidR="005D0938">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bendruomene, kitais socialiniais partneriais: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="527FD196" w14:textId="28366453" w:rsidR="003E6B99" w:rsidRPr="003E6B99" w:rsidRDefault="003E6B99" w:rsidP="003E6B99">
       <w:pPr>
         <w:pStyle w:val="Antrats"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">9.1. </w:t>
       </w:r>
       <w:r w:rsidRPr="003E6B99">
@@ -2019,114 +2327,174 @@
       </w:r>
       <w:r w:rsidR="007218F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>BAIGIAMOSIOS NUOSTATOS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DD8FFFF" w14:textId="77777777" w:rsidR="002B0737" w:rsidRPr="00B1056F" w:rsidRDefault="002B0737" w:rsidP="002B0737">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-23"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61EEF597" w14:textId="46AFB2C6" w:rsidR="007218F5" w:rsidRPr="00277F16" w:rsidRDefault="007218F5" w:rsidP="00141773">
+    <w:p w14:paraId="61EEF597" w14:textId="1C5479BB" w:rsidR="007218F5" w:rsidRPr="00277F16" w:rsidRDefault="007218F5" w:rsidP="00141773">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">Tvarkos aprašas apie socialinės pedagoginės pagalbos mokiniui ir vaikui teikimą Mokykloje skelbiamas Mokyklos interneto svetainėje. </w:t>
+        <w:t xml:space="preserve">Tvarkos aprašas apie socialinės pedagoginės pagalbos mokiniui ir vaikui teikimą </w:t>
+      </w:r>
+      <w:r w:rsidR="005D0938">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Progimnazijoje</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> skelbiamas </w:t>
+      </w:r>
+      <w:r w:rsidR="005D0938">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> interneto svetainėje. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D6A2E92" w14:textId="3EBEA4B7" w:rsidR="00277F16" w:rsidRPr="007218F5" w:rsidRDefault="00277F16" w:rsidP="00141773">
+    <w:p w14:paraId="5D6A2E92" w14:textId="73A276E8" w:rsidR="00277F16" w:rsidRPr="007218F5" w:rsidRDefault="00277F16" w:rsidP="00141773">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>Pateikus pasiūlymų šio Aprašo punktai gali būti koreguojami Mokyklos direktoriaus įsakymu.</w:t>
+        <w:t xml:space="preserve">Pateikus pasiūlymų šio Aprašo punktai gali būti koreguojami </w:t>
+      </w:r>
+      <w:r w:rsidR="005D0938">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> direktoriaus įsakymu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A558D1A" w14:textId="2E45791A" w:rsidR="009D5A34" w:rsidRPr="00B1056F" w:rsidRDefault="007218F5" w:rsidP="007218F5">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
@@ -2262,188 +2630,189 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>_________________________</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="004B41A2" w:rsidRPr="00B1056F" w:rsidSect="00B1056F">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="55C32611" w14:textId="77777777" w:rsidR="003268BA" w:rsidRDefault="003268BA" w:rsidP="00270266">
+    <w:p w14:paraId="34DE80EB" w14:textId="77777777" w:rsidR="00797C6B" w:rsidRDefault="00797C6B" w:rsidP="00270266">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7D831E70" w14:textId="77777777" w:rsidR="003268BA" w:rsidRDefault="003268BA" w:rsidP="00270266">
+    <w:p w14:paraId="632A0E79" w14:textId="77777777" w:rsidR="00797C6B" w:rsidRDefault="00797C6B" w:rsidP="00270266">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7FC11DEA" w14:textId="77777777" w:rsidR="003268BA" w:rsidRDefault="003268BA" w:rsidP="00270266">
+    <w:p w14:paraId="7AD46077" w14:textId="77777777" w:rsidR="00797C6B" w:rsidRDefault="00797C6B" w:rsidP="00270266">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="216A8354" w14:textId="77777777" w:rsidR="003268BA" w:rsidRDefault="003268BA" w:rsidP="00270266">
+    <w:p w14:paraId="625ACE6B" w14:textId="77777777" w:rsidR="00797C6B" w:rsidRDefault="00797C6B" w:rsidP="00270266">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1969153955"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w14:paraId="04432BA8" w14:textId="6C0F657C" w:rsidR="00270266" w:rsidRDefault="00270266">
+      <w:p w14:paraId="04432BA8" w14:textId="47D7503F" w:rsidR="00270266" w:rsidRDefault="00270266">
         <w:pPr>
           <w:pStyle w:val="Antrats"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00573DEB" w:rsidRPr="00573DEB">
+        <w:r w:rsidR="00AD7952" w:rsidRPr="00AD7952">
           <w:rPr>
             <w:noProof/>
             <w:lang w:val="lt-LT"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="1FEE898D" w14:textId="77777777" w:rsidR="00270266" w:rsidRDefault="00270266">
     <w:pPr>
       <w:pStyle w:val="Antrats"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B3637E4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A79EEE6E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
@@ -4550,358 +4919,367 @@
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5409" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6336" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1260330029">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1818647815">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="2006977680">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1880975564">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="26609269">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="839345311">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="95366312">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="2019963043">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1341619049">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="901913243">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1197235721">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="2083677560">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1071198134">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1572814796">
+  <w:num w:numId="14">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1892618494">
+  <w:num w:numId="15">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1556117423">
+  <w:num w:numId="16">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1409578716">
+  <w:num w:numId="17">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1878351987">
+  <w:num w:numId="18">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="2023240634">
+  <w:num w:numId="19">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="41173953">
+  <w:num w:numId="20">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="115563593">
+  <w:num w:numId="21">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="1033113240">
+  <w:num w:numId="22">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="1733382450">
+  <w:num w:numId="23">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="999624048">
+  <w:num w:numId="24">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="1092359032">
+  <w:num w:numId="25">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009D5A34"/>
     <w:rsid w:val="00023729"/>
     <w:rsid w:val="00036F68"/>
     <w:rsid w:val="0008580F"/>
     <w:rsid w:val="000A7B11"/>
     <w:rsid w:val="000B57AF"/>
     <w:rsid w:val="000D5BDB"/>
     <w:rsid w:val="000E73E4"/>
     <w:rsid w:val="00104414"/>
-    <w:rsid w:val="00111A6B"/>
     <w:rsid w:val="00117549"/>
     <w:rsid w:val="001332DC"/>
     <w:rsid w:val="0013571D"/>
     <w:rsid w:val="0013635A"/>
     <w:rsid w:val="00141773"/>
     <w:rsid w:val="0016578C"/>
     <w:rsid w:val="001A6C7E"/>
     <w:rsid w:val="001C7F23"/>
     <w:rsid w:val="001D7E17"/>
     <w:rsid w:val="00217884"/>
     <w:rsid w:val="00222DE9"/>
     <w:rsid w:val="00225DDB"/>
     <w:rsid w:val="00225EDF"/>
     <w:rsid w:val="0024765B"/>
     <w:rsid w:val="00267C12"/>
     <w:rsid w:val="00270266"/>
     <w:rsid w:val="00277F16"/>
     <w:rsid w:val="002A524B"/>
     <w:rsid w:val="002A5CF0"/>
     <w:rsid w:val="002B0737"/>
     <w:rsid w:val="002C18B3"/>
     <w:rsid w:val="002E3438"/>
     <w:rsid w:val="002F0528"/>
     <w:rsid w:val="0032592A"/>
-    <w:rsid w:val="003268BA"/>
+    <w:rsid w:val="0033515F"/>
     <w:rsid w:val="00361C33"/>
     <w:rsid w:val="00366DE7"/>
     <w:rsid w:val="003A0B1E"/>
     <w:rsid w:val="003A7D97"/>
     <w:rsid w:val="003B6B2C"/>
     <w:rsid w:val="003E6B99"/>
     <w:rsid w:val="00427B99"/>
     <w:rsid w:val="00461710"/>
     <w:rsid w:val="004668A2"/>
     <w:rsid w:val="00485C39"/>
     <w:rsid w:val="00486ED8"/>
     <w:rsid w:val="0049033F"/>
     <w:rsid w:val="004A5829"/>
     <w:rsid w:val="004B2163"/>
     <w:rsid w:val="004B3F3D"/>
     <w:rsid w:val="004B41A2"/>
     <w:rsid w:val="004C5917"/>
     <w:rsid w:val="004E1A01"/>
     <w:rsid w:val="004E1F1B"/>
     <w:rsid w:val="004E2666"/>
     <w:rsid w:val="005421C0"/>
     <w:rsid w:val="00553DAE"/>
     <w:rsid w:val="00573DEB"/>
     <w:rsid w:val="005B7DF3"/>
+    <w:rsid w:val="005D0938"/>
     <w:rsid w:val="005F3E22"/>
     <w:rsid w:val="006021B5"/>
     <w:rsid w:val="006067FC"/>
     <w:rsid w:val="006224F5"/>
     <w:rsid w:val="00631524"/>
     <w:rsid w:val="00633A28"/>
     <w:rsid w:val="0067154C"/>
     <w:rsid w:val="0069313E"/>
     <w:rsid w:val="00693ADA"/>
     <w:rsid w:val="006A6605"/>
     <w:rsid w:val="006E660F"/>
     <w:rsid w:val="006F3A07"/>
     <w:rsid w:val="00702FF0"/>
     <w:rsid w:val="007218F5"/>
     <w:rsid w:val="00726B68"/>
     <w:rsid w:val="007458DE"/>
     <w:rsid w:val="0074763D"/>
     <w:rsid w:val="00775D54"/>
     <w:rsid w:val="00784D65"/>
     <w:rsid w:val="00792726"/>
+    <w:rsid w:val="00796819"/>
+    <w:rsid w:val="00797C6B"/>
     <w:rsid w:val="007A1EE4"/>
     <w:rsid w:val="007C1AD4"/>
     <w:rsid w:val="007C42AA"/>
     <w:rsid w:val="007F5ECF"/>
     <w:rsid w:val="00800DD1"/>
     <w:rsid w:val="00811DB3"/>
     <w:rsid w:val="00817339"/>
     <w:rsid w:val="00823DE0"/>
     <w:rsid w:val="0083594B"/>
     <w:rsid w:val="008557F2"/>
     <w:rsid w:val="008667DC"/>
     <w:rsid w:val="00885345"/>
     <w:rsid w:val="008A43DD"/>
     <w:rsid w:val="008D1531"/>
     <w:rsid w:val="008F5342"/>
     <w:rsid w:val="00906200"/>
     <w:rsid w:val="00914CAB"/>
     <w:rsid w:val="00920B9C"/>
+    <w:rsid w:val="0092342E"/>
     <w:rsid w:val="0095483C"/>
     <w:rsid w:val="00967A6F"/>
     <w:rsid w:val="00986E5B"/>
     <w:rsid w:val="00990B04"/>
     <w:rsid w:val="00993392"/>
     <w:rsid w:val="00993A5A"/>
+    <w:rsid w:val="009B03AA"/>
     <w:rsid w:val="009B6069"/>
     <w:rsid w:val="009C1F64"/>
     <w:rsid w:val="009D3AA6"/>
     <w:rsid w:val="009D5A34"/>
     <w:rsid w:val="009D7FF4"/>
     <w:rsid w:val="009E7E7C"/>
     <w:rsid w:val="009F3B3C"/>
     <w:rsid w:val="00A15E79"/>
     <w:rsid w:val="00A277AE"/>
     <w:rsid w:val="00A5758A"/>
     <w:rsid w:val="00A64E78"/>
+    <w:rsid w:val="00AD7952"/>
     <w:rsid w:val="00AD7BE4"/>
     <w:rsid w:val="00B1056F"/>
     <w:rsid w:val="00B23B26"/>
     <w:rsid w:val="00B85BFF"/>
+    <w:rsid w:val="00B90995"/>
     <w:rsid w:val="00BA4FF5"/>
     <w:rsid w:val="00BB0B6B"/>
     <w:rsid w:val="00BB630C"/>
     <w:rsid w:val="00BC1927"/>
     <w:rsid w:val="00BF1D27"/>
     <w:rsid w:val="00C20415"/>
     <w:rsid w:val="00C21204"/>
     <w:rsid w:val="00C216F4"/>
     <w:rsid w:val="00C31E32"/>
     <w:rsid w:val="00C473AB"/>
     <w:rsid w:val="00C64088"/>
     <w:rsid w:val="00C94128"/>
     <w:rsid w:val="00CB1FD1"/>
     <w:rsid w:val="00CB54C6"/>
     <w:rsid w:val="00D077FC"/>
     <w:rsid w:val="00D172E5"/>
     <w:rsid w:val="00D226A0"/>
     <w:rsid w:val="00D301D6"/>
+    <w:rsid w:val="00D53AB6"/>
     <w:rsid w:val="00D618C9"/>
+    <w:rsid w:val="00D66F70"/>
     <w:rsid w:val="00DB5E28"/>
     <w:rsid w:val="00DD0E27"/>
     <w:rsid w:val="00DD41DF"/>
     <w:rsid w:val="00DF0551"/>
     <w:rsid w:val="00E10AC2"/>
     <w:rsid w:val="00E11073"/>
     <w:rsid w:val="00E24444"/>
     <w:rsid w:val="00E26DD8"/>
     <w:rsid w:val="00E35927"/>
     <w:rsid w:val="00E45E06"/>
     <w:rsid w:val="00E47C24"/>
     <w:rsid w:val="00E64B8F"/>
     <w:rsid w:val="00E77BCF"/>
     <w:rsid w:val="00E85EBD"/>
     <w:rsid w:val="00EC7591"/>
     <w:rsid w:val="00EE4E3A"/>
     <w:rsid w:val="00EF0DAF"/>
+    <w:rsid w:val="00EF32CC"/>
     <w:rsid w:val="00EF6E01"/>
     <w:rsid w:val="00F12DAE"/>
     <w:rsid w:val="00F46E72"/>
     <w:rsid w:val="00FB7167"/>
     <w:rsid w:val="00FD7490"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="00C87148"/>
   <w15:docId w15:val="{7B10FC27-B557-4BD7-B1D0-C9208CC17AB6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5229,55 +5607,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -5421,51 +5794,51 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="prastasis"/>
     <w:link w:val="PoratDiagrama"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00270266"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PoratDiagrama">
     <w:name w:val="Poraštė Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Porat"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00270266"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="2082365450">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -5883,143 +6256,143 @@
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="7" ma:displayName="Antraštė"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="lastPrinted" minOccurs="0" maxOccurs="1" type="xsd:dateTime"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CE0B84EE-F094-4A92-8C22-2B7F2C07A3E5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="E6298736-2320-4CE1-97C6-9F781D725734"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{645E26CB-CE79-4FB5-93A6-5DC6FF839C39}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="E6298736-2320-4CE1-97C6-9F781D725734"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/internal/2005/internalDocumentation"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6604CD9F-016A-4492-805B-423C7775A545}">
-[...6 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4FEBD67B-C7DD-4513-94AE-C96B4B087868}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB1F8145-DFA0-45FC-9BA6-ED9D2486AFF7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1602</Characters>
+  <Pages>1</Pages>
+  <Words>2846</Words>
+  <Characters>1623</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>13</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>SP_pagalbos_teikimo_aprasas.docx</vt:lpstr>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4402</CharactersWithSpaces>
+  <CharactersWithSpaces>4461</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>SP_pagalbos_teikimo_aprasas.docx</dc:title>
   <dc:creator>Bražionis Mantas</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101004CFA3388CF824506A898AFC7B16E666B00B0E1CA725842C14DB37AB631CDC2E79A</vt:lpwstr>
   </property>
 </Properties>
 </file>