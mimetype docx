--- v0 (2025-10-04)
+++ v1 (2025-10-28)
@@ -6,439 +6,525 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w14:paraId="4A30B471" w14:textId="77777777" w:rsidR="000C36C6" w:rsidRPr="000C36C6" w:rsidRDefault="000C36C6" w:rsidP="000C36C6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="142" w:firstLine="4961"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C36C6">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PATVIRTINTA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49873189" w14:textId="77777777" w:rsidR="000C36C6" w:rsidRPr="000C36C6" w:rsidRDefault="000C36C6" w:rsidP="000C36C6">
+    <w:p w14:paraId="49873189" w14:textId="62D25044" w:rsidR="000C36C6" w:rsidRPr="000C36C6" w:rsidRDefault="000C36C6" w:rsidP="000C36C6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="142" w:firstLine="4961"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C36C6">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Marijampolės „Ryto“ pagrindinės mokyklos </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6284307B" w14:textId="601E121E" w:rsidR="000C36C6" w:rsidRPr="000C36C6" w:rsidRDefault="000C36C6" w:rsidP="000C36C6">
+        <w:t xml:space="preserve">Marijampolės „Ryto“ </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC45CC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C36C6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6284307B" w14:textId="18307CE6" w:rsidR="000C36C6" w:rsidRPr="000C36C6" w:rsidRDefault="000C36C6" w:rsidP="000C36C6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="142" w:firstLine="4961"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C36C6">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">direktoriaus 2023 m. kovo </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CC2C7F">
+        <w:t>direktoriaus 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF7856">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>23</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="000C36C6">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> m. </w:t>
+      </w:r>
+      <w:r w:rsidR="002E08FC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sausio 6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C36C6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> d.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0444C51D" w14:textId="1C4BA1D0" w:rsidR="000C36C6" w:rsidRPr="000C36C6" w:rsidRDefault="000C36C6" w:rsidP="000C36C6">
+    <w:p w14:paraId="0444C51D" w14:textId="1734542E" w:rsidR="000C36C6" w:rsidRPr="000C36C6" w:rsidRDefault="000C36C6" w:rsidP="000C36C6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="142" w:firstLine="4961"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C36C6">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>įsakymu Nr. V-</w:t>
       </w:r>
-      <w:r w:rsidR="00CC2C7F">
+      <w:r w:rsidR="002E08FC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>60.</w:t>
-      </w:r>
+        <w:t>1</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="3FF129A9" w14:textId="6A5BD9C2" w:rsidR="000C36C6" w:rsidRDefault="000C36C6">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60BDC97B" w14:textId="615F7931" w:rsidR="004629CA" w:rsidRDefault="004629CA">
+    <w:p w14:paraId="60BDC97B" w14:textId="6CCDB9E7" w:rsidR="004629CA" w:rsidRDefault="004629CA">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Marijampolės „Ryto“ pagrindinės mokyklos</w:t>
-[...7 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t xml:space="preserve">Marijampolės „Ryto“ </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC45CC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="02C0E6BC" w14:textId="54D000D8" w:rsidR="005408A3" w:rsidRDefault="00C16F52">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26B946B6" w14:textId="77777777" w:rsidR="004629CA" w:rsidRDefault="004629CA">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="02C0E6BC" w14:textId="54D000D8" w:rsidR="005408A3" w:rsidRDefault="00C16F52">
+      <w:pPr>
+        <w:keepLines/>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">SPECIALIOSIOS PEDAGOGINĖS PAGALBOS TEIKIMO TVARKOS APRAŠAS </w:t>
-[...7 lines deleted...]
-        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">SPECIALIOSIOS PEDAGOGINĖS PAGALBOS TEIKIMO TVARKOS APRAŠAS </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02C0E6BD" w14:textId="77777777" w:rsidR="005408A3" w:rsidRDefault="005408A3">
+      <w:pPr>
+        <w:keepLines/>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="02C0E6BF" w14:textId="22032C72" w:rsidR="005408A3" w:rsidRDefault="004629CA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="629"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">I. </w:t>
       </w:r>
       <w:r w:rsidR="00C16F52">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>BENDROSIOS NUOSTATOS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02C0E6C0" w14:textId="77777777" w:rsidR="005408A3" w:rsidRDefault="005408A3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="02C0E6C1" w14:textId="402445A7" w:rsidR="005408A3" w:rsidRPr="00CE380A" w:rsidRDefault="004629CA" w:rsidP="00CE380A">
+    <w:p w14:paraId="02C0E6C1" w14:textId="24860D18" w:rsidR="005408A3" w:rsidRPr="00CE380A" w:rsidRDefault="004629CA" w:rsidP="00CE380A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE380A">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>Marijampolės „Ryto“ pagrindinės mokyklos (toliau – Mokykla )s</w:t>
+        <w:t xml:space="preserve">Marijampolės „Ryto“ </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC45CC">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE380A">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (toliau – </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC45CC">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>Progimnazija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE380A">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> )s</w:t>
       </w:r>
       <w:r w:rsidR="00C16F52" w:rsidRPr="00CE380A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">pecialiosios pedagoginės pagalbos </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE380A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>teikimo tvarkos aprašas (toliau – Aprašas)</w:t>
       </w:r>
       <w:r w:rsidR="00C16F52" w:rsidRPr="00CE380A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> reglamentuoja specialiosios pedagoginės pagalbos (toliau – Pagalba) teikėjus ir gavėjus bei Pagalbos organizavimą.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02C0E6C2" w14:textId="3FF6E5EE" w:rsidR="005408A3" w:rsidRPr="00CE380A" w:rsidRDefault="00C16F52" w:rsidP="00CE380A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE380A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Pagalbos paskirtis – didinti asmens, turinčio specialiųjų ugdymosi poreikių, ugdymosi veiksmingumą.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02C0E6C3" w14:textId="3363CA39" w:rsidR="005408A3" w:rsidRPr="00CE380A" w:rsidRDefault="00C16F52" w:rsidP="00CE380A">
+    <w:p w14:paraId="02C0E6C3" w14:textId="444E32AE" w:rsidR="005408A3" w:rsidRPr="00CE380A" w:rsidRDefault="00C16F52" w:rsidP="00CE380A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE380A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Pagalbos teikimą organizuoja ir koordinuoja </w:t>
       </w:r>
+      <w:r w:rsidR="00DC45CC">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Progimnazijos</w:t>
+      </w:r>
       <w:r w:rsidR="004629CA" w:rsidRPr="00CE380A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>M</w:t>
+        <w:t xml:space="preserve"> Vaiko gerovės komisija</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE380A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>okyklos</w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="004629CA" w:rsidRPr="00CE380A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Vaiko gerovės komisija</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t>Marijampolės</w:t>
+      </w:r>
+      <w:r w:rsidR="001212FB" w:rsidRPr="00CE380A">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> savivaldybės</w:t>
       </w:r>
       <w:r w:rsidR="004629CA" w:rsidRPr="00CE380A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Marijampolės</w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> pedagoginė psichologinė tarnyba (toliau – Tarnyba).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02C0E6C4" w14:textId="6F52B7B5" w:rsidR="005408A3" w:rsidRPr="00CE380A" w:rsidRDefault="00C16F52" w:rsidP="00CE380A">
+    <w:p w14:paraId="02C0E6C4" w14:textId="35ECE0A2" w:rsidR="005408A3" w:rsidRPr="00CE380A" w:rsidRDefault="00C16F52" w:rsidP="00CE380A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE380A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Pagalba teikiama formaliojo ir neformaliojo švietimo mokyklose (toliau – mokykla), mokinio namuose ir Tarnybose.</w:t>
+        <w:t xml:space="preserve">Pagalba teikiama formaliojo ir neformaliojo švietimo </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC45CC">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE380A">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e (toliau – </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC45CC">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE380A">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>), mokinio namuose ir Tarnybose.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02C0E6C5" w14:textId="1589CA38" w:rsidR="005408A3" w:rsidRPr="00CE380A" w:rsidRDefault="00C16F52" w:rsidP="00CE380A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE380A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Pagalba teikiama </w:t>
       </w:r>
       <w:r w:rsidR="001212FB" w:rsidRPr="00CE380A">
         <w:rPr>
@@ -487,88 +573,76 @@
         <w:t xml:space="preserve"> teisės aktais bei šiuo Aprašu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02C0E6C7" w14:textId="77718CEC" w:rsidR="005408A3" w:rsidRPr="00CE380A" w:rsidRDefault="00C16F52" w:rsidP="00CE380A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE380A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Pagalbos gavėjai – asmenys iki 21 metų, turintys specialiųjų ugdymosi poreikių, išskyrus atsirandančius dėl išskirtinių gabumų.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02C0E6C8" w14:textId="7DA3447D" w:rsidR="005408A3" w:rsidRPr="00CE380A" w:rsidRDefault="00C16F52" w:rsidP="00CE380A">
+    <w:p w14:paraId="02C0E6C8" w14:textId="07FCF33A" w:rsidR="005408A3" w:rsidRPr="00CE380A" w:rsidRDefault="00C16F52" w:rsidP="00CE380A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE380A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Pagalbos teikėjai – </w:t>
       </w:r>
-      <w:r w:rsidR="009A2791" w:rsidRPr="00CE380A">
-[...15 lines deleted...]
-        <w:t>os</w:t>
+      <w:r w:rsidR="00DC45CC">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Progimnazijos</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE380A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, specia</w:t>
       </w:r>
       <w:r w:rsidR="009A2791" w:rsidRPr="00CE380A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>lusis</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE380A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> pedagoga</w:t>
       </w:r>
       <w:r w:rsidR="009A2791" w:rsidRPr="00CE380A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
@@ -816,121 +890,177 @@
     </w:p>
     <w:p w14:paraId="02C0E6D9" w14:textId="59338592" w:rsidR="005408A3" w:rsidRPr="00CE380A" w:rsidRDefault="00C16F52" w:rsidP="00CE380A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE380A">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Specialiojo pedagogo, logopedo pareigybė (etatas ar dalis etato), turint finansinių galimybių, gali būti steigiama ir esant mažesniam mokinių skaičiui, nei nustatyta šio Aprašo 9, 10 ir 11 punktuose.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02C0E6DA" w14:textId="1552529F" w:rsidR="005408A3" w:rsidRPr="00CE380A" w:rsidRDefault="00C16F52" w:rsidP="00CE380A">
+    <w:p w14:paraId="02C0E6DA" w14:textId="70F4A933" w:rsidR="005408A3" w:rsidRPr="00CE380A" w:rsidRDefault="00C16F52" w:rsidP="00CE380A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE380A">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Pagalba teikiama, kai ją skiria Mokyklos vaiko gerovės komisija ar Tarnyba, tėvų (globėjų, rūpintojų) sutikimu.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="02C0E6DB" w14:textId="0F17D00E" w:rsidR="005408A3" w:rsidRPr="00CE380A" w:rsidRDefault="00C16F52" w:rsidP="00CE380A">
+        <w:t xml:space="preserve">Pagalba teikiama, kai ją skiria </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC45CC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE380A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vaiko gerovės komisija ar Tarnyba, tėvų (globėjų, rūpintojų) sutikimu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02C0E6DB" w14:textId="6A2E990F" w:rsidR="005408A3" w:rsidRPr="00CE380A" w:rsidRDefault="00DC45CC" w:rsidP="00CE380A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE380A">
-[...7 lines deleted...]
-    <w:p w14:paraId="02C0E6DC" w14:textId="4535D446" w:rsidR="005408A3" w:rsidRPr="00CE380A" w:rsidRDefault="00C16F52" w:rsidP="00CE380A">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00C16F52" w:rsidRPr="00CE380A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vaiko gerovės komisija turi teisę kreiptis į savivaldybėje vaiko teisių apsaugą užtikrinančią instituciją, kai vaiko tėvai (globėjai, rūpintojai) neužtikrina vaiko teisių ir </w:t>
+      </w:r>
+      <w:r w:rsidR="00C16F52" w:rsidRPr="00CE380A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>teisėtų interesų gauti reikalingą Pagalbą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02C0E6DC" w14:textId="1DDCC415" w:rsidR="005408A3" w:rsidRPr="00CE380A" w:rsidRDefault="00C16F52" w:rsidP="00CE380A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE380A">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Pagalbos gavėjų sąrašą, Mokyklos vaiko gerovės komisijos pirmininko suderintą su Tarnyba, tvirtina mokyklos direktorius. </w:t>
+        <w:t xml:space="preserve">Pagalbos gavėjų sąrašą, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC45CC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE380A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vaiko gerovės komisijos pirmininko suderintą su Tarnyba, tvirtina </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC45CC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE380A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> direktorius. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02C0E6DD" w14:textId="35BD372B" w:rsidR="005408A3" w:rsidRPr="00CE380A" w:rsidRDefault="00C16F52" w:rsidP="00CE380A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE380A">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Pagrindinės logopedo, specialiojo pedagogo, darbo formos yra pratybos (individualios, </w:t>
       </w:r>
@@ -1701,242 +1831,243 @@
     </w:p>
     <w:p w14:paraId="02C0E708" w14:textId="77777777" w:rsidR="005408A3" w:rsidRDefault="005408A3">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005408A3" w:rsidSect="00C16F52">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1242" w:left="1701" w:header="284" w:footer="567" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="1296"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6BBD8DFA" w14:textId="77777777" w:rsidR="00776BE5" w:rsidRDefault="00776BE5">
+    <w:p w14:paraId="06E9B014" w14:textId="77777777" w:rsidR="00F05A52" w:rsidRDefault="00F05A52">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="35784DD2" w14:textId="77777777" w:rsidR="00776BE5" w:rsidRDefault="00776BE5">
+    <w:p w14:paraId="08A5C558" w14:textId="77777777" w:rsidR="00F05A52" w:rsidRDefault="00F05A52">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HelveticaLT">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="79439A47" w14:textId="77777777" w:rsidR="00776BE5" w:rsidRDefault="00776BE5">
+    <w:p w14:paraId="3905EC26" w14:textId="77777777" w:rsidR="00F05A52" w:rsidRDefault="00F05A52">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="765750B2" w14:textId="77777777" w:rsidR="00776BE5" w:rsidRDefault="00776BE5">
+    <w:p w14:paraId="6B9FA884" w14:textId="77777777" w:rsidR="00F05A52" w:rsidRDefault="00F05A52">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="743682674"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w14:paraId="2DB6A9E7" w14:textId="59791BBB" w:rsidR="00C16F52" w:rsidRDefault="00C16F52">
+      <w:p w14:paraId="2DB6A9E7" w14:textId="695B219B" w:rsidR="00C16F52" w:rsidRDefault="00C16F52">
         <w:pPr>
           <w:pStyle w:val="Antrats"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="008F79C8">
+        <w:r w:rsidR="002E08FC">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>3</w:t>
+          <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="309DCD0D" w14:textId="77777777" w:rsidR="00C16F52" w:rsidRDefault="00C16F52">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9071"/>
       </w:tabs>
       <w:overflowPunct w:val="0"/>
       <w:textAlignment w:val="baseline"/>
       <w:rPr>
         <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
         <w:sz w:val="20"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1FAA033B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3564CD88"/>
     <w:lvl w:ilvl="0" w:tplc="0427000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1571" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2291" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -2329,183 +2460,188 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="55934088">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="2001960088">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="603197070">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="2011331261">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="614093648">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:printFractionalCharacterWidth/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="1247"/>
   <w:hyphenationZone w:val="396"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00567900"/>
     <w:rsid w:val="00025AA2"/>
     <w:rsid w:val="000C36C6"/>
     <w:rsid w:val="001212FB"/>
     <w:rsid w:val="00154754"/>
     <w:rsid w:val="001917E0"/>
+    <w:rsid w:val="002E08FC"/>
+    <w:rsid w:val="003333A4"/>
     <w:rsid w:val="003B6204"/>
     <w:rsid w:val="003C31EF"/>
     <w:rsid w:val="004629CA"/>
     <w:rsid w:val="004A1509"/>
     <w:rsid w:val="005408A3"/>
     <w:rsid w:val="00567900"/>
     <w:rsid w:val="006C57BB"/>
-    <w:rsid w:val="00776BE5"/>
+    <w:rsid w:val="0084673A"/>
     <w:rsid w:val="008B6330"/>
     <w:rsid w:val="008F79C8"/>
     <w:rsid w:val="009A0F9D"/>
     <w:rsid w:val="009A2791"/>
     <w:rsid w:val="009B7E76"/>
     <w:rsid w:val="00A879FE"/>
     <w:rsid w:val="00BB53D2"/>
     <w:rsid w:val="00C16F52"/>
+    <w:rsid w:val="00C8042E"/>
+    <w:rsid w:val="00C972EF"/>
     <w:rsid w:val="00CA3509"/>
-    <w:rsid w:val="00CC2C7F"/>
     <w:rsid w:val="00CE380A"/>
     <w:rsid w:val="00D825FF"/>
+    <w:rsid w:val="00DC45CC"/>
     <w:rsid w:val="00E5655E"/>
     <w:rsid w:val="00E860BB"/>
     <w:rsid w:val="00EA4A3B"/>
+    <w:rsid w:val="00F05A52"/>
+    <w:rsid w:val="00FF7856"/>
     <w:rsid w:val="00FF7A2A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="02C0E671"/>
   <w15:docId w15:val="{B4056630-05BF-46B7-98C0-3BE3E37D27F5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2806,55 +2942,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -2922,51 +3053,51 @@
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Porat"/>
     <w:rsid w:val="00C16F52"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sraopastraipa">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="prastasis"/>
     <w:rsid w:val="003C31EF"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Vietosrezervavimoenklotekstas">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:rsid w:val="008F79C8"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="150217010">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="199515213">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -3300,79 +3431,75 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
-[...6 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <documentManagement>
     <LocalFile xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <tmpFile xmlns="http://schemas.microsoft.com/sharepoint/v3">false</tmpFile>
     <GUID_ID xmlns="http://schemas.microsoft.com/sharepoint/v3">51c7fd47-ee03-4b8a-a9ca-1684e959df81</GUID_ID>
     <scan_status xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <ParentID xmlns="http://schemas.microsoft.com/sharepoint/v3">0</ParentID>
     <sendToRecSrv xmlns="http://schemas.microsoft.com/sharepoint/v3">true</sendToRecSrv>
     <RegUpdate xmlns="E6298736-2320-4CE1-97C6-9F781D725734" xsi:nil="true"/>
     <ListID xmlns="E6298736-2320-4CE1-97C6-9F781D725734" xsi:nil="true"/>
     <IsDeleted xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <tmpVersion xmlns="http://schemas.microsoft.com/sharepoint/v3">false</tmpVersion>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dovo failas" ma:contentTypeID="0x0101004CFA3388CF824506A898AFC7B16E666B00B0E1CA725842C14DB37AB631CDC2E79A" ma:contentTypeVersion="0" ma:contentTypeDescription="Dovo failas" ma:contentTypeScope="" ma:versionID="16384d026dd9f8a7b0bea4513bcdccb3">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="E6298736-2320-4CE1-97C6-9F781D725734" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c1892377245c20f2cf95b77fd41025c1" ns1:_="" ns2:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="E6298736-2320-4CE1-97C6-9F781D725734"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns1:sendToRecSrv" minOccurs="0"/>
                 <xsd:element ref="ns1:scan_status" minOccurs="0"/>
                 <xsd:element ref="ns1:GUID_ID" minOccurs="0"/>
                 <xsd:element ref="ns1:IsDeleted" minOccurs="0"/>
                 <xsd:element ref="ns1:LocalFile" minOccurs="0"/>
                 <xsd:element ref="ns1:tmpFile" minOccurs="0"/>
                 <xsd:element ref="ns1:tmpVersion" minOccurs="0"/>
                 <xsd:element ref="ns1:ParentID" minOccurs="0"/>
                 <xsd:element ref="ns2:ListID" minOccurs="0"/>
                 <xsd:element ref="ns2:RegUpdate" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -3446,131 +3573,135 @@
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Turinio tipas" ma:readOnly="true"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="7" ma:displayName="Antraštė"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="lastPrinted" minOccurs="0" maxOccurs="1" type="xsd:dateTime"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C49E89EB-822B-4C0B-A31A-629CA30B55E1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="E6298736-2320-4CE1-97C6-9F781D725734"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7361362B-142B-45A8-947B-C616E1F62EB6}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E7F946C4-BD68-4215-A595-019BCA4C2688}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9CD6271D-ED64-4E54-91B7-95C8E0C45D59}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="E6298736-2320-4CE1-97C6-9F781D725734"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/internal/2005/internalDocumentation"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E0C8CE84-45F6-4BAB-A804-8FC3868B820E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2148</Characters>
+  <Pages>1</Pages>
+  <Words>3782</Words>
+  <Characters>2157</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>17</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>ISAK-kvalifikacija-2017-08-24.docx</vt:lpstr>
       <vt:lpstr>ISAK institucijų akreditavimas - 04-18.docx</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>VKS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5905</CharactersWithSpaces>
+  <CharactersWithSpaces>5928</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ISAK-kvalifikacija-2017-08-24.docx</dc:title>
   <dc:creator>smm</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101004CFA3388CF824506A898AFC7B16E666B00B0E1CA725842C14DB37AB631CDC2E79A</vt:lpwstr>
   </property>
 </Properties>