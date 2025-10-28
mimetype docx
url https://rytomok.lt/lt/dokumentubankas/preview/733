--- v0 (2025-10-04)
+++ v1 (2025-10-28)
@@ -1,303 +1,387 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="568E7A55" w14:textId="0F458FF1" w:rsidR="00AB330D" w:rsidRPr="00596E3F" w:rsidRDefault="00AB330D" w:rsidP="00AB330D">
+    <w:p w14:paraId="568E7A55" w14:textId="12409286" w:rsidR="00AB330D" w:rsidRDefault="00AB330D" w:rsidP="00F53C8D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5670"/>
         </w:tabs>
         <w:spacing w:after="0"/>
-        <w:ind w:firstLine="3969"/>
-[...21 lines deleted...]
-        <w:tabs>
+        <w:ind w:left="5589" w:hanging="1701"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00596E3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F53C8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00596E3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>PATVIRTINTA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="497F3AFD" w14:textId="5241DCF2" w:rsidR="00C01770" w:rsidRDefault="00F53C8D" w:rsidP="00F53C8D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="5670"/>
         </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="5589"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>Marijampolės ,,Ryto“ progimnazijos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E0C4CC2" w14:textId="77777777" w:rsidR="002126A5" w:rsidRDefault="00F53C8D" w:rsidP="00F53C8D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="5670"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="5589"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>Direktoriaus 202</w:t>
+      </w:r>
+      <w:r w:rsidR="007200EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="002126A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m. sausio 6 d.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43C60795" w14:textId="76FF32D2" w:rsidR="00F53C8D" w:rsidRDefault="00F53C8D" w:rsidP="00F53C8D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="5670"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="5589"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>įsakymu Nr. V-</w:t>
+      </w:r>
+      <w:r w:rsidR="002126A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FDE54D9" w14:textId="77777777" w:rsidR="00F53C8D" w:rsidRPr="00596E3F" w:rsidRDefault="00F53C8D" w:rsidP="00F53C8D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5670"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A55977D" w14:textId="3069F927" w:rsidR="00AB330D" w:rsidRPr="00596E3F" w:rsidRDefault="00AB330D" w:rsidP="00F53C8D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5670"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2592" w:hanging="1701"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00596E3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                    </w:t>
+      </w:r>
+      <w:r w:rsidR="00C01770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44AE3353" w14:textId="4DD10FFF" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="007C4012">
+      <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...116 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t xml:space="preserve">MARIJAMPOLĖS „RYTO“ </w:t>
+      </w:r>
+      <w:r w:rsidR="00C01770">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-      </w:pPr>
-[...13 lines deleted...]
-    <w:p w14:paraId="69F3BDF5" w14:textId="5AFAC090" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="007C4012">
+        <w:t>PROGIMNAZIJOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69F3BDF5" w14:textId="34AAD44D" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="007C4012">
       <w:pPr>
         <w:spacing w:after="5" w:line="266" w:lineRule="auto"/>
         <w:ind w:right="-1" w:hanging="10"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> PAGALBOS MOKINIUI </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AB330D" w:rsidRPr="00596E3F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002126A5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">TEIKIMO </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F2180B" w:rsidRPr="00596E3F">
+        <w:t xml:space="preserve">ŠVIETIMO </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
+        <w:t xml:space="preserve">PAGALBOS MOKINIUI </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB330D" w:rsidRPr="00596E3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TEIKIMO </w:t>
+      </w:r>
+      <w:r w:rsidR="00F2180B" w:rsidRPr="00596E3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
         <w:t>TVARKOS</w:t>
+      </w:r>
+      <w:r w:rsidR="0020242E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>APRAŠAS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46CB52CB" w14:textId="77777777" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="001C2D34">
       <w:pPr>
         <w:spacing w:after="12"/>
         <w:ind w:left="53"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
@@ -348,80 +432,140 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="46D92D0F" w14:textId="77777777" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14A27058" w14:textId="7FF91523" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
+    <w:p w14:paraId="14A27058" w14:textId="33184D77" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">Marijampolės „Ryto“ pagrindinės mokyklos (toliau – Mokyklos) pagalbos </w:t>
+        <w:t xml:space="preserve">Marijampolės „Ryto“ </w:t>
+      </w:r>
+      <w:r w:rsidR="00C01770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00596E3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (toliau – </w:t>
+      </w:r>
+      <w:r w:rsidR="00C01770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>Progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00596E3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="002126A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">švietimo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00596E3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pagalbos </w:t>
       </w:r>
       <w:r w:rsidR="00AB330D" w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">mokiniui </w:t>
       </w:r>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">teikimo </w:t>
       </w:r>
       <w:r w:rsidR="00AB330D" w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
@@ -457,113 +601,213 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>espublikos minimalios ir vidutinės priežiūros įstatymu, patvirtintu 2010 m. gruodžio 14 d. Nr. XI-1232 (Žin.,  2010, Nr. 157-7969); Socialinės pedagoginės pagalbos teikimo vaikui ir mokiniui tvarkos aprašu, patvirtintu Lietuvos Respublikos švietimo ir mokslo ministro 2016 m. lapkričio 2 d. Nr. V-950 (</w:t>
       </w:r>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>TAR, 2016-11-03, Nr. 26187</w:t>
       </w:r>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>); Specialiosios pagalbos teikimo mokyklose (išskyrus aukštąsias mokyklas) tvarkos aprašu, patvirtintu Lietuvos Respublikos švietimo ir mokslo ministro 2011 m. liepos 08 d. įsakymu Nr. V-1229 (Žin., 2011, Nr. 92-4396); Psichologinės pagalbos švietimo tvarkos aprašu, patvirtintu Lietuvos Respublikos švietimo ir mokslo ministro 2011 m. liepos 5 d. įsakymu Nr. V-1215 (Žin.,  2011, Nr. 88-4220)</w:t>
+        <w:t xml:space="preserve">); Specialiosios pagalbos teikimo </w:t>
+      </w:r>
+      <w:r w:rsidR="00C01770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00596E3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e (išskyrus aukštąsias </w:t>
+      </w:r>
+      <w:r w:rsidR="00C01770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnazija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00596E3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>s) tvarkos aprašu, patvirtintu Lietuvos Respublikos švietimo ir mokslo ministro 2011 m. liepos 08 d. įsakymu Nr. V-1229 (Žin., 2011, Nr. 92-4396); Psichologinės pagalbos švietimo tvarkos aprašu, patvirtintu Lietuvos Respublikos švietimo ir mokslo ministro 2011 m. liepos 5 d. įsakymu Nr. V-1215 (Žin.,  2011, Nr. 88-4220)</w:t>
       </w:r>
       <w:r w:rsidR="00AB330D" w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir nustato pagalbos mokiniams teikimo tikslus, uždavinius, principus, gavėjus, teikėjus, formas, rūšis, struktūrą, konsultacijų organizavimo principus.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36BCA162" w14:textId="627AA161" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
+    <w:p w14:paraId="36BCA162" w14:textId="09913376" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="566"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">Šis Aprašas reglamentuoja Mokyklos darbuotojų – pagalbos mokiniui specialistų, </w:t>
+        <w:t xml:space="preserve">Šis Aprašas reglamentuoja </w:t>
+      </w:r>
+      <w:r w:rsidR="00C01770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>Progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00596E3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darbuotojų – </w:t>
+      </w:r>
+      <w:r w:rsidR="002126A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">švietimo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00596E3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pagalbos mokiniui specialistų, </w:t>
       </w:r>
       <w:r w:rsidR="00AB330D" w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">visuomenės </w:t>
       </w:r>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>sveikatos priežiūros specialisto, klasės vadovų, mokytojų ir mokyklos vadovų veiklą, susijusią su mokinių socialinių, pedagoginių, psichologinių poreikių tenkinimu bei lygių galimybių sudarymu, leidžianči</w:t>
+        <w:t xml:space="preserve">sveikatos priežiūros specialisto, klasės vadovų, mokytojų ir </w:t>
+      </w:r>
+      <w:r w:rsidR="00C01770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00596E3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vadovų veiklą, susijusią su mokinių socialinių, pedagoginių, psichologinių poreikių tenkinimu bei lygių galimybių sudarymu, leidžianči</w:t>
       </w:r>
       <w:r w:rsidR="008807CF" w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> didinti ugdymo(-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -682,51 +926,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>II. PAGALBOS TEIKIMO TIKSLAS, UŽDAVINIAI, PRINCIPAI</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22444CD7" w14:textId="77777777" w:rsidR="00395821" w:rsidRPr="00596E3F" w:rsidRDefault="00395821" w:rsidP="008807CF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57BAE745" w14:textId="23859B51" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
+    <w:p w14:paraId="57BAE745" w14:textId="1E68ACF9" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="561"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -786,51 +1030,61 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>užtikrint</w:t>
       </w:r>
       <w:r w:rsidR="00395821" w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>ų</w:t>
       </w:r>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> veiksmingą mokinių ugdymąsi mokykloje</w:t>
+        <w:t xml:space="preserve"> veiksmingą mokinių ugdymąsi </w:t>
+      </w:r>
+      <w:r w:rsidR="00C01770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnazijoje</w:t>
       </w:r>
       <w:r w:rsidR="00395821" w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>, padėtų jam įveikti mokymosi sunkumus, užtikrintų veiksmingą specialiųjų ugdymosi poreikių, gabiųjų ir talentingų mokinių ugdymąsi, sudarytų prielaidas pozityviai vaiko socializ</w:t>
       </w:r>
       <w:r w:rsidR="001675A9" w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00395821" w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
@@ -865,132 +1119,152 @@
         <w:ind w:left="0" w:firstLine="566"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Švietimo pagalbos uždaviniai:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7079C29A" w14:textId="0D6A4FED" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
+    <w:p w14:paraId="7079C29A" w14:textId="64C1FC71" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">užtikrinti mokinių saugumą Mokykloje; </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0A2B88D5" w14:textId="10C86101" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
+        <w:t xml:space="preserve">užtikrinti mokinių saugumą </w:t>
+      </w:r>
+      <w:r w:rsidR="00C01770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>Progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00596E3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A2B88D5" w14:textId="04755DA2" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">šalinti priežastis, dėl kurių mokiniai negali lankyti </w:t>
       </w:r>
-      <w:r w:rsidR="00BD48D5" w:rsidRPr="00596E3F">
-[...17 lines deleted...]
-        <w:t xml:space="preserve">okyklos ar vengia tai daryti; </w:t>
+      <w:r w:rsidR="00C01770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>Progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00596E3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ar vengia tai daryti; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="432D02A9" w14:textId="713C69ED" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
@@ -1107,100 +1381,100 @@
         <w:t>ugdymui(-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>si</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">); </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0538EA87" w14:textId="0EA8506C" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
+    <w:p w14:paraId="0538EA87" w14:textId="3ABD6176" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> padėti mokiniams adaptuotis </w:t>
       </w:r>
-      <w:r w:rsidR="00BD48D5" w:rsidRPr="00596E3F">
-[...17 lines deleted...]
-        <w:t xml:space="preserve">okykloje ar naujoje ugdymo pakopoje; </w:t>
+      <w:r w:rsidR="00C01770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>Progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00596E3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ar naujoje ugdymo pakopoje; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7389E7D3" w14:textId="69257620" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
@@ -1360,100 +1634,100 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="561"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">lygios galimybės – kiekvienam mokiniui užtikrinamas pagalbos prieinamumas; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56D73E6B" w14:textId="754E5570" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
+    <w:p w14:paraId="56D73E6B" w14:textId="7BBB72F9" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="561"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">visuotinumas – pagalba teikiama visiems </w:t>
       </w:r>
-      <w:r w:rsidR="00BD48D5" w:rsidRPr="00596E3F">
-[...17 lines deleted...]
-        <w:t xml:space="preserve">okyklos mokiniams, kuriems jos reikia; </w:t>
+      <w:r w:rsidR="00C01770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>Progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00596E3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokiniams, kuriems jos reikia; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A826B69" w14:textId="6E795508" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="561"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
@@ -1637,132 +1911,152 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="751C2794" w14:textId="77777777" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54273F91" w14:textId="2F654895" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
+    <w:p w14:paraId="54273F91" w14:textId="0853BD39" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="566"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">Švietimo pagalbos gavėjai – Mokyklos mokiniai, mokytojai, mokinių tėvai. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="00BE7F9C" w14:textId="229C29BE" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
+        <w:t xml:space="preserve">Švietimo pagalbos gavėjai – </w:t>
+      </w:r>
+      <w:r w:rsidR="00C01770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>Progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00596E3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokiniai, mokytojai, mokinių tėvai. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00BE7F9C" w14:textId="766D7D15" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="566"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Švietimo pagalbos teikėjai – klasių vadovai, mokytojai, psichologas, socialinis pedagogas, specialusis pedagogas, logopedas, sveikatos priežiūros specialistas, karjeros specialistas, </w:t>
       </w:r>
-      <w:r w:rsidR="00BD48D5" w:rsidRPr="00596E3F">
-[...17 lines deleted...]
-        <w:t xml:space="preserve">okyklos vadovai. </w:t>
+      <w:r w:rsidR="00C01770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>Progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00596E3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vadovai. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="273246A9" w14:textId="3409526F" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="566"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
@@ -2313,116 +2607,160 @@
         <w:t>pagalba sprendžiant problemas, trukdančias mokinio ugdymo(-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>si</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">) procesui; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="657B2611" w14:textId="4D1C9D3F" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
+    <w:p w14:paraId="657B2611" w14:textId="6821C60F" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="567" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">tėvų (globėjų/rūpintojų) ir Mokyklos bendradarbiavimo stiprinimas. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="407036B6" w14:textId="675980EC" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
+        <w:t xml:space="preserve">tėvų (globėjų/rūpintojų) ir </w:t>
+      </w:r>
+      <w:r w:rsidR="00C01770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>Progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00596E3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bendradarbiavimo stiprinimas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="407036B6" w14:textId="1D775FF5" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> darbas su Mokyklos bendruomene:</w:t>
+        <w:t xml:space="preserve"> darbas su </w:t>
+      </w:r>
+      <w:r w:rsidR="00C01770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>Progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00596E3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bendruomene:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BEFCA79" w14:textId="6FB3D1CC" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="567" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
@@ -2692,112 +3030,152 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="566"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">elgesio korekcija, socialiai priimtino elgesio modeliavimas; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="602545A2" w14:textId="1828FD16" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
+    <w:p w14:paraId="602545A2" w14:textId="776910D1" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="566"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">nusikalstamumo, mokyklos nelankymo, alkoholio, tabako ir kitų psichiką veikiančių medžiagų vartojimo, savižudybių, ŽIV/AIDS, prievartos, smurto ir teisės pažeidimų prevencija; </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="10ED40E7" w14:textId="599BDD12" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
+        <w:t xml:space="preserve">nusikalstamumo, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C01770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00596E3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nelankymo, alkoholio, tabako ir kitų psichiką veikiančių medžiagų vartojimo, savižudybių, ŽIV/AIDS, prievartos, smurto ir teisės pažeidimų prevencija; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10ED40E7" w14:textId="4CEE402E" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="566"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">pagalbos komandos telkimas Mokykloje (esant reikalui, pasitelkiant šeimą bei socialinius partnerius), siekiant sėkmingai spręsti mokinių problemas. </w:t>
+        <w:t xml:space="preserve">pagalbos komandos telkimas </w:t>
+      </w:r>
+      <w:r w:rsidR="00C01770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>Progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00596E3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (esant reikalui, pasitelkiant šeimą bei socialinius partnerius), siekiant sėkmingai spręsti mokinių problemas. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37139017" w14:textId="77777777" w:rsidR="00270C4E" w:rsidRPr="00596E3F" w:rsidRDefault="00270C4E" w:rsidP="008807CF">
       <w:pPr>
         <w:spacing w:after="14" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="37A535A7" w14:textId="5D2475E3" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="1831"/>
           <w:tab w:val="center" w:pos="5358"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
@@ -2833,148 +3211,156 @@
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:tab/>
         <w:t>ŠVIETIMO PAGALBOS TEIKIMO ORGANIZAVIMAS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5ACB7B1A" w14:textId="4B3E7507" w:rsidR="00BF4EE4" w:rsidRPr="00596E3F" w:rsidRDefault="00BF4EE4" w:rsidP="008807CF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="1831"/>
           <w:tab w:val="center" w:pos="5358"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6956EC30" w14:textId="46AFD67D" w:rsidR="008807CF" w:rsidRPr="00596E3F" w:rsidRDefault="00263C9D" w:rsidP="00596E3F">
+    <w:p w14:paraId="6956EC30" w14:textId="1055BE3B" w:rsidR="008807CF" w:rsidRPr="00596E3F" w:rsidRDefault="00C01770" w:rsidP="00596E3F">
       <w:pPr>
         <w:pStyle w:val="Antrat1"/>
         <w:keepNext w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00596E3F">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>Mokykla užtikrina sisteminę mokymosi pagalbą, kuri apima žemų pasiekimų prevenciją, iškilusių problemų sprendimą, sudaro sąlygas kiekvienam mokiniui mokytis pagal jo galias</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007B1A53" w:rsidRPr="00596E3F">
+        <w:t>Progimnazija</w:t>
+      </w:r>
+      <w:r w:rsidR="00263C9D" w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00596E3F">
+        <w:t xml:space="preserve"> užtikrina sisteminę mokymosi pagalbą, kuri apima žemų pasiekimų prevenciją, iškilusių problemų sprendimą, sudaro sąlygas kiekvienam mokiniui mokytis pagal jo galias</w:t>
+      </w:r>
+      <w:r w:rsidR="007B1A53" w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>siekti kuo aukštesnių pasiekimų</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007B1A53" w:rsidRPr="00596E3F">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00263C9D" w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001B10C1" w:rsidRPr="00596E3F">
+        <w:t>siekti kuo aukštesnių pasiekimų</w:t>
+      </w:r>
+      <w:r w:rsidR="007B1A53" w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>patirti</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007B1A53" w:rsidRPr="00596E3F">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="001B10C1" w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> mokymosi sėkmę</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001B10C1" w:rsidRPr="00596E3F">
+        <w:t>patirti</w:t>
+      </w:r>
+      <w:r w:rsidR="007B1A53" w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007B1A53" w:rsidRPr="00596E3F">
+        <w:t xml:space="preserve"> mokymosi sėkmę</w:t>
+      </w:r>
+      <w:r w:rsidR="001B10C1" w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001B10C1" w:rsidRPr="00596E3F">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="007B1A53" w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>T</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007B1A53" w:rsidRPr="00596E3F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B10C1" w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="007B1A53" w:rsidRPr="00596E3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
         <w:t>eikiama optimali ir savalaikė ugdymo(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007B1A53" w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>si</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007B1A53" w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>) / mokymo(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007B1A53" w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
@@ -3030,139 +3416,174 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> mokiniui ugdymo(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="001B10C1" w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>si</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="001B10C1" w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>) procese.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DA9EE90" w14:textId="77777777" w:rsidR="008807CF" w:rsidRPr="00596E3F" w:rsidRDefault="001B10C1" w:rsidP="008807CF">
+    <w:p w14:paraId="0DA9EE90" w14:textId="6E13FEE6" w:rsidR="008807CF" w:rsidRPr="00596E3F" w:rsidRDefault="001B10C1" w:rsidP="008807CF">
       <w:pPr>
         <w:pStyle w:val="Antrat1"/>
         <w:keepNext w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>Mokymosi pagalbos teikimo veiksmingumas mokykloje analizuojamas ir vertinamas kompleksiškai pagal individualią mokinių pažangą ir pasiekimų dinamiką.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="43A3433F" w14:textId="63DF6EC9" w:rsidR="001B10C1" w:rsidRPr="00596E3F" w:rsidRDefault="001B10C1" w:rsidP="00596E3F">
+        <w:t xml:space="preserve">Mokymosi pagalbos teikimo veiksmingumas </w:t>
+      </w:r>
+      <w:r w:rsidR="00C01770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00596E3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> analizuojamas ir vertinamas kompleksiškai pagal individualią mokinių pažangą ir pasiekimų dinamiką.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43A3433F" w14:textId="35D5350F" w:rsidR="001B10C1" w:rsidRPr="00596E3F" w:rsidRDefault="00C01770" w:rsidP="00596E3F">
       <w:pPr>
         <w:pStyle w:val="Antrat1"/>
         <w:keepNext w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00596E3F">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>Mokykloje už mokymosi pasiekimų stebėsenos koordinavimą ir mokymosi pagalbos teikimo organizavimą atsakingi direktoriaus pavaduotojai ugdymui.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="424D870E" w14:textId="1F09480F" w:rsidR="00AE7A8C" w:rsidRPr="00596E3F" w:rsidRDefault="00AE7A8C" w:rsidP="008807CF">
+        <w:t>Progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidR="001B10C1" w:rsidRPr="00596E3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> už mokymosi pasiekimų stebėsenos koordinavimą ir mokymosi pagalbos teikimo organizavimą atsakingi direktoriaus pavaduotojai ugdymui.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="424D870E" w14:textId="078A0726" w:rsidR="00AE7A8C" w:rsidRPr="00596E3F" w:rsidRDefault="00C01770" w:rsidP="008807CF">
       <w:pPr>
         <w:pStyle w:val="Antrat1"/>
         <w:keepNext w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="131"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00596E3F">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>Mokykla, siekdama gerinti mokinių mokymosi pasiekimus:</w:t>
+        <w:t>Progimnazija</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE7A8C" w:rsidRPr="00596E3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>, siekdama gerinti mokinių mokymosi pasiekimus:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="548E79DE" w14:textId="77777777" w:rsidR="008807CF" w:rsidRPr="00596E3F" w:rsidRDefault="00AE7A8C" w:rsidP="008807CF">
       <w:pPr>
         <w:pStyle w:val="Antrat1"/>
         <w:keepNext w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="2552"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596E3F">
@@ -3280,125 +3701,161 @@
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> rezultat</w:t>
       </w:r>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>us);</w:t>
       </w:r>
       <w:r w:rsidR="001B10C1" w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45179000" w14:textId="77777777" w:rsidR="008807CF" w:rsidRPr="00596E3F" w:rsidRDefault="007B1A53" w:rsidP="008807CF">
+    <w:p w14:paraId="45179000" w14:textId="4063CD97" w:rsidR="008807CF" w:rsidRPr="00596E3F" w:rsidRDefault="007B1A53" w:rsidP="008807CF">
       <w:pPr>
         <w:pStyle w:val="Antrat1"/>
         <w:keepNext w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="2552"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00AE7A8C" w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>obulina mokyklos mokinių pasiekimų ir pažangos vertinimo procesus, itin daug dėmesio skirdama grįžtamajam ryšiui, formuojamajam vertinimui pamokoje, diagnostiniam vertinimui; jais grindžia reikiamus sprendim</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E326DD" w:rsidRPr="00596E3F">
+        <w:t xml:space="preserve">obulina </w:t>
+      </w:r>
+      <w:r w:rsidR="00C01770">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>us</w:t>
+        <w:t>progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="00AE7A8C" w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> dėl įvairių mokinių grupių, klasių mokinių pasiekimų </w:t>
+        <w:t xml:space="preserve"> mokinių pasiekimų ir pažangos vertinimo procesus, itin daug dėmesio skirdama grįžtamajam ryšiui, formuojamajam vertinimui pamokoje, diagnostiniam vertinimui; jais grindžia reikiamus sprendim</w:t>
       </w:r>
       <w:r w:rsidR="00E326DD" w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>pokyčio</w:t>
+        <w:t>us</w:t>
       </w:r>
       <w:r w:rsidR="00AE7A8C" w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>, mokytojų ir visos mokyklos indėlio į mokinių pažangą</w:t>
+        <w:t xml:space="preserve"> dėl įvairių mokinių grupių, klasių mokinių pasiekimų </w:t>
+      </w:r>
+      <w:r w:rsidR="00E326DD" w:rsidRPr="00596E3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>pokyčio</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE7A8C" w:rsidRPr="00596E3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, mokytojų ir visos </w:t>
+      </w:r>
+      <w:r w:rsidR="00C01770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE7A8C" w:rsidRPr="00596E3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> indėlio į mokinių pažangą</w:t>
       </w:r>
       <w:r w:rsidR="00E326DD" w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0092E8AC" w14:textId="5BD4513C" w:rsidR="008807CF" w:rsidRPr="00596E3F" w:rsidRDefault="00AE7A8C" w:rsidP="008807CF">
       <w:pPr>
         <w:pStyle w:val="Antrat1"/>
         <w:keepNext w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="2552"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
@@ -3764,81 +4221,99 @@
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>jei jo pasiekimai yra aukščiausio lygio ir (ar) jei jis siekia domėtis pasirinkta mokymosi sritimi;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CFA622B" w14:textId="5B3A4069" w:rsidR="00CC4863" w:rsidRPr="00596E3F" w:rsidRDefault="00CC4863" w:rsidP="001332BA">
+    <w:p w14:paraId="7CFA622B" w14:textId="6D4020CA" w:rsidR="00CC4863" w:rsidRPr="00596E3F" w:rsidRDefault="00CC4863" w:rsidP="001332BA">
       <w:pPr>
         <w:pStyle w:val="Antrat1"/>
         <w:keepNext w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="2552"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t>kitais mokyklos pastebėtais mokymosi pagalbos poreikio atvejais.</w:t>
+        <w:t xml:space="preserve">kitais </w:t>
+      </w:r>
+      <w:r w:rsidR="00C01770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00596E3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pastebėtais mokymosi pagalbos poreikio atvejais.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CC75602" w14:textId="77777777" w:rsidR="008C2A26" w:rsidRPr="00596E3F" w:rsidRDefault="008C2A26" w:rsidP="008807CF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="364A66FF" w14:textId="15DCD764" w:rsidR="008C2A26" w:rsidRPr="00596E3F" w:rsidRDefault="008C2A26" w:rsidP="008807CF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
@@ -4322,79 +4797,95 @@
           <w:ilvl w:val="3"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>apie atsiradusius mokymosi sunkumus informuoja klasės vadovą, tėvus (globėjus/rūpintojus): parašo komentarą e-dienyne, apie iškilusias problemas praneša telefonu;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A704ECE" w14:textId="7275571A" w:rsidR="003B5C7F" w:rsidRPr="00596E3F" w:rsidRDefault="003B5C7F" w:rsidP="008807CF">
+    <w:p w14:paraId="4A704ECE" w14:textId="6454C5C6" w:rsidR="003B5C7F" w:rsidRPr="00596E3F" w:rsidRDefault="003B5C7F" w:rsidP="008807CF">
       <w:pPr>
         <w:pStyle w:val="Antrat1"/>
         <w:keepNext w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">kreipiasi į mokyklos švietimo pagalbos specialistus, kuruojantį direktoriaus pavaduotoją ugdymui ir kartu priima sprendimus dėl mokymosi pagalbos teikimo. </w:t>
+        <w:t xml:space="preserve">kreipiasi į </w:t>
+      </w:r>
+      <w:r w:rsidR="00C01770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00596E3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> švietimo pagalbos specialistus, kuruojantį direktoriaus pavaduotoją ugdymui ir kartu priima sprendimus dėl mokymosi pagalbos teikimo. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41BAB4B5" w14:textId="16B9AE0D" w:rsidR="007E68DF" w:rsidRPr="00596E3F" w:rsidRDefault="007E68DF" w:rsidP="008807CF">
       <w:pPr>
         <w:pStyle w:val="Antrat1"/>
         <w:keepNext w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="1985"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
@@ -5099,51 +5590,51 @@
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00981F6A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>psichologinių problemų prevencija.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02250E13" w14:textId="0619755A" w:rsidR="0057435D" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
+    <w:p w14:paraId="02250E13" w14:textId="608A6BD3" w:rsidR="0057435D" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -5213,51 +5704,71 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00700BC8" w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidR="00A026E5" w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>teikiama, mokiniui, tėvams ar teisėtiems vaiko atstovams, mokytojams ir kitiems mokykloje dirbantiems specialistams:</w:t>
+        <w:t xml:space="preserve">teikiama, mokiniui, tėvams ar teisėtiems vaiko atstovams, mokytojams ir kitiems </w:t>
+      </w:r>
+      <w:r w:rsidR="00C01770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidR="00A026E5" w:rsidRPr="00596E3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dirbantiems specialistams:</w:t>
       </w:r>
       <w:r w:rsidR="0057435D" w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22D87C55" w14:textId="66B423D6" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
@@ -5347,117 +5858,137 @@
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">pagalba tėvams ar teisėtiems mokinio atstovams ugdant savo vaiką (suprasti jo socialinius ir psichologinius poreikius, jų tenkinimo svarbą, geriau suprasti tėvų teises ir pareigas); </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="500391F7" w14:textId="77777777" w:rsidR="00CB2522" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
+    <w:p w14:paraId="500391F7" w14:textId="21D8A40A" w:rsidR="00CB2522" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">bendradarbiavimas su klasių vadovais, kitais pedagogais, specialistais, mokyklos administracija sprendžiant mokinių socialines-pedagogines problemas, ieškant efektyvių pagalbos būdų; </w:t>
+        <w:t xml:space="preserve">bendradarbiavimas su klasių vadovais, kitais pedagogais, specialistais, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C01770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00596E3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> administracija sprendžiant mokinių socialines-pedagogines problemas, ieškant efektyvių pagalbos būdų; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D8CE523" w14:textId="47CAF41B" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">bendradarbiavimas su klasių vadovais rūpinantis mokinių socialinių įgūdžių ugdymu; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="513F62CE" w14:textId="67D642A3" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
+    <w:p w14:paraId="513F62CE" w14:textId="6F00406A" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -5475,51 +6006,71 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>specialioji pagalba</w:t>
       </w:r>
       <w:r w:rsidRPr="00981F6A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">– teikiama, kai ją skiria mokyklos Vaiko gerovės komisija </w:t>
+        <w:t xml:space="preserve">– teikiama, kai ją skiria </w:t>
+      </w:r>
+      <w:r w:rsidR="00C01770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00596E3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Vaiko gerovės komisija </w:t>
       </w:r>
       <w:r w:rsidR="00DF5A00" w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">r </w:t>
       </w:r>
       <w:r w:rsidR="00CB2522" w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
@@ -5627,51 +6178,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">kurie įtraukti į </w:t>
       </w:r>
       <w:r w:rsidR="00DE38C6" w:rsidRPr="00981F6A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>švietimo pagalbos gavėjų sąraš</w:t>
       </w:r>
       <w:r w:rsidR="00981F6A" w:rsidRPr="00981F6A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">ą. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ED50E2A" w14:textId="48E1B77E" w:rsidR="00CB2522" w:rsidRPr="00596E3F" w:rsidRDefault="0020630B" w:rsidP="008807CF">
+    <w:p w14:paraId="7ED50E2A" w14:textId="515477F0" w:rsidR="00CB2522" w:rsidRPr="00596E3F" w:rsidRDefault="0020630B" w:rsidP="008807CF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -5695,72 +6246,82 @@
         </w:rPr>
         <w:t>isuomenės s</w:t>
       </w:r>
       <w:r w:rsidR="003014E1" w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>veikatos priežiūros specialistas</w:t>
       </w:r>
       <w:r w:rsidR="003014E1" w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – dirba bendradarbiaudamas su </w:t>
       </w:r>
+      <w:r w:rsidR="00C01770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>Progimnazijos</w:t>
+      </w:r>
       <w:r w:rsidR="00600B48" w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">Mokyklos </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003014E1" w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>bendruomene, kitais sveikatos priežiūros, psichologinės bei socialinės pedagoginės pagalbos ir kitų suinteresuotų tarnybų specialistais:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="570B4F4C" w14:textId="471AAB66" w:rsidR="00CB2522" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="00700BC8">
+    <w:p w14:paraId="570B4F4C" w14:textId="5BC6F64C" w:rsidR="00CB2522" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="00700BC8">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
@@ -5788,115 +6349,175 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> veiklos, mokinių fizinių ypatybių vertinimo pagal fizinio pajėgumo testų rezultatus ir mokinių fizinių ypatybių gerinimo rekomendacij</w:t>
       </w:r>
       <w:r w:rsidR="00700BC8" w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">s bei metodines konsultacijas mokytojams, mokiniams, jų tėvams (globėjams/rūpintojams), kaupia metodinę ir </w:t>
+        <w:t>s bei metodines konsultacijas mokytojams, mokiniams, jų tėvams (globėjams/rūpintojams), kaupia metodinę ir informacinę medžiagą mokinių sveikatos išsaugojimo ir stiprinimo klausimais</w:t>
+      </w:r>
+      <w:r w:rsidR="00700BC8" w:rsidRPr="00596E3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00596E3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ir organizuoja šios </w:t>
       </w:r>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>informacinę medžiagą mokinių sveikatos išsaugojimo ir stiprinimo klausimais</w:t>
-[...22 lines deleted...]
-    <w:p w14:paraId="7A2E25CC" w14:textId="77777777" w:rsidR="00CB2522" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
+        <w:t>informacijos sklaidą (</w:t>
+      </w:r>
+      <w:r w:rsidR="00C01770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00596E3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> stenduose, renginiuose, viktorinose ir pan.) </w:t>
+      </w:r>
+      <w:r w:rsidR="00C01770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>Progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00596E3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bendruomenei;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A2E25CC" w14:textId="0CC32EEE" w:rsidR="00CB2522" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">inicijuoja ir dalyvauja mokyklos </w:t>
+        <w:t xml:space="preserve">inicijuoja ir dalyvauja </w:t>
+      </w:r>
+      <w:r w:rsidR="00C01770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00596E3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>sveikatinimo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> projektų (programų) rengime bei juos įgyvendinant; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01BD8175" w14:textId="77777777" w:rsidR="00CB2522" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
@@ -5943,150 +6564,138 @@
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">dalyvauja organizuojant mokinių maitinimo priežiūrą, skatinant sveiką mitybą bei sveikos mitybos įgūdžių formavimą; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E80164C" w14:textId="2D278034" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
+    <w:p w14:paraId="6E80164C" w14:textId="1ACE23F7" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">dalyvauja </w:t>
       </w:r>
-      <w:r w:rsidR="00600B48" w:rsidRPr="00596E3F">
-[...7 lines deleted...]
-        <w:t>Mokyklos</w:t>
+      <w:r w:rsidR="00C01770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>Progimnazijos</w:t>
       </w:r>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> darbo grupėse, sprendžiančiose mokinių psichologines, adaptacijos ir socialines problemas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42E44E1B" w14:textId="0302068D" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="0020630B" w:rsidP="008807CF">
+    <w:p w14:paraId="42E44E1B" w14:textId="3699F1F1" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="00C01770" w:rsidP="008807CF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="150"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00596E3F">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>M</w:t>
-[...11 lines deleted...]
-        <w:t>okyklos</w:t>
+        <w:t>Progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="003014E1" w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> vaiko gerovės komisija:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="395DE238" w14:textId="77777777" w:rsidR="00CB2522" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1560"/>
@@ -6480,207 +7089,237 @@
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>pagal poreikį, suderinęs su mokytojais, paskirsto poreikių tenkinimo valandas mokymosi pagalbai teikti;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38CD3CBE" w14:textId="3750EEBB" w:rsidR="0020630B" w:rsidRPr="00596E3F" w:rsidRDefault="0020630B" w:rsidP="008807CF">
+    <w:p w14:paraId="38CD3CBE" w14:textId="166EB596" w:rsidR="0020630B" w:rsidRPr="00596E3F" w:rsidRDefault="0020630B" w:rsidP="008807CF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="49"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>parengia konsultacijų tvarkaraštį, kur</w:t>
       </w:r>
       <w:r w:rsidR="00843E23" w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>į</w:t>
       </w:r>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> tvirtina mokyklos direktoriaus.</w:t>
+        <w:t xml:space="preserve"> tvirtina </w:t>
+      </w:r>
+      <w:r w:rsidR="00C01770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00596E3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> direktoriaus.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7956F5B6" w14:textId="1DDFDB45" w:rsidR="0020630B" w:rsidRPr="00596E3F" w:rsidRDefault="0020630B" w:rsidP="008807CF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="150"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Kitų institucijų pagalba.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FEBA349" w14:textId="42B3A4C7" w:rsidR="0020630B" w:rsidRPr="00596E3F" w:rsidRDefault="0020630B" w:rsidP="008807CF">
+    <w:p w14:paraId="2FEBA349" w14:textId="3588A043" w:rsidR="0020630B" w:rsidRPr="00596E3F" w:rsidRDefault="00C01770" w:rsidP="008807CF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00596E3F">
-[...7 lines deleted...]
-        <w:t>Mokykla bendradarbiauja su Vaiko teisių apsaugos tarnybos skyriumi, sveikatos, policijos, socialinę pagalbą teikiančio</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>Progimnazija</w:t>
+      </w:r>
+      <w:r w:rsidR="0020630B" w:rsidRPr="00596E3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bendradarbiauja su Vaiko teisių apsaugos tarnybos skyriumi, sveikatos, policijos, socialinę pagalbą teikiančio</w:t>
       </w:r>
       <w:r w:rsidR="006F341C" w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>mi</w:t>
       </w:r>
-      <w:r w:rsidRPr="00596E3F">
+      <w:r w:rsidR="0020630B" w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>s institucijomis, PPT tarnyba</w:t>
       </w:r>
       <w:r w:rsidR="006F341C" w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00596E3F">
+      <w:r w:rsidR="0020630B" w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BC39CA3" w14:textId="77777777" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
       <w:pPr>
         <w:spacing w:after="9" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -6722,2418 +7361,196 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="6C694072" w14:textId="77777777" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E360A2D" w14:textId="5832F90B" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
+    <w:p w14:paraId="7E360A2D" w14:textId="17170506" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>Pageidavimus, pasiūlymus dėl švietimo pagalbos mokiniui teikimo mokinių tėvai (globėjai/rūpintojai) žodžiu ar raštu gali pareikšti Mokyklos direktoriui, direktoriaus pavaduotojams ugdymui, klasių vadovams.</w:t>
+        <w:t xml:space="preserve">Pageidavimus, pasiūlymus dėl švietimo pagalbos mokiniui teikimo mokinių tėvai (globėjai/rūpintojai) žodžiu ar raštu gali pareikšti </w:t>
+      </w:r>
+      <w:r w:rsidR="00C01770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>Progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00596E3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> direktoriui, direktoriaus pavaduotojams ugdymui, klasių vadovams.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A315216" w14:textId="77777777" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="926"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62045F7F" w14:textId="77777777" w:rsidR="003014E1" w:rsidRPr="00596E3F" w:rsidRDefault="003014E1" w:rsidP="008807CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="2649" w:right="2286" w:hanging="10"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">______________________ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70F6ED91" w14:textId="77777777" w:rsidR="002F0CB2" w:rsidRPr="002F0CB2" w:rsidRDefault="002F0CB2" w:rsidP="002F0CB2">
-[...2274 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="011E40EB" w14:textId="4C311608" w:rsidR="00705C87" w:rsidRDefault="00705C87" w:rsidP="008807CF">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12270C06" w14:textId="7F04F0DB" w:rsidR="003D1281" w:rsidRDefault="003D1281" w:rsidP="008807CF">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B9907FA" w14:textId="38D3FCEE" w:rsidR="003D1281" w:rsidRDefault="003D1281" w:rsidP="008807CF">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CA94E4A" w14:textId="77777777" w:rsidR="003D1281" w:rsidRPr="00596E3F" w:rsidRDefault="003D1281" w:rsidP="008807CF">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00705C87" w:rsidRPr="00596E3F" w:rsidSect="00226D22">
-[...1 lines deleted...]
-      <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
+    <w:sectPr w:rsidR="003D1281" w:rsidRPr="00596E3F" w:rsidSect="00F2180B">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
@@ -9868,136 +8285,50 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5606" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6326" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7046" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0FC70153"/>
-[...84 lines deleted...]
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="274963FB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A2BEE982"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="15"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="660" w:hanging="660"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="742" w:hanging="660"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -10066,51 +8397,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2014" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2456" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="27B922B9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="871017A0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="15"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1473" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -10179,51 +8510,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8391" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9744" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2982172E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CB425300"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="15"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="660" w:hanging="660"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="742" w:hanging="660"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -10292,51 +8623,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2014" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2456" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D6364D8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4A065900"/>
     <w:lvl w:ilvl="0" w:tplc="F050DC3E">
       <w:start w:val="93"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1211" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1931" w:hanging="360"/>
       </w:pPr>
@@ -10383,51 +8714,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="342C2C21"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="50FC2494"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -10496,51 +8827,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="350E0927"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="792634A2"/>
     <w:lvl w:ilvl="0" w:tplc="0427000F">
       <w:start w:val="13"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B">
@@ -10585,51 +8916,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3D163D57"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E5C659B0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="15"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="660" w:hanging="660"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="825" w:hanging="660"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -10698,51 +9029,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2595" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3120" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="412F5B98"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="41E8F408"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="13"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1473" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -10811,51 +9142,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8391" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9744" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="41A2231C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1E004C3A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="17"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="840" w:hanging="840"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1502" w:hanging="840"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -10924,51 +9255,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6074" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7096" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44C44F6B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F0800A98"/>
     <w:lvl w:ilvl="0" w:tplc="ED4C0174">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -11137,51 +9468,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="813EC6CA">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5246"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44F228C2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C896B32E"/>
     <w:lvl w:ilvl="0" w:tplc="9B569F12">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -11350,51 +9681,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="BDBEBABC">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5246"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4502144B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1ACA3302"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="15"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="660" w:hanging="660"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="701" w:hanging="660"/>
@@ -11483,51 +9814,51 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1727" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2128" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4545354A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="266C6180"/>
     <w:lvl w:ilvl="0" w:tplc="E8905DFE">
       <w:start w:val="17"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -11695,51 +10026,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="3E42DE86">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6686"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4A473872"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="421CBBDA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="15"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1190" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1331" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -11808,51 +10139,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7397" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8608" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E3E6A99"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6298D7E2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="115"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="600" w:hanging="600"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1451" w:hanging="600"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -11921,51 +10252,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7397" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8608" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4FC86848"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CA360956"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="16"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1560" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -12034,51 +10365,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9000" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="10440" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="535230C1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="67B4EEEA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -12147,51 +10478,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="547C69BE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="888AAD4A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -12260,51 +10591,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="566E0BE1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="17CAE35E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="117"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1310" w:hanging="600"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1451" w:hanging="600"/>
       </w:pPr>
@@ -12375,51 +10706,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7397" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8608" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58742C35"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="746E3210"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="15"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="840" w:hanging="840"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1171" w:hanging="840"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -12488,51 +10819,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3757" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4448" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58A90384"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6EA40F88"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="14"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1473" w:hanging="480"/>
       </w:pPr>
@@ -12603,51 +10934,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8391" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9744" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A8D1E0C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D0D629FE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1070" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="986" w:hanging="420"/>
@@ -12726,51 +11057,51 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2006" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2366" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61D919F0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8F38CE9E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="15"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="660" w:hanging="660"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="8"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="680" w:hanging="660"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -12839,51 +11170,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1580" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1960" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62BA55AA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6BBEB0EE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -12952,51 +11283,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72894B11"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="20C6D6E4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="116"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="600"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1593" w:hanging="600"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -13065,51 +11396,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8957" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="10168" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7ABB2400"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="879AC950"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="158"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="600" w:hanging="600"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1342" w:hanging="600"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -13179,75 +11510,75 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6634" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7736" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="9">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="21"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="4"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="360" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1.%2."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="792" w:hanging="432"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
@@ -13332,236 +11663,236 @@
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="3744" w:hanging="1224"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="4320" w:hanging="1440"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="10">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="12">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="14">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="16">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="15">
-    <w:abstractNumId w:val="9"/>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="23">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="24">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="17">
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="25">
+    <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="26">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="27">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="28">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="19">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="29">
+    <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="20">
-    <w:abstractNumId w:val="26"/>
+  <w:num w:numId="30">
+    <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="21">
-[...11 lines deleted...]
-  <w:num w:numId="25">
+  <w:num w:numId="31">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="32">
     <w:abstractNumId w:val="6"/>
-  </w:num>
-[...19 lines deleted...]
-    <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003014E1"/>
     <w:rsid w:val="00072830"/>
     <w:rsid w:val="00073453"/>
     <w:rsid w:val="000A71B9"/>
     <w:rsid w:val="000B5472"/>
     <w:rsid w:val="000F45B2"/>
     <w:rsid w:val="001332BA"/>
     <w:rsid w:val="001675A9"/>
     <w:rsid w:val="001907A0"/>
     <w:rsid w:val="001B10C1"/>
     <w:rsid w:val="001C2D34"/>
     <w:rsid w:val="001E0E87"/>
+    <w:rsid w:val="0020242E"/>
     <w:rsid w:val="0020630B"/>
+    <w:rsid w:val="002126A5"/>
     <w:rsid w:val="002434C7"/>
     <w:rsid w:val="00263C9D"/>
     <w:rsid w:val="00270C4E"/>
     <w:rsid w:val="0027422A"/>
     <w:rsid w:val="002950CD"/>
     <w:rsid w:val="002E7D0C"/>
-    <w:rsid w:val="002F0CB2"/>
     <w:rsid w:val="003014E1"/>
     <w:rsid w:val="00336E23"/>
     <w:rsid w:val="00357006"/>
     <w:rsid w:val="00386699"/>
     <w:rsid w:val="00395821"/>
     <w:rsid w:val="003A4D27"/>
     <w:rsid w:val="003B5C7F"/>
     <w:rsid w:val="003C6825"/>
+    <w:rsid w:val="003D1281"/>
     <w:rsid w:val="004138FC"/>
     <w:rsid w:val="00473226"/>
     <w:rsid w:val="004B5C14"/>
     <w:rsid w:val="004D5A3D"/>
-    <w:rsid w:val="00561A2E"/>
     <w:rsid w:val="005736A4"/>
     <w:rsid w:val="0057435D"/>
     <w:rsid w:val="00580129"/>
     <w:rsid w:val="00596E3F"/>
     <w:rsid w:val="005C1CE2"/>
     <w:rsid w:val="00600B48"/>
     <w:rsid w:val="00605B3F"/>
     <w:rsid w:val="00635851"/>
     <w:rsid w:val="006501EF"/>
     <w:rsid w:val="006C2EF7"/>
     <w:rsid w:val="006E5C59"/>
     <w:rsid w:val="006F0AB9"/>
     <w:rsid w:val="006F341C"/>
     <w:rsid w:val="00700BC8"/>
     <w:rsid w:val="00704FF9"/>
     <w:rsid w:val="00705C87"/>
+    <w:rsid w:val="007200EB"/>
     <w:rsid w:val="00767BD6"/>
     <w:rsid w:val="00775866"/>
     <w:rsid w:val="00776ABB"/>
     <w:rsid w:val="007B1A53"/>
     <w:rsid w:val="007C0DAC"/>
     <w:rsid w:val="007C4012"/>
     <w:rsid w:val="007E68DF"/>
     <w:rsid w:val="00843E23"/>
     <w:rsid w:val="008611E0"/>
     <w:rsid w:val="008807CF"/>
     <w:rsid w:val="008C2A26"/>
     <w:rsid w:val="00942AF4"/>
     <w:rsid w:val="00945999"/>
     <w:rsid w:val="00981F6A"/>
     <w:rsid w:val="009C73CB"/>
     <w:rsid w:val="00A026E5"/>
     <w:rsid w:val="00A61A19"/>
     <w:rsid w:val="00A750BB"/>
     <w:rsid w:val="00A972F4"/>
     <w:rsid w:val="00AB330D"/>
     <w:rsid w:val="00AC43BF"/>
     <w:rsid w:val="00AE7A8C"/>
     <w:rsid w:val="00B03AD4"/>
     <w:rsid w:val="00B96ADA"/>
     <w:rsid w:val="00BC0F5F"/>
     <w:rsid w:val="00BC1BA8"/>
     <w:rsid w:val="00BD48D5"/>
     <w:rsid w:val="00BF4EE4"/>
+    <w:rsid w:val="00C01770"/>
     <w:rsid w:val="00C36800"/>
     <w:rsid w:val="00CB2522"/>
     <w:rsid w:val="00CC4863"/>
     <w:rsid w:val="00D8111D"/>
     <w:rsid w:val="00DB2470"/>
     <w:rsid w:val="00DE38C6"/>
     <w:rsid w:val="00DF5A00"/>
     <w:rsid w:val="00E326DD"/>
     <w:rsid w:val="00E90E48"/>
     <w:rsid w:val="00EB0633"/>
     <w:rsid w:val="00EE1647"/>
     <w:rsid w:val="00F2180B"/>
     <w:rsid w:val="00F328D1"/>
     <w:rsid w:val="00F42038"/>
     <w:rsid w:val="00F50275"/>
+    <w:rsid w:val="00F53C8D"/>
     <w:rsid w:val="00F55C03"/>
     <w:rsid w:val="00FC0062"/>
     <w:rsid w:val="00FC0199"/>
     <w:rsid w:val="00FD25F9"/>
-    <w:rsid w:val="00FE6DD8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0EDE722C"/>
@@ -13653,51 +11984,51 @@
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -14018,100 +12349,57 @@
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="prastasis"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="003A4D27"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Antrat1Diagrama">
     <w:name w:val="Antraštė 1 Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Antrat1"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00CC4863"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Grietas">
-[...27 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-  <w:divs>
-[...13 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -14339,72 +12627,72 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>6643</Characters>
+  <Pages>1</Pages>
+  <Words>10534</Words>
+  <Characters>6005</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>55</Lines>
-  <Paragraphs>36</Paragraphs>
+  <Lines>50</Lines>
+  <Paragraphs>33</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18261</CharactersWithSpaces>
+  <CharactersWithSpaces>16506</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Rūta Pranaitienė</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>