--- v0 (2025-10-04)
+++ v1 (2025-10-28)
@@ -1,269 +1,303 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="3FEF7DB3" w14:textId="5B4190C1" w:rsidR="00481BD3" w:rsidRPr="00CA5BA3" w:rsidRDefault="00481BD3" w:rsidP="005C4CDB">
+    <w:p w14:paraId="3FEF7DB3" w14:textId="3E432059" w:rsidR="00481BD3" w:rsidRPr="00CA5BA3" w:rsidRDefault="00481BD3" w:rsidP="005C4CDB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="142" w:firstLine="4961"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PATVIRTINTA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F582EB7" w14:textId="77777777" w:rsidR="005C4CDB" w:rsidRDefault="00481BD3" w:rsidP="005C4CDB">
+    <w:p w14:paraId="6F582EB7" w14:textId="2CBC715F" w:rsidR="005C4CDB" w:rsidRDefault="00481BD3" w:rsidP="005C4CDB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="142" w:firstLine="4961"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Marijampolės „Ryto“ pagrindinės mokyklos </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5CBE72F8" w14:textId="1A11C843" w:rsidR="005C4CDB" w:rsidRDefault="005C4CDB" w:rsidP="005C4CDB">
+        <w:t xml:space="preserve">Marijampolės „Ryto“ </w:t>
+      </w:r>
+      <w:r w:rsidR="000B208B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA5BA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CBE72F8" w14:textId="01EF8551" w:rsidR="005C4CDB" w:rsidRDefault="005C4CDB" w:rsidP="005C4CDB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="142" w:firstLine="4961"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="00481BD3" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>irektoriaus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00481BD3" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">2023 m. kovo </w:t>
-[...15 lines deleted...]
-        <w:t>2</w:t>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00F470D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00481BD3" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> m.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F52F1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sausio 6</w:t>
+      </w:r>
+      <w:r w:rsidR="00481BD3" w:rsidRPr="00CA5BA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> d.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5153166F" w14:textId="2F1D4CFF" w:rsidR="00481BD3" w:rsidRPr="00CA5BA3" w:rsidRDefault="00481BD3" w:rsidP="005C4CDB">
+    <w:p w14:paraId="5153166F" w14:textId="5CDA2DAB" w:rsidR="00481BD3" w:rsidRPr="00CA5BA3" w:rsidRDefault="00481BD3" w:rsidP="005C4CDB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="142" w:firstLine="4961"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> įsakymu Nr. V-</w:t>
       </w:r>
-      <w:r w:rsidR="009E3C2F">
-[...5 lines deleted...]
-        <w:t>56</w:t>
+      <w:r w:rsidR="00F52F1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2182F68C" w14:textId="77777777" w:rsidR="00481BD3" w:rsidRPr="00CA5BA3" w:rsidRDefault="00481BD3" w:rsidP="00C368D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34F336B8" w14:textId="61B61650" w:rsidR="00481BD3" w:rsidRPr="00CA5BA3" w:rsidRDefault="00481BD3" w:rsidP="00481BD3">
+    <w:p w14:paraId="34F336B8" w14:textId="05160236" w:rsidR="00481BD3" w:rsidRPr="00CA5BA3" w:rsidRDefault="00481BD3" w:rsidP="00481BD3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>MARIJAMPOLĖS „RYTO“ PAGRINDINĖS MOKYKLOS</w:t>
-[...10 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t xml:space="preserve">MARIJAMPOLĖS „RYTO“ </w:t>
+      </w:r>
+      <w:r w:rsidR="000B208B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00CA5BA3">
+        <w:t>PROGIMNAZIJOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D754F70" w14:textId="4DC84F17" w:rsidR="00481BD3" w:rsidRPr="00CA5BA3" w:rsidRDefault="00481BD3" w:rsidP="00481BD3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+          <w:tab w:val="left" w:pos="4678"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA5BA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>NEFORMALIOJO VAIKŲ ŠVIETIMO ORGANIZAVIMO TVARKOS APRAŠAS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0194FA28" w14:textId="492C0609" w:rsidR="00481BD3" w:rsidRPr="00CA5BA3" w:rsidRDefault="00481BD3" w:rsidP="00481BD3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="38F068C1" w14:textId="0A46AA41" w:rsidR="00481BD3" w:rsidRPr="00CA5BA3" w:rsidRDefault="00481BD3" w:rsidP="00481BD3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
@@ -306,123 +340,139 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>BENDROSIOS NUOSTATOS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B72C176" w14:textId="77777777" w:rsidR="00481BD3" w:rsidRPr="00CA5BA3" w:rsidRDefault="00481BD3" w:rsidP="00481BD3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5DD17BCF" w14:textId="0D5999AA" w:rsidR="00CA5BA3" w:rsidRPr="00CA5BA3" w:rsidRDefault="00C368D0" w:rsidP="00481BD3">
+    <w:p w14:paraId="5DD17BCF" w14:textId="268DA5FF" w:rsidR="00CA5BA3" w:rsidRPr="00CA5BA3" w:rsidRDefault="00C368D0" w:rsidP="00481BD3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>1. Neformaliojo vaikų švietimo veikla mokykloje yra skirta meninę, sporto, kūrybinę,</w:t>
+        <w:t>1. Neformaliojo vaikų švietimo veikla</w:t>
+      </w:r>
+      <w:r w:rsidR="000B208B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA5BA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yra skirta meninę, sporto, kūrybinę,</w:t>
       </w:r>
       <w:r w:rsidR="00CA5BA3" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tiriamąją, kalbinių kompetencijų, verslumo, socializacijos ugdymosi ir kitas veiklas</w:t>
       </w:r>
       <w:r w:rsidR="00CA5BA3" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pasirinkusių mokinių asmeninėms, socialinėms, edukacinėms, profesinėms kompetencijoms</w:t>
       </w:r>
       <w:r w:rsidR="00CA5BA3" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ugdyti.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F606979" w14:textId="77777777" w:rsidR="00CA5BA3" w:rsidRPr="00CA5BA3" w:rsidRDefault="00C368D0" w:rsidP="00481BD3">
+    <w:p w14:paraId="0F606979" w14:textId="2325DCC3" w:rsidR="00CA5BA3" w:rsidRPr="00CA5BA3" w:rsidRDefault="00C368D0" w:rsidP="00481BD3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2. Neformaliojo vaikų švietimo organizavimo tvarkos aprašas (toliau - Aprašas)</w:t>
       </w:r>
       <w:r w:rsidR="00CA5BA3" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -431,51 +481,67 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>reglamentuoja neformaliojo vaikų švietimo tikslus, uždavinius, principus ir neformaliojo</w:t>
       </w:r>
       <w:r w:rsidR="00CA5BA3" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>vaikų švietimo vykdymą mokykloje.</w:t>
+        <w:t>vaikų švietimo vykdymą</w:t>
+      </w:r>
+      <w:r w:rsidR="000B208B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA5BA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B8AA76C" w14:textId="4168C4B5" w:rsidR="00CA5BA3" w:rsidRPr="00CA5BA3" w:rsidRDefault="00C368D0" w:rsidP="00481BD3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3. Aprašas parengtas vadovaujantis Neformaliojo vaikų švietimo koncepcija,</w:t>
       </w:r>
@@ -522,72 +588,90 @@
       <w:r w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(su visais pakeitimais ir papildymais), Lietuvos Respublikos švietimo</w:t>
       </w:r>
       <w:r w:rsidR="00CA5BA3" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>įstatymu, pradinio, pagrindinio ugdymo programų bendraisiais ugdymo planais.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0603EAE2" w14:textId="77777777" w:rsidR="00CA5BA3" w:rsidRPr="00CA5BA3" w:rsidRDefault="00C368D0" w:rsidP="00481BD3">
+    <w:p w14:paraId="0603EAE2" w14:textId="3916F0A3" w:rsidR="00CA5BA3" w:rsidRPr="00CA5BA3" w:rsidRDefault="00C368D0" w:rsidP="00481BD3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>4.Pagrindinės aprašo sąvokos:</w:t>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F52F1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00CA5BA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pagrindinės aprašo sąvokos:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="485B3F9F" w14:textId="56530060" w:rsidR="00CA5BA3" w:rsidRPr="00CA5BA3" w:rsidRDefault="00C368D0" w:rsidP="00481BD3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4.1. Neformalusis vaikų švietimas – kryptinga veikla, padedanti vaikui įgyti</w:t>
       </w:r>
@@ -1346,51 +1430,69 @@
         <w:t>profesinėms ir kitoms kompetencijoms ugdyti;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="737952AD" w14:textId="77777777" w:rsidR="00CA5BA3" w:rsidRPr="00CA5BA3" w:rsidRDefault="00C368D0" w:rsidP="00481BD3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>7.5. demokratiškumo – mokytojai, tėvai ir vaikai yra aktyvūs ugdymo(si) proceso</w:t>
+        <w:t>7.5. demokratiškumo – mokytojai, tėvai ir vaikai yra aktyvūs ugdymo(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA5BA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>si</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA5BA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) proceso</w:t>
       </w:r>
       <w:r w:rsidR="00CA5BA3" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>kūrėjai, kartu nustato ugdymosi poreikius;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FBB813F" w14:textId="77777777" w:rsidR="00CA5BA3" w:rsidRPr="00CA5BA3" w:rsidRDefault="00C368D0" w:rsidP="00481BD3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
@@ -1562,72 +1664,88 @@
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>NEFORMALIOJO VAIKŲ ŠVIETIMO ORGANIZAVIMAS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F9D26F4" w14:textId="3AEC351C" w:rsidR="00672772" w:rsidRPr="00CA5BA3" w:rsidRDefault="00672772" w:rsidP="00481BD3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76AFA94E" w14:textId="0D42889B" w:rsidR="00CA5BA3" w:rsidRPr="00CA5BA3" w:rsidRDefault="00672772" w:rsidP="00481BD3">
+    <w:p w14:paraId="76AFA94E" w14:textId="16AADC74" w:rsidR="00CA5BA3" w:rsidRPr="00CA5BA3" w:rsidRDefault="00672772" w:rsidP="00481BD3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>8. Mokykla sudaro galimybes kiekvienam mokiniui</w:t>
+        <w:t>8.</w:t>
+      </w:r>
+      <w:r w:rsidR="000B208B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Progimnazija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA5BA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sudaro galimybes kiekvienam mokiniui</w:t>
       </w:r>
       <w:r w:rsidR="00EB5A31">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pasirinkti neformaliojo vaikų švietimo programas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A5A3AC3" w14:textId="77777777" w:rsidR="00CA5BA3" w:rsidRPr="00CA5BA3" w:rsidRDefault="00672772" w:rsidP="00481BD3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
@@ -1638,88 +1756,120 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">9. </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Neformaliojo vaikų švietimo organizavimo tvarka:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62BF3349" w14:textId="77777777" w:rsidR="00CA5BA3" w:rsidRPr="00CA5BA3" w:rsidRDefault="00672772" w:rsidP="00481BD3">
+    <w:p w14:paraId="62BF3349" w14:textId="01163853" w:rsidR="00CA5BA3" w:rsidRPr="00CA5BA3" w:rsidRDefault="00672772" w:rsidP="00481BD3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>9.1. neformaliojo vaikų švietimo valandų skaičių mokykloje apsprendžia pradinio ir</w:t>
+        <w:t>9.1. neformaliojo vaikų švietimo valandų skaičių</w:t>
+      </w:r>
+      <w:r w:rsidR="000B208B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA5BA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> apsprendžia pradinio ir</w:t>
       </w:r>
       <w:r w:rsidR="00CA5BA3" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>pagrindinio ugdymo programų bendrieji ugdymo planai, mokyklos ugdymo planas, mokinių</w:t>
+        <w:t>pagrindinio ugdymo programų bendrieji ugdymo planai,</w:t>
+      </w:r>
+      <w:r w:rsidR="000B208B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA5BA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ugdymo planas, mokinių</w:t>
       </w:r>
       <w:r w:rsidR="00CA5BA3" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>poreikių tyrimo rezultatai ir Mokinio krepšelio lėšos. Valandos kiekvienai programai įgyvendinti skiriamos visiems mokslo metams, atsižvelgiant į veiklos pobūdį, periodiškumą, trukmę;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FC4614F" w14:textId="4C7F4A3F" w:rsidR="00ED0EBD" w:rsidRPr="00CA5BA3" w:rsidRDefault="00672772" w:rsidP="00481BD3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
@@ -1734,214 +1884,358 @@
       <w:r w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>9.2. neformaliojo vaikų švietimo valandų negalima skirti pasirenkamiesiems dalykams, dalykų moduliams, pagilintam dalykų</w:t>
       </w:r>
       <w:r w:rsidR="00EB5A31">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mokymui;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="241867A4" w14:textId="1E78BA22" w:rsidR="00E258B9" w:rsidRPr="00CA5BA3" w:rsidRDefault="00E258B9" w:rsidP="00E258B9">
+    <w:p w14:paraId="241867A4" w14:textId="6F4CA3DA" w:rsidR="00E258B9" w:rsidRPr="00CA5BA3" w:rsidRDefault="00E258B9" w:rsidP="00E258B9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>10.</w:t>
       </w:r>
       <w:r w:rsidR="006443BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00ED0EBD" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Neformalusis švietimas organizuojamas laikantis tęstinumo principo, mokyklos tradicijų, mokyklos tikslų. Atsižvelgiant į susiklosčiusias mokyklos tradicijas, finansines galimybes, neformaliajam vaikų švietimui vykdyti valandos pirmiausia skiriamos mokinių gausiausiai pasirenkamoms programoms.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="65D63D88" w14:textId="477003E2" w:rsidR="00ED0EBD" w:rsidRPr="00CA5BA3" w:rsidRDefault="00E258B9" w:rsidP="00E258B9">
+        <w:t>Neformalusis švietimas organizuojamas laikantis tęstinumo principo,</w:t>
+      </w:r>
+      <w:r w:rsidR="000B208B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED0EBD" w:rsidRPr="00CA5BA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tradicijų,</w:t>
+      </w:r>
+      <w:r w:rsidR="000B208B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED0EBD" w:rsidRPr="00CA5BA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tikslų. Atsižvelgiant į susiklosčiusias</w:t>
+      </w:r>
+      <w:r w:rsidR="000B208B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED0EBD" w:rsidRPr="00CA5BA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tradicijas, finansines galimybes, neformaliajam vaikų švietimui vykdyti valandos pirmiausia skiriamos mokinių gausiausiai pasirenkamoms programoms.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65D63D88" w14:textId="1312B8CD" w:rsidR="00ED0EBD" w:rsidRPr="00CA5BA3" w:rsidRDefault="00E258B9" w:rsidP="00E258B9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">11. </w:t>
       </w:r>
       <w:r w:rsidR="00ED0EBD" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Mokiniams sudaromos sąlygos mokslo metų eigoje, esant poreikiui, pasirinkti papildomas neformaliojo švietimo veiklas, kurias organizuoja mokykla ir/ar neformaliojo švietimo </w:t>
+        <w:t>Mokiniams sudaromos sąlygos mokslo metų eigoje, esant poreikiui, pasirinkti papildomas neformaliojo švietimo veiklas, kurias organizuoja</w:t>
+      </w:r>
+      <w:r w:rsidR="000B208B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progimnazija</w:t>
       </w:r>
       <w:r w:rsidR="00ED0EBD" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> ir/ar neformaliojo </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED0EBD" w:rsidRPr="00CA5BA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">teikėjai: </w:t>
+        <w:t xml:space="preserve">švietimo teikėjai: </w:t>
       </w:r>
       <w:r w:rsidR="00ED0EBD" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>Marijampolės moksleivių kūrybos centras (pvz. dviračių vairuotojo mokymo kursai), neformalaus ugdymo mokykla „Lispa“ (pvz. programavimas) ir kt. teikėjai.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="65C44502" w14:textId="312E346E" w:rsidR="00ED0EBD" w:rsidRPr="00CA5BA3" w:rsidRDefault="00ED0EBD" w:rsidP="00E258B9">
+        <w:t>Marijampolės moksleivių kūrybos centras (pvz. dviračių vairuotojo mokymo kursai), neformalaus ugdymo</w:t>
+      </w:r>
+      <w:r w:rsidR="000B208B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokykla</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED0EBD" w:rsidRPr="00CA5BA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> „</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00ED0EBD" w:rsidRPr="00CA5BA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>Lispa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00ED0EBD" w:rsidRPr="00CA5BA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>“ (pvz. programavimas) ir kt. teikėjai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65C44502" w14:textId="50483988" w:rsidR="00ED0EBD" w:rsidRPr="00CA5BA3" w:rsidRDefault="00ED0EBD" w:rsidP="00E258B9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>Neformaliojo švietimo veikla mokiniams yra neprivaloma ir laisvai pasirenkama iš mokyklos pasiūlyto sąrašo.</w:t>
+        <w:t>Neformaliojo švietimo veikla mokiniams yra neprivaloma ir laisvai pasirenkama iš</w:t>
+      </w:r>
+      <w:r w:rsidR="000B208B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA5BA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pasiūlyto sąrašo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CC0DF06" w14:textId="0D8DCB39" w:rsidR="00ED0EBD" w:rsidRPr="00CA5BA3" w:rsidRDefault="00ED0EBD" w:rsidP="00E258B9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Mokiniai užsiėmimus renkasi ir mokytojai patikslintus mokinių sąrašus direktoriaus pavaduotojui ugdymui, atsakingam už neformalųjį švietimą, pateikia iki rugsėjo 10 d. Neformaliojo švietimo veikla įrašoma į neformaliojo švietimo tvarkaraštį, organizuojama po pamokų, vykdoma patraukliose ir saugiose mokiniui aplinkose, padedančiose įgyvendinti neformaliojo vaikų švietimo tikslus.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E38D0CE" w14:textId="7FBF9986" w:rsidR="00ED0EBD" w:rsidRPr="00CA5BA3" w:rsidRDefault="00ED0EBD" w:rsidP="00E258B9">
+    <w:p w14:paraId="6E38D0CE" w14:textId="49CDCEDD" w:rsidR="00ED0EBD" w:rsidRPr="00CA5BA3" w:rsidRDefault="00ED0EBD" w:rsidP="00E258B9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>Atsižvelgiant į mokyklos mokinių skaičių, neformaliojo vaikų švietimo grupės gali būti sudarytos ne tik iš paralelių, bet ir iš gretimų ar tos paties ugdymosi koncentro mokinių. Mokinių skaičius neformaliojo švietimo grupėje ne mažesnis kaip 12 mokinių. Atsižvelgiant į būrelio veiklos specifiką mokinių skaičius gali būti mažesnis. Neformaliojo vaikų švietimo grupės sudėtis metų eigoje gali keistis</w:t>
+        <w:t xml:space="preserve">Atsižvelgiant </w:t>
+      </w:r>
+      <w:r w:rsidR="000B208B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA5BA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>į</w:t>
+      </w:r>
+      <w:r w:rsidR="000B208B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA5BA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokinių skaičių, neformaliojo vaikų švietimo grupės gali būti sudarytos ne tik iš paralelių, bet ir iš gretimų ar tos paties ugdymosi koncentro mokinių. Mokinių skaičius neformaliojo švietimo grupėje ne mažesnis kaip 12 mokinių. Atsižvelgiant į būrelio veiklos specifiką mokinių skaičius gali būti mažesnis. Neformaliojo vaikų švietimo grupės sudėtis metų eigoje gali keistis</w:t>
       </w:r>
       <w:r w:rsidR="00EB5A31">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AC0D7E5" w14:textId="7887A28C" w:rsidR="00CA5BA3" w:rsidRPr="00CA5BA3" w:rsidRDefault="006443BB" w:rsidP="006443BB">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
@@ -1954,109 +2248,123 @@
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>eformaliojo vaikų švietimo užsiėmimai prasideda rugsėjo antrą savaitę</w:t>
       </w:r>
       <w:r w:rsidR="00ED0EBD" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> ar </w:t>
       </w:r>
       <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>kitu laiku, nuo tos dienos, kai patvirtinama.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12BE3E2E" w14:textId="48ABA81F" w:rsidR="00672772" w:rsidRPr="00CA5BA3" w:rsidRDefault="006443BB" w:rsidP="006443BB">
+    <w:p w14:paraId="12BE3E2E" w14:textId="653B5C89" w:rsidR="00672772" w:rsidRPr="00CA5BA3" w:rsidRDefault="006443BB" w:rsidP="006443BB">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>eformaliojo vaikų švietimo veiklai sudaromas tvarkaraštis, kurį tvirtina</w:t>
       </w:r>
-      <w:r w:rsidR="00CA5BA3" w:rsidRPr="00CA5BA3">
-[...11 lines deleted...]
-        <w:t>mokyklos direktorius. Tvarkaraštis gali būti koreguojamas mokslo metų eigoje atsižvelgiant</w:t>
+      <w:r w:rsidR="000B208B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> direktorius. Tvarkaraštis gali būti koreguojamas mokslo metų eigoje atsižvelgiant</w:t>
       </w:r>
       <w:r w:rsidR="00ED0EBD" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>į pakitusius mokinių ugdymosi poreikius ar valandų, skiriamų mokyklos direktoriaus</w:t>
+        <w:t>į pakitusius mokinių ugdymosi poreikius ar valandų, skiriamų</w:t>
+      </w:r>
+      <w:r w:rsidR="000B208B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> direktoriaus</w:t>
       </w:r>
       <w:r w:rsidR="00ED0EBD" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>įsakymu, skaičių</w:t>
       </w:r>
       <w:r w:rsidR="00EB5A31">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="752BE24F" w14:textId="2976D4BE" w:rsidR="00CA5BA3" w:rsidRPr="006443BB" w:rsidRDefault="006443BB" w:rsidP="006443BB">
       <w:pPr>
@@ -2177,149 +2485,184 @@
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006443BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>eformaliojo vaikų švietimo užsiėmimai baigiasi ne vėliau kaip 17.00 val.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="083347A4" w14:textId="7948896C" w:rsidR="00CA5BA3" w:rsidRPr="006443BB" w:rsidRDefault="006443BB" w:rsidP="006443BB">
+    <w:p w14:paraId="083347A4" w14:textId="3159D0E8" w:rsidR="00CA5BA3" w:rsidRPr="006443BB" w:rsidRDefault="006443BB" w:rsidP="006443BB">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006443BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>eformaliojo vaikų švietimo programose dalyvaujantys mokiniai registruojami</w:t>
       </w:r>
-      <w:r w:rsidR="00CA5BA3" w:rsidRPr="006443BB">
-[...11 lines deleted...]
-        <w:t>mokyklos Mokinių registre</w:t>
+      <w:r w:rsidR="000B208B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Mokinių registre</w:t>
       </w:r>
       <w:r w:rsidR="00EB5A31">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7464FB66" w14:textId="4AD868B7" w:rsidR="00CA5BA3" w:rsidRPr="006443BB" w:rsidRDefault="006443BB" w:rsidP="006443BB">
+    <w:p w14:paraId="7464FB66" w14:textId="4E41E891" w:rsidR="00CA5BA3" w:rsidRPr="006443BB" w:rsidRDefault="006443BB" w:rsidP="006443BB">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006443BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>eformaliojo vaikų švietimo rezultatai naudojami nustatant mokyklos</w:t>
+        <w:t>eformaliojo vaikų švietimo rezultatai naudojami nustatant</w:t>
+      </w:r>
+      <w:r w:rsidR="000B208B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="00CA5BA3" w:rsidRPr="006443BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>prioritetus, planuojant mokyklos veiklą, atliekant mokyklos veiklos kokybės įsivertinimą.</w:t>
+        <w:t>prioritetus, planuojant</w:t>
+      </w:r>
+      <w:r w:rsidR="000B208B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> veiklą, atliekant</w:t>
+      </w:r>
+      <w:r w:rsidR="000B208B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> veiklos kokybės įsivertinimą.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7121561D" w14:textId="77777777" w:rsidR="00CA5BA3" w:rsidRDefault="00E258B9" w:rsidP="00481BD3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
@@ -2350,215 +2693,233 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>23.1.</w:t>
       </w:r>
       <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> per mokslo metus ne pamokų laiku, laikantis nustatytų higienos reikalavimų;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68784458" w14:textId="33D51DCE" w:rsidR="00E258B9" w:rsidRPr="00CA5BA3" w:rsidRDefault="00E258B9" w:rsidP="00481BD3">
+    <w:p w14:paraId="68784458" w14:textId="73DF16A3" w:rsidR="00E258B9" w:rsidRPr="00CA5BA3" w:rsidRDefault="00E258B9" w:rsidP="00481BD3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>23</w:t>
       </w:r>
       <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>.2. veiklų organizavimas netradiciniu laiku (prieš pamokas, vėlai vakare, naktį, su</w:t>
       </w:r>
       <w:r w:rsidR="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>nakvyne ir pan.) vykdomas suderinus su mokiniais, jų tėvais (globėjais, rūpintojais),</w:t>
       </w:r>
-      <w:r w:rsidR="00CA5BA3">
-[...15 lines deleted...]
-        <w:t>mokyklos vadovu.</w:t>
+      <w:r w:rsidR="000B208B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vadovu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AE6A39D" w14:textId="77777777" w:rsidR="00CA5BA3" w:rsidRDefault="00E258B9" w:rsidP="00481BD3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">24. </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Neformaliojo švietimo mokytojai</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BBAFE97" w14:textId="6113776E" w:rsidR="00CA5BA3" w:rsidRPr="00EB5A31" w:rsidRDefault="00E258B9" w:rsidP="00481BD3">
+    <w:p w14:paraId="3BBAFE97" w14:textId="5183F34B" w:rsidR="00CA5BA3" w:rsidRPr="00EB5A31" w:rsidRDefault="00E258B9" w:rsidP="00481BD3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>24.1.</w:t>
       </w:r>
       <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> užtikrina mokinių saugumą neformaliojo vaikų švietimo metu, pradedami veiklą</w:t>
       </w:r>
       <w:r w:rsidR="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>arba keisdami veiklos pobūdį, išvykdami iš mokyklos teritorijos privalo organizuoti saugaus</w:t>
+        <w:t>arba keisdami veiklos pobūdį, išvykdami iš</w:t>
+      </w:r>
+      <w:r w:rsidR="000B208B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> teritorijos privalo organizuoti saugaus</w:t>
       </w:r>
       <w:r w:rsidR="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">darbo ir elgesio instruktažus pasirašytinai. </w:t>
       </w:r>
       <w:r w:rsidR="00672772" w:rsidRPr="00EB5A31">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
@@ -2641,51 +3002,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>kuruojančiam vadovui</w:t>
       </w:r>
       <w:r w:rsidR="00231B45" w:rsidRPr="00231B45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> neformaliojo švietimo vadovų susirinkime</w:t>
       </w:r>
       <w:r w:rsidR="00672772" w:rsidRPr="00231B45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FAF7D81" w14:textId="27574580" w:rsidR="00CA5BA3" w:rsidRDefault="00E258B9" w:rsidP="00481BD3">
+    <w:p w14:paraId="0FAF7D81" w14:textId="4D72E7D2" w:rsidR="00CA5BA3" w:rsidRDefault="00E258B9" w:rsidP="00481BD3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>24.3.</w:t>
       </w:r>
       <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
         <w:rPr>
@@ -2708,296 +3069,453 @@
       <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>rezultatus demonstruoja organizuodami parodas, koncertus, viktorinas, šventes, varžybas,</w:t>
       </w:r>
       <w:r w:rsidR="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>kitus renginius mokykloje, mieste, respublikoje. Meninės, sportinės veiklos neformaliojo</w:t>
+        <w:t>kitus renginius</w:t>
+      </w:r>
+      <w:r w:rsidR="000B208B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>, mieste, respublikoje. Meninės, sportinės veiklos neformaliojo</w:t>
       </w:r>
       <w:r w:rsidR="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>vaikų švietimo programų vadovai su būrelių vaikais prisideda prie mokyklos renginių</w:t>
+        <w:t xml:space="preserve">vaikų </w:t>
+      </w:r>
+      <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>švietimo programų vadovai su būrelių vaikais prisideda prie</w:t>
+      </w:r>
+      <w:r w:rsidR="000B208B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> renginių</w:t>
       </w:r>
       <w:r w:rsidR="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>organizavimo, pristato savo veiklos rezultatus mokyklos renginiuose.</w:t>
+        <w:t>organizavimo, pristato savo veiklos rezultatus</w:t>
+      </w:r>
+      <w:r w:rsidR="000B208B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> renginiuose.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A4D8A83" w14:textId="77777777" w:rsidR="00CA5BA3" w:rsidRDefault="00E258B9" w:rsidP="00481BD3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>25.</w:t>
       </w:r>
       <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Neformalųjį vaikų švietimą kuruojantis vadovas</w:t>
       </w:r>
       <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="370B8C14" w14:textId="27A6ED22" w:rsidR="00672772" w:rsidRPr="00CA5BA3" w:rsidRDefault="00E258B9" w:rsidP="00481BD3">
+    <w:p w14:paraId="370B8C14" w14:textId="1C1E31A8" w:rsidR="00672772" w:rsidRPr="00CA5BA3" w:rsidRDefault="00E258B9" w:rsidP="00481BD3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>25</w:t>
       </w:r>
       <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>.1. iki gegužės 20 d., bendradarbiaudamas su mokyklos mokinių savivalda, atlieka</w:t>
+        <w:t>.1. iki gegužės 20 d., bendradarbiaudamas su</w:t>
+      </w:r>
+      <w:r w:rsidR="0016436A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000B208B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokinių savivalda, atlieka</w:t>
       </w:r>
       <w:r w:rsidR="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>apklausą dėl neformaliojo vaikų švietimo paklausos, pasiūlos ir kokybės. Užsiėmimų pasiūla</w:t>
       </w:r>
       <w:r w:rsidR="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>sudaroma atsižvelgiant į mokinių pageidavimus, mokytojų siūlymus, mokyklos galimybes.</w:t>
+        <w:t>sudaroma atsižvelgiant į mokinių pageidavimus, mokytojų siūlymus,</w:t>
+      </w:r>
+      <w:r w:rsidR="0016436A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000B208B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> galimybes.</w:t>
       </w:r>
       <w:r w:rsidR="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Apklausos rezultatai aptariami pedagogų tarybos posėdyje, kuriame pristatomas ugdymo</w:t>
       </w:r>
       <w:r w:rsidR="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>plano projektas;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="108C2770" w14:textId="77777777" w:rsidR="00CA5BA3" w:rsidRDefault="00E258B9" w:rsidP="00481BD3">
+    <w:p w14:paraId="108C2770" w14:textId="1DE2F33C" w:rsidR="00CA5BA3" w:rsidRDefault="00E258B9" w:rsidP="00481BD3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>25</w:t>
       </w:r>
       <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.2. iki rugsėjo 7 d. tikslina mokinių pasirinkimus, sudaro neformaliojo vaikų</w:t>
       </w:r>
       <w:r w:rsidR="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>švietimo tvarkaraštį. Tvarkaraštis skelbiamos mokyklos internetiniame puslapyje ir skelbimų</w:t>
+        <w:t>švietimo tva</w:t>
+      </w:r>
+      <w:r w:rsidR="0016436A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rkaraštį. Tvarkaraštis skelbiama</w:t>
+      </w:r>
+      <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="0016436A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000B208B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> internetiniame puslapyje ir skelbimų</w:t>
       </w:r>
       <w:r w:rsidR="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>lentoje;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23CDC0E7" w14:textId="77777777" w:rsidR="00CA5BA3" w:rsidRDefault="00E258B9" w:rsidP="00481BD3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
@@ -3020,80 +3538,104 @@
       <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.3. koordinuoja užsiėmimų veiklą, palaiko ryšius su kitomis neformalųjį vaikų</w:t>
       </w:r>
       <w:r w:rsidR="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>švietimą vykdančiomis institucijomis, vykdo dienyno priežiūrą.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59C56887" w14:textId="0BCA9D57" w:rsidR="00672772" w:rsidRPr="00CA5BA3" w:rsidRDefault="00E258B9" w:rsidP="00481BD3">
+    <w:p w14:paraId="59C56887" w14:textId="269A0384" w:rsidR="00672772" w:rsidRPr="00CA5BA3" w:rsidRDefault="00E258B9" w:rsidP="00481BD3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>26</w:t>
       </w:r>
       <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>. Iki birželio 20 d. mokiniai renkasi mokyklos siūlomas ir jų poreikius atitinkančias</w:t>
+        <w:t>. Iki birželio 20 d. mokiniai renkasi</w:t>
+      </w:r>
+      <w:r w:rsidR="0016436A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000B208B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> siūlomas ir jų poreikius atitinkančias</w:t>
       </w:r>
       <w:r w:rsidR="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>neformaliojo vaikų švietimo veiklas</w:t>
       </w:r>
       <w:r w:rsidR="00231B45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -3164,192 +3706,257 @@
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>BAIGIAMOSIOS NUOSTATOS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76384A71" w14:textId="688CD2D3" w:rsidR="00672772" w:rsidRPr="00CA5BA3" w:rsidRDefault="00672772" w:rsidP="00481BD3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46156017" w14:textId="77777777" w:rsidR="00CA5BA3" w:rsidRDefault="00E258B9" w:rsidP="00481BD3">
+    <w:p w14:paraId="46156017" w14:textId="08803570" w:rsidR="00CA5BA3" w:rsidRDefault="00E258B9" w:rsidP="00481BD3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>27</w:t>
       </w:r>
       <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Neformaliojo vaikų švietimo procese sukuriami produktai ir rezultatai</w:t>
       </w:r>
       <w:r w:rsidR="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>apibendrinami ir pristatomi mokyklos renginiuose, koncertuose, leidiniuose, ekspozicijose,</w:t>
+        <w:t>apibendrinami ir pristatomi</w:t>
+      </w:r>
+      <w:r w:rsidR="0016436A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000B208B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> renginiuose, koncertuose, leidiniuose, ekspozicijose,</w:t>
       </w:r>
       <w:r w:rsidR="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>filmuotoje medžiagoje, mokyklos interneto svetainėje ir kitomis sklaidos formomis.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7D80D991" w14:textId="7702D789" w:rsidR="00672772" w:rsidRDefault="00E258B9" w:rsidP="00481BD3">
+        <w:t>filmuotoje medžiagoje,</w:t>
+      </w:r>
+      <w:r w:rsidR="0016436A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000B208B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> interneto svetainėje ir kitomis sklaidos formomis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D80D991" w14:textId="398EC375" w:rsidR="00672772" w:rsidRDefault="00E258B9" w:rsidP="00481BD3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>28</w:t>
       </w:r>
       <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>. Apraše neaptartos neformaliojo vaikų švietimo situacijos svarstomos mokyklos</w:t>
+        <w:t>. Apraše neaptartos neformaliojo vaikų švietimo situacijos svarstomos</w:t>
+      </w:r>
+      <w:r w:rsidR="0016436A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000B208B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="00672772" w:rsidRPr="00CA5BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t>taryboje, pasitarimuose, mokytojų tarybos posėdžiuose ar metodikos grupėse.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4313A72B" w14:textId="6400F4F6" w:rsidR="00231B45" w:rsidRDefault="00231B45" w:rsidP="00481BD3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="13C26121" w14:textId="7409F7D9" w:rsidR="00231B45" w:rsidRPr="00CA5BA3" w:rsidRDefault="00231B45" w:rsidP="00481BD3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3D762BA8" wp14:editId="60806DEF">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1077595</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>172085</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3695700" cy="7620"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="30480"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Tiesioji jungtis 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm flipV="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="3695700" cy="7620"/>
@@ -3357,105 +3964,105 @@
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="dk1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex">
             <w:pict>
               <v:line w14:anchorId="0D8D2756" id="Tiesioji jungtis 1" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="84.85pt,13.55pt" to="375.85pt,14.15pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAadQeEpwEAAJUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vEzEQvSPxHyzfyW6CSGGVTQ+t4IKg&#10;gpa74x1nrfpLtslu/j3j2WSLoJWqqhfLH/PezHsz3lyO1rADxKS9a/lyUXMGTvpOu33L724/v/vI&#10;WcrCdcJ4By0/QuKX27dvNkNoYOV7bzqIDElcaobQ8j7n0FRVkj1YkRY+gMNH5aMVGY9xX3VRDMhu&#10;TbWq63U1+NiF6CWkhLfX0yPfEr9SIPN3pRJkZlqOtWVaI627slbbjWj2UYRey1MZ4gVVWKEdJp2p&#10;rkUW7HfU/1FZLaNPXuWF9LbySmkJpAHVLOt/1PzsRQDSguakMNuUXo9WfjtcuZuINgwhNSncxKJi&#10;VNEyZXT4hT0lXVgpG8m242wbjJlJvHy//vThokZ3Jb5drFfkajWxFLYQU/4C3rKyabnRrogSjTh8&#10;TRkzY+g5BA8PddAuHw2UYON+gGK6w3xTRTQicGUiOwhsbne/LM1ELoosEKWNmUE1pXwSdIotMKCx&#10;eS5wjqaM3uUZaLXz8bGseTyXqqb4s+pJa5G9892RukJ2YO9J2WlOy3D9fSb4w2/a/gEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAONeUCXbAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1&#10;SNyonaIkbYhTlUqIM20vvTnxNomI1yF22/D3LCc4zuzT7Ey5md0grjiF3pOGZKFAIDXe9tRqOB7e&#10;nlYgQjRkzeAJNXxjgE11f1eawvobfeB1H1vBIRQKo6GLcSykDE2HzoSFH5H4dvaTM5Hl1Eo7mRuH&#10;u0EulcqkMz3xh86MuOuw+dxfnIbDu1NzHfsd0leutqfXNKNTqvXjw7x9ARFxjn8w/Nbn6lBxp9pf&#10;yAYxsM7WOaMalnkCgoE8Tdio2Vg9g6xK+X9B9QMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQAadQeEpwEAAJUDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDjXlAl2wAAAAkBAAAPAAAAAAAAAAAAAAAAAAEEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAACQUAAAAA&#10;" strokecolor="black [3200]" strokeweight=".5pt">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00231B45" w:rsidRPr="00CA5BA3" w:rsidSect="00C368D0">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="567" w:bottom="1134" w:left="1843" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="566E0BE1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="17CAE35E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="117"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1451" w:hanging="600"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1592" w:hanging="600"/>
@@ -3616,137 +4223,142 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="184756318">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="376702434">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C368D0"/>
+    <w:rsid w:val="00036E09"/>
+    <w:rsid w:val="00041DF9"/>
+    <w:rsid w:val="000B208B"/>
+    <w:rsid w:val="0016436A"/>
     <w:rsid w:val="00231B45"/>
     <w:rsid w:val="003373FF"/>
     <w:rsid w:val="00481BD3"/>
     <w:rsid w:val="005C4CDB"/>
     <w:rsid w:val="006443BB"/>
     <w:rsid w:val="00672772"/>
     <w:rsid w:val="007F34E9"/>
     <w:rsid w:val="00893FAC"/>
-    <w:rsid w:val="009E3C2F"/>
     <w:rsid w:val="00C368D0"/>
     <w:rsid w:val="00CA5BA3"/>
     <w:rsid w:val="00E258B9"/>
     <w:rsid w:val="00EB5A31"/>
     <w:rsid w:val="00ED0EBD"/>
+    <w:rsid w:val="00F470D7"/>
+    <w:rsid w:val="00F52F1D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="664FFFA4"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{40F4E50C-7FA5-4536-8D92-11C2B28CB3AB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4074,55 +4686,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -4132,67 +4739,68 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sraopastraipa">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="prastasis"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00ED0EBD"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="1234319027">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -4454,73 +5062,73 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>3372</Characters>
+  <Pages>1</Pages>
+  <Words>5999</Words>
+  <Characters>3420</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>28</Lines>
   <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9269</CharactersWithSpaces>
+  <CharactersWithSpaces>9401</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>AUŠRA ŠMULKŠTIENĖ</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>