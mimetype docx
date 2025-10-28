--- v0 (2025-10-04)
+++ v1 (2025-10-28)
@@ -26,430 +26,477 @@
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E05C5">
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                        </w:t>
       </w:r>
       <w:r w:rsidR="00066AA3" w:rsidRPr="001E05C5">
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="001E05C5">
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:t>PAT</w:t>
+        <w:t>PATVIRTINTA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00711235" w:rsidRPr="001E05C5" w:rsidRDefault="00711235">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E05C5">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                        </w:t>
+      </w:r>
+      <w:r w:rsidR="00066AA3" w:rsidRPr="001E05C5">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="003348E4" w:rsidRPr="001E05C5">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Marijampolės </w:t>
+      </w:r>
+      <w:r w:rsidR="00066AA3" w:rsidRPr="001E05C5">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">„Ryto“ </w:t>
+      </w:r>
+      <w:r w:rsidR="00B94BD7">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E05C5">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                        </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00711235" w:rsidRPr="001E05C5" w:rsidRDefault="00711235">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E05C5">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                      </w:t>
+      </w:r>
+      <w:r w:rsidR="00066AA3" w:rsidRPr="001E05C5">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E05C5">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d</w:t>
+      </w:r>
+      <w:r w:rsidR="003348E4" w:rsidRPr="001E05C5">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>irektoriaus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E05C5">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00066AA3" w:rsidRPr="001E05C5">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="00D84F25" w:rsidRPr="001E05C5">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="003F3DAF">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00066AA3" w:rsidRPr="001E05C5">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E05C5">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">m. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B94BD7">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC20FC">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>sausio 6</w:t>
+      </w:r>
+      <w:r w:rsidR="00391E79">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002C68C2" w:rsidRPr="001E05C5">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D91C1A" w:rsidRPr="001E05C5">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00D84F25" w:rsidRPr="001E05C5">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00711235" w:rsidRPr="001E05C5" w:rsidRDefault="00711235">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E05C5">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                      </w:t>
+      </w:r>
+      <w:r w:rsidR="00066AA3" w:rsidRPr="001E05C5">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E05C5">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>įsakymu Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="00066AA3" w:rsidRPr="001E05C5">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> V-</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC20FC">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="001E05C5">
-[...95 lines deleted...]
-          <w:b w:val="0"/>
+    </w:p>
+    <w:p w:rsidR="00711235" w:rsidRDefault="00711235">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00711235" w:rsidRDefault="00711235">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00711235" w:rsidRDefault="006D648B" w:rsidP="00E44540">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MARIJAMPOLĖS </w:t>
+      </w:r>
+      <w:r w:rsidR="00E44540" w:rsidRPr="00E44540">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00066AA3" w:rsidRPr="001E05C5">
-[...147 lines deleted...]
-        <w:t xml:space="preserve">MARIJAMPOLĖS </w:t>
+      <w:r w:rsidR="005B6D66">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+        </w:rPr>
+        <w:t xml:space="preserve">„RYTO“ </w:t>
+      </w:r>
+      <w:r w:rsidR="00B94BD7">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+        </w:rPr>
+        <w:t>PROGIMNAZIJOS</w:t>
       </w:r>
       <w:r w:rsidR="00E44540" w:rsidRPr="00E44540">
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">MOKYKLOS METODINĖS </w:t>
+        <w:t xml:space="preserve"> METODINĖS </w:t>
       </w:r>
       <w:r w:rsidR="00FF038E">
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
         </w:rPr>
         <w:t xml:space="preserve">VEIKLOS </w:t>
       </w:r>
       <w:r w:rsidR="00376744">
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
         </w:rPr>
         <w:t>ORGANIZAVIMO TVARKOS APRAŠAS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E44540" w:rsidRDefault="00E44540" w:rsidP="00E44540">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E44540" w:rsidRDefault="00E44540" w:rsidP="008013F8">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003348E4" w:rsidRPr="008013F8" w:rsidRDefault="003348E4" w:rsidP="003348E4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008013F8">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>METODINĖS VEIKLOS MOKYKLOJE PASKIRTIS</w:t>
+        <w:t>METODINĖS VEIKLOS</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94BD7">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PROGIMNAZIJOJE</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94BD7" w:rsidRPr="008013F8">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008013F8">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>PASKIRTIS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E44540" w:rsidRPr="00CB75BC" w:rsidRDefault="00E44540" w:rsidP="00E44540">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003348E4" w:rsidRPr="00CB75BC" w:rsidRDefault="00066AA3" w:rsidP="00066AA3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
         </w:rPr>
         <w:t xml:space="preserve">              </w:t>
       </w:r>
       <w:r w:rsidR="003348E4" w:rsidRPr="00CB75BC">
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidR="00376744" w:rsidRPr="00CB75BC">
-        <w:t>Marijampolės „Ryto“ pagrindinės mokyklos metodinė veikla organizuojama vadovaujantis LR švietimo įstatymu, Švietimo, mokslo ir sporto ministerijos norminiais teisiniais aktais, mokyklos veiklos kokybės įsivertinimo tvarkos aprašu, kitais mokyklos veiklą reglamentuojančiais dokumentais.</w:t>
+        <w:t xml:space="preserve">Marijampolės „Ryto“ </w:t>
+      </w:r>
+      <w:r w:rsidR="00B94BD7">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00376744" w:rsidRPr="00CB75BC">
+        <w:t xml:space="preserve"> metodinė veikla organizuojama vadovaujantis LR švietimo įstatymu, Švietimo, mokslo ir sporto ministerijos norminiais teisiniais aktais,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94BD7">
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00376744" w:rsidRPr="00CB75BC">
+        <w:t xml:space="preserve"> veiklos kokybės įsivertinimo tvarkos aprašu, kitais</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94BD7">
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00376744" w:rsidRPr="00CB75BC">
+        <w:t xml:space="preserve"> veiklą reglamentuojančiais dokumentais.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003348E4" w:rsidRPr="00CB75BC" w:rsidRDefault="003348E4" w:rsidP="003348E4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="840"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
         <w:t xml:space="preserve">              2. </w:t>
       </w:r>
       <w:r w:rsidR="00376744" w:rsidRPr="00CB75BC">
-        <w:t xml:space="preserve">Metodinė veikla suprantama kaip priemonių visuma, padedanti mokyklos mokytojams, klasių vadovams ir specialistams tobulinti savo profesines kompetencijas, bendrauti ir bendradarbiauti, dalintis savo patirtimi, </w:t>
+        <w:t>Metodinė veikla suprantama kaip priemonių visuma, padedanti</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94BD7">
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00376744" w:rsidRPr="00CB75BC">
+        <w:t xml:space="preserve"> mokytojams, klasių vadovams ir specialistams tobulinti savo profesines kompetencijas, bendrauti ir bendradarbiauti, dalintis savo patirtimi, </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB75BC">
         <w:t>gerinti ugdymo procesą ir ugdymo kokybę, skleisti pedagogines ir metodines naujoves</w:t>
       </w:r>
       <w:r w:rsidR="00376744" w:rsidRPr="00CB75BC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00376744" w:rsidRPr="00CB75BC" w:rsidRDefault="00376744" w:rsidP="00376744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="840"/>
         </w:tabs>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
-        <w:t xml:space="preserve">3. Mokyklos metodinės veiklos organizavimo tvarkos aprašas (toliau – tvarkos aprašas) reglamentuoja metodinės veiklos tikslą, uždavinius, Metodinės </w:t>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94BD7">
+        <w:t xml:space="preserve"> Progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB75BC">
+        <w:t xml:space="preserve"> metodinės veiklos organizavimo tvarkos aprašas (toliau – tvarkos aprašas) reglamentuoja metodinės veiklos tikslą, uždavinius, Metodinės </w:t>
       </w:r>
       <w:r w:rsidR="002561CC" w:rsidRPr="00CB75BC">
         <w:t>tarybos (toliau – tarybos) sudarymo ir veiklos principus, Metodinės tarybos ir metodinių grupių funkcijas, veiklos organizavimą</w:t>
       </w:r>
       <w:r w:rsidR="00EF231A" w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003348E4" w:rsidRPr="00CB75BC" w:rsidRDefault="003348E4" w:rsidP="00E44540">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00066AA3" w:rsidRPr="00CB75BC" w:rsidRDefault="00E44540" w:rsidP="00066AA3">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -649,243 +696,297 @@
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
         <w:t xml:space="preserve">             </w:t>
       </w:r>
       <w:r w:rsidR="00EF231A" w:rsidRPr="00CB75BC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB75BC">
         <w:t>5.3. skatinti ir organizuoti mokytojų patirties sklaidą;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002561CC" w:rsidRPr="00CB75BC" w:rsidRDefault="002561CC" w:rsidP="00EF231A">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="450"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
         <w:t xml:space="preserve">             </w:t>
       </w:r>
       <w:r w:rsidR="00EF231A" w:rsidRPr="00CB75BC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB75BC">
-        <w:t>5.4. skatinti mokytojus įsivertinti savo veiklą, dalyvauti mokyklos veiklos kokybės įsivertinimo procese.</w:t>
+        <w:t>5.4. skatinti mokytojus įsivertinti savo veiklą, dalyvauti</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94BD7">
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB75BC">
+        <w:t xml:space="preserve"> veiklos kokybės įsivertinimo procese.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002561CC" w:rsidRPr="00CB75BC" w:rsidRDefault="002561CC" w:rsidP="00FF038E">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="450"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002561CC" w:rsidRPr="00CB75BC" w:rsidRDefault="002561CC" w:rsidP="002561CC">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="450"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>METODINĖS VEIKLOS FORMOS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002561CC" w:rsidRPr="00CB75BC" w:rsidRDefault="002561CC" w:rsidP="002561CC">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080" w:right="450"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002561CC" w:rsidRPr="00CB75BC" w:rsidRDefault="002561CC" w:rsidP="002561CC">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="450" w:firstLine="851"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
-        <w:t>6. Metodinės veiklos formos mokykloje: kvalifikacijos tobulinimo renginiai, probleminės diskusijos, tiriamoji veikla, saviugda ir savišvieta.</w:t>
+        <w:t>6. Metodinės veiklos formos</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94BD7">
+        <w:t xml:space="preserve"> progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB75BC">
+        <w:t>: kvalifikacijos tobulinimo renginiai, probleminės diskusijos, tiriamoji veikla, saviugda ir savišvieta.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00540C14" w:rsidRPr="00CB75BC" w:rsidRDefault="00540C14" w:rsidP="008013F8">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="450"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00540C14" w:rsidRPr="00CB75BC" w:rsidRDefault="00540C14" w:rsidP="00FF038E">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="450" w:right="450" w:firstLine="600"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="008013F8" w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">. METODINĖS VEIKLOS </w:t>
+        <w:t xml:space="preserve">. METODINĖS </w:t>
+      </w:r>
+      <w:r w:rsidR="00B94BD7" w:rsidRPr="00CB75BC">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>VEIKLOS</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94BD7">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PROGIMNAZIJOJE</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94BD7" w:rsidRPr="00CB75BC">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003348E4" w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">MOKYKLOJE ORGANIZAVIMAS </w:t>
+        <w:t xml:space="preserve">ORGANIZAVIMAS </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FF038E" w:rsidRPr="00CB75BC" w:rsidRDefault="00540C14" w:rsidP="00FF038E">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="450" w:right="450" w:firstLine="600"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FF038E" w:rsidRPr="00CB75BC" w:rsidRDefault="00FF038E" w:rsidP="00FF038E">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
-        <w:t xml:space="preserve">              7. Metodinė veikla vykdoma sistemingai atsižvelgiant į pedagoginės veiklos aktualijas mokykloje, savivaldybėje, šalyje.</w:t>
+        <w:t xml:space="preserve">              7. Metodinė veikla vykdoma sistemingai atsižvelgiant į pedagoginės veiklos aktualijas</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94BD7">
+        <w:t xml:space="preserve"> progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB75BC">
+        <w:t>, savivaldybėje, šalyje.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00375A95" w:rsidRPr="00CB75BC" w:rsidRDefault="00FF038E" w:rsidP="00375A95">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="450"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
         <w:t xml:space="preserve">              8. </w:t>
       </w:r>
       <w:r w:rsidR="00375A95" w:rsidRPr="00CB75BC">
         <w:t xml:space="preserve">Metodinė taryba renkasi ne rečiau kaip 4 kartus per </w:t>
       </w:r>
       <w:r w:rsidR="00EF231A" w:rsidRPr="00CB75BC">
         <w:t xml:space="preserve">mokslo </w:t>
       </w:r>
       <w:r w:rsidR="00375A95" w:rsidRPr="00CB75BC">
         <w:t>metus.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00540C14" w:rsidRPr="00CB75BC" w:rsidRDefault="00375A95" w:rsidP="008013F8">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="49"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
-        <w:t xml:space="preserve">              9. Metodinės tarybos posėdžius inicijuoja pirmininkas. Posėdį gali inicijuoti ir tarybos nariai, mokyklos vadovas, pavaduotojai ugdymui.</w:t>
+        <w:t xml:space="preserve">              9. Metodinės tarybos posėdžius inicijuoja pirmininkas. Posėdį gali inicijuoti ir tarybos nariai,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94BD7">
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB75BC">
+        <w:t xml:space="preserve"> vadovas, pavaduotojai ugdymui.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00375A95" w:rsidRPr="00CB75BC" w:rsidRDefault="00375A95" w:rsidP="008013F8">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="49" w:firstLine="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
+        <w:lastRenderedPageBreak/>
         <w:t>10. Metodinės tarybos narys neturi teisės dalyvauti balsavime svarstant klausimus, su kuriais jis yra tiesiogiai susijęs</w:t>
       </w:r>
       <w:r w:rsidR="00D818FE" w:rsidRPr="00CB75BC">
         <w:t xml:space="preserve"> arba jeigu jo balsavimas gali sukelti privačių interesų konfliktą. Apie tai jis privalo pranešti iki balsavimo.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D818FE" w:rsidRPr="00CB75BC" w:rsidRDefault="00D818FE" w:rsidP="008013F8">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="49" w:firstLine="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
-        <w:lastRenderedPageBreak/>
-        <w:t>11. Metodinės tarybos pirmininkas rūpinasi posėdžiams reikalingos medžiagos parengimu, mokyklos bendruomenės informavimu apie tarybos veiklą, priimtus sprendimus.</w:t>
+        <w:t>11. Metodinės tarybos pirmininkas rūpinasi posėdžiams reikalingos medžiagos parengimu,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94BD7">
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB75BC">
+        <w:t xml:space="preserve"> bendruomenės informavimu apie tarybos veiklą, priimtus sprendimus.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C5415B" w:rsidRPr="00CB75BC" w:rsidRDefault="00C5415B" w:rsidP="00EF231A">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="49" w:firstLine="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
         <w:t>12. Tarybos posėdžiai protokoluojami. Protokolus pasirašo pirmininkas ir sekretorius. Tarybos dokumentus saugo direktoriaus pavaduotojas ugdymui, kuruojantis metodinę tarybą.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F04D9D" w:rsidRPr="00CB75BC" w:rsidRDefault="00C5415B" w:rsidP="008013F8">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="49" w:firstLine="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
         <w:t>13</w:t>
       </w:r>
       <w:r w:rsidR="00540C14" w:rsidRPr="00CB75BC">
-        <w:t>. Metodinės tarybos veikla įteisinama mokyklos nuostatuose</w:t>
+        <w:t>. Metodinės tarybos veikla įteisinama</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94BD7">
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00540C14" w:rsidRPr="00CB75BC">
+        <w:t xml:space="preserve"> nuostatuose</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB75BC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F04D9D" w:rsidRPr="00CB75BC" w:rsidRDefault="00F04D9D" w:rsidP="00611458">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="450"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00611458" w:rsidRPr="00CB75BC" w:rsidRDefault="00F34DB2" w:rsidP="00611458">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="450"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
@@ -952,113 +1053,128 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">             14. Metodinės tarybos sudarymo ir veiklos principai:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C13C4D" w:rsidRPr="00CB75BC" w:rsidRDefault="00C13C4D" w:rsidP="00C13C4D">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="49"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">               </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB75BC">
-        <w:t xml:space="preserve">14.1. tarybą sudaro: pirmininkas, </w:t>
+        <w:t>14.1. tarybą sudaro: pirmininkas,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94BD7">
+        <w:t xml:space="preserve"> progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="00280F1E" w:rsidRPr="00CB75BC">
-        <w:t xml:space="preserve">mokyklos </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB75BC">
         <w:t>veiklos kokybės vertinimo grupės pirmininkas, metodinių grupių pirmininkai, neformaliojo švietimo</w:t>
       </w:r>
       <w:r w:rsidR="00565B5F" w:rsidRPr="00CB75BC">
         <w:t xml:space="preserve"> organizatorius, direktoriaus pavaduotojas ugdymui</w:t>
       </w:r>
       <w:r w:rsidR="00EF231A" w:rsidRPr="00CB75BC">
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00565B5F" w:rsidRPr="00CB75BC" w:rsidRDefault="00565B5F" w:rsidP="00C13C4D">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="49"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
         <w:t xml:space="preserve">               14.2. taryba renkama dvejiems metams;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00565B5F" w:rsidRPr="00CB75BC" w:rsidRDefault="00565B5F" w:rsidP="00C13C4D">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="49"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
         <w:t xml:space="preserve">               14.3. taryba savo veiklą vykdo per metodines grupes;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00565B5F" w:rsidRPr="00CB75BC" w:rsidRDefault="00565B5F" w:rsidP="00C13C4D">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="49"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
-        <w:t xml:space="preserve">               14.4. mokykloje veikia </w:t>
+        <w:t xml:space="preserve">               14.4.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94BD7">
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB75BC">
+        <w:t xml:space="preserve"> veikia </w:t>
       </w:r>
       <w:r w:rsidR="00CB75BC">
         <w:t xml:space="preserve">pradinių klasių, </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB75BC">
         <w:t>lietuvių kalbos ir literatūros ir dorinio ugdymo, užsienio kalbų, socialinių ir gamtos mokslų, tiksliųjų mokslų ir informacinių technologijų, menų, technologijų ir fizinio ugdymo metodinės grupės;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A86DF8" w:rsidRPr="00CB75BC" w:rsidRDefault="00565B5F" w:rsidP="00A86DF8">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="49"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
-        <w:t xml:space="preserve">               14.5. kas dvejus metus bendru sutarimu, iš visų mokyklos mokytojų, </w:t>
+        <w:t xml:space="preserve">               14.5. kas dvejus metus bendru sutarimu, iš visų</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94BD7">
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB75BC">
+        <w:t xml:space="preserve"> mokytojų, </w:t>
       </w:r>
       <w:r w:rsidR="00A86DF8" w:rsidRPr="00CB75BC">
         <w:t>turinčių ne žemesnę kaip vyr. mokytojo kvalifikaciją, siūlomas kandidatas į Metodinės tarybos pirmininkus;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A86DF8" w:rsidRPr="00CB75BC" w:rsidRDefault="00A86DF8" w:rsidP="00A86DF8">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="49"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
         <w:t xml:space="preserve">                14.6. Mokytojų tarybos posėdyje iš pasiūlytų kandidatų atviru balsavimu išrenkamas metodinės tarybos pirmininkas;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A86DF8" w:rsidRPr="00CB75BC" w:rsidRDefault="00A86DF8" w:rsidP="00A86DF8">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="49"/>
         <w:jc w:val="both"/>
@@ -1210,78 +1326,102 @@
       <w:r w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:b/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>17.1.</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:b/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
-        <w:t>nustato mokytojų metodinės veiklos mokykloje prioritetu</w:t>
+        <w:t>nustato mokytojų metodinės veiklos</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94BD7">
+        <w:rPr>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB75BC">
+        <w:rPr>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prioritetu</w:t>
       </w:r>
       <w:r w:rsidR="00BF2F00" w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00BF2F00" w:rsidRPr="00CB75BC" w:rsidRDefault="00BF2F00" w:rsidP="00BF2F00">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 17.2. koordinuoja mokykloje veikiančių metodinių grupių veiklą, telkia mokytojus ugdymo dermei, tęstinumui ir kokybei užtikrinti; </w:t>
+        <w:t xml:space="preserve"> 17.2. koordinuoja</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94BD7">
+        <w:rPr>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB75BC">
+        <w:rPr>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> veikiančių metodinių grupių veiklą, telkia mokytojus ugdymo dermei, tęstinumui ir kokybei užtikrinti; </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00BF2F00" w:rsidRPr="00CB75BC" w:rsidRDefault="00BF2F00" w:rsidP="00CB75BC">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t xml:space="preserve">           17.3. išsiaiškina mokytojų ir specialistų kvalifikacijos tobulinimo poreikius, nustato jos </w:t>
       </w:r>
       <w:r w:rsidR="00CB75BC" w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:lang w:val="pt-PT"/>
@@ -1304,51 +1444,63 @@
         </w:rPr>
         <w:t xml:space="preserve"> 17.2.</w:t>
       </w:r>
       <w:r w:rsidR="004E0FCB" w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>planuoja</w:t>
       </w:r>
       <w:r w:rsidR="002E4D9C" w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t xml:space="preserve"> metodinę veiklą, </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
-        <w:t xml:space="preserve">atsižvelgdama į mokyklos veiklos kokybės įsivertinimo </w:t>
+        <w:t>atsižvelgdama į</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94BD7">
+        <w:rPr>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB75BC">
+        <w:rPr>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> veiklos kokybės įsivertinimo </w:t>
       </w:r>
       <w:r w:rsidR="00F61ED5" w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>išvadas ir rekomendacijas</w:t>
       </w:r>
       <w:r w:rsidR="004E0FCB" w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002E4D9C" w:rsidRPr="00CB75BC" w:rsidRDefault="002E4D9C" w:rsidP="002E4D9C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
@@ -1360,102 +1512,144 @@
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidR="00F61ED5" w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005B6D66" w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F61ED5" w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t xml:space="preserve"> 17.3. </w:t>
       </w:r>
       <w:r w:rsidR="004E0FCB" w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
-        <w:t xml:space="preserve">planuoja </w:t>
+        <w:t>planuoja</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94BD7">
+        <w:rPr>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="00F61ED5" w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
-        <w:t xml:space="preserve">mokyklos metodinę veiklą, vadovaudamasi mokyklos </w:t>
+        <w:t xml:space="preserve"> metodinę veiklą, vadovaudamasi</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94BD7">
+        <w:rPr>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00F61ED5" w:rsidRPr="00CB75BC">
+        <w:rPr>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009B3DBA" w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>strateginiu</w:t>
       </w:r>
       <w:r w:rsidR="004E0FCB" w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
-        <w:t>, mokyklos metiniu</w:t>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94BD7">
+        <w:rPr>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004E0FCB" w:rsidRPr="00CB75BC">
+        <w:rPr>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> metiniu</w:t>
       </w:r>
       <w:r w:rsidR="009B3DBA" w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F61ED5" w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>veiklos plan</w:t>
       </w:r>
       <w:r w:rsidR="009B3DBA" w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>ais, atsižvelgdama į veiklos prioritetus;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009B3DBA" w:rsidRPr="00CB75BC" w:rsidRDefault="009B3DBA" w:rsidP="009B3DBA">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
-        <w:t>17.4. kartu su mokyklos vadovu, pavaduotojais ugdymui nagrinėja ir planuoja ugdymo turinį, ugdymo proceso aprūpinimą, ugdymo kokybę ir ugdymo įnovacijų diegimą;</w:t>
+        <w:t>17.4. kartu su</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94BD7">
+        <w:rPr>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB75BC">
+        <w:rPr>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vadovu, pavaduotojais ugdymui nagrinėja ir planuoja ugdymo turinį, ugdymo proceso aprūpinimą, ugdymo kokybę ir ugdymo įnovacijų diegimą;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002E4D9C" w:rsidRPr="00CB75BC" w:rsidRDefault="009B3DBA" w:rsidP="004E0FCB">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t xml:space="preserve">17.5. </w:t>
       </w:r>
       <w:r w:rsidR="004E0FCB" w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="002E4D9C" w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:lang w:val="pt-PT"/>
@@ -1473,187 +1667,204 @@
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>švietimo pagalbos įstaigomis ir kt.</w:t>
       </w:r>
       <w:r w:rsidR="004E0FCB" w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005B6D66" w:rsidRPr="00CB75BC" w:rsidRDefault="002E4D9C" w:rsidP="00AB546C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidR="005B6D66" w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r w:rsidR="00AB546C" w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005B6D66" w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="003F1462" w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00991D59" w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003F1462" w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00991D59" w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="004E0FCB" w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="001B2DA9" w:rsidRPr="00CB75BC">
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00280F1E" w:rsidRPr="00CB75BC">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="001B2DA9" w:rsidRPr="00CB75BC">
-        <w:t>kia pedagoginę pagalbą jauniems specialistams, padeda adaptuotis naujai pradėjusiems dirbti mokytojams</w:t>
+        <w:t>kia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001B2DA9" w:rsidRPr="00CB75BC">
+        <w:t xml:space="preserve"> pedagoginę pagalbą jauniems specialistams, padeda adaptuotis naujai pradėjusiems dirbti mokytojams</w:t>
       </w:r>
       <w:r w:rsidR="004E0FCB" w:rsidRPr="00CB75BC">
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002E4D9C" w:rsidRPr="00CB75BC" w:rsidRDefault="005B6D66" w:rsidP="002E4D9C">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
         <w:t xml:space="preserve">           </w:t>
       </w:r>
       <w:r w:rsidR="00AB546C" w:rsidRPr="00CB75BC">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="003F1462" w:rsidRPr="00CB75BC">
         <w:t>17</w:t>
       </w:r>
       <w:r w:rsidR="002E4D9C" w:rsidRPr="00CB75BC">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="004E0FCB" w:rsidRPr="00CB75BC">
         <w:t>8.</w:t>
       </w:r>
       <w:r w:rsidR="00280F1E" w:rsidRPr="00CB75BC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E0FCB" w:rsidRPr="00CB75BC">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="002E4D9C" w:rsidRPr="00CB75BC">
         <w:t>rireikus vertina mokytojų metodinius darbus bei mokytojų praktinę veiklą</w:t>
       </w:r>
       <w:r w:rsidR="00280F1E" w:rsidRPr="00CB75BC">
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004E0FCB" w:rsidRPr="00CB75BC" w:rsidRDefault="002E4D9C" w:rsidP="002E4D9C">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidR="00AB546C" w:rsidRPr="00CB75BC">
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidR="004E0FCB" w:rsidRPr="00CB75BC">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00AB546C" w:rsidRPr="00CB75BC">
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="003F1462" w:rsidRPr="00CB75BC">
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="002225B2" w:rsidRPr="00CB75BC">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003F1462" w:rsidRPr="00CB75BC">
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00AB546C" w:rsidRPr="00CB75BC">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="002225B2" w:rsidRPr="00CB75BC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E0FCB" w:rsidRPr="00CB75BC">
-        <w:t>teikia mokyklos vadovui, pavaduotojams ugdymui pasiūlymus dėl mokytojų apdovanojimo;</w:t>
+        <w:t>teikia</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94BD7">
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="004E0FCB" w:rsidRPr="00CB75BC">
+        <w:t xml:space="preserve"> vadovui, pavaduotojams ugdymui pasiūlymus dėl mokytojų apdovanojimo;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F1462" w:rsidRPr="00CB75BC" w:rsidRDefault="003F1462" w:rsidP="002E4D9C">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
-        <w:t xml:space="preserve">              17.10. aprobuoja teikiamus mokyklos veiklos tvarkos aprašus.</w:t>
+        <w:t xml:space="preserve">              17.10. aprobuoja teikiamus</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94BD7">
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB75BC">
+        <w:t xml:space="preserve"> veiklos tvarkos aprašus.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F1462" w:rsidRPr="00CB75BC" w:rsidRDefault="003F1462" w:rsidP="002E4D9C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">              </w:t>
       </w:r>
       <w:r w:rsidR="00D66FCF" w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>18. Metodinių grupių</w:t>
       </w:r>
       <w:r w:rsidR="0054512E" w:rsidRPr="00CB75BC">
@@ -1699,226 +1910,270 @@
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
         <w:t xml:space="preserve">              1</w:t>
       </w:r>
       <w:r w:rsidR="001367AA" w:rsidRPr="00CB75BC">
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB75BC">
         <w:t xml:space="preserve">.3. </w:t>
       </w:r>
       <w:r w:rsidR="007610FF" w:rsidRPr="00CB75BC">
         <w:t>nagrinėja ugdymo turinio planavimo ir įgyvendinimo, vertinimo ir įsivertinimo, strategijų įgyvendinimo klausimus;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007610FF" w:rsidRPr="00CB75BC" w:rsidRDefault="007610FF" w:rsidP="002E4D9C">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
         <w:t xml:space="preserve">              1</w:t>
       </w:r>
       <w:r w:rsidR="001367AA" w:rsidRPr="00CB75BC">
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB75BC">
-        <w:t>.4. planuoja veiklą atsižvelgdama į mokyklos veiklos kokybės įsivertinimo išvadas ir rekomendacijas, vadovaudamasi mokyklos str</w:t>
+        <w:t>.4. planuoja veiklą atsižvelgdama į</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94BD7">
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB75BC">
+        <w:t xml:space="preserve"> veiklos kokybės įsivertinimo išvadas ir rekomendacijas, vadovaudamasi</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94BD7">
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB75BC">
+        <w:t xml:space="preserve"> str</w:t>
       </w:r>
       <w:r w:rsidR="00280F1E" w:rsidRPr="00CB75BC">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB75BC">
-        <w:t>teginiu, mokyklos metų veiklos plan</w:t>
+        <w:t>teginiu,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94BD7">
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB75BC">
+        <w:t xml:space="preserve"> metų veiklos plan</w:t>
       </w:r>
       <w:r w:rsidR="00280F1E" w:rsidRPr="00CB75BC">
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB75BC">
         <w:t>, atsižvelgdama į veikos prioritetus;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007610FF" w:rsidRPr="00CB75BC" w:rsidRDefault="007610FF" w:rsidP="002E4D9C">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
         <w:t xml:space="preserve">              1</w:t>
       </w:r>
       <w:r w:rsidR="001367AA" w:rsidRPr="00CB75BC">
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB75BC">
         <w:t>.5. analizuoja grupės veiklą, nustato metodinės grupės veiklos prioritetus, parengia metodinės grupės veiklos planą;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007610FF" w:rsidRPr="00CB75BC" w:rsidRDefault="007610FF" w:rsidP="002E4D9C">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
         <w:t xml:space="preserve">              1</w:t>
       </w:r>
       <w:r w:rsidR="001367AA" w:rsidRPr="00CB75BC">
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB75BC">
         <w:t>.6. padeda mokytojams tobulinti savo profesinį meistriškumą, susikurti darbo metodikas, vadovaujantis naujausiais edukologijos pasiekimais;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007610FF" w:rsidRPr="00CB75BC" w:rsidRDefault="007610FF" w:rsidP="007610FF">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="001367AA" w:rsidRPr="00CB75BC">
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB75BC">
-        <w:t>.7. identifikuoja mokyklos veiklos problemas, išreiškiančias neatitikimą tarp esamos ir pageidaujamos padėties</w:t>
+        <w:t>.7. identifikuoja</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94BD7">
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB75BC">
+        <w:t xml:space="preserve"> veiklos problemas, išreiškiančias neatitikimą tarp esamos ir pageidaujamos padėties</w:t>
       </w:r>
       <w:r w:rsidR="00FC2BC2" w:rsidRPr="00CB75BC">
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC2BC2" w:rsidRPr="00CB75BC" w:rsidRDefault="001367AA" w:rsidP="007610FF">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
         <w:t>18.7. i</w:t>
       </w:r>
       <w:r w:rsidR="00FC2BC2" w:rsidRPr="00CB75BC">
         <w:t>šsiaiškina grupės mokytojų kvalifikacijos kėlimo prioritetus, teikia siūlymus Metodinei tarybai;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC2BC2" w:rsidRPr="00CB75BC" w:rsidRDefault="001367AA" w:rsidP="007610FF">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
         <w:t>18.7. t</w:t>
       </w:r>
       <w:r w:rsidR="00FC2BC2" w:rsidRPr="00CB75BC">
         <w:t xml:space="preserve">eikia siūlymus Metodinei tarybai dėl  ugdymo turinio įgyvendinimo, ugdymo proceso aprūpinimo, ugdymo kokybę ir ugdymo </w:t>
       </w:r>
       <w:r w:rsidR="00280F1E" w:rsidRPr="00CB75BC">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="00FC2BC2" w:rsidRPr="00CB75BC">
         <w:t>novacijų diegimo, metodinės veiklos organizavimo;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC2BC2" w:rsidRPr="00CB75BC" w:rsidRDefault="001367AA" w:rsidP="007610FF">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
         <w:t>18.7. a</w:t>
       </w:r>
       <w:r w:rsidR="00FC2BC2" w:rsidRPr="00CB75BC">
         <w:t>probuoja privalomų/pasirenkamų dalykų ilgalaikius planus, modulių programas, projektus</w:t>
       </w:r>
       <w:r w:rsidR="00280F1E" w:rsidRPr="00CB75BC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FC2BC2" w:rsidRPr="00CB75BC">
-        <w:t>ir teikia pasiūlymus mokyklos vadovui ir jo pavaduotojui dėl suderinimo;</w:t>
+        <w:t>ir teikia pasiūlymus</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94BD7">
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC2BC2" w:rsidRPr="00CB75BC">
+        <w:t xml:space="preserve"> vadovui ir jo pavaduotojui dėl suderinimo;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC2BC2" w:rsidRPr="00CB75BC" w:rsidRDefault="001367AA" w:rsidP="007610FF">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
         <w:t>18.7. o</w:t>
       </w:r>
       <w:r w:rsidR="00FC2BC2" w:rsidRPr="00CB75BC">
         <w:t>rganizuoja grupės mokytojų dalykinės ir metodinės patirties sklaidą;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC2BC2" w:rsidRPr="00CB75BC" w:rsidRDefault="001367AA" w:rsidP="007610FF">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
         <w:t>18.7. a</w:t>
       </w:r>
       <w:r w:rsidR="00FC2BC2" w:rsidRPr="00CB75BC">
         <w:t>nalizuoja mokinių pasiekimus ir pažangą;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC2BC2" w:rsidRPr="00CB75BC" w:rsidRDefault="001367AA" w:rsidP="007610FF">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
         <w:t xml:space="preserve">18.7. </w:t>
       </w:r>
       <w:r w:rsidR="00280F1E" w:rsidRPr="00CB75BC">
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="00FC2BC2" w:rsidRPr="00CB75BC">
         <w:t>rgan</w:t>
       </w:r>
       <w:r w:rsidR="00CB75BC" w:rsidRPr="00CB75BC">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="00FC2BC2" w:rsidRPr="00CB75BC">
-        <w:t>zuoja dalykines olimpiadas mokykloje;</w:t>
+        <w:t>zuoja dalykines olimpiadas</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94BD7">
+        <w:t xml:space="preserve"> progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC2BC2" w:rsidRPr="00CB75BC">
+        <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC2BC2" w:rsidRPr="00CB75BC" w:rsidRDefault="001367AA" w:rsidP="007610FF">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
         <w:t>18.7. k</w:t>
       </w:r>
       <w:r w:rsidR="00FC2BC2" w:rsidRPr="00CB75BC">
         <w:t>onsultuoja mažesnę patirtį turinčius kolegas ugdymo turinio įgyvendinimo klausimais;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC2BC2" w:rsidRPr="00CB75BC" w:rsidRDefault="001367AA" w:rsidP="007610FF">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
         <w:t>18.7. s</w:t>
       </w:r>
       <w:r w:rsidR="00FC2BC2" w:rsidRPr="00CB75BC">
-        <w:t>usitaria dėl mokomojo(-ųjų) dalykų mokinių pasiekimų ir pažangos vertinimo (modulių, projektų ir kt. vertinimo)</w:t>
+        <w:t>usitaria dėl mokomojo(-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00FC2BC2" w:rsidRPr="00CB75BC">
+        <w:t>ųjų</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00FC2BC2" w:rsidRPr="00CB75BC">
+        <w:t>) dalykų mokinių pasiekimų ir pažangos vertinimo (modulių, projektų ir kt. vertinimo)</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB75BC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC2BC2" w:rsidRPr="00CB75BC" w:rsidRDefault="001367AA" w:rsidP="007610FF">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
         <w:t>19. Metodinės grupės veiklą koordinuoja direktoriaus pavaduotojas ugdymui pagal savo pareigybės aprašymą.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002E4D9C" w:rsidRPr="00CB75BC" w:rsidRDefault="002E4D9C" w:rsidP="001B2DA9">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00DC5B41" w:rsidRPr="00CB75BC" w:rsidRDefault="005B6D66" w:rsidP="002225B2">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="pt-PT"/>
@@ -1955,140 +2210,199 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidR="00AB546C" w:rsidRPr="00CB75BC">
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r w:rsidR="00CE1AF8" w:rsidRPr="00CB75BC">
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="001367AA" w:rsidRPr="00CB75BC">
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="00DC5B41" w:rsidRPr="00CB75BC">
         <w:t>. Direktorius ir direktoriaus pavaduotojas ugdymui teikia metodinę, pedagoginę, vadybinę pagalbą, planuojant Metodinės tarybos</w:t>
       </w:r>
       <w:r w:rsidR="001367AA" w:rsidRPr="00CB75BC">
         <w:t>, metodinių grupių</w:t>
       </w:r>
       <w:r w:rsidR="00DC5B41" w:rsidRPr="00CB75BC">
-        <w:t xml:space="preserve"> veiklą, atsižvelgiant į mokyklos bendruomenės tikslus, uždavinius</w:t>
+        <w:t xml:space="preserve"> veiklą, atsižvelgiant į</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94BD7">
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5B41" w:rsidRPr="00CB75BC">
+        <w:t xml:space="preserve"> bendruomenės tikslus, uždavinius</w:t>
       </w:r>
       <w:r w:rsidR="001367AA" w:rsidRPr="00CB75BC">
         <w:t>,</w:t>
       </w:r>
+      <w:r w:rsidR="00B94BD7">
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
       <w:r w:rsidR="00DC5B41" w:rsidRPr="00CB75BC">
-        <w:t xml:space="preserve"> mokyklos </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001367AA" w:rsidRPr="00CB75BC">
         <w:t xml:space="preserve">prioritetus ir </w:t>
       </w:r>
       <w:r w:rsidR="00DC5B41" w:rsidRPr="00CB75BC">
         <w:t>poreikius.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DC5B41" w:rsidRPr="00CB75BC" w:rsidRDefault="002225B2" w:rsidP="001367AA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidR="00CE1AF8" w:rsidRPr="00CB75BC">
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r w:rsidR="001367AA" w:rsidRPr="00CB75BC">
         <w:t>21</w:t>
       </w:r>
       <w:r w:rsidR="00DC5B41" w:rsidRPr="00CB75BC">
         <w:t>. Konsultuoja besiruošiančius atestuotis naujai kvalifikacinei kategorijai mokytojus, stebi ir apibendrina jų dalykinę, metodinę ir praktinę veiklą.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DC5B41" w:rsidRPr="00CB75BC" w:rsidRDefault="002225B2" w:rsidP="00CE1AF8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidR="00CE1AF8" w:rsidRPr="00CB75BC">
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r w:rsidR="001367AA" w:rsidRPr="00CB75BC">
         <w:t>22</w:t>
       </w:r>
       <w:r w:rsidR="00DC5B41" w:rsidRPr="00CB75BC">
-        <w:t>. Atsižvelgiant į mokyklos poreikius, nukreipia mokytojus į kvalifikacijos kėlimo renginius.</w:t>
+        <w:t>. Atsižvelgiant į</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94BD7">
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5B41" w:rsidRPr="00CB75BC">
+        <w:t xml:space="preserve"> poreikius, nukreipia mokytojus į kvalifikacijos kėlimo renginius.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DC5B41" w:rsidRPr="00CB75BC" w:rsidRDefault="002225B2" w:rsidP="00CE1AF8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidR="00CE1AF8" w:rsidRPr="00CB75BC">
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r w:rsidR="001367AA" w:rsidRPr="00CB75BC">
         <w:t>23</w:t>
       </w:r>
       <w:r w:rsidR="00DC5B41" w:rsidRPr="00CB75BC">
         <w:t xml:space="preserve">. Koordinuoja </w:t>
       </w:r>
       <w:r w:rsidR="001367AA" w:rsidRPr="00CB75BC">
         <w:t>suplanuotą</w:t>
       </w:r>
       <w:r w:rsidR="00DC5B41" w:rsidRPr="00CB75BC">
         <w:t xml:space="preserve"> mokytojų atvirų pamokų, užsiėmimų</w:t>
       </w:r>
       <w:r w:rsidR="001367AA" w:rsidRPr="00CB75BC">
         <w:t>, veiklų</w:t>
       </w:r>
       <w:r w:rsidR="00DC5B41" w:rsidRPr="00CB75BC">
         <w:t xml:space="preserve"> lankymą.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DC5B41" w:rsidRPr="00CB75BC" w:rsidRDefault="00DC5B41" w:rsidP="00DC5B41">
       <w:pPr>
         <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00391E79" w:rsidRDefault="00391E79" w:rsidP="00CE1AF8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00391E79" w:rsidRDefault="00391E79" w:rsidP="00CE1AF8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00391E79" w:rsidRDefault="00391E79" w:rsidP="00CE1AF8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00391E79" w:rsidRDefault="00391E79" w:rsidP="00CE1AF8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002E4D9C" w:rsidRPr="00CB75BC" w:rsidRDefault="002E4D9C" w:rsidP="00CE1AF8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidR="002225B2" w:rsidRPr="00CB75BC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB75BC">
@@ -2109,115 +2423,114 @@
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CB75BC">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CB75BC">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CB75BC">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CB75BC">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C17662" w:rsidRPr="00CB75BC" w:rsidRDefault="001367AA" w:rsidP="00CE1AF8">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="450" w:firstLine="840"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
-        <w:lastRenderedPageBreak/>
         <w:t>24. Tarybos posėdis (kaip ir metodinės grupės pasitarimas) laikomas teisėtu, kai jame dalyvauja ne mažiau kaip du trečdaliai narių</w:t>
       </w:r>
       <w:r w:rsidR="00C17662" w:rsidRPr="00CB75BC">
         <w:t>. Nutarimai priimami posėdyje (kaip ir metodinės grupės pasitarimas) dalyvaujančių narių balsų dauguma.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C17662" w:rsidRPr="00CB75BC" w:rsidRDefault="00C17662" w:rsidP="00280F1E">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="450" w:firstLine="840"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
         <w:t>25. Esant reikalui posėdis (kaip ir metodinės grupės pasitarimas)</w:t>
       </w:r>
       <w:r w:rsidR="00280F1E" w:rsidRPr="00CB75BC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB75BC">
         <w:t>organizuojamas nuotoliniu būdu.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00540C14" w:rsidRPr="00CB75BC" w:rsidRDefault="00C17662" w:rsidP="00280F1E">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="450" w:firstLine="840"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB75BC">
         <w:t>26. Metodinės veiklos plano įgyvendinimas vertinamas metų pabaigoje. Veiklos plano sėkmingumo analizę atlieka plano rengimo  ir įgyvendinimo darbo grupė.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E44540" w:rsidRDefault="00E44540" w:rsidP="00FF038E">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="450" w:right="450" w:firstLine="600"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E44540" w:rsidRPr="00E44540" w:rsidRDefault="00692C85" w:rsidP="00FF038E">
+    <w:p w:rsidR="00E44540" w:rsidRPr="00E44540" w:rsidRDefault="00391E79" w:rsidP="00FF038E">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="450" w:right="450" w:firstLine="600"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>748665</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>28575</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3857625" cy="9525"/>
-                <wp:effectExtent l="9525" t="7620" r="9525" b="11430"/>
+                <wp:effectExtent l="9525" t="5715" r="9525" b="13335"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="AutoShape 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm flipV="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="3857625" cy="9525"/>
                         </a:xfrm>
                         <a:prstGeom prst="straightConnector1">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
@@ -2225,108 +2538,108 @@
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:noFill/>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="73C5A744" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+              <v:shapetype w14:anchorId="770AF165" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
                 <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                 <o:lock v:ext="edit" shapetype="t"/>
               </v:shapetype>
               <v:shape id="AutoShape 2" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:58.95pt;margin-top:2.25pt;width:303.75pt;height:.75pt;flip:y;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC6eRBcJwIAAEgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFGP2jAMfp+0/xD1HdpyhYOKcjq1sJfb&#10;Duluew9J2kZLkyjJUdC0/z4nLWxsL9M0HoId25/tz07XD6dOoCMzlitZROk0iRCTRFEumyL6/Lqb&#10;LCNkHZYUCyVZEZ2ZjR4279+te52zmWqVoMwgAJE273URtc7pPI4taVmH7VRpJsFYK9NhB6ppYmpw&#10;D+idiGdJsoh7Zag2ijBr4bYajNEm4Nc1I+65ri1zSBQR1ObCacJ58Ge8WeO8MVi3nIxl4H+oosNc&#10;QtIrVIUdRm+G/wHVcWKUVbWbEtXFqq45YaEH6CZNfuvmpcWahV6AHKuvNNn/B0s+HfcGcQqzi5DE&#10;HYzo8c2pkBnNPD29tjl4lXJvfIPkJF/0kyJfLZKqbLFsWHB+PWuITX1EfBPiFashyaH/qCj4YMAP&#10;XJ1q06FacP3FB3pw4AOdwnDO1+Gwk0MELu+W8/vFbB4hArbVHCSfCucexcdqY90HpjrkhSKyzmDe&#10;tK5UUsIWKDNkwMcn64bAS4APlmrHhYB7nAuJ+jGBV60SnHpjUExzKIVBR+zXKfzGKm7cjHqTNIC1&#10;DNPtKDvMxSBD1UJ6POgNyhmlYV++rZLVdrldZpNstthOsqSqJo+7Mpssdun9vLqryrJKv3u20ixv&#10;OaVM+uouu5tmf7cb4ysatu66vVca4lv0QDQUe/kPRYcx+8kOO3JQ9Lw3nlo/cVjX4Dw+Lf8eftWD&#10;188PwOYHAAAA//8DAFBLAwQUAAYACAAAACEAuT9wUtwAAAAHAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyOwU6DQBRF9yb+w+SZuLNDGwotZWiMicaFIWnV/ZR5Asq8QWYK9O99rnR5c2/OPfl+tp0YcfCt&#10;IwXLRQQCqXKmpVrB2+vj3QaED5qM7hyhggt62BfXV7nOjJvogOMx1IIh5DOtoAmhz6T0VYNW+4Xr&#10;kbj7cIPVgeNQSzPoieG2k6soSqTVLfFDo3t8aLD6Op6tgm9KL++xHDefZRmSp+eXmrCclLq9me93&#10;IALO4W8Mv/qsDgU7ndyZjBcd52W65amCeA2C+3S1jkGcFCQRyCKX//2LHwAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQC6eRBcJwIAAEgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQC5P3BS3AAAAAcBAAAPAAAAAAAAAAAAAAAAAIEEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAigUAAAAA&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E44540" w:rsidRDefault="00E44540" w:rsidP="00FF038E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0089503B" w:rsidRPr="00C17662" w:rsidRDefault="00C17662" w:rsidP="0089503B">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C17662">
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>APTARTA</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C17662" w:rsidRPr="00C17662" w:rsidRDefault="00C17662" w:rsidP="0089503B">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C17662">
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
-        <w:t>Metodinės tarybos 2022-03-</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CB75BC">
+        <w:t>Metodinės tarybos 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94BD7">
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
-        <w:t>16</w:t>
+        <w:t xml:space="preserve">4- </w:t>
       </w:r>
       <w:r w:rsidRPr="00C17662">
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C17662" w:rsidRPr="00C17662" w:rsidRDefault="00C17662" w:rsidP="0089503B">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C17662">
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>Posėdžio protokoliniu nutarimu</w:t>
@@ -2337,57 +2650,65 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00C17662" w:rsidRPr="00C17662">
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">protokolas Nr. </w:t>
       </w:r>
+      <w:r w:rsidR="00B94BD7">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
-        <w:t>4)</w:t>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00711235" w:rsidRPr="00E44540" w:rsidRDefault="00711235" w:rsidP="00FF038E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00711235" w:rsidRDefault="00711235" w:rsidP="00FF038E">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00711235" w:rsidRDefault="00711235">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00711235" w:rsidSect="00AC172A">
@@ -3544,213 +3865,257 @@
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:drawingGridHorizontalSpacing w:val="24"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A966BF"/>
     <w:rsid w:val="00066AA3"/>
     <w:rsid w:val="001367AA"/>
     <w:rsid w:val="001964DF"/>
     <w:rsid w:val="001A33EA"/>
     <w:rsid w:val="001B2DA9"/>
     <w:rsid w:val="001E05C5"/>
     <w:rsid w:val="002225B2"/>
     <w:rsid w:val="002561CC"/>
     <w:rsid w:val="00280F1E"/>
     <w:rsid w:val="002C68C2"/>
     <w:rsid w:val="002E4D9C"/>
     <w:rsid w:val="003348E4"/>
     <w:rsid w:val="003564B9"/>
     <w:rsid w:val="00360E18"/>
     <w:rsid w:val="00375A95"/>
     <w:rsid w:val="00376744"/>
     <w:rsid w:val="0039109D"/>
+    <w:rsid w:val="00391E79"/>
     <w:rsid w:val="003D6473"/>
-    <w:rsid w:val="003D67DA"/>
     <w:rsid w:val="003F1462"/>
+    <w:rsid w:val="003F3DAF"/>
     <w:rsid w:val="004E0FCB"/>
     <w:rsid w:val="00540C14"/>
     <w:rsid w:val="0054512E"/>
     <w:rsid w:val="00565B5F"/>
     <w:rsid w:val="00571B78"/>
     <w:rsid w:val="005B6D66"/>
     <w:rsid w:val="00611458"/>
     <w:rsid w:val="006203EF"/>
     <w:rsid w:val="00621056"/>
-    <w:rsid w:val="00692C85"/>
     <w:rsid w:val="006D648B"/>
     <w:rsid w:val="00711235"/>
     <w:rsid w:val="00721B4D"/>
     <w:rsid w:val="00741ED2"/>
     <w:rsid w:val="00756C16"/>
     <w:rsid w:val="007610FF"/>
     <w:rsid w:val="00766A37"/>
     <w:rsid w:val="008013F8"/>
     <w:rsid w:val="00827C86"/>
-    <w:rsid w:val="00852C74"/>
     <w:rsid w:val="0089503B"/>
     <w:rsid w:val="008C2F8C"/>
     <w:rsid w:val="008F5CA1"/>
     <w:rsid w:val="009205C5"/>
     <w:rsid w:val="00952BB2"/>
+    <w:rsid w:val="009802AA"/>
     <w:rsid w:val="00991D59"/>
     <w:rsid w:val="009B3DBA"/>
     <w:rsid w:val="009D1504"/>
     <w:rsid w:val="00A86DF8"/>
     <w:rsid w:val="00A966BF"/>
     <w:rsid w:val="00AB546C"/>
     <w:rsid w:val="00AC172A"/>
     <w:rsid w:val="00AD6034"/>
     <w:rsid w:val="00B27CF4"/>
     <w:rsid w:val="00B8428E"/>
     <w:rsid w:val="00B901B1"/>
     <w:rsid w:val="00B935CD"/>
+    <w:rsid w:val="00B94BD7"/>
     <w:rsid w:val="00BA6B0A"/>
     <w:rsid w:val="00BC4EEA"/>
     <w:rsid w:val="00BD1755"/>
     <w:rsid w:val="00BF2F00"/>
     <w:rsid w:val="00C13C4D"/>
     <w:rsid w:val="00C17662"/>
     <w:rsid w:val="00C5415B"/>
     <w:rsid w:val="00C76BB7"/>
     <w:rsid w:val="00CB75BC"/>
     <w:rsid w:val="00CD5A23"/>
     <w:rsid w:val="00CE1AF8"/>
     <w:rsid w:val="00D66FCF"/>
     <w:rsid w:val="00D818FE"/>
     <w:rsid w:val="00D84F25"/>
     <w:rsid w:val="00D91C1A"/>
     <w:rsid w:val="00D95A35"/>
     <w:rsid w:val="00DB35CC"/>
+    <w:rsid w:val="00DC20FC"/>
     <w:rsid w:val="00DC5B41"/>
     <w:rsid w:val="00DF3294"/>
     <w:rsid w:val="00E44540"/>
     <w:rsid w:val="00EF0B97"/>
     <w:rsid w:val="00EF231A"/>
     <w:rsid w:val="00F04D9D"/>
     <w:rsid w:val="00F34DB2"/>
     <w:rsid w:val="00F61ED5"/>
     <w:rsid w:val="00F84630"/>
     <w:rsid w:val="00FC2BC2"/>
     <w:rsid w:val="00FD01C0"/>
     <w:rsid w:val="00FF038E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
-      <o:rules v:ext="edit">
-[...1 lines deleted...]
-      </o:rules>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="231C5809"/>
+  <w14:docId w14:val="2C108F49"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{BC0F4164-1BD3-44EB-B061-CFCFF78D1B6A}"/>
+  <w15:docId w15:val="{0CB48E77-F3FF-4C01-9FD0-51EA3E0BA317}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -3949,68 +4314,74 @@
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Antrat2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="prastasis"/>
     <w:qFormat/>
     <w:rsid w:val="00AD6034"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Grietas">
     <w:name w:val="Strong"/>
     <w:qFormat/>
     <w:rsid w:val="00A966BF"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="prastasiniatinklio">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="prastasis"/>
     <w:rsid w:val="00DB35CC"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Debesliotekstas">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="prastasis"/>
     <w:semiHidden/>
     <w:rsid w:val="009D1504"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
@@ -4057,51 +4428,52 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1566794567">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
@@ -4328,80 +4700,80 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>3443</Characters>
+  <Pages>1</Pages>
+  <Words>6128</Words>
+  <Characters>3493</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>28</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>29</Lines>
+  <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>I</vt:lpstr>
       <vt:lpstr>I </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9465</CharactersWithSpaces>
+  <CharactersWithSpaces>9602</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>I</dc:title>
   <dc:subject/>
   <dc:creator>as</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>