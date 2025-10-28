--- v0 (2025-10-04)
+++ v1 (2025-10-28)
@@ -3,120 +3,151 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="2F26D470" w14:textId="77777777" w:rsidR="00341868" w:rsidRDefault="00EE4335">
+    <w:p w14:paraId="2F26D470" w14:textId="77CFC224" w:rsidR="00341868" w:rsidRDefault="00EE4335">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="2072"/>
           <w:tab w:val="center" w:pos="2593"/>
           <w:tab w:val="center" w:pos="4681"/>
         </w:tabs>
         <w:spacing w:after="32"/>
         <w:ind w:left="-15" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F33EDA">
+        <w:t xml:space="preserve">                                               </w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve">PATVIRTINTA </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FB08D7F" w14:textId="67789C4E" w:rsidR="00341868" w:rsidRDefault="00EE4335" w:rsidP="008F3D9A">
+    <w:p w14:paraId="21CB073C" w14:textId="345F0790" w:rsidR="00F33EDA" w:rsidRDefault="00F33EDA" w:rsidP="008F3D9A">
       <w:pPr>
         <w:spacing w:after="0" w:line="275" w:lineRule="auto"/>
         <w:ind w:left="3889" w:right="720" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:t xml:space="preserve">                          </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE4335">
         <w:t xml:space="preserve">Marijampolės </w:t>
       </w:r>
       <w:r w:rsidR="008F3D9A">
-        <w:t>„Ryto“ pagrindinės mokyklos</w:t>
-      </w:r>
+        <w:t>„Ryto“ p</w:t>
+      </w:r>
+      <w:r>
+        <w:t>rogimnazijos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EB9B78E" w14:textId="2EB54CDB" w:rsidR="00F33EDA" w:rsidRDefault="00EE4335" w:rsidP="008F3D9A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="275" w:lineRule="auto"/>
+        <w:ind w:left="3889" w:right="720" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F33EDA">
+        <w:t xml:space="preserve">                         </w:t>
       </w:r>
       <w:r w:rsidR="008F3D9A">
         <w:t xml:space="preserve">direktoriaus </w:t>
       </w:r>
       <w:r>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="008F3D9A">
-        <w:t>3</w:t>
+      <w:r w:rsidR="001E2BD2">
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> m. </w:t>
       </w:r>
-      <w:r w:rsidR="008F3D9A">
-[...12 lines deleted...]
-        <w:t>51</w:t>
+      <w:r w:rsidR="00853F91">
+        <w:t xml:space="preserve">sausio 6 </w:t>
+      </w:r>
+      <w:r>
+        <w:t>d.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FB08D7F" w14:textId="3122630F" w:rsidR="00341868" w:rsidRDefault="00F33EDA" w:rsidP="008F3D9A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="275" w:lineRule="auto"/>
+        <w:ind w:left="3889" w:right="720" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">                          </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE4335">
+        <w:t>įsakymu Nr. V-</w:t>
+      </w:r>
+      <w:r w:rsidR="00853F91">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE4335">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="333145E9" w14:textId="77777777" w:rsidR="00341868" w:rsidRDefault="00EE4335">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="4528" w:firstLine="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0453D064" w14:textId="77777777" w:rsidR="00341868" w:rsidRDefault="00EE4335">
       <w:pPr>
         <w:spacing w:after="45" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="10" w:firstLine="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -171,109 +202,120 @@
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">BENDROSIOS NUOSTATOS </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ADDE32A" w14:textId="77777777" w:rsidR="00341868" w:rsidRDefault="00EE4335" w:rsidP="004A716E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="852"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="852" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D6096DA" w14:textId="50E79C17" w:rsidR="00341868" w:rsidRDefault="00EE4335" w:rsidP="004A716E">
+    <w:p w14:paraId="3D6096DA" w14:textId="431E551A" w:rsidR="00341868" w:rsidRDefault="00EE4335" w:rsidP="004A716E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="56" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Marijampolės </w:t>
       </w:r>
-      <w:r w:rsidR="00FD72C4">
-        <w:t>„Ryto“ pagrindinės mokyklos</w:t>
+      <w:r w:rsidR="00F33EDA">
+        <w:t>„Ryto“ progimnazijos</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (toliau – </w:t>
       </w:r>
-      <w:r w:rsidR="00FD72C4">
-[...6 lines deleted...]
-    <w:p w14:paraId="3D8805CF" w14:textId="3FD2BE10" w:rsidR="00341868" w:rsidRDefault="00EE4335" w:rsidP="004A716E">
+      <w:r w:rsidR="00F33EDA">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00853F91">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:t xml:space="preserve">darbuotojų kvalifikacijos tobulinimo tvarkos aprašas (toliau – Aprašas) reglamentuoja darbuotojų kvalifikacijos tobulinimo tikslus, uždavinius, būdus, formas, organizavimą ir lėšų panaudojimą. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D8805CF" w14:textId="777A1406" w:rsidR="00341868" w:rsidRDefault="00EE4335" w:rsidP="004A716E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="56" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t>Aprašas parengtas vadovaujantis Lietuvos Respublikos Švietimo ir mokslo ministro 2007 m. kovo 29 d įsakymu Nr. ISAK-556 (Nauja redakcija nuo 202</w:t>
       </w:r>
       <w:r w:rsidR="00FD72C4">
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:t>-01-0</w:t>
       </w:r>
       <w:r w:rsidR="00FD72C4">
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">) „Dėl valstybinių ir savivaldybių </w:t>
       </w:r>
       <w:r w:rsidR="00FD72C4">
-        <w:t>švietimo įstaigų (išskyrus aukštąsias mokyklas) pedagoginių darbuotojų kvalifikacijos tobulinimo nuostatų patvirtinimo“.</w:t>
+        <w:t xml:space="preserve">švietimo įstaigų (išskyrus aukštąsias </w:t>
+      </w:r>
+      <w:r w:rsidR="00F33EDA">
+        <w:t>progimnazija</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD72C4">
+        <w:t>s) pedagoginių darbuotojų kvalifikacijos tobulinimo nuostatų patvirtinimo“.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26539D29" w14:textId="3F2037B6" w:rsidR="00341868" w:rsidRDefault="00EE4335" w:rsidP="004A716E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="56" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Apraše vartojamos sąvokos: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70C0E1E4" w14:textId="77777777" w:rsidR="00341868" w:rsidRDefault="00EE4335" w:rsidP="004A716E">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="-15" w:right="56" w:firstLine="851"/>
       </w:pPr>
@@ -310,51 +352,59 @@
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Kvalifikacijos tobulinimas </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidR="00E75615">
         <w:t>įgytos kvalifikacijos plėtojimas ir profesinių kompetencijų tobulinimas;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0669EBC0" w14:textId="650CFA63" w:rsidR="00341868" w:rsidRDefault="00EE4335" w:rsidP="004A716E">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="-15" w:right="56" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Kvalifikacijos tobulinimo programa </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">– kompetencijų plėtojimo planas, kuriame  nustatomi konkretūs profesinių kompetencijų tobulinimo tikslai ir uždaviniai, apibrėžiamas mokymo(si) turinys, rezultatai bei vertinimo kriterijai. </w:t>
+        <w:t>– kompetencijų plėtojimo planas, kuriame  nustatomi konkretūs profesinių kompetencijų tobulinimo tikslai ir uždaviniai, apibrėžiamas mokymo(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>si</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) turinys, rezultatai bei vertinimo kriterijai. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2885D3BB" w14:textId="0C9C2FAE" w:rsidR="00341868" w:rsidRDefault="004A716E" w:rsidP="004A716E">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="56"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00EE4335">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Kvalifikacijos tobulinimo renginys </w:t>
       </w:r>
       <w:r w:rsidR="00EE4335">
         <w:t xml:space="preserve">– veikla pagal kvalifikacijos tobulinimo programą. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31188281" w14:textId="77777777" w:rsidR="00341868" w:rsidRDefault="00EE4335" w:rsidP="004A716E">
       <w:pPr>
@@ -447,105 +497,107 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve">– dėstytojo, lektoriaus vadovaujama interaktyvi dalyvių sąveika pagal kvalifikacijos tobulinimo programą. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49F848C7" w14:textId="77777777" w:rsidR="00341868" w:rsidRDefault="00EE4335" w:rsidP="004A716E">
       <w:pPr>
         <w:spacing w:after="7" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="10" w:right="249" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Paskaita</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> – išsamus, nuoseklus žodinės temos dėstymas ne trumpesnis nei 1 ak. val. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="550CD508" w14:textId="3F1E6808" w:rsidR="00341868" w:rsidRDefault="00EE4335" w:rsidP="004A716E">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="56" w:firstLine="851"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Supervizija</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> – profesinių santykių konsultavimas. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68556C78" w14:textId="77777777" w:rsidR="00341868" w:rsidRDefault="00EE4335" w:rsidP="004A716E">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="-15" w:right="56" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Paroda</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> – pažangios edukacinės/pedagoginės/meninės patirties viešas rodymas ir/ar stebėjimas, analizavimas, aptarimas. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CC1B2B3" w14:textId="5128E41A" w:rsidR="00341868" w:rsidRDefault="00EE4335" w:rsidP="004A716E">
       <w:pPr>
         <w:spacing w:after="12" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Stažuotė (ilgalaikė ar trumpalaikė) </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">– veikla, vykdoma pagal kvalifikacijos tobulinimo programą, kuria siekiama įgyti ar plėtoti praktinės veiklos kompetencijas, įgyti praktinės patirties. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DF144E2" w14:textId="77777777" w:rsidR="00341868" w:rsidRDefault="00EE4335" w:rsidP="004A716E">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="850" w:firstLine="851"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="531FBFC5" w14:textId="77777777" w:rsidR="001E5A92" w:rsidRDefault="001E5A92">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="799" w:right="853" w:hanging="10"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3BEC735C" w14:textId="1A087FE9" w:rsidR="00341868" w:rsidRDefault="00EE4335">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="799" w:right="853" w:hanging="10"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">II SKYRIUS </w:t>
       </w:r>
@@ -554,237 +606,253 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="764" w:hanging="10"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">KVALIFIKACIJOS TOBULINIMO TIKSLAS, UŽDAVINIAI IR PRINCIPAI </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51302D45" w14:textId="77777777" w:rsidR="00341868" w:rsidRDefault="00EE4335">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="852" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4045A362" w14:textId="20EF2BC1" w:rsidR="00341868" w:rsidRDefault="00EE4335" w:rsidP="004A716E">
+    <w:p w14:paraId="4045A362" w14:textId="0E81BE05" w:rsidR="00341868" w:rsidRDefault="00EE4335" w:rsidP="004A716E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:right="56" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Kvalifikacijos tobulinimo tikslas </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">– sudaryti sąlygas ir skatinti </w:t>
       </w:r>
+      <w:r w:rsidR="00F33EDA">
+        <w:t>Progimnazijos</w:t>
+      </w:r>
       <w:r w:rsidR="001E5A92">
-        <w:t xml:space="preserve">Mokyklos </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">darbuotojus įgyti ir plėtoti savo kompetencijas, siekiant įgyvendinti švietimui keliamus tikslus ir iššūkius. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A99AEFB" w14:textId="77777777" w:rsidR="00341868" w:rsidRDefault="00EE4335" w:rsidP="004A716E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="56" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Kvalifikacijos tobulinimo uždaviniai:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04DABEDC" w14:textId="3A808349" w:rsidR="00341868" w:rsidRDefault="00EE4335" w:rsidP="005C5B8E">
+    <w:p w14:paraId="04DABEDC" w14:textId="5E72F56F" w:rsidR="00341868" w:rsidRDefault="00EE4335" w:rsidP="005C5B8E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="0" w:right="56" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">vadovaujantis </w:t>
       </w:r>
-      <w:r w:rsidR="004B34F3">
-        <w:t>Mokyklos</w:t>
+      <w:r w:rsidR="00F33EDA">
+        <w:t>Progimnazijos</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> strateginiais siekiais ir suplanuotomis veiklos kryptimis, sistemingai ir kokybiškai vykdyti darbuotojų kvalifikacijos tobulinimą; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56D8B212" w14:textId="4328EA30" w:rsidR="00341868" w:rsidRDefault="00EE4335" w:rsidP="005C5B8E">
+    <w:p w14:paraId="56D8B212" w14:textId="271548C7" w:rsidR="00341868" w:rsidRDefault="00EE4335" w:rsidP="005C5B8E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="0" w:right="56" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">skatinti, kad </w:t>
       </w:r>
-      <w:r w:rsidR="004B34F3">
-        <w:t>Mokyklos</w:t>
+      <w:r w:rsidR="00F33EDA">
+        <w:t>Progimnazijos</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> darbuotojai kvalifikacijos tobulinimo renginiuose įgytas žinias ir gebėjimus aktyviai taikytų savo praktinėje veikloje, siekdami gerinti ugdymo kokybę; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52344690" w14:textId="77777777" w:rsidR="00341868" w:rsidRDefault="00EE4335" w:rsidP="005C5B8E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="0" w:right="56" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">plėtoti ir skatinti metodinį, dalykinį ir profesinį bendradarbiavimą, gerosios patirties sklaidą; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A83DCFA" w14:textId="638CC4F0" w:rsidR="00341868" w:rsidRDefault="00EE4335" w:rsidP="005C5B8E">
+    <w:p w14:paraId="3A83DCFA" w14:textId="693D98F5" w:rsidR="00341868" w:rsidRDefault="00EE4335" w:rsidP="005C5B8E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="0" w:right="56" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">sudaryti sąlygas </w:t>
       </w:r>
-      <w:r w:rsidR="004B34F3">
-        <w:t>Mokyklos</w:t>
+      <w:r w:rsidR="00F33EDA">
+        <w:t>Progimnazijos</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> mokytojams įgyvendinti kvalifikacinius reikalavimus, apibrėžtus mokytojų ir pagalbos mokiniui specialistų (išskyrus psichologus) atestacijos nuostatuose. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FC1346A" w14:textId="77777777" w:rsidR="00341868" w:rsidRDefault="00EE4335" w:rsidP="004A716E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:right="56" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Kvalifikacijos tobulinimo principai:  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6204BF4A" w14:textId="77777777" w:rsidR="00341868" w:rsidRDefault="00EE4335" w:rsidP="005C5B8E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="0" w:right="56" w:firstLine="851"/>
       </w:pPr>
-      <w:r>
-        <w:t xml:space="preserve">kontekstualumo – vykdant kvalifikacijos tobulinimą, atsižvelgti į Lietuvos švietimo iššūkius, aktualijas, prioritetus ir kaitą, šiuolaikiško švietimo tendencijas, aktualius pedagoginių darbuotojų tobulinimosi poreikius;  </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>kontekstualumo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – vykdant kvalifikacijos tobulinimą, atsižvelgti į Lietuvos švietimo iššūkius, aktualijas, prioritetus ir kaitą, šiuolaikiško švietimo tendencijas, aktualius pedagoginių darbuotojų </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>tobulinimosi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> poreikius;  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62173B47" w14:textId="0B51D485" w:rsidR="00CE5557" w:rsidRPr="00CE5557" w:rsidRDefault="00CE5557" w:rsidP="004A716E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">6.2. </w:t>
       </w:r>
       <w:r w:rsidR="00EE4335">
         <w:t xml:space="preserve">lygių galimybių – </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE5557">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>yra socialiai teisingi ir užtikrina kvalifikacijos tobulinimo programų ir renginių prieinamumą, nediskriminuodami pedagoginių darbuotojų einamų pareigų, lyties, rasės, tautybės, pilietybės, kilmės, socialinės padėties, įsitikinimų ar pažiūrų, amžiaus, lytinės orientacijos, negalios, etninės priklausomybės, religijos pagrindu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CD7FC98" w14:textId="304A0C7A" w:rsidR="00341868" w:rsidRDefault="00EE4335" w:rsidP="005C5B8E">
+    <w:p w14:paraId="7CD7FC98" w14:textId="5DE8ACB0" w:rsidR="00341868" w:rsidRDefault="00EE4335" w:rsidP="005C5B8E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="0" w:right="56" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">laisvo apsisprendimo – darbuotojai laisvai renkasi kvalifikacijos tobulinimo programas, derindami su </w:t>
       </w:r>
-      <w:r w:rsidR="00CE5557">
-        <w:t>Mokyklos</w:t>
+      <w:r w:rsidR="00F33EDA">
+        <w:t>Progimnazijos</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> metinio ir strateginio plano tikslais, uždaviniais;  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0502493C" w14:textId="77777777" w:rsidR="00341868" w:rsidRDefault="00EE4335" w:rsidP="005C5B8E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="0" w:right="56" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">veiksmingumo – darbuotojų kvalifikacijos tobulinimo sistema lanksti, atvira, pagrįsta </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43C03992" w14:textId="38F0E95D" w:rsidR="00341868" w:rsidRDefault="00EE4335" w:rsidP="005C5B8E">
       <w:pPr>
         <w:ind w:right="56" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t>įsivertinimu, siekiant ugdymo kokybės, tinkamai naudojant turimus išteklius</w:t>
       </w:r>
       <w:r w:rsidR="00CE5557">
@@ -839,51 +907,51 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="799" w:right="858" w:hanging="10"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">KVALIFIKACIJOS TOBULINIMO ORGANIZAVIMAS </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="657BCC15" w14:textId="77777777" w:rsidR="00341868" w:rsidRDefault="00EE4335">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="852" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17A03BE1" w14:textId="13723925" w:rsidR="00341868" w:rsidRDefault="00EE4335" w:rsidP="00482256">
+    <w:p w14:paraId="17A03BE1" w14:textId="22B7604B" w:rsidR="00341868" w:rsidRDefault="00EE4335" w:rsidP="00482256">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="3119"/>
           <w:tab w:val="left" w:pos="4395"/>
           <w:tab w:val="left" w:pos="5529"/>
           <w:tab w:val="left" w:pos="6237"/>
           <w:tab w:val="left" w:pos="6804"/>
           <w:tab w:val="left" w:pos="8931"/>
           <w:tab w:val="left" w:pos="9214"/>
         </w:tabs>
         <w:ind w:right="56" w:firstLine="993"/>
       </w:pPr>
       <w:r w:rsidRPr="004A716E">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepedagoginiai </w:t>
       </w:r>
       <w:r w:rsidRPr="004A716E">
         <w:rPr>
@@ -892,334 +960,387 @@
         <w:tab/>
         <w:t xml:space="preserve">darbuotojai </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">profesinę </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">kvalifikaciją </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>tobulin</w:t>
       </w:r>
       <w:r w:rsidR="005C5B8E">
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">suderindami </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">su </w:t>
       </w:r>
-      <w:r w:rsidR="005C5B8E">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> kyklos</w:t>
+      <w:r w:rsidR="00F33EDA">
+        <w:t>progimnazijos</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> direktoriumi ir atsižvelgiant į patvirtintas kvalifikacijai skirtas lėšas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C2533B1" w14:textId="77777777" w:rsidR="005C5B8E" w:rsidRPr="005C5B8E" w:rsidRDefault="005C5B8E" w:rsidP="005C5B8E">
+    <w:p w14:paraId="0C2533B1" w14:textId="47E9133A" w:rsidR="005C5B8E" w:rsidRPr="005C5B8E" w:rsidRDefault="005C5B8E" w:rsidP="005C5B8E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:firstLine="993"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C5B8E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pedagoginiai darbuotojai kvalifikaciją gali plėtoti įgydami kito (-ų) mokomojo (-ųjų) dalyko (-ų) ir ugdymo srities pedagoginės specializacijos kompetencijų aukštojoje mokykloje. </w:t>
+        <w:t>Pedagoginiai darbuotojai kvalifikaciją gali plėtoti įgydami kito (-ų) mokomojo (-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C5B8E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ųjų</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C5B8E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) dalyko (-ų) ir ugdymo srities pedagoginės specializacijos kompetencijų aukštojoje </w:t>
+      </w:r>
+      <w:r w:rsidR="00F33EDA">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C5B8E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C32426E" w14:textId="4741ED26" w:rsidR="005C5B8E" w:rsidRDefault="005C5B8E" w:rsidP="005C5B8E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:firstLine="993"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C5B8E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Pedagoginiai darbuotojai profesines kompetencijas gali tobulinti pedagoginių darbuotojų kvalifikacijos tobulinimo programose, nacionalinėse pedagoginių darbuotojų kvalifikacijos tobulinimo programose</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="005C5B8E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">renginiuose ir savišvietos būdu, taip pat dalyvaudami mentorystės mokymuose, ugdomosios ir vadybinės veiklos stebėjimuose ir aptarimuose, praktinės veiklos refleksijose, stažuotėse ir kituose neformaliojo suaugusiųjų švietimo renginiuose. </w:t>
+        <w:t xml:space="preserve">renginiuose ir savišvietos būdu, taip pat dalyvaudami </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C5B8E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mentorystės</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C5B8E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokymuose, ugdomosios ir vadybinės veiklos stebėjimuose ir </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C5B8E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aptarimuose</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C5B8E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, praktinės veiklos refleksijose, stažuotėse ir kituose neformaliojo suaugusiųjų švietimo renginiuose. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D176241" w14:textId="56DAE963" w:rsidR="00D12A04" w:rsidRPr="00D12A04" w:rsidRDefault="00D12A04" w:rsidP="00D12A04">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:firstLine="993"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pedagoginiai darbuotojai </w:t>
       </w:r>
       <w:r w:rsidRPr="00A02BC6">
-        <w:t>laisvai renkasi kvalifikacijos tobulinimo formas, programas bei tobulinimosi laiką</w:t>
+        <w:t xml:space="preserve">laisvai renkasi kvalifikacijos tobulinimo formas, programas bei </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A02BC6">
+        <w:t>tobulinimosi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A02BC6">
+        <w:t xml:space="preserve"> laiką</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A642BB1" w14:textId="5EC0C8C6" w:rsidR="00341868" w:rsidRDefault="00482256" w:rsidP="005C5B8E">
+    <w:p w14:paraId="1A642BB1" w14:textId="20F5EBB1" w:rsidR="00341868" w:rsidRDefault="00482256" w:rsidP="005C5B8E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:right="56" w:firstLine="993"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EE4335">
         <w:t xml:space="preserve">Pedagoginis darbuotojas, užpildęs savianalizės anketą, 1 kartą per metus įsivertina savo profesines kompetencijas, remdamasis vaikų pasiekimų ir pažangos, ugdomosios veiklos ir darbo </w:t>
       </w:r>
-      <w:r w:rsidR="005C5B8E">
-        <w:t>Mokyklos</w:t>
+      <w:r w:rsidR="00F33EDA">
+        <w:t>Progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="00EE4335">
         <w:t xml:space="preserve"> bendruomenėje rezultatais, numato kompetencijų tobulinimo tikslus, renkasi profesinių kompetencijų tobulinimo formas ir Programas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FECE152" w14:textId="6ECA3785" w:rsidR="00341868" w:rsidRDefault="00482256" w:rsidP="00A30454">
+    <w:p w14:paraId="0FECE152" w14:textId="009A3E8B" w:rsidR="00341868" w:rsidRDefault="00482256" w:rsidP="00A30454">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:ind w:right="56" w:firstLine="851"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve"> Mokykla</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F33EDA">
+        <w:t>Progimnazija</w:t>
       </w:r>
       <w:r w:rsidR="00EE4335">
         <w:t xml:space="preserve"> analizuoja pedagoginių darbuotojų profesinių kompetencijų augimą bei profesinių kompetencijų tobulinimo poreikius, remdamasi </w:t>
       </w:r>
-      <w:r>
-        <w:t>Mokyklos</w:t>
+      <w:r w:rsidR="00F33EDA">
+        <w:t>Progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="00EE4335">
         <w:t xml:space="preserve"> veiklos įsivertinimo, išorinio vertinimo išvadomis, ir planuoja pedagoginių darbuotojų profesinį tobulėjimą, parenka profesinių kompetencijų tobulinimo formas bei Programą. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DA9D3A7" w14:textId="00F21C14" w:rsidR="00341868" w:rsidRDefault="00ED3626" w:rsidP="004A716E">
+    <w:p w14:paraId="6DA9D3A7" w14:textId="08E6A22E" w:rsidR="00341868" w:rsidRDefault="00F33EDA" w:rsidP="004A716E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
       </w:pPr>
       <w:r>
-        <w:t>Mokykla</w:t>
+        <w:t>Progimnazija</w:t>
       </w:r>
       <w:r w:rsidR="00EE4335">
         <w:t xml:space="preserve"> sudaro galimybes pedagoginiams darbuotojams pasinaudoti teise ne mažiau kaip 5 dienas per metus dalyvauti pasirinktos Programos renginiuose bei trumpos trukmės renginiuose. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2729A69B" w14:textId="71B0CE83" w:rsidR="00341868" w:rsidRDefault="00EE4335" w:rsidP="004A716E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:right="56" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Darbuotojai gali vykti į kvalifikacijos </w:t>
       </w:r>
       <w:r w:rsidRPr="00ED3626">
         <w:t xml:space="preserve">tobulinimo renginius Lietuvoje ir užsienyje, vadovaujantis Lietuvos Respublikos darbo kodeksu ir </w:t>
       </w:r>
       <w:r w:rsidR="00ED3626">
         <w:t xml:space="preserve">Tarnybinių komandiruočių išlaidų apmokėjimo biudžetinėse įstaigose taisyklėmis </w:t>
       </w:r>
       <w:r w:rsidRPr="00ED3626">
         <w:t>bei k</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">itais dokumentais. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B5BA37E" w14:textId="68624EE9" w:rsidR="00D12A04" w:rsidRPr="004D5F96" w:rsidRDefault="00D12A04" w:rsidP="004A716E">
+    <w:p w14:paraId="3B5BA37E" w14:textId="7871C420" w:rsidR="00D12A04" w:rsidRPr="004D5F96" w:rsidRDefault="00D12A04" w:rsidP="004A716E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Pedagogai, </w:t>
       </w:r>
       <w:r w:rsidRPr="00A02BC6">
         <w:t xml:space="preserve">pageidaujantys dalyvauti kvalifikacijos tobulinimo renginiuose, privalo  ne vėliau kaip per 3 dienas parašyti prašymą </w:t>
       </w:r>
-      <w:r>
-        <w:t>mokyklos</w:t>
+      <w:r w:rsidR="00F33EDA">
+        <w:t>progimnazijos</w:t>
       </w:r>
       <w:r w:rsidRPr="00A02BC6">
         <w:t xml:space="preserve"> direktoriui, kuriame pateikia renginio pavadinimą, organizatorius, vietą, trukmę</w:t>
       </w:r>
       <w:r w:rsidR="009203AC">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00BE6E80">
         <w:t>tikslą</w:t>
       </w:r>
       <w:r w:rsidRPr="00A02BC6">
         <w:t xml:space="preserve">, kokias išlaidas turėtų apmokėti </w:t>
       </w:r>
-      <w:r>
-        <w:t>mokykla</w:t>
+      <w:r w:rsidR="00F33EDA">
+        <w:t>progimnazija</w:t>
       </w:r>
       <w:r w:rsidRPr="00A02BC6">
         <w:t xml:space="preserve"> iš jai skirtų asignavimų ir dalyvavimo pagrindą (</w:t>
       </w:r>
       <w:r w:rsidRPr="001438B6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Aprašo 1 priedas</w:t>
       </w:r>
       <w:r w:rsidRPr="00A02BC6">
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A02BC6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Pedagogo prašymas, suderintas su direktoriaus pavaduotoju ugdymui, pateikiamas per Dokumentų valdymo sistemą (DVS):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F2843AD" w14:textId="77777777" w:rsidR="00ED3626" w:rsidRDefault="00EE4335" w:rsidP="004A716E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="25" w:line="257" w:lineRule="auto"/>
         <w:ind w:right="56" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Jei kvalifikacijos tobulinimo renginys yra nemokamas ir pedagoginiai darbuotojai vyksta ne darbo metu, suderinimas yra neprivalomas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52F4E9ED" w14:textId="7557DD62" w:rsidR="00341868" w:rsidRPr="00ED3626" w:rsidRDefault="00EE4335" w:rsidP="004A716E">
+    <w:p w14:paraId="52F4E9ED" w14:textId="5EC15FCD" w:rsidR="00341868" w:rsidRPr="00ED3626" w:rsidRDefault="00EE4335" w:rsidP="004A716E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="25" w:line="257" w:lineRule="auto"/>
         <w:ind w:right="56" w:firstLine="851"/>
       </w:pPr>
       <w:r w:rsidRPr="00ED3626">
-        <w:rPr>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00ED3626">
         <w:t xml:space="preserve">Direktorius parengia leidimo vykti į kvalifikacijos tobulinimo renginį įsakymą. Darbuotojai dalyvauti kvalifikacijos tobulinimo renginyje, vykstančiame darbo dienomis ir /ar darbo valandomis, gali tik turėdami </w:t>
       </w:r>
-      <w:r w:rsidR="009203AC">
-        <w:t>Mokyklos</w:t>
+      <w:r w:rsidR="00F33EDA">
+        <w:t>Progimnazijos</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED3626">
         <w:t xml:space="preserve"> vadovo įsakymą. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76AEF704" w14:textId="202D886D" w:rsidR="00341868" w:rsidRDefault="00EE4335" w:rsidP="004A716E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="25" w:line="257" w:lineRule="auto"/>
         <w:ind w:right="56" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t>Pedagoginiai darbuotojai, grįžę iš kvalifikacijos tobulinimo renginių, vykdo sklaidą,</w:t>
       </w:r>
       <w:r w:rsidR="009203AC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">dalijasi gerąja patirtimi su savo dalyko mokytojais ir metodinėje grupėje, jeigu tai yra aktualu.  </w:t>
       </w:r>
     </w:p>
@@ -1277,216 +1398,250 @@
     </w:p>
     <w:p w14:paraId="0C07C60C" w14:textId="77777777" w:rsidR="00341868" w:rsidRDefault="00EE4335" w:rsidP="00ED3626">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:right="56"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Nepedagoginių darbuotojų kvalifikacijos tobulinimas finansuojamas iš savivaldybės biudžeto lėšų. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21457807" w14:textId="77777777" w:rsidR="00341868" w:rsidRDefault="00EE4335" w:rsidP="00ED3626">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:right="56"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Direktoriaus, jo pavaduotojų ugdymui, pagalbos mokiniui specialistų, mokytojų kvalifikacijos tobulinimas finansuojamas iš valstybės biudžeto, vadovaujantis Lietuvos Respublikos Vyriausybės nutarimu patvirtinta Mokymo lėšų apskaičiavimo ir paskirstymo metodika. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="011A6AD4" w14:textId="6F3F784E" w:rsidR="00341868" w:rsidRDefault="00EE4335" w:rsidP="00ED3626">
+    <w:p w14:paraId="011A6AD4" w14:textId="7FB42002" w:rsidR="00341868" w:rsidRDefault="00EE4335" w:rsidP="00ED3626">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:right="56"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Trūkstant lėšų, kvalifikacijos tobulinimas gali būti finansuojamas iš dalies, pinigus skirstant proporcingai direktoriaus, jo pavaduotojų ugdymui, mokytojų, pagalbos mokiniui specialistų, dirbančių pagrindinėje darbovietėje, skaičiui. Skirstant lėšas taip pat turi būti atsižvelgta į seminaro svarbą, kokybę bei jo atitikimą </w:t>
       </w:r>
-      <w:r w:rsidR="009203AC">
-        <w:t>Mokyklos</w:t>
+      <w:r w:rsidR="00F33EDA">
+        <w:t>Progimnazijos</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> strateginiams tikslams ir metinėms veiklos kryptims bei asmenų profesiniams siekiams. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D810906" w14:textId="432AD566" w:rsidR="00341868" w:rsidRDefault="00EE4335" w:rsidP="00ED3626">
+    <w:p w14:paraId="6D810906" w14:textId="59385851" w:rsidR="00341868" w:rsidRDefault="00EE4335" w:rsidP="00ED3626">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:right="56"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Siekiant racionaliai ir taupiai naudoti kvalifikacijos tobulinimui skirtas lėšas, </w:t>
       </w:r>
+      <w:r w:rsidR="00F33EDA">
+        <w:t>Progimnazijoje</w:t>
+      </w:r>
       <w:r w:rsidR="009203AC">
-        <w:t xml:space="preserve">Mokykloje </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">gali būti organizuojami bendri seminarai. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A442C5C" w14:textId="77777777" w:rsidR="00341868" w:rsidRDefault="00EE4335">
+    <w:p w14:paraId="0A442C5C" w14:textId="590B6B76" w:rsidR="00341868" w:rsidRDefault="00341868">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w14:paraId="419B96E0" w14:textId="10430880" w:rsidR="00F33EDA" w:rsidRDefault="00F33EDA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76A9BE49" w14:textId="2C4F344C" w:rsidR="00F33EDA" w:rsidRDefault="00F33EDA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75961502" w14:textId="3906E9BC" w:rsidR="00F33EDA" w:rsidRDefault="00F33EDA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1420684B" w14:textId="552E33EB" w:rsidR="00F33EDA" w:rsidRDefault="00F33EDA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="74668A21" w14:textId="6283AC25" w:rsidR="00341868" w:rsidRDefault="00EE4335" w:rsidP="009203AC">
       <w:pPr>
         <w:spacing w:after="26" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1277" w:right="856" w:firstLine="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>SKYRIUS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CCE037C" w14:textId="77777777" w:rsidR="00341868" w:rsidRDefault="00EE4335">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="799" w:right="856" w:hanging="10"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">DOKUMENTŲ VALDYMAS IR SAUGOJIMAS </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26686A50" w14:textId="77777777" w:rsidR="00341868" w:rsidRDefault="00EE4335">
       <w:pPr>
         <w:spacing w:after="16" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="850" w:firstLine="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="576AC3CE" w14:textId="77777777" w:rsidR="009203AC" w:rsidRDefault="00EE4335" w:rsidP="00ED3626">
+    <w:p w14:paraId="576AC3CE" w14:textId="0A5CC123" w:rsidR="009203AC" w:rsidRDefault="00EE4335" w:rsidP="00ED3626">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:right="56"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Direktoriaus pavaduotojų ugdymui, mokytojų, pagalbos mokiniui specialistų prašymai dalyvauti kvalifikacijos tobulinimo renginiuose ir direktoriaus įsakymai dėl leidimo vykti į kvalifikacijos tobulinimo renginius saugomi </w:t>
       </w:r>
-      <w:r w:rsidR="009203AC">
-        <w:t>Mokyklos</w:t>
+      <w:r w:rsidR="00F33EDA">
+        <w:t>Progimnazijos</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> nustatyta dokumentų saugojimo tvarka. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EC356BB" w14:textId="1A02A095" w:rsidR="00341868" w:rsidRDefault="00EE4335" w:rsidP="009203AC">
+    <w:p w14:paraId="0EC356BB" w14:textId="798325A0" w:rsidR="00341868" w:rsidRDefault="00EE4335" w:rsidP="009203AC">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:right="56"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> Grįžę iš kvalifikacijos renginio, darbuotojai kvalifikacijos pažymėjimus/pažymas (originalus) pateikia direktoriaus pavaduotojui ugdymui, atsakingam už kvalifikacijos tobulinimą </w:t>
       </w:r>
+      <w:r w:rsidR="00F33EDA">
+        <w:t>Progimnazijoje</w:t>
+      </w:r>
       <w:r w:rsidR="009203AC">
-        <w:lastRenderedPageBreak/>
-        <w:t>Mokykloje.</w:t>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Direktoriaus pavaduotojas ugdymui pažymėjimą/pažymą užregistruoja (2 priedas) ir grąžina darbuotojui. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76E30B56" w14:textId="03A4771C" w:rsidR="00341868" w:rsidRDefault="009203AC">
+    <w:p w14:paraId="76E30B56" w14:textId="378AB453" w:rsidR="00341868" w:rsidRDefault="00F33EDA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:right="56"/>
       </w:pPr>
       <w:r>
-        <w:t>Mokyklos</w:t>
+        <w:t>Progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="00EE4335">
         <w:t xml:space="preserve"> direktorius, jo pavaduotojai ugdymui, mokytojai, pagalbos mokiniui specialistai gautus kvalifikacijos tobulinimo pažymėjimus/pažymas </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="009203AC">
         <w:t xml:space="preserve">saugo </w:t>
       </w:r>
       <w:r w:rsidR="00EE4335">
         <w:t>asmeniškai</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="009203AC">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00EE4335">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F36E66A" w14:textId="5039D79F" w:rsidR="00341868" w:rsidRDefault="009203AC">
+    <w:p w14:paraId="7F36E66A" w14:textId="1F2C787A" w:rsidR="00341868" w:rsidRDefault="00F33EDA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:right="56"/>
       </w:pPr>
       <w:r>
-        <w:t>Mokyklos</w:t>
+        <w:t>Progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="00EE4335">
         <w:t xml:space="preserve"> direktoriaus pavaduotojas ugdymui, atsakingas už kvalifikacijos tobulinimą, kalendorinių metų pabaigoje (iki gruodžio 31 d.) apibendrina </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Mokyklos </w:t>
+        <w:t>Progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="009203AC">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EE4335">
         <w:t xml:space="preserve">pedagoginių darbuotojų dalyvavimą kvalifikacijos tobulinimo renginiuose ir išvadas pristato Mokytojų tarybos posėdyje arba Metodinės tarybos pasitarime. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78325A3B" w14:textId="77777777" w:rsidR="00341868" w:rsidRDefault="00EE4335">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EBC6EAA" w14:textId="77777777" w:rsidR="00341868" w:rsidRDefault="00EE4335">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="799" w:right="855" w:hanging="10"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -1500,126 +1655,138 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="799" w:right="852" w:hanging="10"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">BAIGIAMOSIOS NUOSTATOS </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1614EC17" w14:textId="77777777" w:rsidR="00341868" w:rsidRDefault="00EE4335">
       <w:pPr>
         <w:spacing w:after="7" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="852" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BB1E4AE" w14:textId="46113CA1" w:rsidR="00341868" w:rsidRDefault="009203AC">
+    <w:p w14:paraId="3BB1E4AE" w14:textId="66B1F973" w:rsidR="00341868" w:rsidRDefault="00F33EDA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="25" w:line="257" w:lineRule="auto"/>
         <w:ind w:right="56"/>
       </w:pPr>
       <w:r>
-        <w:t>Mokyklos</w:t>
+        <w:t>Progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="00EE4335">
         <w:t xml:space="preserve"> pedagogų kvalifikacijos tobulinimas įtrauktas į metinį veiklos planą. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="329EB523" w14:textId="5F999427" w:rsidR="00341868" w:rsidRDefault="00EE4335">
+    <w:p w14:paraId="329EB523" w14:textId="3D2B79C1" w:rsidR="00341868" w:rsidRDefault="00EE4335">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:right="56"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Šio Aprašo įgyvendinimo kontrolę vykdo </w:t>
       </w:r>
+      <w:r w:rsidR="00F33EDA">
+        <w:t>Progimnazijos</w:t>
+      </w:r>
       <w:r w:rsidR="009203AC">
-        <w:t xml:space="preserve">Mokyklos </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">direktorius. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D97D5F6" w14:textId="77777777" w:rsidR="00341868" w:rsidRDefault="00EE4335">
       <w:pPr>
         <w:spacing w:after="7" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="10" w:right="66" w:hanging="10"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">_____________________ </w:t>
       </w:r>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="14F7F478" w14:textId="77777777" w:rsidR="00341868" w:rsidRDefault="00EE4335">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5121727C" w14:textId="35EC34B3" w:rsidR="00D12A04" w:rsidRDefault="00D12A04" w:rsidP="00D12A04">
+    <w:p w14:paraId="5121727C" w14:textId="5D01EE6F" w:rsidR="00D12A04" w:rsidRDefault="00F33EDA" w:rsidP="00D12A04">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="5103"/>
       </w:pPr>
       <w:r>
-        <w:t>Marijampolės „Ryto“ pagrindinės mokyklos</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0B31D13F" w14:textId="77777777" w:rsidR="00D12A04" w:rsidRDefault="00D12A04" w:rsidP="00D12A04">
+        <w:t xml:space="preserve">Marijampolės „Ryto“ </w:t>
+      </w:r>
+      <w:r w:rsidR="00D12A04">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B31D13F" w14:textId="761E269A" w:rsidR="00D12A04" w:rsidRDefault="00F33EDA" w:rsidP="00D12A04">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="5103"/>
       </w:pPr>
       <w:r>
-        <w:t>pedagogų k</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A02BC6">
+        <w:t>darbuotojų</w:t>
+      </w:r>
+      <w:r w:rsidR="00D12A04">
+        <w:t xml:space="preserve"> k</w:t>
+      </w:r>
+      <w:r w:rsidR="00D12A04" w:rsidRPr="00A02BC6">
         <w:t xml:space="preserve">valifikacijos tobulinimo </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11351B55" w14:textId="77777777" w:rsidR="00D12A04" w:rsidRPr="00A02BC6" w:rsidRDefault="00D12A04" w:rsidP="00D12A04">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="5103"/>
       </w:pPr>
       <w:r w:rsidRPr="00A02BC6">
         <w:t>tvarkos aprašo</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D663D42" w14:textId="77777777" w:rsidR="00D12A04" w:rsidRPr="00A02BC6" w:rsidRDefault="00D12A04" w:rsidP="00D12A04">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="5103"/>
       </w:pPr>
       <w:r w:rsidRPr="00A02BC6">
         <w:t xml:space="preserve">1 priedas </w:t>
       </w:r>
     </w:p>
@@ -1690,56 +1857,62 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A02BC6">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(dalykas, kvalifikacinė kategorija)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BA98B05" w14:textId="77777777" w:rsidR="00D12A04" w:rsidRDefault="00D12A04" w:rsidP="00D12A04">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="32474251" w14:textId="77777777" w:rsidR="00D12A04" w:rsidRPr="00A02BC6" w:rsidRDefault="00D12A04" w:rsidP="00D12A04">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72C7EEDF" w14:textId="4EA1B917" w:rsidR="00D12A04" w:rsidRPr="00A02BC6" w:rsidRDefault="00BE6E80" w:rsidP="00D12A04">
+    <w:p w14:paraId="72C7EEDF" w14:textId="1A0D45E7" w:rsidR="00D12A04" w:rsidRPr="00A02BC6" w:rsidRDefault="00BE6E80" w:rsidP="00D12A04">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
-        <w:t>Marijampolės „Ryto“ pagrindinės mokyklos direktoriui</w:t>
+        <w:t xml:space="preserve">Marijampolės „Ryto“ </w:t>
+      </w:r>
+      <w:r w:rsidR="00F33EDA">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> direktoriui</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B23CBDB" w14:textId="77777777" w:rsidR="00D12A04" w:rsidRPr="00A02BC6" w:rsidRDefault="00D12A04" w:rsidP="00D12A04">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="275091A9" w14:textId="77777777" w:rsidR="00D12A04" w:rsidRPr="00FD11AC" w:rsidRDefault="00D12A04" w:rsidP="00D12A04">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FD11AC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>PRAŠYMAS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58F0D909" w14:textId="77777777" w:rsidR="00D12A04" w:rsidRPr="00FD11AC" w:rsidRDefault="00D12A04" w:rsidP="00D12A04">
@@ -1829,51 +2002,67 @@
     <w:p w14:paraId="4923BC5E" w14:textId="5A32CA6E" w:rsidR="00D12A04" w:rsidRDefault="00D12A04" w:rsidP="00D12A04">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="698CBACB" w14:textId="18B74228" w:rsidR="00BE6E80" w:rsidRDefault="00BE6E80" w:rsidP="00D12A04">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2849AAC5" w14:textId="77777777" w:rsidR="00BE6E80" w:rsidRDefault="00D12A04" w:rsidP="00BE6E80">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00A02BC6">
         <w:t>Kuri</w:t>
       </w:r>
       <w:r>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00A02BC6">
-        <w:t>(-ie/-is)</w:t>
+        <w:t>(-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A02BC6">
+        <w:t>ie</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A02BC6">
+        <w:t>/-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A02BC6">
+        <w:t>is</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A02BC6">
+        <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A02BC6">
         <w:t>vyks</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43C2EC46" w14:textId="57A70505" w:rsidR="00BE6E80" w:rsidRDefault="00BE6E80" w:rsidP="00BE6E80">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>-----------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------</w:t>
       </w:r>
       <w:r w:rsidR="00D12A04">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13D55734" w14:textId="77777777" w:rsidR="00BE6E80" w:rsidRDefault="00D12A04" w:rsidP="00BE6E80">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00A02BC6">
@@ -7097,199 +7286,202 @@
         <w:ind w:right="56" w:firstLine="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00341868">
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="11899" w:h="16841"/>
       <w:pgMar w:top="845" w:right="502" w:bottom="984" w:left="1702" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="54812965" w14:textId="77777777" w:rsidR="00B36501" w:rsidRDefault="00EE4335">
+    <w:p w14:paraId="506B2263" w14:textId="77777777" w:rsidR="00F31976" w:rsidRDefault="00F31976">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6761F013" w14:textId="77777777" w:rsidR="00B36501" w:rsidRDefault="00EE4335">
+    <w:p w14:paraId="2C90FCCF" w14:textId="77777777" w:rsidR="00F31976" w:rsidRDefault="00F31976">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="58BBE0E8" w14:textId="77777777" w:rsidR="00B36501" w:rsidRDefault="00EE4335">
+    <w:p w14:paraId="794B628A" w14:textId="77777777" w:rsidR="00F31976" w:rsidRDefault="00F31976">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0CA93D74" w14:textId="77777777" w:rsidR="00B36501" w:rsidRDefault="00EE4335">
+    <w:p w14:paraId="7788BEDA" w14:textId="77777777" w:rsidR="00F31976" w:rsidRDefault="00F31976">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="5412A2FF" w14:textId="77777777" w:rsidR="00341868" w:rsidRDefault="00EE4335">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:right="65" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="35AE4051" w14:textId="77777777" w:rsidR="00341868" w:rsidRDefault="00EE4335">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w14:paraId="35AE4051" w14:textId="60A387C9" w:rsidR="00341868" w:rsidRDefault="00EE4335">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:right="65" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
-      <w:t>2</w:t>
+    <w:r w:rsidR="00853F91">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="33C92B60" w14:textId="77777777" w:rsidR="00341868" w:rsidRDefault="00341868">
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0CE55726"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2E32BDD2"/>
     <w:lvl w:ilvl="0" w:tplc="B136D9CC">
       <w:start w:val="23"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
@@ -8224,162 +8416,173 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="4E5C84B2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6828"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="2090811929">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1186288178">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1284191706">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="40374292">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="781920195">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00341868"/>
+    <w:rsid w:val="000C0DF4"/>
+    <w:rsid w:val="000F230C"/>
     <w:rsid w:val="00102B02"/>
+    <w:rsid w:val="00104797"/>
+    <w:rsid w:val="001E2BD2"/>
     <w:rsid w:val="001E5A92"/>
+    <w:rsid w:val="002A6796"/>
     <w:rsid w:val="00341868"/>
     <w:rsid w:val="00395861"/>
     <w:rsid w:val="00482256"/>
     <w:rsid w:val="004A716E"/>
     <w:rsid w:val="004B34F3"/>
     <w:rsid w:val="00524ED6"/>
     <w:rsid w:val="005C5B8E"/>
+    <w:rsid w:val="0068071D"/>
+    <w:rsid w:val="00853F91"/>
+    <w:rsid w:val="00881895"/>
     <w:rsid w:val="008F3D9A"/>
     <w:rsid w:val="009203AC"/>
     <w:rsid w:val="00A30454"/>
+    <w:rsid w:val="00A727FC"/>
     <w:rsid w:val="00B36501"/>
     <w:rsid w:val="00BE6E80"/>
-    <w:rsid w:val="00C679B1"/>
+    <w:rsid w:val="00C6537D"/>
     <w:rsid w:val="00CE5557"/>
     <w:rsid w:val="00D12A04"/>
     <w:rsid w:val="00E53471"/>
     <w:rsid w:val="00E75615"/>
     <w:rsid w:val="00ED3626"/>
     <w:rsid w:val="00EE4335"/>
+    <w:rsid w:val="00F31976"/>
+    <w:rsid w:val="00F33EDA"/>
     <w:rsid w:val="00FD72C4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4E513D5D"/>
   <w15:docId w15:val="{E0D389F4-70A2-4A8E-8CAC-EB6EEF610B5B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -8707,55 +8910,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="5" w:line="267" w:lineRule="auto"/>
       <w:ind w:firstLine="698"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -8783,51 +8981,54 @@
     </w:pPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sraopastraipa">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="prastasis"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00CE5557"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -9087,71 +9288,71 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>4900</Characters>
+  <Pages>1</Pages>
+  <Words>8738</Words>
+  <Characters>4981</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>40</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>41</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13469</CharactersWithSpaces>
+  <CharactersWithSpaces>13692</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Windows User</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>