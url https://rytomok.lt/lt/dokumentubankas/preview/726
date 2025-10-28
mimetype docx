--- v0 (2025-10-04)
+++ v1 (2025-10-28)
@@ -1,500 +1,558 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="25B39A5D" w14:textId="77777777" w:rsidR="00C71818" w:rsidRDefault="00C71818" w:rsidP="00B324D1">
+    <w:p w:rsidR="00C71818" w:rsidRDefault="00C71818" w:rsidP="00B324D1">
       <w:pPr>
         <w:ind w:left="6480" w:hanging="668"/>
       </w:pPr>
       <w:r w:rsidRPr="00C71818">
         <w:t>PATVIRTINTA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7635BB8C" w14:textId="77777777" w:rsidR="00C71818" w:rsidRDefault="00AC5A3B" w:rsidP="00B324D1">
+    <w:p w:rsidR="001D5C2E" w:rsidRDefault="001D5C2E" w:rsidP="00B324D1">
       <w:pPr>
         <w:ind w:left="6237" w:hanging="425"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Mokyklos direktoriaus </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0668DAEE" w14:textId="77777777" w:rsidR="00AC5A3B" w:rsidRDefault="002C0491" w:rsidP="00B324D1">
+        <w:t>Marijampolės ,,Ryto“ progimnazijos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C71818" w:rsidRDefault="00AC5A3B" w:rsidP="00B324D1">
+      <w:pPr>
+        <w:ind w:left="6237" w:hanging="425"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">direktoriaus </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC5A3B" w:rsidRDefault="002C0491" w:rsidP="00B324D1">
       <w:pPr>
         <w:ind w:firstLine="5812"/>
       </w:pPr>
       <w:r>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00B324D1">
-        <w:t>23 kovo 1</w:t>
-[...2 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="002C4557">
+        <w:t>5 m.</w:t>
+      </w:r>
+      <w:r w:rsidR="000E690A">
+        <w:t xml:space="preserve"> sausio 6</w:t>
       </w:r>
       <w:r w:rsidR="00B324D1">
-        <w:t xml:space="preserve"> d. </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002C4557">
+        <w:t xml:space="preserve">d. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> įsakymu Nr. V-</w:t>
       </w:r>
-      <w:r w:rsidR="00E6658E">
-[...4 lines deleted...]
-    <w:p w14:paraId="41657565" w14:textId="77777777" w:rsidR="00CB771D" w:rsidRDefault="00CB771D" w:rsidP="00CB771D">
+      <w:r w:rsidR="000E690A">
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC5A3B" w:rsidRPr="00C71818" w:rsidRDefault="00AC5A3B" w:rsidP="00C71818"/>
+    <w:p w:rsidR="00CB771D" w:rsidRDefault="00CB771D" w:rsidP="00CB771D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C556ED8" w14:textId="77777777" w:rsidR="00DF0BFF" w:rsidRPr="00AC5A3B" w:rsidRDefault="00DF0BFF" w:rsidP="00CB771D">
+    <w:p w:rsidR="00DF0BFF" w:rsidRPr="00AC5A3B" w:rsidRDefault="00DF0BFF" w:rsidP="00CB771D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC5A3B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">MARIJAMPOLĖS ,,RYTO“ </w:t>
       </w:r>
-      <w:r w:rsidR="00C71818" w:rsidRPr="00AC5A3B">
+      <w:r w:rsidR="001D5C2E">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>PAGRINDINĖ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CB771D">
+        <w:t>PROGIMNAZIJOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF0BFF" w:rsidRDefault="003D4E72" w:rsidP="00EB5BFE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>S</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AC5A3B">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> MOKYKL</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CB771D">
+        <w:t xml:space="preserve">MOKYTOJŲ </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF0BFF" w:rsidRPr="00AC5A3B">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>OS</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="248A356E" w14:textId="77777777" w:rsidR="00DF0BFF" w:rsidRDefault="003D4E72" w:rsidP="00CB771D">
+        <w:t xml:space="preserve">BUDĖJIMO </w:t>
+      </w:r>
+      <w:r w:rsidR="00C12308">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>PROGIMNAZIJOJE</w:t>
+      </w:r>
+      <w:r w:rsidR="00282CC7">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007273E2">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>TVARKOS APRAŠAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007273E2" w:rsidRDefault="007273E2" w:rsidP="00C01990">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...32 lines deleted...]
-    <w:p w14:paraId="0E9B4742" w14:textId="77777777" w:rsidR="007273E2" w:rsidRPr="007273E2" w:rsidRDefault="007273E2" w:rsidP="007273E2">
+    </w:p>
+    <w:p w:rsidR="007273E2" w:rsidRPr="007273E2" w:rsidRDefault="007273E2" w:rsidP="007273E2">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007273E2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
         <w:t>I. BENDROSIOS NUOSTATOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7609722F" w14:textId="77777777" w:rsidR="007273E2" w:rsidRDefault="007273E2" w:rsidP="007273E2">
+    <w:p w:rsidR="007273E2" w:rsidRDefault="007273E2" w:rsidP="007273E2">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="636E72A7" w14:textId="77777777" w:rsidR="007273E2" w:rsidRDefault="00C40BF3" w:rsidP="00FA05B8">
+    <w:p w:rsidR="007273E2" w:rsidRDefault="00C40BF3" w:rsidP="00FA05B8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidR="007273E2">
-        <w:t>Budėjimo mokykloje organizavimo tvarkos aprašas reglamentuoja Marijampo</w:t>
+        <w:t xml:space="preserve">Budėjimo </w:t>
+      </w:r>
+      <w:r w:rsidR="00C12308">
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidR="007273E2">
+        <w:t xml:space="preserve"> organizavimo tvarkos aprašas reglamentuoja Marijampo</w:t>
       </w:r>
       <w:r w:rsidR="000B67D6">
         <w:t>l</w:t>
       </w:r>
+      <w:r w:rsidR="000E690A">
+        <w:t>ės ,,</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="007273E2">
-        <w:t>ės ‚Ryto“ pagrindinės mokyklos (toliau tekste – mokykla) budėjimo organizavimą, vykdymą ir priežiūrą.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1F315AFE" w14:textId="77777777" w:rsidR="003A15AC" w:rsidRDefault="003A15AC" w:rsidP="003A15AC">
+        <w:t xml:space="preserve">Ryto“ </w:t>
+      </w:r>
+      <w:r w:rsidR="001D5C2E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="007273E2">
+        <w:t xml:space="preserve"> (toliau tekste – </w:t>
+      </w:r>
+      <w:r w:rsidR="001D5C2E">
+        <w:t>progimnazija</w:t>
+      </w:r>
+      <w:r w:rsidR="007273E2">
+        <w:t>) budėjimo organizavimą, vykdymą ir priežiūrą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A15AC" w:rsidRDefault="003A15AC" w:rsidP="003A15AC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">               2. Budėjimo tikslas – užtikrinti mokyklos mokinių ir mokytojų psichologinį ir fizinį saugumą.</w:t>
+        <w:t xml:space="preserve">               2. Budėjimo tikslas – užtikrinti </w:t>
+      </w:r>
+      <w:r w:rsidR="001D5C2E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> mokinių ir mokytojų psichologinį ir fizinį saugumą.</w:t>
       </w:r>
       <w:r w:rsidR="00C40BF3">
         <w:t xml:space="preserve">     </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="437C9272" w14:textId="77777777" w:rsidR="003A15AC" w:rsidRDefault="003A15AC" w:rsidP="003A15AC">
+    <w:p w:rsidR="003A15AC" w:rsidRDefault="003A15AC" w:rsidP="003A15AC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>3. Budėjimo uždaviniai:</w:t>
       </w:r>
       <w:r w:rsidR="00C40BF3">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D0B06E4" w14:textId="77777777" w:rsidR="003A15AC" w:rsidRDefault="003A15AC" w:rsidP="003A15AC">
+    <w:p w:rsidR="003A15AC" w:rsidRDefault="003A15AC" w:rsidP="003A15AC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>3.1. stebėti ir kontroliuoti, kaip mokyklos mokiniai laikosi elgesio taisyklių;</w:t>
+        <w:t xml:space="preserve">3.1. stebėti ir kontroliuoti, kaip </w:t>
+      </w:r>
+      <w:r w:rsidR="001D5C2E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> mokiniai laikosi elgesio taisyklių;</w:t>
       </w:r>
       <w:r w:rsidR="00C40BF3">
         <w:t xml:space="preserve">     </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B142CBF" w14:textId="77777777" w:rsidR="003A15AC" w:rsidRDefault="003A15AC" w:rsidP="003A15AC">
+    <w:p w:rsidR="003A15AC" w:rsidRDefault="003A15AC" w:rsidP="003A15AC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>3.2. padėti mokiniams išvengti nelaimingų atsitikimų, traumų, patyčių ir smurto;</w:t>
       </w:r>
       <w:r w:rsidR="00C40BF3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60058602" w14:textId="77777777" w:rsidR="003A15AC" w:rsidRDefault="003A15AC" w:rsidP="003A15AC">
+    <w:p w:rsidR="003A15AC" w:rsidRDefault="003A15AC" w:rsidP="003A15AC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>3.3. tausoti mokyklos patalpas ir jose esantį inventorių, palaikyti švarą ir tvarką.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4EF2E6C6" w14:textId="77777777" w:rsidR="00C40BF3" w:rsidRDefault="003A15AC" w:rsidP="003A15AC">
+        <w:t xml:space="preserve">3.3. tausoti </w:t>
+      </w:r>
+      <w:r w:rsidR="001D5C2E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> patalpas ir jose esantį inventorių, palaikyti švarą ir tvarką.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40BF3" w:rsidRDefault="003A15AC" w:rsidP="003A15AC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>3.4. palaikyti m</w:t>
       </w:r>
       <w:r w:rsidR="00C40BF3" w:rsidRPr="00C40BF3">
         <w:t>okinių kultūring</w:t>
       </w:r>
       <w:r>
         <w:t>ą</w:t>
       </w:r>
       <w:r w:rsidR="00C40BF3" w:rsidRPr="00C40BF3">
         <w:t xml:space="preserve"> elges</w:t>
       </w:r>
       <w:r>
         <w:t>į</w:t>
       </w:r>
       <w:r w:rsidR="00C40BF3" w:rsidRPr="00C40BF3">
         <w:t>, drausm</w:t>
       </w:r>
       <w:r>
         <w:t>ę</w:t>
       </w:r>
       <w:r w:rsidR="00C40BF3" w:rsidRPr="00C40BF3">
         <w:t>, švar</w:t>
       </w:r>
       <w:r>
         <w:t>ą</w:t>
       </w:r>
       <w:r w:rsidR="00C40BF3" w:rsidRPr="00C40BF3">
         <w:t xml:space="preserve"> ir tvark</w:t>
       </w:r>
       <w:r>
         <w:t>ą</w:t>
       </w:r>
       <w:r w:rsidR="00C40BF3" w:rsidRPr="00C40BF3">
         <w:t xml:space="preserve"> patalpose ir teritorijoje.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="578C10EC" w14:textId="77777777" w:rsidR="00C40BF3" w:rsidRPr="00C40BF3" w:rsidRDefault="00C40BF3" w:rsidP="00C40BF3">
+    <w:p w:rsidR="00C40BF3" w:rsidRPr="00C40BF3" w:rsidRDefault="00C40BF3" w:rsidP="00C40BF3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33720327" w14:textId="77777777" w:rsidR="00C40BF3" w:rsidRPr="00C40BF3" w:rsidRDefault="00C40BF3" w:rsidP="00C40BF3">
+    <w:p w:rsidR="00C40BF3" w:rsidRPr="00C40BF3" w:rsidRDefault="00C40BF3" w:rsidP="00C40BF3">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C40BF3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
         <w:t>II. BUDĖJIMO ORGANIZAVIMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37EFCBB5" w14:textId="77777777" w:rsidR="00C40BF3" w:rsidRDefault="000B67D6" w:rsidP="000B67D6">
+    <w:p w:rsidR="00C40BF3" w:rsidRDefault="000B67D6" w:rsidP="000B67D6">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">              </w:t>
       </w:r>
       <w:r w:rsidR="003A15AC">
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00C40BF3">
-        <w:t>Budėjimas mokykloje organizuojamas pagal mokyklos direktoriaus patvirtintą tvarkaraštį.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="05669EBF" w14:textId="77777777" w:rsidR="000B67D6" w:rsidRPr="00FA017D" w:rsidRDefault="0034404A" w:rsidP="000B67D6">
+        <w:t xml:space="preserve">Budėjimas </w:t>
+      </w:r>
+      <w:r w:rsidR="00C12308">
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidR="00C40BF3">
+        <w:t xml:space="preserve"> organizuojamas pagal </w:t>
+      </w:r>
+      <w:r w:rsidR="001D5C2E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00C40BF3">
+        <w:t xml:space="preserve"> direktoriaus patvirtintą tvarkaraštį.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B67D6" w:rsidRPr="00FA017D" w:rsidRDefault="0034404A" w:rsidP="000B67D6">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">              </w:t>
       </w:r>
       <w:r w:rsidR="003A15AC">
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="000B67D6">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="003E1F69" w:rsidRPr="00FA017D">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Budėjim</w:t>
       </w:r>
       <w:r w:rsidR="00FA017D" w:rsidRPr="00FA017D">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>ą vykdo mokytojai, a</w:t>
       </w:r>
       <w:r w:rsidR="000B67D6" w:rsidRPr="00FA017D">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">dministracijos atstovas </w:t>
       </w:r>
       <w:r w:rsidR="00FA017D" w:rsidRPr="00FA017D">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>užtikrina sklandų mokytojų budėjimą.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CE4BD82" w14:textId="77777777" w:rsidR="000B67D6" w:rsidRDefault="0034404A" w:rsidP="00B324D1">
+    <w:p w:rsidR="000B67D6" w:rsidRDefault="0034404A" w:rsidP="00B324D1">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">              </w:t>
       </w:r>
       <w:r w:rsidR="003A15AC">
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="000B67D6">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00B324D1">
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidR="00B324D1" w:rsidRPr="00B324D1">
         <w:t>udintys mokytojai vaikšto po visą jiems skirtą budėjimo zoną</w:t>
       </w:r>
       <w:r w:rsidR="00B324D1">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="000B67D6">
         <w:t>privalo turėti skiriamąjį ženklą</w:t>
       </w:r>
       <w:r w:rsidR="00B324D1">
         <w:t>, kortelę su užrašu „Budintis mokytojas“.</w:t>
       </w:r>
       <w:r w:rsidR="00E16CBE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E46FFEF" w14:textId="77777777" w:rsidR="008E2848" w:rsidRDefault="0034404A" w:rsidP="007950D0">
+    <w:p w:rsidR="008E2848" w:rsidRDefault="0034404A" w:rsidP="007950D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">              </w:t>
       </w:r>
       <w:r w:rsidR="007950D0">
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00E16CBE" w:rsidRPr="00AA77A2">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="008E2848" w:rsidRPr="00AA77A2">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Budėjimo postai:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04D5809E" w14:textId="77777777" w:rsidR="008E2848" w:rsidRPr="00CB771D" w:rsidRDefault="00CB771D" w:rsidP="00CB771D">
+    <w:p w:rsidR="008E2848" w:rsidRPr="00CB771D" w:rsidRDefault="00CB771D" w:rsidP="00CB771D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>pirmas</w:t>
       </w:r>
       <w:r w:rsidR="008E2848">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">aukštas – </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB771D">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
@@ -518,51 +576,51 @@
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB771D">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>nuo rūbinių iki pradinukų korpuso</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">), </w:t>
       </w:r>
       <w:r>
         <w:t>pradinių klasių korpusas;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DB3EC91" w14:textId="77777777" w:rsidR="0049338A" w:rsidRDefault="00E16CBE" w:rsidP="00FA05B8">
+    <w:p w:rsidR="0049338A" w:rsidRDefault="00E16CBE" w:rsidP="00FA05B8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FA05B8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CB771D">
         <w:t xml:space="preserve">antras aukštas – </w:t>
       </w:r>
       <w:r w:rsidR="0049338A">
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00CB771D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0049338A">
         <w:t>korp</w:t>
@@ -576,818 +634,850 @@
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> nuo bibliotekos iki muzikos kabineto), II korpusas </w:t>
       </w:r>
       <w:r w:rsidR="00FA05B8" w:rsidRPr="00FA05B8">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(nuo mokytojų</w:t>
       </w:r>
       <w:r w:rsidR="00FA05B8">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> kambario iki pradinukų korpuso)</w:t>
       </w:r>
       <w:r w:rsidR="0049338A">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00FA05B8">
         <w:t xml:space="preserve">pradinių klasių korpusas; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A872EDF" w14:textId="77777777" w:rsidR="00FA05B8" w:rsidRDefault="00FA05B8" w:rsidP="00FA05B8">
+    <w:p w:rsidR="00FA05B8" w:rsidRDefault="00FA05B8" w:rsidP="00FA05B8">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>trečias aukštas – I korpusas (</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA05B8">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>nuo 301 kabineto iki 310 kabineto), II korpusas (nuo psichologo kabineto iki pradinukų korpuso</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>), pradinių klasių korpusas;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F1E03B1" w14:textId="77777777" w:rsidR="0049338A" w:rsidRPr="00FA05B8" w:rsidRDefault="00FA05B8" w:rsidP="00FA05B8">
+    <w:p w:rsidR="0049338A" w:rsidRPr="00FA05B8" w:rsidRDefault="00FA05B8" w:rsidP="00FA05B8">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidR="0049338A">
         <w:t>algykla</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D807F9A" w14:textId="77777777" w:rsidR="0049338A" w:rsidRDefault="00E16CBE" w:rsidP="00BE0E38">
+    <w:p w:rsidR="0049338A" w:rsidRDefault="00E16CBE" w:rsidP="00BE0E38">
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r w:rsidR="00B324D1">
         <w:t>kiemas</w:t>
       </w:r>
       <w:r w:rsidR="0049338A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45AC4323" w14:textId="77777777" w:rsidR="0034404A" w:rsidRDefault="0034404A" w:rsidP="00AD11AC">
+    <w:p w:rsidR="0034404A" w:rsidRDefault="0034404A" w:rsidP="00AD11AC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C9869DB" w14:textId="77777777" w:rsidR="00E16CBE" w:rsidRPr="00E16CBE" w:rsidRDefault="00E16CBE" w:rsidP="00E16CBE">
+    <w:p w:rsidR="00E16CBE" w:rsidRPr="00E16CBE" w:rsidRDefault="00E16CBE" w:rsidP="00E16CBE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E16CBE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>III. BUDĖJIMO VYKDYMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E21F615" w14:textId="77777777" w:rsidR="00851B66" w:rsidRDefault="00851B66" w:rsidP="00BE0E38">
+    <w:p w:rsidR="00851B66" w:rsidRDefault="00851B66" w:rsidP="00BE0E38">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="77EA89D3" w14:textId="77777777" w:rsidR="00EA7570" w:rsidRPr="00FA05B8" w:rsidRDefault="00AA77A2" w:rsidP="00E16CBE">
+    <w:p w:rsidR="00EA7570" w:rsidRPr="00FA05B8" w:rsidRDefault="00AA77A2" w:rsidP="00E16CBE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">               </w:t>
       </w:r>
       <w:r w:rsidR="00AD11AC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00EA7570" w:rsidRPr="00B60A63">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>. Budintis mokytojas:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BB649C7" w14:textId="77777777" w:rsidR="00EA7570" w:rsidRDefault="00AA77A2" w:rsidP="00E16CBE">
+    <w:p w:rsidR="00EA7570" w:rsidRDefault="00AA77A2" w:rsidP="00E16CBE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">               </w:t>
       </w:r>
       <w:r w:rsidR="00AD11AC">
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00FA05B8">
         <w:t>.1</w:t>
       </w:r>
       <w:r w:rsidR="00EA7570">
         <w:t>. Prižiūri, kad mokiniai laikytųsi mokinio elgesio taisyklių, vidaus tvarkos taisyklių.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B394750" w14:textId="77777777" w:rsidR="00EA7570" w:rsidRDefault="00AA77A2" w:rsidP="00AA77A2">
+    <w:p w:rsidR="00EA7570" w:rsidRDefault="00AA77A2" w:rsidP="00AA77A2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">               </w:t>
       </w:r>
       <w:r w:rsidR="00AD11AC">
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00FA05B8">
         <w:t>.2.</w:t>
       </w:r>
       <w:r w:rsidR="00EA7570">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005958CE">
         <w:t>Atsako už tvarką, mokinių drausmę ir saugumą. Pastebėjęs konfliktinę situaciją, patyčių ar smurto atvejus, turto niokojimą ar kitus vidaus tvarkos taisyklių pažeidimus  imasi priemonių tvarkai atstatyti, i</w:t>
       </w:r>
       <w:r w:rsidR="00EA7570">
         <w:t xml:space="preserve">nformuoja administracijos atstovą apie budėjimo metu padarytus </w:t>
       </w:r>
       <w:r w:rsidR="005958CE">
         <w:t xml:space="preserve">vidaus taisyklių </w:t>
       </w:r>
       <w:r w:rsidR="00EA7570">
         <w:t>pažeidimus.</w:t>
       </w:r>
       <w:r w:rsidR="005958CE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F7190D0" w14:textId="77777777" w:rsidR="005958CE" w:rsidRDefault="00B60A63" w:rsidP="007950D0">
+    <w:p w:rsidR="005958CE" w:rsidRDefault="00B60A63" w:rsidP="007950D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">               </w:t>
       </w:r>
       <w:r w:rsidR="00AD11AC">
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00FA05B8">
         <w:t>.3.</w:t>
       </w:r>
       <w:r w:rsidR="005958CE">
         <w:t xml:space="preserve"> Jei</w:t>
       </w:r>
       <w:r w:rsidR="00FA05B8">
         <w:t xml:space="preserve"> budinčiam mokytojui</w:t>
       </w:r>
       <w:r w:rsidR="005958CE">
         <w:t xml:space="preserve"> budėjimo dieną/budėjimo dienos dalį reikia išvykti, veiklą derina su kitu mokytoju ir apie </w:t>
       </w:r>
       <w:r w:rsidR="00D74363">
         <w:t>tai informuoja administ</w:t>
       </w:r>
       <w:r w:rsidR="005958CE">
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="00D74363">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="005958CE">
         <w:t>cijos atstovą.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42CD8A14" w14:textId="77777777" w:rsidR="007950D0" w:rsidRDefault="00AD11AC" w:rsidP="007950D0">
+    <w:p w:rsidR="007950D0" w:rsidRDefault="00AD11AC" w:rsidP="007950D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="007950D0">
-        <w:t>. Už tinkamą mokinių elgesį ir budėjimą mokyklos renginių metu (jei nėra kitos tvarkos) atsakingas klasės vadovas.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6236E752" w14:textId="77777777" w:rsidR="008E2848" w:rsidRPr="00FA05B8" w:rsidRDefault="00FA05B8" w:rsidP="00FA05B8">
+        <w:t xml:space="preserve">. Už tinkamą mokinių elgesį ir budėjimą </w:t>
+      </w:r>
+      <w:r w:rsidR="001D5C2E">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="007950D0">
+        <w:t xml:space="preserve"> renginių metu (jei nėra kitos tvarkos) atsakingas klasės vadovas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E2848" w:rsidRPr="00FA05B8" w:rsidRDefault="00FA05B8" w:rsidP="00FA05B8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00AD11AC">
         <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00B60A63" w:rsidRPr="006B6485">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Administracijos atstovas:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F552E9F" w14:textId="77777777" w:rsidR="00B60A63" w:rsidRDefault="00AA77A2" w:rsidP="00FA05B8">
+    <w:p w:rsidR="00B60A63" w:rsidRDefault="00AA77A2" w:rsidP="00FA05B8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">              </w:t>
       </w:r>
       <w:r w:rsidR="00FA05B8">
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00AD11AC">
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="00FA05B8">
         <w:t xml:space="preserve">.1. </w:t>
       </w:r>
       <w:r w:rsidR="00B60A63">
-        <w:t xml:space="preserve"> Vykdo budėjimo mokykloje priežiūrą.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="31EA70F0" w14:textId="77777777" w:rsidR="00B60A63" w:rsidRDefault="00B60A63" w:rsidP="00FA05B8">
+        <w:t xml:space="preserve"> Vykdo budėjimo </w:t>
+      </w:r>
+      <w:r w:rsidR="00C12308">
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidR="00B60A63">
+        <w:t xml:space="preserve"> priežiūrą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B60A63" w:rsidRDefault="00B60A63" w:rsidP="00FA05B8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r w:rsidR="00B02CE5">
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidR="00FA05B8">
         <w:t xml:space="preserve"> 1</w:t>
       </w:r>
       <w:r w:rsidR="00AD11AC">
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="00FA05B8">
         <w:t xml:space="preserve">.2. </w:t>
       </w:r>
       <w:r w:rsidR="00B02CE5">
         <w:t xml:space="preserve"> Neatvykus budinčia</w:t>
       </w:r>
       <w:r>
         <w:t>m mokytojui į darbą skiria kitą mokytoją.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09FB85AD" w14:textId="77777777" w:rsidR="008769E2" w:rsidRDefault="002C67EB" w:rsidP="002C67EB">
+    <w:p w:rsidR="008769E2" w:rsidRDefault="002C67EB" w:rsidP="002C67EB">
       <w:pPr>
         <w:ind w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00AD11AC">
         <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:t>.3</w:t>
       </w:r>
       <w:r w:rsidR="008769E2">
         <w:t>. Esant tvarkos pažeidimams priima sprendimus tvarkai atstatyti.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1143F333" w14:textId="77777777" w:rsidR="002C67EB" w:rsidRDefault="002C67EB" w:rsidP="002C67EB">
+    <w:p w:rsidR="002C67EB" w:rsidRDefault="002C67EB" w:rsidP="002C67EB">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="003A15AC">
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00AD11AC">
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="003A15AC">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="002C67EB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Budintys mokiniai.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00C12308">
+        <w:t>Progimnazijoje</w:t>
+      </w:r>
       <w:r w:rsidRPr="002C67EB">
-        <w:t xml:space="preserve">Mokykloje mokiniai nebudi, bet gali būti </w:t>
+        <w:t xml:space="preserve"> mokiniai nebudi, bet gali būti </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">skiriami </w:t>
       </w:r>
       <w:r w:rsidRPr="002C67EB">
         <w:t>budintys mokiniai-savanoriai.</w:t>
       </w:r>
       <w:r w:rsidR="00C6692B">
         <w:t xml:space="preserve"> Už labai gerą budėjimą mokiniams gali būti skiriamos socialinės-pilietinės veiklos valandos. Valandų skaičius aptariamas su klasės vadovu ir budinčiais mokytojais.              </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76D5AB97" w14:textId="77777777" w:rsidR="007950D0" w:rsidRDefault="003A15AC" w:rsidP="002C67EB">
+    <w:p w:rsidR="007950D0" w:rsidRDefault="003A15AC" w:rsidP="002C67EB">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00AD11AC">
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00C6692B" w:rsidRPr="00C6692B">
-        <w:t>Prie įėjimo budintis aptarnaujančio personalo darbuotojas registruoja visus į mokyklą atvykstančius pašalinius asmenis, jiems suteikia reikalingą informaciją ir, esant reikalui, apie</w:t>
+        <w:t xml:space="preserve">Prie įėjimo budintis aptarnaujančio personalo darbuotojas registruoja visus į </w:t>
+      </w:r>
+      <w:r w:rsidR="00C12308">
+        <w:t>progimnaziją</w:t>
+      </w:r>
+      <w:r w:rsidR="00C6692B" w:rsidRPr="00C6692B">
+        <w:t xml:space="preserve"> atvykstančius pašalinius asmenis, jiems suteikia reikalingą informaciją ir, esant reikalui, apie</w:t>
       </w:r>
       <w:r w:rsidR="00C6692B" w:rsidRPr="00C6692B">
         <w:br/>
         <w:t xml:space="preserve">pašalinius asmenis informuoja </w:t>
       </w:r>
       <w:r w:rsidR="00C6692B">
         <w:t>administraciją.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E24A54E" w14:textId="77777777" w:rsidR="00C6692B" w:rsidRPr="00C6692B" w:rsidRDefault="00C6692B" w:rsidP="002C67EB">
+    <w:p w:rsidR="00C6692B" w:rsidRPr="00C6692B" w:rsidRDefault="00C6692B" w:rsidP="002C67EB">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00AD11AC">
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C6692B">
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C6692B">
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ukšto </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C6692B">
-        <w:t>foje budintis mokytojas prižiūri mokinių išėjimą/įėjimą iš/į</w:t>
-[...5 lines deleted...]
-    <w:p w14:paraId="5EE69F70" w14:textId="77777777" w:rsidR="00C6692B" w:rsidRPr="00C6692B" w:rsidRDefault="00C6692B" w:rsidP="002C67EB">
+        <w:t>foje</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C6692B">
+        <w:t xml:space="preserve"> budintis mokytojas prižiūri mokinių išėjimą/įėjimą iš/į</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C12308">
+        <w:t>progimnaziją</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C6692B" w:rsidRPr="00C6692B" w:rsidRDefault="00C6692B" w:rsidP="002C67EB">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="507F8080" w14:textId="77777777" w:rsidR="007950D0" w:rsidRDefault="007950D0" w:rsidP="007950D0">
+    <w:p w:rsidR="007950D0" w:rsidRDefault="007950D0" w:rsidP="007950D0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
         </w:rPr>
         <w:t>III. BUDINČIŲ MOKYTOJŲ PAREIGOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46718F28" w14:textId="77777777" w:rsidR="007950D0" w:rsidRDefault="007950D0" w:rsidP="007950D0">
+    <w:p w:rsidR="007950D0" w:rsidRDefault="007950D0" w:rsidP="007950D0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D8DD783" w14:textId="77777777" w:rsidR="007950D0" w:rsidRDefault="007950D0" w:rsidP="007950D0">
+    <w:p w:rsidR="007950D0" w:rsidRDefault="007950D0" w:rsidP="007950D0">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007950D0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00AD11AC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="007950D0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>. Budintis mokytojas:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1591783C" w14:textId="77777777" w:rsidR="007950D0" w:rsidRDefault="007950D0" w:rsidP="007950D0">
+    <w:p w:rsidR="007950D0" w:rsidRDefault="007950D0" w:rsidP="007950D0">
       <w:pPr>
         <w:ind w:firstLine="851"/>
       </w:pPr>
       <w:r w:rsidRPr="007950D0">
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00AD11AC">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="007950D0">
         <w:t>.1.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> į budėjimo vietą atvyksta 10 min. prieš pamokas, turi budėtojo kortelę;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08BE5FC1" w14:textId="77777777" w:rsidR="007950D0" w:rsidRDefault="007950D0" w:rsidP="007950D0">
+    <w:p w:rsidR="007950D0" w:rsidRDefault="007950D0" w:rsidP="007950D0">
       <w:pPr>
         <w:ind w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00AD11AC">
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:t>.2. po pamokos į budėjimo vietą atvyksta iš karto po skambučio į pertrauką;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A6C2D4F" w14:textId="77777777" w:rsidR="007950D0" w:rsidRDefault="007950D0" w:rsidP="007950D0">
+    <w:p w:rsidR="007950D0" w:rsidRDefault="007950D0" w:rsidP="007950D0">
       <w:pPr>
         <w:ind w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00AD11AC">
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:t>.3. visoje budėjimo teritorijoje palaiko tvarką ir užtikrina mokinių saugumą;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7312DA08" w14:textId="77777777" w:rsidR="007950D0" w:rsidRDefault="007950D0" w:rsidP="007950D0">
+    <w:p w:rsidR="007950D0" w:rsidRDefault="007950D0" w:rsidP="007950D0">
       <w:pPr>
         <w:ind w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00AD11AC">
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:t>.4. reikalauja, kad mokiniai drausmingai elgtųsi, nesistumdytų, nešūkautų, nešiukšlintų, nežaistų judrių ir azartinių žaidimų, nesityčiotų ar kitaip nepažeistų aplinkinių teisių;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="354356CC" w14:textId="77777777" w:rsidR="007950D0" w:rsidRDefault="007950D0" w:rsidP="007950D0">
+    <w:p w:rsidR="007950D0" w:rsidRDefault="007950D0" w:rsidP="007950D0">
       <w:pPr>
         <w:ind w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00AD11AC">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00B324D1">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t>5.</w:t>
       </w:r>
       <w:r w:rsidRPr="007950D0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>stebi, kad mokiniai nebėgiotų laiptais, nečiuožtų laiptų turėklais;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7365AD8B" w14:textId="77777777" w:rsidR="007950D0" w:rsidRDefault="007950D0" w:rsidP="007950D0">
+    <w:p w:rsidR="007950D0" w:rsidRDefault="007950D0" w:rsidP="007950D0">
       <w:pPr>
         <w:ind w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00AD11AC">
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:t>.6. stebi, kad mokiniai negadintų patalpų ir inventoriaus;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EBF9ABE" w14:textId="77777777" w:rsidR="007950D0" w:rsidRDefault="007950D0" w:rsidP="007950D0">
+    <w:p w:rsidR="007950D0" w:rsidRDefault="007950D0" w:rsidP="007950D0">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00AD11AC">
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:t>.7.</w:t>
       </w:r>
       <w:r w:rsidRPr="007950D0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>budintis valgykloje mokytojas reguliuoja mokinių eilę, prižiūri, kad pavalgę mokiniai nuneštų indus, kultūringai elgtųsi;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37A03E92" w14:textId="77777777" w:rsidR="00B324D1" w:rsidRPr="00B324D1" w:rsidRDefault="00B324D1" w:rsidP="007950D0">
+    <w:p w:rsidR="00B324D1" w:rsidRPr="00B324D1" w:rsidRDefault="00B324D1" w:rsidP="007950D0">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00AD11AC">
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.8. </w:t>
       </w:r>
       <w:r w:rsidRPr="00B324D1">
         <w:t>kieme budintis mokytojas prižiūri tvarką, mokinių drausmę ir atsako už</w:t>
       </w:r>
       <w:r w:rsidRPr="00B324D1">
         <w:br/>
         <w:t>jų saugumą. Pradinių klasių mokinius kieme prižiūri pradinių klasių mokytojas</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="198D2ED3" w14:textId="77777777" w:rsidR="008769E2" w:rsidRPr="00B324D1" w:rsidRDefault="008769E2"/>
-    <w:p w14:paraId="584A0894" w14:textId="77777777" w:rsidR="008769E2" w:rsidRDefault="008769E2" w:rsidP="008769E2">
+    <w:p w:rsidR="008769E2" w:rsidRPr="00B324D1" w:rsidRDefault="008769E2"/>
+    <w:p w:rsidR="008769E2" w:rsidRDefault="008769E2" w:rsidP="008769E2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>IV. BAIGIAMOSIOS NUOSTATOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B37EAE3" w14:textId="77777777" w:rsidR="008769E2" w:rsidRDefault="008769E2" w:rsidP="008769E2">
+    <w:p w:rsidR="008769E2" w:rsidRDefault="008769E2" w:rsidP="008769E2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B3AC721" w14:textId="77777777" w:rsidR="006B6485" w:rsidRPr="00C6692B" w:rsidRDefault="006B6485" w:rsidP="00C6692B">
+    <w:p w:rsidR="006B6485" w:rsidRPr="00C6692B" w:rsidRDefault="006B6485" w:rsidP="00C6692B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="00C6692B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
       <w:r w:rsidR="008769E2" w:rsidRPr="00C6692B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002C67EB" w:rsidRPr="00C6692B">
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00AD11AC">
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00C6692B" w:rsidRPr="00C6692B">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00C6692B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C6692B" w:rsidRPr="00C6692B">
         <w:t>Su aprašo reikalavimais supažindinami visi mokytojai ir aptarnaujantis personalas;</w:t>
       </w:r>
       <w:r w:rsidR="00C6692B" w:rsidRPr="00C6692B">
         <w:br/>
       </w:r>
       <w:r w:rsidR="00C6692B">
         <w:t xml:space="preserve">              1</w:t>
       </w:r>
       <w:r w:rsidR="00AD11AC">
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00C6692B">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00C6692B" w:rsidRPr="00C6692B">
         <w:t xml:space="preserve">Aprašo reikalavimų vykdymą prižiūri </w:t>
       </w:r>
-      <w:r w:rsidR="00C6692B">
-        <w:t>mokyklos</w:t>
+      <w:r w:rsidR="001D5C2E">
+        <w:t>progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="00C6692B" w:rsidRPr="00C6692B">
         <w:t xml:space="preserve"> direktorius;</w:t>
       </w:r>
       <w:r w:rsidR="00C6692B" w:rsidRPr="00C6692B">
         <w:br/>
       </w:r>
       <w:r w:rsidR="00C6692B">
         <w:t xml:space="preserve">              </w:t>
       </w:r>
       <w:r w:rsidR="00C6692B" w:rsidRPr="00C6692B">
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00AD11AC">
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00C6692B" w:rsidRPr="00C6692B">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00C6692B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C6692B" w:rsidRPr="00C6692B">
         <w:t>Aprašas atnaujinamas atsižvelgiant į bendruomenės siūlymus</w:t>
       </w:r>
       <w:r w:rsidR="00C6692B">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00C6692B" w:rsidRPr="00C6692B">
         <w:br/>
       </w:r>
       <w:r w:rsidR="00C6692B">
         <w:t xml:space="preserve">              </w:t>
       </w:r>
       <w:r w:rsidR="00C6692B" w:rsidRPr="00C6692B">
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00AD11AC">
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00C6692B" w:rsidRPr="00C6692B">
         <w:t xml:space="preserve">. Aprašas skelbiamas </w:t>
       </w:r>
-      <w:r w:rsidR="00C6692B">
-        <w:t>mokyklos</w:t>
+      <w:r w:rsidR="001D5C2E">
+        <w:t>progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="00C6692B" w:rsidRPr="00C6692B">
         <w:t xml:space="preserve"> internetinėje svetainėje.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38F60D76" w14:textId="77777777" w:rsidR="00AC5A3B" w:rsidRDefault="00AC5A3B" w:rsidP="00AC5A3B">
+    <w:p w:rsidR="00AC5A3B" w:rsidRDefault="00AC5A3B" w:rsidP="00AC5A3B">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>_________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="526F44DA" w14:textId="77777777" w:rsidR="008E2848" w:rsidRDefault="008E2848"/>
-    <w:p w14:paraId="11B148FF" w14:textId="77777777" w:rsidR="00DF0BFF" w:rsidRDefault="00DF0BFF"/>
+    <w:p w:rsidR="008E2848" w:rsidRDefault="008E2848"/>
+    <w:p w:rsidR="00DF0BFF" w:rsidRDefault="00DF0BFF"/>
     <w:sectPr w:rsidR="00DF0BFF" w:rsidSect="00AC5A3B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -1397,51 +1487,51 @@
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="12935510"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0427001F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -2680,225 +2770,260 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04270005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="25372638">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="642736912">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="818572512">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="226260600">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="449130982">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="175193094">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1782724281">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="542180654">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1538817642">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="30570421">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="966399800">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:useNormalStyleForList/>
-[...15 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DF0BFF"/>
     <w:rsid w:val="000B67D6"/>
     <w:rsid w:val="000D16CC"/>
+    <w:rsid w:val="000E690A"/>
     <w:rsid w:val="000E7870"/>
+    <w:rsid w:val="001D5C2E"/>
     <w:rsid w:val="00282CC7"/>
     <w:rsid w:val="002C0491"/>
+    <w:rsid w:val="002C4557"/>
     <w:rsid w:val="002C67EB"/>
     <w:rsid w:val="0034404A"/>
     <w:rsid w:val="0035555A"/>
     <w:rsid w:val="003A15AC"/>
     <w:rsid w:val="003D4E72"/>
     <w:rsid w:val="003E1F69"/>
     <w:rsid w:val="004500DB"/>
     <w:rsid w:val="00452B63"/>
-    <w:rsid w:val="00462341"/>
     <w:rsid w:val="0049338A"/>
     <w:rsid w:val="004B2F02"/>
     <w:rsid w:val="004D408B"/>
     <w:rsid w:val="005471CD"/>
     <w:rsid w:val="005958CE"/>
     <w:rsid w:val="006A6648"/>
     <w:rsid w:val="006B6485"/>
     <w:rsid w:val="007273E2"/>
     <w:rsid w:val="007950D0"/>
-    <w:rsid w:val="007D0179"/>
     <w:rsid w:val="00812A17"/>
     <w:rsid w:val="00851B66"/>
     <w:rsid w:val="008769E2"/>
     <w:rsid w:val="008E2848"/>
+    <w:rsid w:val="0090461B"/>
+    <w:rsid w:val="0098215D"/>
     <w:rsid w:val="00AA77A2"/>
     <w:rsid w:val="00AB51FC"/>
     <w:rsid w:val="00AC5A3B"/>
     <w:rsid w:val="00AD11AC"/>
     <w:rsid w:val="00B02CE5"/>
     <w:rsid w:val="00B324D1"/>
     <w:rsid w:val="00B60A63"/>
     <w:rsid w:val="00BE0E38"/>
     <w:rsid w:val="00C01990"/>
+    <w:rsid w:val="00C12308"/>
     <w:rsid w:val="00C40BF3"/>
     <w:rsid w:val="00C6692B"/>
     <w:rsid w:val="00C71818"/>
     <w:rsid w:val="00CB771D"/>
     <w:rsid w:val="00D74363"/>
     <w:rsid w:val="00DF0BFF"/>
     <w:rsid w:val="00E16CBE"/>
-    <w:rsid w:val="00E6658E"/>
     <w:rsid w:val="00EA7570"/>
+    <w:rsid w:val="00EB5BFE"/>
     <w:rsid w:val="00F96EE6"/>
     <w:rsid w:val="00FA017D"/>
     <w:rsid w:val="00FA05B8"/>
     <w:rsid w:val="00FB73BF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0C6314A8"/>
+  <w14:docId w14:val="6036BB97"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{5594664A-21F8-4C5D-B055-D933C32DA5CA}"/>
+  <w15:docId w15:val="{20A3D303-6217-4F36-9060-C41CC653617D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -3070,131 +3195,132 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Debesliotekstas">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="prastasis"/>
     <w:link w:val="DebesliotekstasDiagrama"/>
     <w:rsid w:val="00AC5A3B"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DebesliotekstasDiagrama">
     <w:name w:val="Debesėlio tekstas Diagrama"/>
     <w:link w:val="Debesliotekstas"/>
     <w:rsid w:val="00AC5A3B"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="prastasiniatinklio">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="prastasis"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C40BF3"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Grietas">
     <w:name w:val="Strong"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="007950D0"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="81681822">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="409232977">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -3206,203 +3332,170 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1772778193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -3513,71 +3606,71 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1699</Characters>
+  <Pages>1</Pages>
+  <Words>3038</Words>
+  <Characters>1732</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>14</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>MARIJAMPOLĖS ,,RYTO“ VIDURINĖ MOKYKLA</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Svietimo ir Mokslo Ministerija</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4670</CharactersWithSpaces>
+  <CharactersWithSpaces>4761</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>MARIJAMPOLĖS ,,RYTO“ VIDURINĖ MOKYKLA</dc:title>
   <dc:subject/>
   <dc:creator>Svietimo ir Mokslo</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>