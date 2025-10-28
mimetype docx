--- v0 (2025-10-04)
+++ v1 (2025-10-28)
@@ -1,277 +1,291 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="092AB226" w14:textId="77777777" w:rsidR="00BD6C44" w:rsidRPr="00607CA9" w:rsidRDefault="00614406" w:rsidP="00607CA9">
+    <w:p w14:paraId="092AB226" w14:textId="77777777" w:rsidR="00BD6C44" w:rsidRPr="00607CA9" w:rsidRDefault="00614406" w:rsidP="003E2438">
       <w:pPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="6237"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="5954" w:hanging="4820"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00614406">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                               </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidR="00607CA9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                </w:t>
       </w:r>
       <w:r w:rsidRPr="00607CA9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>PATVIRTINTA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46011CC4" w14:textId="77777777" w:rsidR="00614406" w:rsidRPr="00607CA9" w:rsidRDefault="00614406" w:rsidP="00614406">
+    <w:p w14:paraId="2175A087" w14:textId="77777777" w:rsidR="000D3387" w:rsidRDefault="00614406" w:rsidP="000D3387">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00607CA9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                         </w:t>
       </w:r>
       <w:r w:rsidR="00607CA9" w:rsidRPr="00607CA9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00607CA9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Marijampolės „Ryto“ pagrindinės</w:t>
-[...6 lines deleted...]
-        </w:tabs>
+        <w:t>Marijampolės „Ryto“ p</w:t>
+      </w:r>
+      <w:r w:rsidR="000D3387">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rogimnazijos </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AD15F41" w14:textId="77777777" w:rsidR="00D70099" w:rsidRDefault="00614406" w:rsidP="00614406">
+      <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00607CA9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                        </w:t>
       </w:r>
+      <w:r w:rsidR="000D3387">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00607CA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000D3387">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00607CA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>irektoriaus</w:t>
+      </w:r>
+      <w:r w:rsidR="000D3387">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00565BC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00D70099">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m. sausio 6 d. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D2C28B9" w14:textId="4B5FB750" w:rsidR="00614406" w:rsidRPr="00607CA9" w:rsidRDefault="00D70099" w:rsidP="00614406">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                       </w:t>
+      </w:r>
+      <w:r w:rsidR="000D3387">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      įsakymu Nr. V-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00614406" w:rsidRPr="00607CA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                      </w:t>
+      </w:r>
       <w:r w:rsidR="00607CA9" w:rsidRPr="00607CA9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+      <w:r w:rsidR="000D3387">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidR="00614406" w:rsidRPr="00607CA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r w:rsidRPr="00607CA9">
-[...6 lines deleted...]
-    <w:p w14:paraId="6D2C28B9" w14:textId="7EA25243" w:rsidR="00614406" w:rsidRPr="00607CA9" w:rsidRDefault="00614406" w:rsidP="00614406">
+    </w:p>
+    <w:p w14:paraId="52232C81" w14:textId="77777777" w:rsidR="00614406" w:rsidRDefault="00614406" w:rsidP="00614406">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...74 lines deleted...]
-    <w:p w14:paraId="52232C81" w14:textId="77777777" w:rsidR="00614406" w:rsidRDefault="00614406" w:rsidP="00614406">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A6F2EE6" w14:textId="77777777" w:rsidR="00614406" w:rsidRDefault="00614406" w:rsidP="00614406">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A6F2EE6" w14:textId="77777777" w:rsidR="00614406" w:rsidRDefault="00614406" w:rsidP="00614406">
-[...19 lines deleted...]
-    <w:p w14:paraId="39572214" w14:textId="77777777" w:rsidR="00614406" w:rsidRPr="00614406" w:rsidRDefault="00614406" w:rsidP="00614406">
+    <w:p w14:paraId="39572214" w14:textId="4AC97AF6" w:rsidR="00614406" w:rsidRPr="00614406" w:rsidRDefault="000D3387" w:rsidP="00614406">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00614406">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>MARIJAMPOLĖS „RYTO“ PAGRINDINĖS MOKYKLOS</w:t>
+        <w:t xml:space="preserve">MARIJAMPOLĖS „RYTO“ </w:t>
+      </w:r>
+      <w:r w:rsidR="00614406" w:rsidRPr="00614406">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PROGIMNAZIJOS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EC33C78" w14:textId="6F2C938D" w:rsidR="00614406" w:rsidRDefault="00614406" w:rsidP="00614406">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00614406">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASMENŲ, BAIGUSIŲ UŽSIENIO VALSTYBĖS AR TARPTAUTINĖS ORGANIZACIJOS </w:t>
       </w:r>
       <w:r w:rsidR="00607CA9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -330,79 +344,111 @@
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>BENDROSIOS NUOSTATOS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F6E7C7A" w14:textId="77777777" w:rsidR="003E23EA" w:rsidRPr="00947AF6" w:rsidRDefault="003E23EA" w:rsidP="003E23EA">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3CAA24DE" w14:textId="77777777" w:rsidR="00947AF6" w:rsidRPr="00330A9F" w:rsidRDefault="00947AF6" w:rsidP="00607CA9">
+    <w:p w14:paraId="3CAA24DE" w14:textId="129694F9" w:rsidR="00947AF6" w:rsidRPr="00330A9F" w:rsidRDefault="00947AF6" w:rsidP="00607CA9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00330A9F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Asmenų, baigusių užsienio valstybės ar tarptautinės organizacijos pradinio, pagrindinio ugdymo programos dalį ar pradinio ugdymo programą, ugdymo organizavimo tvarkos aprašas (toliau – Aprašas) nustato priimtų į mokyklą asmenų (toliau – mokinių), baigusių užsienio valstybės ar tarptautinės organizacijos pradinio, pagrindinio ugdymo programos dalį ar pradinio ugdymo programą, integracijos į mokyklos bendruomenę ir sėkmingo ugdymosi pagal Lietuvos Respublikos Švietimo ir mokslo ministerijos patvirtintas bendrojo ugdymo programas organizavimą.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="66553C9A" w14:textId="77777777" w:rsidR="004B17FC" w:rsidRDefault="004B17FC" w:rsidP="00607CA9">
+        <w:t xml:space="preserve">Asmenų, baigusių užsienio valstybės ar tarptautinės organizacijos pradinio, pagrindinio ugdymo programos dalį ar pradinio ugdymo programą, ugdymo organizavimo tvarkos aprašas (toliau – Aprašas) nustato priimtų į </w:t>
+      </w:r>
+      <w:r w:rsidR="000D3387">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnaziją</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00330A9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> asmenų (toliau – mokinių), baigusių užsienio valstybės ar tarptautinės organizacijos pradinio, pagrindinio ugdymo programos dalį ar pradinio ugdymo programą, integracijos į </w:t>
+      </w:r>
+      <w:r w:rsidR="000D3387">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00330A9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bendruomenę ir sėkmingo ugdymosi pagal Lietuvos Respublikos Švietimo ir mokslo ministerijos patvirtintas bendrojo ugdymo programas organizavimą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66553C9A" w14:textId="5E783B06" w:rsidR="004B17FC" w:rsidRDefault="004B17FC" w:rsidP="00607CA9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">              </w:t>
       </w:r>
       <w:r w:rsidR="00330A9F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -423,330 +469,500 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">5 d. įsakymu Nr. ISAK-556, Lietuvos Respublikos švietimo ir mokslo ministerijos 2017 m. vasario 22 d. įsakymu Nr. </w:t>
       </w:r>
       <w:r w:rsidR="00947AF6" w:rsidRPr="00330A9F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">SR-798 „Dėl teisės aktų pakeitimo“, </w:t>
       </w:r>
       <w:r w:rsidR="00E00BDF" w:rsidRPr="00330A9F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Lietuvos Respublikos švietimo ir mokslo ministro 2003 m. birželio 4 d. įsakymu Nr. ISAK 789 „Dėl užsieniečių, atvykusių dirbti arba gyventi į Lietuvos Respubliką, vaikų ugdymo bendrojo la</w:t>
       </w:r>
       <w:r w:rsidR="00ED094C" w:rsidRPr="00330A9F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>vinimo mokyklose įgyvendinimo</w:t>
+        <w:t xml:space="preserve">vinimo </w:t>
+      </w:r>
+      <w:r w:rsidR="000D3387">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED094C" w:rsidRPr="00330A9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e įgyvendinimo</w:t>
       </w:r>
       <w:r w:rsidR="00607CA9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="00947AF6" w:rsidRPr="00330A9F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00330A9F" w:rsidRPr="00330A9F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Lietuvos Respublikos švietimo, mokslo ir sporto ministerijos 2019 m. rugpjūčio 30 d. Nr.SR-3534 rekomendacijomis „Dėl sugrįžtančių į Lietuvą asmenų švietimo ir integracijos“, </w:t>
       </w:r>
       <w:r w:rsidR="00947AF6" w:rsidRPr="00330A9F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Marijampolės savivaldybės tarybos 2018 m. vasario 26 d. sprendimu Nr. 1-43 „Dėl priėmimo į Marijampolės savivaldybės bendrojo ugdymo mokyklas tvarkos aprašo patvirtinimo“</w:t>
+        <w:t>Marijampolės savivaldybės tarybos 2018 m. vasario 26 d. sprendimu Nr. 1-43 „Dėl priėmimo į Marijampolės savivaldybės bendrojo ugdymo </w:t>
+      </w:r>
+      <w:r w:rsidR="000D3387">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazija</w:t>
+      </w:r>
+      <w:r w:rsidR="00947AF6" w:rsidRPr="00330A9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s tvarkos aprašo patvirtinimo“</w:t>
       </w:r>
       <w:r w:rsidR="00330A9F" w:rsidRPr="00330A9F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F02C59F" w14:textId="77777777" w:rsidR="004B17FC" w:rsidRDefault="004B17FC" w:rsidP="00607CA9">
+    <w:p w14:paraId="6F02C59F" w14:textId="062261B9" w:rsidR="004B17FC" w:rsidRDefault="004B17FC" w:rsidP="00607CA9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B17FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004B17FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:r w:rsidR="00330A9F" w:rsidRPr="004B17FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Šiuo aprašu siekiama užtikrinti veiksmingą mokinių adaptaciją ir ugdymąsi mokykloje, sudaryti prielaidas pozityviai socializacijai ir pilietinei brandai</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> bei mokinių saugumui mokykloje.</w:t>
+        <w:t xml:space="preserve">Šiuo aprašu siekiama užtikrinti veiksmingą mokinių adaptaciją ir ugdymąsi </w:t>
+      </w:r>
+      <w:r w:rsidR="000D3387">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidR="00330A9F" w:rsidRPr="004B17FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, sudaryti prielaidas pozityviai socializacijai ir pilietinei brandai</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bei mokinių saugumui </w:t>
+      </w:r>
+      <w:r w:rsidR="000D3387">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58645142" w14:textId="77777777" w:rsidR="00330A9F" w:rsidRDefault="004B17FC" w:rsidP="00607CA9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B17FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004B17FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">4. </w:t>
       </w:r>
       <w:r w:rsidR="00330A9F" w:rsidRPr="004B17FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Apraše vartojamos sąvokos:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B8E2B6B" w14:textId="77777777" w:rsidR="004B17FC" w:rsidRDefault="004B17FC" w:rsidP="00607CA9">
+    <w:p w14:paraId="1B8E2B6B" w14:textId="093B98DA" w:rsidR="004B17FC" w:rsidRDefault="004B17FC" w:rsidP="00607CA9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
       <w:r w:rsidRPr="004B17FC">
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Adaptacinis laikotarpis</w:t>
       </w:r>
       <w:r w:rsidRPr="004B17FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – tai ugdymosi mokykloje laikotarpis, kuris, aptarus su mokiniu ir jo tėvais / globėjais, skiriamas geriau pažinti mokinį kaip asmenybę, išsiaiškinti jo poreikius ir galimybes, adaptuotis klasėje ir mokykloje. Šiuo laikotarpiu mokinio pasiekimai nevertinami pažymiais, tačiau nuolat stebima ir fiksuojama jo daroma pažanga, kuri aptariama su klasės vadovu, tėvais / globėjais. Dėl adaptacinio laikotarpio trukmės susitariama su tėvais / globėjais.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="38246490" w14:textId="77777777" w:rsidR="00AC15F9" w:rsidRPr="00AC15F9" w:rsidRDefault="00AC15F9" w:rsidP="00AC15F9">
+        <w:t xml:space="preserve"> – tai ugdymosi </w:t>
+      </w:r>
+      <w:r w:rsidR="000D3387">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B17FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> laikotarpis, kuris, aptarus su mokiniu ir jo tėvais / globėjais, skiriamas geriau pažinti mokinį kaip asmenybę, išsiaiškinti jo poreikius ir galimybes, adaptuotis klasėje ir </w:t>
+      </w:r>
+      <w:r w:rsidR="000D3387">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B17FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Šiuo laikotarpiu mokinio pasiekimai nevertinami pažymiais, tačiau nuolat stebima ir fiksuojama jo daroma pažanga, kuri aptariama su klasės vadovu, tėvais / globėjais. Dėl adaptacinio laikotarpio trukmės susitariama su tėvais / globėjais.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38246490" w14:textId="0F2E9EC3" w:rsidR="00AC15F9" w:rsidRPr="00AC15F9" w:rsidRDefault="00AC15F9" w:rsidP="00AC15F9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">              </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC15F9">
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Mokinio integracijos į mokyklos bendruomenę planas</w:t>
+        <w:t xml:space="preserve">Mokinio integracijos į </w:t>
+      </w:r>
+      <w:r w:rsidR="000D3387">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC15F9">
         <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bendruomenę planas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC15F9">
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – tai priemonių planas, skirtas išsiaiškinti, kokia pagalba būtina sėkmingai mokinio adaptacijai. Planą rengia klasės vadovas, </w:t>
       </w:r>
+      <w:r w:rsidR="000D3387">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AC15F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-    <w:p w14:paraId="6732C718" w14:textId="77777777" w:rsidR="00F1646C" w:rsidRPr="00AE7F30" w:rsidRDefault="004B17FC" w:rsidP="00607CA9">
+        <w:t xml:space="preserve"> socialinis pedagogas, psichologas, </w:t>
+      </w:r>
+      <w:r w:rsidR="000D3387">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC15F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> administracijos atstovas ir pavaduotojas neformaliajam ugdymui, kuris tvirtinamas </w:t>
+      </w:r>
+      <w:r w:rsidR="000D3387">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC15F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> direktoriaus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6732C718" w14:textId="5CDA5EB1" w:rsidR="00F1646C" w:rsidRPr="00AE7F30" w:rsidRDefault="004B17FC" w:rsidP="00607CA9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE7F30">
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
       <w:r w:rsidR="00AE7F30">
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00AE7F30">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mokinio individualus ugdymo planas</w:t>
       </w:r>
       <w:r w:rsidRPr="00AE7F30">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – direktoriaus pavaduotojo ugdymui, bendradarbiaujant su klasės vadovu, socialiniu pedagogu, psichologu, specialiuoju pedagogu, mokiniu ir mokinio tėvais, parengtas individualus mokinio ugdymo planas, skirtas sėkmingai mokinio adaptacijai mokykloje ir ugdymuisi pagal bendrąsias ugdymo programas.</w:t>
+        <w:t xml:space="preserve"> – direktoriaus pavaduotojo ugdymui, bendradarbiaujant su klasės vadovu, socialiniu pedagogu, psichologu, specialiuoju pedagogu, mokiniu ir mokinio tėvais, parengtas individualus mokinio ugdymo planas, skirtas sėkmingai mokinio adaptacijai </w:t>
+      </w:r>
+      <w:r w:rsidR="000D3387">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE7F30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir ugdymuisi pagal bendrąsias ugdymo programas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="220CDB4E" w14:textId="77777777" w:rsidR="004B17FC" w:rsidRDefault="00F1646C" w:rsidP="00607CA9">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
         </w:rPr>
         <w:t xml:space="preserve">              Išlyginamoji programa</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> – lietuvių kalbos mokytojo parengta, suderinta su pavaduotoju ugdymui patvirtinta ugdymo programa, skirta mokinio turimų lietuvių kalbos pasiekimų ir numatomų pasiekimų pagal lietuvių kalbos ir literatūros dalyko bendrąją ugdymo programą skirtumams sumažinti.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62461547" w14:textId="77777777" w:rsidR="00F1646C" w:rsidRDefault="00F1646C" w:rsidP="00607CA9">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:tabs>
@@ -767,146 +983,162 @@
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F1646C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>II. UGDYMO ORGANIZAVIMAS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02BA07E5" w14:textId="77777777" w:rsidR="004B17FC" w:rsidRPr="004B17FC" w:rsidRDefault="004B17FC" w:rsidP="00607CA9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35CD96F0" w14:textId="77777777" w:rsidR="00DD3EE6" w:rsidRDefault="00F1646C" w:rsidP="00607CA9">
+    <w:p w14:paraId="35CD96F0" w14:textId="6DDD5997" w:rsidR="00DD3EE6" w:rsidRDefault="00F1646C" w:rsidP="00607CA9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00DD3EE6" w:rsidRPr="00330A9F">
         <w:t>. Lietuvos Respublikos piliečių ar grįžusių gyventi į Lietuvą, vaikų ugdym</w:t>
       </w:r>
       <w:r w:rsidR="00330A9F" w:rsidRPr="00330A9F">
         <w:t>as organizuojamas</w:t>
       </w:r>
       <w:r w:rsidR="00DD3EE6" w:rsidRPr="00330A9F">
         <w:t xml:space="preserve"> vadovaujantis bendraisiais ugdymo planais, patvirtintais š</w:t>
       </w:r>
       <w:r w:rsidR="00330A9F">
-        <w:t>vietimo ir mokslo ministro, mokyklos ugdymo planu.</w:t>
+        <w:t xml:space="preserve">vietimo ir mokslo ministro, </w:t>
+      </w:r>
+      <w:r w:rsidR="000D3387">
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00330A9F">
+        <w:t xml:space="preserve"> ugdymo planu.</w:t>
       </w:r>
       <w:r w:rsidR="00DD3EE6" w:rsidRPr="00330A9F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B243841" w14:textId="77777777" w:rsidR="004233E1" w:rsidRDefault="00F1646C" w:rsidP="00607CA9">
+    <w:p w14:paraId="2B243841" w14:textId="6F7BB93C" w:rsidR="004233E1" w:rsidRDefault="00F1646C" w:rsidP="00607CA9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r w:rsidR="004233E1">
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">6.  </w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-    <w:p w14:paraId="278ECF89" w14:textId="77777777" w:rsidR="00062123" w:rsidRDefault="004233E1" w:rsidP="00607CA9">
+      <w:r w:rsidR="000D3387">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>Progimnazija</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> apie atvykusį mokinį, baigusį užsienio valstybės, tarptautinės organizacijos pagrindinio ugdymo programos dalį ar pradinio, pagrindinio ugdymo programą, informuoja savivaldybės administraciją ir numato jo mokymąsi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="278ECF89" w14:textId="1A695057" w:rsidR="00062123" w:rsidRDefault="004233E1" w:rsidP="00607CA9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">               7. Priimant mokinį pripažįstami jo mokymosi rezultatai ir pagal pateiktus dokumentus</w:t>
       </w:r>
       <w:r w:rsidR="00AC15F9">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>(turi būti išversti į lietuvių kalbą)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> jie įskaitomi.</w:t>
       </w:r>
       <w:r w:rsidRPr="004233E1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="000D3387">
+        <w:t>Progimnazija</w:t>
+      </w:r>
       <w:r w:rsidRPr="004233E1">
-        <w:t xml:space="preserve">Mokykla pripažįsta mokinio, baigusio užsienio valstybės ar tarptautinės organizacijos pradinio, pagrindinio ugdymo programos dalį ar pradinio ugdymo programą, įgytus pasiekimus, remdamasi mokinio turimais dokumentais (išrašais, pažymėjimais ir pan.). Skiriant į klasę taip pat atsižvelgiama į mokinio amžių, įgytą patirtį, motyvaciją ir kt. </w:t>
+        <w:t xml:space="preserve"> pripažįsta mokinio, baigusio užsienio valstybės ar tarptautinės organizacijos pradinio, pagrindinio ugdymo programos dalį ar pradinio ugdymo programą, įgytus pasiekimus, remdamasi mokinio turimais dokumentais (išrašais, pažymėjimais ir pan.). Skiriant į klasę taip pat atsižvelgiama į mokinio amžių, įgytą patirtį, motyvaciją ir kt. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CBC7DE8" w14:textId="77777777" w:rsidR="004233E1" w:rsidRPr="00062123" w:rsidRDefault="00062123" w:rsidP="00607CA9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">              </w:t>
       </w:r>
       <w:r w:rsidR="004233E1">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">8. Atvykęs/ sugrįžęs iš užsienio asmuo (pvz., užsienietis, kuriam suteikiamas pabėgėlio statusas arba papildoma apsauga) </w:t>
       </w:r>
@@ -931,80 +1163,108 @@
         </w:rPr>
         <w:t>priimamas remiantis</w:t>
       </w:r>
       <w:r w:rsidR="004233E1">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> kitais įrodymais, pvz., p</w:t>
       </w:r>
       <w:r w:rsidR="00AC15F9">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>okalbių duomenimis, išsiaiškinama</w:t>
       </w:r>
       <w:r w:rsidR="004233E1">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">, pagal kokią programą mokėsi, pagal kokią programą jis būtų pajėgus mokytis kartu su bendraamžiais. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5636FD87" w14:textId="77777777" w:rsidR="004233E1" w:rsidRDefault="004233E1" w:rsidP="00607CA9">
+    <w:p w14:paraId="5636FD87" w14:textId="75F1C55D" w:rsidR="004233E1" w:rsidRDefault="004233E1" w:rsidP="00607CA9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
       <w:r w:rsidR="00062123">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>9. Tuo atveju, jai asmuo neturi dokumento, įteisinančio mokymosi pasiekimus, nustatoma jo mokymosi pasiekimų atitiktis mokymosi pasiekimams, numatytiems Pradinio ar Pagrindinio ugdymo bendrosiose programose. Mokykla, pritariant tėvams, gali organizuoti įgytų pasiekimų patikrinimą pradinių ar pagrindinių klasių mokiniams. Mokyklos direktoriaus įsakymu sudaryta darbo grupė vykdo mokinio įgytų pasiekimų patikrą ir nustato atvykusio mokinio mokymosi pasiekimų atitiktį mokymosi pasiekimams, numatytiems pradinio ar pagrindinio ugdymo bendrosiose programose.</w:t>
+        <w:t xml:space="preserve">9. Tuo atveju, jai asmuo neturi dokumento, įteisinančio mokymosi pasiekimus, nustatoma jo mokymosi pasiekimų atitiktis mokymosi pasiekimams, numatytiems Pradinio ar Pagrindinio ugdymo bendrosiose programose. </w:t>
+      </w:r>
+      <w:r w:rsidR="000D3387">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>Progimnazija</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, pritariant tėvams, gali organizuoti įgytų pasiekimų patikrinimą pradinių ar pagrindinių klasių mokiniams. </w:t>
+      </w:r>
+      <w:r w:rsidR="000D3387">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>Progimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> direktoriaus įsakymu sudaryta darbo grupė vykdo mokinio įgytų pasiekimų patikrą ir nustato atvykusio mokinio mokymosi pasiekimų atitiktį mokymosi pasiekimams, numatytiems pradinio ar pagrindinio ugdymo bendrosiose programose.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16A9127D" w14:textId="77777777" w:rsidR="00062123" w:rsidRDefault="004233E1" w:rsidP="00607CA9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
       <w:r w:rsidR="00062123">
         <w:rPr>
           <w:sz w:val="23"/>
@@ -1012,66 +1272,80 @@
         </w:rPr>
         <w:t xml:space="preserve"> 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00062123">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sudarant palankesnes sąlygas reemigracijai ir įvertinant tai, kad skirtingose šalyse skiriasi ugdymo programos, jų trukmė ir kt., priimant asmenį mokytis, svarbu atsižvelgti į jo amžių, vertinti asmens įgytą patirtį, motyvaciją</w:t>
       </w:r>
       <w:r w:rsidR="00AC15F9">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F371535" w14:textId="77777777" w:rsidR="00062123" w:rsidRDefault="00062123" w:rsidP="00607CA9">
+    <w:p w14:paraId="6F371535" w14:textId="11ECDF94" w:rsidR="00062123" w:rsidRDefault="00062123" w:rsidP="00607CA9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t xml:space="preserve">             10.1. jei asmuo atvyksta mokytis pasibaigus ugdymo procesui, mokslo metams, jis priimamas mokytis į aukštesnę klasę, nei mokėsi užsienio šalies mokykloje; jei atvyksta mokytis mokslo metų eigoje – tęsia mokymąsi analogiškoje klasėje, </w:t>
+        <w:t xml:space="preserve">             10.1. jei asmuo atvyksta mokytis pasibaigus ugdymo procesui, mokslo metams, jis priimamas mokytis į aukštesnę klasę, nei mokėsi užsienio šalies </w:t>
+      </w:r>
+      <w:r w:rsidR="000D3387">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; jei atvyksta mokytis mokslo metų eigoje – tęsia mokymąsi analogiškoje klasėje, </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F357D41" w14:textId="77777777" w:rsidR="004233E1" w:rsidRPr="00062123" w:rsidRDefault="00062123" w:rsidP="00607CA9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">              </w:t>
       </w:r>
       <w:r w:rsidR="00AC15F9">
         <w:rPr>
@@ -1144,181 +1418,209 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">nurodoma, kokia pagalba (atskirų ugdomųjų dalykų, lietuvių kalbos ar socialinių kultūrinių kompetencijų ir kt.) ir kaip bus teikiama. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A78DCAF" w14:textId="77777777" w:rsidR="00062123" w:rsidRDefault="00A41B71" w:rsidP="00607CA9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">              </w:t>
       </w:r>
       <w:r w:rsidR="00062123">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">12. Individualus ugdymo planas, mokymosi galimybės aptariami su mokinio tėvais (globėjais). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29B6D681" w14:textId="77777777" w:rsidR="00062123" w:rsidRDefault="00A41B71" w:rsidP="00607CA9">
+    <w:p w14:paraId="29B6D681" w14:textId="60D0DAC0" w:rsidR="00062123" w:rsidRDefault="00A41B71" w:rsidP="00607CA9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">              </w:t>
       </w:r>
       <w:r w:rsidR="00062123">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>13. Parengiamas atvykusio mokinio integracijos į mokyklos bendruomenę planas</w:t>
+        <w:t xml:space="preserve">13. Parengiamas atvykusio mokinio integracijos į </w:t>
+      </w:r>
+      <w:r w:rsidR="000D3387">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00062123">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bendruomenę planas</w:t>
       </w:r>
       <w:r w:rsidR="005254EA">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1 priedas)</w:t>
       </w:r>
       <w:r w:rsidR="00062123">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">, išanalizuojama, kokia pagalba būtina sėkmingai mokinio adaptacijai, prireikus parengiamas mokinio individualus ugdymo planas: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="664FDDCA" w14:textId="77777777" w:rsidR="00062123" w:rsidRDefault="00A41B71" w:rsidP="00607CA9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">              </w:t>
       </w:r>
       <w:r w:rsidR="00062123">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">13.1. numatoma adaptacinio laikotarpio orientacinė trukmė; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20FC80CD" w14:textId="77777777" w:rsidR="00062123" w:rsidRDefault="00A41B71" w:rsidP="00607CA9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">              </w:t>
       </w:r>
       <w:r w:rsidR="00062123">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">13.2. numatomas atvykusio mokinio individualios pažangos stebėjimas per adaptacinį laikotarpį; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11E5F9F7" w14:textId="77777777" w:rsidR="00062123" w:rsidRDefault="00A41B71" w:rsidP="00607CA9">
+    <w:p w14:paraId="11E5F9F7" w14:textId="03D1A820" w:rsidR="00062123" w:rsidRDefault="00A41B71" w:rsidP="00607CA9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">              </w:t>
       </w:r>
       <w:r w:rsidR="00062123">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t xml:space="preserve">13.3. pasitelkiami mokiniai savanoriai, padėsiantys atvykusiam mokiniui sklandžiai įsitraukti į mokyklos bendruomenės gyvenimą; </w:t>
+        <w:t xml:space="preserve">13.3. pasitelkiami mokiniai savanoriai, padėsiantys atvykusiam mokiniui sklandžiai įsitraukti į </w:t>
+      </w:r>
+      <w:r w:rsidR="000D3387">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00062123">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bendruomenės gyvenimą; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EB322C4" w14:textId="77777777" w:rsidR="00062123" w:rsidRDefault="00A41B71" w:rsidP="00607CA9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">              </w:t>
       </w:r>
       <w:r w:rsidR="00062123">
         <w:rPr>
           <w:sz w:val="23"/>
@@ -1389,121 +1691,153 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">              </w:t>
       </w:r>
       <w:r w:rsidR="00062123">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>13.6. siūlomos neformaliojo vaikų švietimo veiklos, kurios padėtų mokiniui greičiau adaptuotis ir integruotis.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56560729" w14:textId="77777777" w:rsidR="00A41B71" w:rsidRDefault="00A41B71" w:rsidP="00607CA9">
+    <w:p w14:paraId="56560729" w14:textId="03D7A868" w:rsidR="00A41B71" w:rsidRDefault="00A41B71" w:rsidP="00607CA9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t xml:space="preserve">              14. Mokykla nustato atvykusio mokinio, baigusio tarptautinės bendrojo ugdymo programos dalį ar visą programą, poreikius mokytis lietuvių</w:t>
+        <w:t xml:space="preserve">              14. </w:t>
+      </w:r>
+      <w:r w:rsidR="000D3387">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>Progimnazija</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nustato atvykusio mokinio, baigusio tarptautinės bendrojo ugdymo programos dalį ar visą programą, poreikius mokytis lietuvių</w:t>
       </w:r>
       <w:r w:rsidR="00AE7F30">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> kalbos ir organizuoja</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> individualų lietuvių kalbos mokymąsi ir švietimo pagalbą</w:t>
       </w:r>
       <w:r w:rsidR="00AE7F30">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D5D9858" w14:textId="77777777" w:rsidR="00AE7F30" w:rsidRPr="00CF58E6" w:rsidRDefault="00AE7F30" w:rsidP="00607CA9">
+    <w:p w14:paraId="3D5D9858" w14:textId="3C7F6C47" w:rsidR="00AE7F30" w:rsidRPr="00CF58E6" w:rsidRDefault="00AE7F30" w:rsidP="00607CA9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">     15</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF58E6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Jeigu mokinys nemoka ar menkai moka lietuvių kalbą, mokykla </w:t>
+        <w:t xml:space="preserve">. Jeigu mokinys nemoka ar menkai moka lietuvių kalbą, </w:t>
+      </w:r>
+      <w:r w:rsidR="000D3387">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF58E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>organizuoja</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF58E6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AAA49C0" w14:textId="77777777" w:rsidR="00AE7F30" w:rsidRPr="00CF58E6" w:rsidRDefault="00AE7F30" w:rsidP="00607CA9">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="142" w:firstLine="425"/>
         <w:jc w:val="both"/>
@@ -1588,90 +1922,106 @@
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">    1</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF58E6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5.3. mokinio mokymąsi kartu su kitais bendraamžiais paskirtoje klasėje, teikiant reikia</w:t>
       </w:r>
       <w:r w:rsidR="00780F69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mą švietimo ir mokymosi pagalbą.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E207224" w14:textId="77777777" w:rsidR="00780F69" w:rsidRPr="00780F69" w:rsidRDefault="00780F69" w:rsidP="00607CA9">
+    <w:p w14:paraId="1E207224" w14:textId="274D0040" w:rsidR="00780F69" w:rsidRPr="00780F69" w:rsidRDefault="00780F69" w:rsidP="00607CA9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidRPr="00780F69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">16. </w:t>
       </w:r>
       <w:r w:rsidRPr="00780F69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Nemokantys lietuvių kalbos mokiniai, pageidaujantys mokytis lietuvių kalbos išlyginamojoje klasėje arba išlyginamojoje mobiliojoje grupėje, mokyklos vadovui pateikia prašymą. Prašymą už vaiką iki 14 metų pateikia vienas iš tėvų (globėjų), 14–16 metų vaikas – turintis vieno iš tėvų (rūpintojų) raštišką sutikimą. Į išlyginamąsias klases ir išlyginamąsias mobiliąsias grupes priimama visus mokslo metus. Priėmimas įforminamas mokymosi sutartimi.</w:t>
+        <w:t xml:space="preserve">Nemokantys lietuvių kalbos mokiniai, pageidaujantys mokytis lietuvių kalbos išlyginamojoje klasėje arba išlyginamojoje mobiliojoje grupėje, </w:t>
+      </w:r>
+      <w:r w:rsidR="000D3387">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00780F69">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vadovui pateikia prašymą. Prašymą už vaiką iki 14 metų pateikia vienas iš tėvų (globėjų), 14–16 metų vaikas – turintis vieno iš tėvų (rūpintojų) raštišką sutikimą. Į išlyginamąsias klases ir išlyginamąsias mobiliąsias grupes priimama visus mokslo metus. Priėmimas įforminamas mokymosi sutartimi.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DC795E2" w14:textId="77777777" w:rsidR="00A41B71" w:rsidRPr="00D60900" w:rsidRDefault="00AE7F30" w:rsidP="00607CA9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D60900">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
@@ -1772,120 +2122,164 @@
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="dk1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex">
             <w:pict>
               <v:line w14:anchorId="283CA942" id="Tiesioji jungtis 1" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="98.35pt,16.55pt" to="345.65pt,17.2pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD9NqfzwgEAAMIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v1DAQvSPxHyzfu8kW2NJosz20gguC&#10;FbS9u8544+Ivjd1N9t8zdnYDakFCiIuVsee9mfdmsr4arWF7wKi9a/lyUXMGTvpOu13L724/nL3n&#10;LCbhOmG8g5YfIPKrzetX6yE0cO57bzpARiQuNkNoeZ9SaKoqyh6siAsfwNGj8mhFohB3VYdiIHZr&#10;qvO6XlWDxy6glxAj3d5Mj3xT+JUCmb4oFSEx03LqLZUTy/mQz2qzFs0ORei1PLYh/qELK7SjojPV&#10;jUiCPaF+QWW1RB+9SgvpbeWV0hKKBlKzrJ+p+daLAEULmRPDbFP8f7Ty836LTHc0O86csDSiWw00&#10;zUfNHp/cLunIltmlIcSGkq/dFo9RDFvMkkeFlimjw30myTcki43F48PsMYyJSbp8s3xbX6xWnEl6&#10;u7h8V8iriSVjA8b0Ebxl+aPlRrvsgGjE/lNMVJlSTykU5K6mPspXOhjIycZ9BUWqqN7UUdknuDbI&#10;9oI2oft+KlsyM0RpY2ZQXUr+EXTMzTAoO/a3wDm7VPQuzUCrncffVU3jqVU15Z9UT1qz7AffHcpU&#10;ih20KMWl41LnTfw1LvCfv97mBwAAAP//AwBQSwMEFAAGAAgAAAAhAN1/j0jcAAAACQEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4sKd26rTSdxiTEmW2X3dLGtBWNU5psK2+PObHj&#10;b3/6/bnYTK4XFxxD50lDMlMgkGpvO2o0HA9vTysQIRqypveEGn4wwKa8vytMbv2VPvCyj43gEgq5&#10;0dDGOORShrpFZ8LMD0i8+/SjM5Hj2Eg7miuXu14+K5VJZzriC60ZcNdi/bU/Ow2Hd6emKnY7pO+l&#10;2p5eFxmdFlo/PkzbFxARp/gPw58+q0PJTpU/kw2i57zOloxqSNMEBAPZOklBVDyYz0GWhbz9oPwF&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/Tan88IBAADCAwAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA3X+PSNwAAAAJAQAADwAAAAAAAAAAAAAA&#10;AAAcBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACUFAAAAAA==&#10;" strokecolor="black [3200]" strokeweight=".5pt">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E070EC2" w14:textId="18DB8A4A" w:rsidR="00DC11FC" w:rsidRDefault="00DC11FC" w:rsidP="00FA267D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5747"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3954F87F" w14:textId="0BCE0225" w:rsidR="00FA267D" w:rsidRDefault="00FA267D" w:rsidP="00FA267D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5747"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79350F64" w14:textId="039C7A40" w:rsidR="00FA267D" w:rsidRDefault="00FA267D" w:rsidP="00FA267D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5747"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="250A93BC" w14:textId="21D26CC3" w:rsidR="00FA267D" w:rsidRDefault="00FA267D" w:rsidP="00FA267D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5747"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20A34A09" w14:textId="335C02E7" w:rsidR="00FA267D" w:rsidRDefault="00FA267D" w:rsidP="00FA267D">
+    <w:p w14:paraId="20A34A09" w14:textId="397B54AA" w:rsidR="00FA267D" w:rsidRDefault="00FA267D" w:rsidP="00FA267D">
       <w:pPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="5747"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B6BD69F" w14:textId="03157BF0" w:rsidR="003E2438" w:rsidRDefault="003E2438" w:rsidP="00FA267D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5747"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A40686C" w14:textId="43F2E6F4" w:rsidR="003E2438" w:rsidRDefault="003E2438" w:rsidP="00FA267D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5747"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="589308D0" w14:textId="1BC5FC2A" w:rsidR="003E2438" w:rsidRDefault="003E2438" w:rsidP="00FA267D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5747"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1567A09E" w14:textId="3AF80685" w:rsidR="003E2438" w:rsidRDefault="003E2438" w:rsidP="003E2438">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="5747"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="581EF3AF" w14:textId="36775279" w:rsidR="00053EFA" w:rsidRDefault="00053EFA" w:rsidP="003E2438">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="5747"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AA3B3E4" w14:textId="77777777" w:rsidR="00053EFA" w:rsidRDefault="00053EFA" w:rsidP="003E2438">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="5747"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6BE82444" w14:textId="77777777" w:rsidR="00FA267D" w:rsidRPr="00FA267D" w:rsidRDefault="00FA267D" w:rsidP="00FA267D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5747"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FCDF74D" w14:textId="40F68248" w:rsidR="00DC11FC" w:rsidRPr="00DC11FC" w:rsidRDefault="00DC11FC" w:rsidP="00FA267D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4395"/>
           <w:tab w:val="left" w:pos="4678"/>
           <w:tab w:val="left" w:pos="4820"/>
           <w:tab w:val="left" w:pos="4962"/>
           <w:tab w:val="left" w:pos="5747"/>
         </w:tabs>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">                                                                                           </w:t>
       </w:r>
       <w:r w:rsidR="00FA267D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> A</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC11FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">smenų, baigusių užsienio valstybės ar tarptautinės </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B95221B" w14:textId="3E662B55" w:rsidR="00DC11FC" w:rsidRPr="00DC11FC" w:rsidRDefault="00DC11FC" w:rsidP="00DC11FC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4820"/>
           <w:tab w:val="left" w:pos="6237"/>
         </w:tabs>
@@ -2099,72 +2493,101 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46A9FEAD" w14:textId="77777777" w:rsidR="00DC11FC" w:rsidRPr="00DC11FC" w:rsidRDefault="00DC11FC" w:rsidP="00DC11FC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6237"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:hanging="4820"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC11FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">organizavimo tvarkos </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="029C1BAD" w14:textId="77777777" w:rsidR="00DC11FC" w:rsidRPr="00D725A4" w:rsidRDefault="00D725A4" w:rsidP="00D725A4">
+    <w:p w14:paraId="029C1BAD" w14:textId="7B8C2FDC" w:rsidR="00DC11FC" w:rsidRPr="00D725A4" w:rsidRDefault="00D725A4" w:rsidP="00D725A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D725A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>INTEGRACIJOS Į MOKYKLOS BENDRUOMENĘ PLANAS</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="39DE73BF" w14:textId="77777777" w:rsidR="00137EF8" w:rsidRDefault="00137EF8" w:rsidP="00DC11FC">
+        <w:t xml:space="preserve">INTEGRACIJOS Į </w:t>
+      </w:r>
+      <w:r w:rsidR="000D3387">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PROGIMNAZIJOS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D725A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> BENDRUOMENĘ PLANAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75D1F1C5" w14:textId="77777777" w:rsidR="003E2438" w:rsidRDefault="003E2438" w:rsidP="00DC11FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39DE73BF" w14:textId="6FADB3A7" w:rsidR="00137EF8" w:rsidRDefault="00137EF8" w:rsidP="00DC11FC">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Klasė:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="260B2D33" w14:textId="77777777" w:rsidR="00DC11FC" w:rsidRPr="00137EF8" w:rsidRDefault="00137EF8" w:rsidP="00DC11FC">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -3544,50 +3967,51 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00137EF8" w:rsidRPr="003B7DC6" w14:paraId="40C8B91D" w14:textId="77777777" w:rsidTr="00137EF8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3573" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="118367A6" w14:textId="77777777" w:rsidR="00137EF8" w:rsidRPr="003B7DC6" w:rsidRDefault="00137EF8" w:rsidP="006F7E37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B7DC6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Fizika </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="792BF317" w14:textId="77777777" w:rsidR="00137EF8" w:rsidRPr="003B7DC6" w:rsidRDefault="00137EF8" w:rsidP="006F7E37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2619A481" w14:textId="77777777" w:rsidR="00137EF8" w:rsidRPr="003B7DC6" w:rsidRDefault="00137EF8" w:rsidP="006F7E37">
@@ -3772,51 +4196,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00137EF8" w:rsidRPr="003B7DC6" w14:paraId="613E8E6C" w14:textId="77777777" w:rsidTr="00137EF8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3573" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="103FC39C" w14:textId="77777777" w:rsidR="00137EF8" w:rsidRPr="003B7DC6" w:rsidRDefault="00137EF8" w:rsidP="006F7E37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B7DC6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Geografija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="793FE53A" w14:textId="77777777" w:rsidR="00137EF8" w:rsidRPr="003B7DC6" w:rsidRDefault="00137EF8" w:rsidP="006F7E37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2349CCB2" w14:textId="77777777" w:rsidR="00137EF8" w:rsidRPr="003B7DC6" w:rsidRDefault="00137EF8" w:rsidP="006F7E37">
@@ -4843,100 +5266,164 @@
           <w:tab w:val="left" w:pos="5747"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A9F9382" w14:textId="77777777" w:rsidR="00DC11FC" w:rsidRDefault="00DC11FC" w:rsidP="00DC11FC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5747"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="06EAE44E" w14:textId="77777777" w:rsidR="00DC11FC" w:rsidRDefault="00DC11FC" w:rsidP="00DC11FC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5747"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C454465" w14:textId="77777777" w:rsidR="00DC11FC" w:rsidRDefault="00DC11FC" w:rsidP="00DC11FC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5747"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6EFEA949" w14:textId="77777777" w:rsidR="00FA267D" w:rsidRDefault="00FA267D" w:rsidP="005543BE">
+    <w:p w14:paraId="6EFEA949" w14:textId="1235062F" w:rsidR="00FA267D" w:rsidRDefault="00FA267D" w:rsidP="005543BE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="173AF70B" w14:textId="77777777" w:rsidR="003E2438" w:rsidRDefault="003E2438" w:rsidP="005543BE">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="3D49ED60" w14:textId="77777777" w:rsidR="00FA267D" w:rsidRDefault="00FA267D" w:rsidP="005543BE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="085DE283" w14:textId="3AB14251" w:rsidR="005543BE" w:rsidRPr="003B7DC6" w:rsidRDefault="005543BE" w:rsidP="005543BE">
+    <w:p w14:paraId="085DE283" w14:textId="4123B441" w:rsidR="005543BE" w:rsidRPr="003B7DC6" w:rsidRDefault="005543BE" w:rsidP="005543BE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>Individualus ugdymo planas 20..-20..</w:t>
+        <w:t>Individualus ugdymo planas 20..</w:t>
+      </w:r>
+      <w:r w:rsidR="00053EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00053EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>20..</w:t>
       </w:r>
       <w:r w:rsidRPr="003B7DC6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> m.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00053EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7DC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>m.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003B7DC6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>m.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14C76CF8" w14:textId="77777777" w:rsidR="005543BE" w:rsidRPr="003B7DC6" w:rsidRDefault="005543BE" w:rsidP="005543BE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -6137,138 +6624,138 @@
           <w:tab w:val="left" w:pos="5747"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2EB1CDEA" w14:textId="77777777" w:rsidR="005543BE" w:rsidRDefault="005543BE" w:rsidP="005543BE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5747"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="76354B6B" w14:textId="77777777" w:rsidR="005543BE" w:rsidRDefault="005543BE" w:rsidP="005543BE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5747"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="244ED784" w14:textId="77777777" w:rsidR="00DC11FC" w:rsidRPr="00DC11FC" w:rsidRDefault="00DC11FC" w:rsidP="00DC11FC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5747"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00DC11FC" w:rsidRPr="00DC11FC">
+    <w:sectPr w:rsidR="00DC11FC" w:rsidRPr="00DC11FC" w:rsidSect="003E2438">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1701" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="24475202" w14:textId="77777777" w:rsidR="009E6501" w:rsidRDefault="009E6501" w:rsidP="00A41B71">
+    <w:p w14:paraId="2215E8B0" w14:textId="77777777" w:rsidR="00E51E67" w:rsidRDefault="00E51E67" w:rsidP="00A41B71">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2F0376CE" w14:textId="77777777" w:rsidR="009E6501" w:rsidRDefault="009E6501" w:rsidP="00A41B71">
+    <w:p w14:paraId="4F07374F" w14:textId="77777777" w:rsidR="00E51E67" w:rsidRDefault="00E51E67" w:rsidP="00A41B71">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="54756648" w14:textId="77777777" w:rsidR="009E6501" w:rsidRDefault="009E6501" w:rsidP="00A41B71">
+    <w:p w14:paraId="0114BB1A" w14:textId="77777777" w:rsidR="00E51E67" w:rsidRDefault="00E51E67" w:rsidP="00A41B71">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="09EF66E7" w14:textId="77777777" w:rsidR="009E6501" w:rsidRDefault="009E6501" w:rsidP="00A41B71">
+    <w:p w14:paraId="13A17476" w14:textId="77777777" w:rsidR="00E51E67" w:rsidRDefault="00E51E67" w:rsidP="00A41B71">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0CFA0B86"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DE0AC06C"/>
     <w:lvl w:ilvl="0" w:tplc="0427000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -6756,174 +7243,182 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5591" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6311" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7031" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1115101985">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1335113851">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1495563720">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1777167455">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="183204095">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="624772592">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00614406"/>
+    <w:rsid w:val="00053EFA"/>
     <w:rsid w:val="00062123"/>
+    <w:rsid w:val="000D3387"/>
     <w:rsid w:val="00137EF8"/>
+    <w:rsid w:val="00185674"/>
     <w:rsid w:val="001B593A"/>
     <w:rsid w:val="00330A9F"/>
     <w:rsid w:val="003E23EA"/>
+    <w:rsid w:val="003E2438"/>
     <w:rsid w:val="004233E1"/>
     <w:rsid w:val="004B17FC"/>
+    <w:rsid w:val="004F5CC7"/>
     <w:rsid w:val="005254EA"/>
     <w:rsid w:val="005543BE"/>
+    <w:rsid w:val="00565BC5"/>
     <w:rsid w:val="00607CA9"/>
     <w:rsid w:val="00614406"/>
+    <w:rsid w:val="00626160"/>
     <w:rsid w:val="00780F69"/>
     <w:rsid w:val="009206E4"/>
     <w:rsid w:val="00947AF6"/>
     <w:rsid w:val="009A4914"/>
     <w:rsid w:val="009E6028"/>
     <w:rsid w:val="009E6501"/>
     <w:rsid w:val="00A41B71"/>
-    <w:rsid w:val="00AA0E8F"/>
     <w:rsid w:val="00AB3194"/>
     <w:rsid w:val="00AC15F9"/>
     <w:rsid w:val="00AE7F30"/>
+    <w:rsid w:val="00B57698"/>
     <w:rsid w:val="00BD6C44"/>
     <w:rsid w:val="00D60900"/>
+    <w:rsid w:val="00D70099"/>
     <w:rsid w:val="00D725A4"/>
     <w:rsid w:val="00DC11FC"/>
     <w:rsid w:val="00DD3EE6"/>
     <w:rsid w:val="00E00BDF"/>
+    <w:rsid w:val="00E51E67"/>
     <w:rsid w:val="00ED094C"/>
     <w:rsid w:val="00F1646C"/>
     <w:rsid w:val="00FA267D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="5B72059B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{EB8EE3D1-508D-4CC4-9D60-604809E5EB94}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -7251,55 +7746,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -7412,93 +7902,94 @@
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="prastojilentel"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00DC11FC"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="601687212">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="811672362">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1284845350">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -7726,72 +8217,72 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>5451</Characters>
+  <Pages>1</Pages>
+  <Words>9711</Words>
+  <Characters>5536</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>45</Lines>
-  <Paragraphs>29</Paragraphs>
+  <Lines>46</Lines>
+  <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14985</CharactersWithSpaces>
+  <CharactersWithSpaces>15217</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>„Windows“ vartotojas</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>