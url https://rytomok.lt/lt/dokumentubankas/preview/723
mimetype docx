--- v0 (2025-10-04)
+++ v1 (2025-10-28)
@@ -7,276 +7,304 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="10219E08" w14:textId="09B5B304" w:rsidR="0075103D" w:rsidRPr="0075103D" w:rsidRDefault="0075103D" w:rsidP="0075103D">
+    <w:p w14:paraId="10219E08" w14:textId="2562CBBF" w:rsidR="0075103D" w:rsidRPr="0075103D" w:rsidRDefault="00D73C4A" w:rsidP="00D73C4A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
-        <w:ind w:left="6480"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk107429111"/>
       <w:bookmarkStart w:id="1" w:name="_Hlk107469521"/>
-      <w:r w:rsidRPr="0075103D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve">                                                                                                           </w:t>
+      </w:r>
+      <w:r w:rsidR="0075103D" w:rsidRPr="0075103D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:caps/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>PATVIRTINTA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AA14C97" w14:textId="31F52442" w:rsidR="0075103D" w:rsidRDefault="0075103D" w:rsidP="0075103D">
+    <w:p w14:paraId="6DB63756" w14:textId="7D75B8EC" w:rsidR="00056116" w:rsidRDefault="00D73C4A" w:rsidP="00D73C4A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
-        <w:ind w:left="6480"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>M</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0075103D">
+        <w:t xml:space="preserve">                                                                                                           </w:t>
+      </w:r>
+      <w:r w:rsidR="00056116">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>okyklos direktoriaus</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="247CD3C4" w14:textId="737CAA2C" w:rsidR="0075103D" w:rsidRPr="0075103D" w:rsidRDefault="00D20DC0" w:rsidP="0075103D">
+        <w:t>Marijampolės ,,Ryto“</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AA14C97" w14:textId="50E3128F" w:rsidR="0075103D" w:rsidRDefault="00D73C4A" w:rsidP="00D73C4A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
-        <w:ind w:left="6480"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                           </w:t>
+      </w:r>
+      <w:r w:rsidR="00056116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="0075103D" w:rsidRPr="0075103D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> direktoriaus</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="247CD3C4" w14:textId="5D2E818A" w:rsidR="0075103D" w:rsidRPr="0075103D" w:rsidRDefault="00D73C4A" w:rsidP="00D73C4A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D20DC0">
-[...38 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="0075103D" w:rsidRPr="00D20DC0">
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                          </w:t>
+      </w:r>
+      <w:r w:rsidR="0075103D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...1 lines deleted...]
-        <w:t>sakymu</w:t>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00722BE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m. sausio 6 d.</w:t>
       </w:r>
       <w:r w:rsidR="0075103D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Nr. V-</w:t>
+        <w:t xml:space="preserve"> Įsakymu Nr. V-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>79</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="290B9A26" w14:textId="10994163" w:rsidR="0075103D" w:rsidRDefault="0075103D" w:rsidP="0075103D">
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="290B9A26" w14:textId="77777777" w:rsidR="0075103D" w:rsidRPr="0075103D" w:rsidRDefault="0075103D" w:rsidP="0075103D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="626E3FEA" w14:textId="77777777" w:rsidR="008D62C7" w:rsidRPr="0075103D" w:rsidRDefault="008D62C7" w:rsidP="008D62C7">
-[...16 lines deleted...]
-    <w:p w14:paraId="6880589C" w14:textId="25142023" w:rsidR="00555501" w:rsidRPr="00555501" w:rsidRDefault="00555501" w:rsidP="00555501">
+    <w:p w14:paraId="6880589C" w14:textId="79C4991F" w:rsidR="00555501" w:rsidRPr="00555501" w:rsidRDefault="00555501" w:rsidP="00555501">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00555501">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">MARIJAMPOLĖS ,,RYTO“ PAGRINDINĖS MOKYKLOS </w:t>
+        <w:t xml:space="preserve">MARIJAMPOLĖS ,,RYTO“ </w:t>
+      </w:r>
+      <w:r w:rsidR="00056116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>PROGIMNAZIJOS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00555501">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="1ED44AF1" w14:textId="77777777" w:rsidR="00555501" w:rsidRPr="00555501" w:rsidRDefault="00555501" w:rsidP="00555501">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00555501">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="000000"/>
@@ -347,216 +375,293 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>BENDROSIOS NUOSTATOS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="769682F0" w14:textId="77777777" w:rsidR="00555501" w:rsidRPr="00555501" w:rsidRDefault="00555501" w:rsidP="00555501">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="072A1FC9" w14:textId="19C0E575" w:rsidR="00555501" w:rsidRPr="00555501" w:rsidRDefault="00555501" w:rsidP="00555501">
+    <w:p w14:paraId="072A1FC9" w14:textId="7DD31035" w:rsidR="00555501" w:rsidRPr="00555501" w:rsidRDefault="00555501" w:rsidP="00555501">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:caps/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00555501">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>1. Marijampolės ,,Ryto“ pagrindinės mokyklos Vaikų maitinimo organizavimo tvarkos aprašas (toliau – Tvarkos aprašas) parengtas vadovaujantis Lietuvos Respublikos sveikatos apsaugos ministro 2011 m. lapkričio 11 d. įsakymu Nr. V-964 (Lietuvos Respublikos sveikatos apsaugos ministro 2018 m. balandžio 10 d. įsakymo Nr. V-394 redakcija) ,,</w:t>
+        <w:t xml:space="preserve">1. Marijampolės ,,Ryto“ </w:t>
+      </w:r>
+      <w:r w:rsidR="00056116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
       </w:r>
       <w:r w:rsidRPr="00555501">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Vaikų maitinimo organizavimo tvarkos aprašas (toliau – Tvarkos aprašas) parengtas vadovaujantis Lietuvos Respublikos sveikatos apsaugos ministro 2011 m. lapkričio 11 d. įsakymu Nr. V-964 (Lietuvos Respublikos sveikatos apsaugos ministro 2018 m. balandžio 10 d. įsakymo Nr. V-394 redakcija) ,,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00555501">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Dėl vaikų maitinimo organizavimo tvarkos aprašo patvirtinimo“.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76121963" w14:textId="77777777" w:rsidR="00555501" w:rsidRPr="00555501" w:rsidRDefault="00555501" w:rsidP="00555501">
+    <w:p w14:paraId="76121963" w14:textId="03AAE266" w:rsidR="00555501" w:rsidRPr="00555501" w:rsidRDefault="00555501" w:rsidP="00555501">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Hlk107469584"/>
       <w:r w:rsidRPr="00555501">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2. Tvarkos aprašas</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="00555501">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> nustato vaikų maitinimo, vykdomo</w:t>
       </w:r>
       <w:r w:rsidRPr="00555501">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00555501">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Marijampolės ,,Ryto“ pagrindinėje mokykloje</w:t>
+        <w:t xml:space="preserve">Marijampolės ,,Ryto“ pagrindinėje </w:t>
+      </w:r>
+      <w:r w:rsidR="00056116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijoje</w:t>
       </w:r>
       <w:r w:rsidRPr="00555501">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00555501">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00555501">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>toliau – mokykla), reikalavimus.</w:t>
+        <w:t>toliau –</w:t>
+      </w:r>
+      <w:r w:rsidR="00056116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00555501">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>), reikalavimus.</w:t>
       </w:r>
       <w:r w:rsidRPr="00555501">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F64F416" w14:textId="77777777" w:rsidR="00555501" w:rsidRPr="00555501" w:rsidRDefault="00555501" w:rsidP="00555501">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00555501">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:r w:rsidRPr="00555501">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Tvarkos aprašo tikslas – užtikrinti sveikatai palankią vaikų mitybą, maisto saugą ir geriausią kokybę, kad būtų patenkinti vaikų maisto medžiagų fiziologiniai poreikiai, ugdomi sveikos mitybos įgūdžiai. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EF4B30D" w14:textId="77777777" w:rsidR="00555501" w:rsidRPr="00555501" w:rsidRDefault="00555501" w:rsidP="00555501">
+    <w:p w14:paraId="4EF4B30D" w14:textId="7E3B5FBE" w:rsidR="00555501" w:rsidRPr="00555501" w:rsidRDefault="00555501" w:rsidP="00555501">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00555501">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">4. Tvarkos aprašo reikalavimai privalomi mokyklos vadovams ir jos savininkams, juridiniams ir fiziniams asmenims, teikiantiems vaikų maitinimo ar maisto produktų tiekimo paslaugas mokykloje bei pagal kompetenciją kontrolę vykdančioms institucijoms. </w:t>
+        <w:t>4. Tvarkos aprašo reikalavimai privalomi</w:t>
+      </w:r>
+      <w:r w:rsidR="00056116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00555501">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vadovams ir jos savininkams, juridiniams ir fiziniams asmenims, teikiantiems vaikų maitinimo ar maisto produktų tiekimo paslaugas </w:t>
+      </w:r>
+      <w:r w:rsidR="00056116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00555501">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bei pagal kompetenciją kontrolę vykdančioms institucijoms. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C85E95E" w14:textId="77777777" w:rsidR="00555501" w:rsidRPr="00555501" w:rsidRDefault="00555501" w:rsidP="00555501">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="58568759" w14:textId="77777777" w:rsidR="00555501" w:rsidRPr="00555501" w:rsidRDefault="00555501" w:rsidP="00555501">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -1207,100 +1312,100 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> jų būklės ir kt.) nulemtų, asmens individualių maisto medžiagų ir energijos poreikių patenkinimą, parenkant toleruojamus maisto produktus, jų gamybos būdą, konsistenciją ir valgymo režimą, ir yra raštiškai rekomenduojamas gydytojo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16686D11" w14:textId="77777777" w:rsidR="00555501" w:rsidRPr="00555501" w:rsidRDefault="00555501" w:rsidP="00555501">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00555501">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">5.8. </w:t>
       </w:r>
       <w:r w:rsidRPr="00555501">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Šiltas maistas</w:t>
       </w:r>
       <w:r w:rsidRPr="00555501">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> – maistas, patiekiamas kaip karštas patiekalas, iki patiekimo vartoti laikomas ne žemesnėje kaip +63 °C temperatūroje.</w:t>
       </w:r>
       <w:r w:rsidRPr="00555501">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F2CF041" w14:textId="35367BDF" w:rsidR="00555501" w:rsidRPr="00555501" w:rsidRDefault="00555501" w:rsidP="00555501">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00555501">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>5.9.</w:t>
       </w:r>
       <w:r w:rsidRPr="00555501">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Tausojantis patiekalas</w:t>
       </w:r>
       <w:r w:rsidRPr="00555501">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – maistas, pagamintas </w:t>
       </w:r>
       <w:r w:rsidRPr="00555501">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
@@ -1516,94 +1621,130 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>VAIKŲ MAITINIMO ORGANIZAVIMO BENDRIEJI REIKALAVIMAI</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06FB37EC" w14:textId="77777777" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E9CFE92" w14:textId="77777777" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
+    <w:p w14:paraId="6E9CFE92" w14:textId="511030FA" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">6. Mokyklos savininkas atsako už tai, kad būtų sudarytos sąlygos vaikų maitinimui organizuoti. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="17DF1CD4" w14:textId="77777777" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
+        <w:t>6.</w:t>
+      </w:r>
+      <w:r w:rsidR="00056116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00864E45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> savininkas atsako už tai, kad būtų sudarytos sąlygos vaikų maitinimui organizuoti. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17DF1CD4" w14:textId="7E4A50E6" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">7. Mokyklos vadovas (toliau – vadovas) atsako už vaikų maitinimo organizavimą ir Tvarkos aprašo nuostatų įgyvendinimą. </w:t>
+        <w:t>7.</w:t>
+      </w:r>
+      <w:r w:rsidR="00056116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00864E45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vadovas (toliau – vadovas) atsako už vaikų maitinimo organizavimą ir Tvarkos aprašo nuostatų įgyvendinimą. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6561B92B" w14:textId="77777777" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8. Vaikų maitinimą gali organizuoti tik maisto tvarkymo subjektai, kuriems Lietuvos Respublikos valstybinės maisto ir veterinarijos tarnybos direktoriaus 2008 m. spalio 15 d. įsakyme Nr. B1-527 „Dėl Maisto tvarkymo subjektų patvirtinimo ir registravimo tvarkos aprašo patvirtinimo“ nustatyta tvarka suteikta teisė užsiimti maisto tvarkymu. Maisto tvarkymo subjektai, prieš pradėdami organizuoti vaikų maitinimą, turi turėti vaikų maitinimo valgiaraščius, atitinkančius Tvarkos aprašo nuostatas ir maitinamų vaikų amžių, o pritaikyto maitinimo valgiaraščiai turi būti parengti ne vėliau kaip per 30 darbo dienų nuo Tvarkos aprašo 1 priedo 1 punkte nurodytos raštiškos informacijos gavimo. Vaikams leidžiama ruošti maistą kartu su pedagogu ir jį vartoti, jei tai numatyta ugdymo programoje.</w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
@@ -1682,175 +1823,211 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">maistas tvarkomas laikantis bendrųjų higienos reikalavimų: tvarkant maistą švarioje vietoje, švariomis rankomis, švariais įrankiais bei įranga, gerai nuplaunant maisto žaliavas, naudojant tik </w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Lietuvos Respublikos sveikatos apsaugos ministro 2003 m. liepos 23 d. įsakyme Nr. V-455 „Dėl Lietuvos higienos normos HN 24:2017 „Geriamojo  vandens saugos ir  kokybės  reikalavimai“ patvirtinimo“ (toliau ‒ HN 24:2017) nustatytus </w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>geriamojo vandens reikalavimus atitinkantį vandenį.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D904372" w14:textId="27F5A4C6" w:rsidR="00FD4DAA" w:rsidRPr="00FD4DAA" w:rsidRDefault="00864E45" w:rsidP="00FD4DAA">
+    <w:p w14:paraId="7D904372" w14:textId="040E8297" w:rsidR="00FD4DAA" w:rsidRPr="00FD4DAA" w:rsidRDefault="00864E45" w:rsidP="00FD4DAA">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">10. </w:t>
       </w:r>
       <w:r w:rsidR="00FD4DAA" w:rsidRPr="00FD4DAA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Sudarant sutartis dėl vaikų maitinimo paslaugų teikimo m</w:t>
+        <w:t xml:space="preserve">Sudarant sutartis dėl vaikų maitinimo paslaugų teikimo </w:t>
+      </w:r>
+      <w:r w:rsidR="00056116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>progimnazijoje</w:t>
       </w:r>
       <w:r w:rsidR="00FD4DAA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">okykloje </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FD4DAA" w:rsidRPr="00FD4DAA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(toliau – Sutartis) turi būti numatyta atsakomybė už maitinimo organizavimo patalpų higienos ir Tvarkos aprašo reikalavimų užtikrinimą, taip pat vaikų maitinimo paslaugos teikimo organizavimas karantino, ekstremalios situacijos, ekstremalaus įvykio ar įvykio laikotarpiu ir kai vaikui skirtas mokymas namuose</w:t>
       </w:r>
       <w:r w:rsidR="00FD4DAA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Kai </w:t>
+        <w:t>. Kai</w:t>
+      </w:r>
+      <w:r w:rsidR="00056116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progimnazija</w:t>
       </w:r>
       <w:r w:rsidR="00FD4DAA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Mokykla dalyvauja</w:t>
+        <w:t xml:space="preserve"> dalyvauja</w:t>
       </w:r>
       <w:r w:rsidR="00FD4DAA" w:rsidRPr="00FD4DAA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Vaisių ir daržovių bei pieno ir pieno produktų vartojimo skatinimo vaikų ugdymo įstaigose programoje, Sutartyje turi būti numatyta atsakomybė už šios programos maisto produktų tvarkymą (plovimas, saugojimas ir pan.). Sutartys nesudaromos su į Nepatikimų maisto tvarkymo subjektų sąrašą, skelbiamą Valstybinės maisto ir veterinarijos tarnybos interneto svetainėje, įtrauktais m</w:t>
       </w:r>
       <w:r w:rsidR="00FD4DAA" w:rsidRPr="00FD4DAA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>aitinimo paslaugų teikėjais. Maitinimo paslaugos teikėjas turi organizuoti visų vaikų, norinčių gauti šią paslaugą, maitinimą. Jei sudaroma sutartis su vaiko atstovais pagal įstatymą dėl vaiko maitinimo iš namų atsineštu maistu, už maisto saugą ir kokybę atsako vaiko atstovai pagal įstatymą. Sutartyje dėl vaiko maitinimo iš namų atsineštu maistu turi būti nuostata apie draudžiam</w:t>
       </w:r>
       <w:r w:rsidR="00FD4DAA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>us atnešti maisto produktus</w:t>
       </w:r>
       <w:r w:rsidR="00FD4DAA" w:rsidRPr="00FD4DAA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C323B98" w14:textId="3C1144FC" w:rsidR="00864E45" w:rsidRPr="00BA1EC8" w:rsidRDefault="00864E45" w:rsidP="00FD4DAA">
+    <w:p w14:paraId="0C323B98" w14:textId="3BB49839" w:rsidR="00864E45" w:rsidRPr="00BA1EC8" w:rsidRDefault="00864E45" w:rsidP="00FD4DAA">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA1EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>11. S</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA1EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
-        <w:t>udarant sutartis dėl maisto produktų tiekimo mokyklai (toliau – maisto produktų tiekimo sutartis), maisto produktų tiekimo sutartyje turi būti numatyta atsakomybė už maisto produktų, neatitinkančių Tvarkos aprašo reikalavimų, tiekimą, taip pat maisto produktų tiekimo sąlygos karantino, ekstremalios situacijos, ekstremalaus įvykio ar įvykio laikotarpiu ir kai vaikui skirtas mokymas namuose, vadovaujantis Įsakymu Nr. V-1405. Maisto produktų tiekimo sutartys nesudaromos su į „Nepatikimų maisto tvarkymo subjektų sąrašą“, skelbiamą Valstybinės maisto ir veterinarijos tarnybos internetinėje svetainėje, įtrauktais maisto produktų tiekėjais. Rekomenduojama sudaryti maisto produktų sąrašą, kuriame būtų nurodyti konkretūs tiekiamų maisto produktų pavadinimai, maisto produktų sudėtis, grynasis kiekis, apdorojimo būdas (pvz., atšaldytas), ir jį pridėti prie maisto produktų tiekimo sutarties. Sudarant maisto produktų tiekimo sutartis rekomenduojama pirmenybę teikti tiekiamoms žaliavoms ir maisto produktams:</w:t>
+        <w:t>udarant sutartis dėl maisto produktų tiekimo</w:t>
+      </w:r>
+      <w:r w:rsidR="00056116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progimnazija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA1EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:t>i (toliau – maisto produktų tiekimo sutartis), maisto produktų tiekimo sutartyje turi būti numatyta atsakomybė už maisto produktų, neatitinkančių Tvarkos aprašo reikalavimų, tiekimą, taip pat maisto produktų tiekimo sąlygos karantino, ekstremalios situacijos, ekstremalaus įvykio ar įvykio laikotarpiu ir kai vaikui skirtas mokymas namuose, vadovaujantis Įsakymu Nr. V-1405. Maisto produktų tiekimo sutartys nesudaromos su į „Nepatikimų maisto tvarkymo subjektų sąrašą“, skelbiamą Valstybinės maisto ir veterinarijos tarnybos internetinėje svetainėje, įtrauktais maisto produktų tiekėjais. Rekomenduojama sudaryti maisto produktų sąrašą, kuriame būtų nurodyti konkretūs tiekiamų maisto produktų pavadinimai, maisto produktų sudėtis, grynasis kiekis, apdorojimo būdas (pvz., atšaldytas), ir jį pridėti prie maisto produktų tiekimo sutarties. Sudarant maisto produktų tiekimo sutartis rekomenduojama pirmenybę teikti tiekiamoms žaliavoms ir maisto produktams:</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA1EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E24F049" w14:textId="77777777" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2044,71 +2221,89 @@
         </w:rPr>
         <w:t xml:space="preserve"> nustatytus </w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
         <w:t>reikalavimus</w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59949345" w14:textId="77777777" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
+    <w:p w14:paraId="59949345" w14:textId="1A40937B" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>12. Jei vaisiai, daržovės, uogos, bulvės įsigyjami iš fizinių asmenų, jie turi laikytis  Lietuvos  Respublikos  valstybinės  maisto  ir  veterinarijos  tarnybos direktoriaus 2003 m. gruodžio 15 d. įsakyme Nr. B1-955 „Dėl Lietuvos Respublikoje išaugintų šviežių vaisių, daržovių, uogų, bulvių atitikties deklaracijos išdavimo reikalavimų patvirtinimo“ nustatytų reikalavimų ir išduoti Lietuvos Respublikoje išaugintų šviežių vaisių, daržovių, uogų, bulvių atitikties deklaraciją (toliau ‒ atitikties deklaracija), vadovaudamiesi Lietuvos Respublikos žemės ūkio ministro 2009 m. liepos  10 d. įsakymu Nr. 3D-488 „Dėl Importuojamų, eksportuojamų ir vidaus rinkai tiekiamų šviežių vaisių ir daržovių atitikties prekybos standartams patikros taisyklių patvirtinimo“. Atitikties deklaracijos 3 punkto, jeigu šiame punkte nurodyti maisto produktai nerūšiuojami pagal kokybės klases, pildyti nereikia. Šio punkto reikalavimai netaikomi, jeigu vaisius, daržoves, uogas ir bulves augina pati mokykla ar socialinės globos namai, tačiau visi vaisiai, uogos, daržovės, bulvės, skirti maistui, turi atitikti kokybės ir saugos reikalavimus, nustatytus Reglamente (EB) Nr. 852/2004 ir Lietuvos Respublikos sveikatos apsaugos ministro 2008 m. rugsėjo 15 d. įsakyme Nr. V-884 „Dėl Lietuvos higienos normos HN 54:2017 „Maisto produktai. Didžiausios leidžiamos teršalų ir pesticidų likučių koncentracijos“ patvirtinimo“ (toliau ‒ HN 54:2017).</w:t>
+        <w:t>12. Jei vaisiai, daržovės, uogos, bulvės įsigyjami iš fizinių asmenų, jie turi laikytis  Lietuvos  Respublikos  valstybinės  maisto  ir  veterinarijos  tarnybos direktoriaus 2003 m. gruodžio 15 d. įsakyme Nr. B1-955 „Dėl Lietuvos Respublikoje išaugintų šviežių vaisių, daržovių, uogų, bulvių atitikties deklaracijos išdavimo reikalavimų patvirtinimo“ nustatytų reikalavimų ir išduoti Lietuvos Respublikoje išaugintų šviežių vaisių, daržovių, uogų, bulvių atitikties deklaraciją (toliau ‒ atitikties deklaracija), vadovaudamiesi Lietuvos Respublikos žemės ūkio ministro 2009 m. liepos  10 d. įsakymu Nr. 3D-488 „Dėl Importuojamų, eksportuojamų ir vidaus rinkai tiekiamų šviežių vaisių ir daržovių atitikties prekybos standartams patikros taisyklių patvirtinimo“. Atitikties deklaracijos 3 punkto, jeigu šiame punkte nurodyti maisto produktai nerūšiuojami pagal kokybės klases, pildyti nereikia. Šio punkto reikalavimai netaikomi, jeigu vaisius, daržoves, uogas ir bulves augina pati</w:t>
+      </w:r>
+      <w:r w:rsidR="00056116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progimnazija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00864E45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ar socialinės globos namai, tačiau visi vaisiai, uogos, daržovės, bulvės, skirti maistui, turi atitikti kokybės ir saugos reikalavimus, nustatytus Reglamente (EB) Nr. 852/2004 ir Lietuvos Respublikos sveikatos apsaugos ministro 2008 m. rugsėjo 15 d. įsakyme Nr. V-884 „Dėl Lietuvos higienos normos HN 54:2017 „Maisto produktai. Didžiausios leidžiamos teršalų ir pesticidų likučių koncentracijos“ patvirtinimo“ (toliau ‒ HN 54:2017).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33E2A6F8" w14:textId="77777777" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">13. Už Tvarkos aprašo nuostatų laikymąsi atsakingas maitinimo paslaugos teikėjas. </w:t>
       </w:r>
     </w:p>
@@ -2212,79 +2407,103 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">16. Maisto patiekimas turi atitikti Tvarkos </w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">aprašo 6 priedo </w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>reikalavimus.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D02D799" w14:textId="54D705FD" w:rsidR="00864E45" w:rsidRPr="00BA1EC8" w:rsidRDefault="00864E45" w:rsidP="00864E45">
+    <w:p w14:paraId="5D02D799" w14:textId="6995CE8E" w:rsidR="00864E45" w:rsidRPr="00BA1EC8" w:rsidRDefault="00864E45" w:rsidP="00864E45">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA1EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">17. Maitinimai skirstomi į pagrindinius ‒ pusryčius, pietus, vakarienę ir papildomus ‒ priešpiečius, pavakarius, naktipiečius. Pusryčiams vaikas turi gauti 20–25 proc., pietums – 30–35 proc., vakarienei – 20–25 proc., priešpiečiams, pavakariams ir (ar) naktipiečiams – po 10 proc. rekomenduojamo paros maisto raciono kaloringumo, nustatyto Lietuvos Respublikos sveikatos apsaugos ministro 1999 m. lapkričio 25 d. įsakymu Nr. 510 „Dėl Rekomenduojamų paros maistinių medžiagų ir energijos normų tvirtinimo“ (toliau – rekomenduojamos paros normos), jei tokie maitinimai numatyti valgiaraščiuose. Jei vaikai maitinimų metu turi galimybę patys įsidėti maisto, šio punkto nuostatos netaikomos. Maitinimai gali būti organizuojami išduodant maisto davinius, skirtus maitinti ne mokykloje (ne ilgesnėms kaip 1 dienos išvykoms į varžybas, mokomųjų treniruočių stovyklas ar kitus renginius), </w:t>
+        <w:t xml:space="preserve">17. Maitinimai skirstomi į pagrindinius ‒ pusryčius, pietus, vakarienę ir papildomus ‒ priešpiečius, pavakarius, naktipiečius. Pusryčiams vaikas turi gauti 20–25 proc., pietums – 30–35 proc., vakarienei – 20–25 proc., priešpiečiams, pavakariams ir (ar) naktipiečiams – po 10 proc. rekomenduojamo paros maisto raciono kaloringumo, nustatyto Lietuvos Respublikos sveikatos apsaugos ministro 1999 m. lapkričio 25 d. įsakymu Nr. 510 „Dėl Rekomenduojamų paros maistinių medžiagų ir energijos normų tvirtinimo“ (toliau – rekomenduojamos paros normos), jei tokie maitinimai numatyti valgiaraščiuose. Jei vaikai maitinimų metu turi galimybę patys įsidėti maisto, šio punkto nuostatos netaikomos. Maitinimai gali būti organizuojami išduodant maisto davinius, skirtus maitinti ne </w:t>
+      </w:r>
+      <w:r w:rsidR="00056116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijoje</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA1EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ne ilgesnėms kaip 1 dienos išvykoms į varžybas, mokomųjų treniruočių stovyklas ar </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA1EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">kitus renginius), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA1EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>taip pat, jei organizuojamas nemokamas maitinimas vaikams, kuriems reikalingas pritaikytas maitinimas, tačiau pritaikyto maitinimo patiekalų įstaigos virtuvėje pagaminti nėra galimybių</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA1EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA1EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA1EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
@@ -2408,95 +2627,104 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>greitai gendančių maisto produktų. Sudarant maisto davinius</w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ilgesniam laikui (pvz., karantino metu) rekomenduojama keisti maisto davinių sudėtį, atsižvelgiant į maisto davinius gaunančių vaikų poreikius.</w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50B5CE3B" w14:textId="781160D7" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00141E9F">
+    <w:p w14:paraId="50B5CE3B" w14:textId="3E7624B6" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00141E9F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>19</w:t>
       </w:r>
       <w:r w:rsidR="00254854" w:rsidRPr="00254854">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00254854">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Vaikų maitinimui mokykloj</w:t>
+        <w:t xml:space="preserve">Vaikų maitinimui </w:t>
+      </w:r>
+      <w:r w:rsidR="00056116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijoje</w:t>
       </w:r>
       <w:r w:rsidR="00254854" w:rsidRPr="00254854">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">e draudžiamos naudoti </w:t>
+        <w:t xml:space="preserve"> draudžiamos naudoti </w:t>
       </w:r>
       <w:r w:rsidR="00254854" w:rsidRPr="00254854">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">šios maisto produktų grupės: bulvių, kukurūzų ar kitokie traškučiai, kiti riebaluose virti, skrudinti ar spraginti gaminiai; saldainiai; šokoladas ir šokolado gaminiai; valgomieji ledai; pieno produktai ir konditerijos gaminiai su glajumi, glaistu, šokoladu ar kremu; </w:t>
       </w:r>
       <w:r w:rsidR="00254854" w:rsidRPr="00254854">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">pieno produktai su </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00254854" w:rsidRPr="00254854">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3336,78 +3564,88 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.16. patiekalų gamyboje naudojamoje valgomojoje druskoje turi būti 20–40 mg/kg jodo.</w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="239DFEF1" w14:textId="77777777" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
+    <w:p w14:paraId="239DFEF1" w14:textId="0BE05940" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">21. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00864E45">
+      <w:r w:rsidR="00056116">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Mokykloje turi būti sudarytos higieniškos sąlygos nemokamai atsigerti geriamojo vandens (rekomenduojama kambario temperatūros, pvz., pilstomo iš geriamajam vandeniui skirtų indų, talpų, automatų ir pan.), net jei vaikai nemaitinami.</w:t>
+        <w:t>Progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00864E45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> turi būti sudarytos higieniškos sąlygos nemokamai atsigerti geriamojo vandens (rekomenduojama kambario temperatūros, pvz., pilstomo iš geriamajam vandeniui skirtų indų, talpų, automatų ir pan.), net jei vaikai nemaitinami.</w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Rekomenduojama sudaryti galimybę vaikams gauti ir karšto virinto geriamojo vandens. Vandeniui atsigerti turi būti naudojami asmeninio naudojimo arba vienkartiniai puodukai, stiklinaitės ar buteliukai.</w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F4A190C" w14:textId="77777777" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -3441,82 +3679,100 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>riešmokyklinio</w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ugdymo programos mokiniams draudžiama naudoti vienkartinius įrankius.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58AFD5B9" w14:textId="77777777" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
+    <w:p w14:paraId="58AFD5B9" w14:textId="638AA558" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk107471003"/>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>23</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>. Mokyklos valgykloje ar kitoje patalpoje, kurioje maitinami vaikai, matomoje vietoje turi būti skelbiama:</w:t>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00056116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00864E45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> valgykloje ar kitoje patalpoje, kurioje maitinami vaikai, matomoje vietoje turi būti skelbiama:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CA6F77E" w14:textId="5FA57CCE" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>23</w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -3577,78 +3833,96 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="5C717C15" w14:textId="77777777" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>23.2. maisto pasirinkimo piramidės, maisto produktų ženklinimo simboliu „Rakto skylutė“ plakatai ar kita sveiką mitybą skatinanti informacija;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08B20D45" w14:textId="77777777" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
+    <w:p w14:paraId="08B20D45" w14:textId="73413F3A" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>23</w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">.3. Valstybinės maisto ir veterinarijos tarnybos nemokamos telefono linijos numeris (skambinti maitinimo organizavimo klausimais). Šis numeris turi būti skelbiamas ir priešmokyklinio </w:t>
+        <w:t xml:space="preserve">.3. </w:t>
+      </w:r>
+      <w:r w:rsidR="00056116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00864E45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">alstybinės maisto ir veterinarijos tarnybos nemokamos telefono linijos numeris (skambinti maitinimo organizavimo klausimais). Šis numeris turi būti skelbiamas ir priešmokyklinio </w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ugdymo </w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>mokinių priėmimo–nusirengimo patalpoje;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31B3C92A" w14:textId="77777777" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -3671,84 +3945,92 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">.4. juridinis ar fizinis asmuo, teikiantis vaikų maitinimo ir (ar) maisto produktų tiekimo paslaugas. Ši informacija turi būti skelbiama ir priešmokyklinio </w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ugdymo programos mokinių </w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>priėmimo–nusirengimo patalpoje;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59391378" w14:textId="77777777" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
+    <w:p w14:paraId="59391378" w14:textId="5186BB02" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>23</w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.5. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00864E45">
-[...5 lines deleted...]
-        <w:t>Tvarkos aprašo 19 punkto nuostatos</w:t>
+      <w:r w:rsidR="00056116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00864E45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>varkos aprašo 19 punkto nuostatos</w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> priešmokyklinio </w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ugdymo programos mokinių</w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -3797,226 +4079,314 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>bendrojo ugdymo</w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> programas</w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> vykdančiose įstaigose.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66612485" w14:textId="77777777" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
+    <w:p w14:paraId="66612485" w14:textId="4C91B866" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>24. Mokyklos interneto svetainėje turi būti skelbiama vieša prieiga: Tvarkos aprašas,</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> juridinis </w:t>
+        <w:t>24.</w:t>
+      </w:r>
+      <w:r w:rsidR="00056116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00864E45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> interneto svetainėje turi būti skelbiama vieša prieiga: Tvarkos aprašas,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00864E45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>ar fizinis asmuo, teikiantis vaikų maitinimo ir (ar) maisto produktų tiekimo paslaugas,</w:t>
+        <w:t>juridinis ar fizinis asmuo, teikiantis vaikų maitinimo ir (ar) maisto produktų tiekimo paslaugas,</w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir valgiaraščiai (nurodoma informacija, nustatyta Tvarkos aprašo 41 punkte), karantino, ekstremalios situacijos, ekstremalaus įvykio ar įvykio laikotarpiu turi būti skelbiama informacija apie vaikų maitinimo organizavimo sąlygas, jei jos keičiamos.</w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="074946A2" w14:textId="03B38E3A" w:rsidR="00864E45" w:rsidRPr="00BA1EC8" w:rsidRDefault="00864E45" w:rsidP="00864E45">
+    <w:p w14:paraId="074946A2" w14:textId="39D5A4FD" w:rsidR="00864E45" w:rsidRPr="00BA1EC8" w:rsidRDefault="00864E45" w:rsidP="00864E45">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA1EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">25. Mokyklai rekomenduojama dalyvauti Vaisių ir daržovių bei pieno ir pieno produktų vartojimo skatinimo vaikų ugdymo įstaigose programoje, finansuojamose Europos Sąjungos ir Lietuvos Respublikos valstybės biudžeto lėšomis. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="212775D1" w14:textId="2FD3E26C" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
+        <w:t>25.</w:t>
+      </w:r>
+      <w:r w:rsidR="00056116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Progimnazija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA1EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">i rekomenduojama dalyvauti Vaisių ir daržovių bei pieno ir pieno produktų vartojimo skatinimo vaikų ugdymo įstaigose programoje, finansuojamose Europos Sąjungos ir Lietuvos Respublikos valstybės biudžeto lėšomis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="212775D1" w14:textId="43B9A3BF" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>26. Jei mokykloje maitinami su</w:t>
+        <w:t xml:space="preserve">26. Jei </w:t>
+      </w:r>
+      <w:r w:rsidR="00056116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00864E45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> maitinami su</w:t>
       </w:r>
       <w:r w:rsidR="000F4020">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>augę asmenys, jiems mokykloje turi būti patie</w:t>
+        <w:t xml:space="preserve">augę asmenys, jiems </w:t>
+      </w:r>
+      <w:r w:rsidR="00056116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidR="000F4020">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> turi būti patie</w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>kiami Tv</w:t>
       </w:r>
       <w:r w:rsidR="000F4020">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">arkos aprašo reikalavimus </w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>atitinkantys maisto produktai ar</w:t>
       </w:r>
       <w:r w:rsidR="000F4020">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> patiekalai</w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01DF98EA" w14:textId="77777777" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
+    <w:p w14:paraId="01DF98EA" w14:textId="75BC0F31" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>27. Mokykloje negali būti reklamuojami maisto produktai, išvardyti atitinkamai Tvarkos aprašo</w:t>
+        <w:t xml:space="preserve">27. </w:t>
+      </w:r>
+      <w:r w:rsidR="00056116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00864E45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> negali būti reklamuojami maisto produktai, išvardyti atitinkamai Tvarkos aprašo</w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> 19 </w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>punktuose.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79F9EF25" w14:textId="77777777" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="907"/>
         <w:jc w:val="both"/>
@@ -4032,51 +4402,51 @@
         <w:suppressAutoHyphens/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>iV SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A11CCC6" w14:textId="77777777" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
+    <w:p w14:paraId="4A11CCC6" w14:textId="6D0E1032" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>VAIKŲ</w:t>
       </w:r>
@@ -4097,51 +4467,73 @@
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">PRIEŠMOKYKLINIO </w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">UGDYMO PROGRAMĄ , </w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">MAITINIMO ORGANIZAVIMAS mokykloJE </w:t>
+        <w:t xml:space="preserve">MAITINIMO ORGANIZAVIMAS </w:t>
+      </w:r>
+      <w:r w:rsidR="00056116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00864E45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27E99E19" w14:textId="77777777" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="907"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4862FA93" w14:textId="77777777" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00864E45">
@@ -4303,85 +4695,93 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>gdymo įstaiga</w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>iš namų atneštą maistą turi laikyti ir patiekti tinkamos temperatūros;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00C695F9" w14:textId="623EF71D" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
+    <w:p w14:paraId="00C695F9" w14:textId="0F9E4422" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00056116" w:rsidP="00864E45">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00864E45">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00864E45">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>32. J</w:t>
+      </w:r>
+      <w:r w:rsidR="00864E45" w:rsidRPr="00864E45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ei </w:t>
+      </w:r>
+      <w:r w:rsidR="00864E45" w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">vaiko atstovai pagal įstatymą </w:t>
       </w:r>
-      <w:r w:rsidRPr="00864E45">
+      <w:r w:rsidR="00864E45" w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vaikui</w:t>
       </w:r>
-      <w:r w:rsidRPr="00864E45">
+      <w:r w:rsidR="00864E45" w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> įdeda maisto papildomai</w:t>
       </w:r>
       <w:r w:rsidR="00184FEA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> arba </w:t>
       </w:r>
       <w:r w:rsidR="00184FEA" w:rsidRPr="00184FEA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">atneša maisto į </w:t>
       </w:r>
       <w:r w:rsidR="00184FEA">
         <w:rPr>
@@ -4474,216 +4874,291 @@
         <w:t>VAIKŲ, ugdomų pagal BENDROJO UGDYMO</w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> PROGRAMĄ,</w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C1BF2C9" w14:textId="77777777" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
+    <w:p w14:paraId="2C1BF2C9" w14:textId="6E299D2C" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>MAITINIMO ORGANIZAVIMAS mokykloJE</w:t>
+        <w:t xml:space="preserve">MAITINIMO ORGANIZAVIMAS </w:t>
+      </w:r>
+      <w:r w:rsidR="00056116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>progimnazijoje</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="473DE39C" w14:textId="77777777" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C51A24D" w14:textId="77777777" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">33. Kasdien privaloma organizuoti pietus, kurių metu turi būti sudarytos sąlygos vaikams pavalgyti šilto maisto. Pietūs organizuojami ne anksčiau kaip po 2,5 val. ir ne vėliau kaip praėjus 4 val. nuo pamokų pradžios. Vaikų aptarnavimui pietų metu pagerinti rekomenduojama pailginti pertraukas arba pertraukas organizuoti skirtingu metu skirtingoms klasėms. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="226E2727" w14:textId="2AF8CDFF" w:rsidR="000E3BC1" w:rsidRDefault="00864E45" w:rsidP="000E3BC1">
+    <w:p w14:paraId="226E2727" w14:textId="312FC49A" w:rsidR="000E3BC1" w:rsidRDefault="00864E45" w:rsidP="000E3BC1">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">34. </w:t>
       </w:r>
       <w:r w:rsidR="000E3BC1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidR="000E3BC1" w:rsidRPr="000E3BC1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>isi pietų metu patiekiami patiekalai turi būti nurodyti valgiaraštyje. Rekomenduojama sudaryti galimybę pasirinkti iš kelių karštųjų pietų patiekalų ir kelių garnyrų. Rekomenduojama sudaryti sąlygas vaikams patiems įsidėti maisto. Vaikams taip pat turi būti sudaryta galimybė atsinešti, laikyti ir maitintis iš namų tą dieną atneštu maistu. Už atnešto maisto saugą ir kokybę atsako vaiko atstovai pagal įstatymą. Jei vaikai atsineša maisto į mokykloje ar klasėje organizuojamas šventes, rekomenduojama, kad atsineštas maistas atitiktų Tvarkos apraš</w:t>
+        <w:t xml:space="preserve">isi pietų metu patiekiami patiekalai turi būti nurodyti valgiaraštyje. Rekomenduojama sudaryti galimybę pasirinkti iš kelių karštųjų pietų patiekalų ir kelių garnyrų. Rekomenduojama sudaryti sąlygas vaikams patiems įsidėti maisto. Vaikams taip pat turi būti sudaryta galimybė atsinešti, laikyti ir maitintis iš namų tą dieną atneštu maistu. Už atnešto maisto saugą ir kokybę atsako vaiko atstovai pagal įstatymą. Jei vaikai atsineša maisto į </w:t>
+      </w:r>
+      <w:r w:rsidR="00056116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidR="000E3BC1" w:rsidRPr="000E3BC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ar klasėje organizuojamas šventes, rekomenduojama, kad atsineštas maistas atitiktų Tvarkos apraš</w:t>
       </w:r>
       <w:r w:rsidR="000E3BC1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o 19 punkto reikalavimus.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FEDABEC" w14:textId="6AADA3B4" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="000E3BC1">
+    <w:p w14:paraId="7FEDABEC" w14:textId="67F1AC57" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="000E3BC1">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>35. Valgiaraščiai turi būti sudaromi atsižvelgiant į mokykloje besimokančių vaikų amžių. Skiriamos dvi amžiaus grupės (6–10 metų ir 11 metų bei vyresnio amžiaus vaikai). Nesant galimybės sudaryti valgiaraščius abiem amžiaus grupėms, sudaromas vienas valgiaraštis pagal 11 metų ir vyresnio amžiaus vaikų maistinių medžiagų fiziologinius poreikius. Esant poreikiui, vietoje 11 metų ir vyresnio amžiaus vaikų valgiaraščio gali būti sudaromi valgiaraščiai 11‒14 metų ir 15–18 metų vaikams.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5BE971FF" w14:textId="77777777" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
+        <w:t xml:space="preserve">35. Valgiaraščiai turi būti sudaromi atsižvelgiant į </w:t>
+      </w:r>
+      <w:r w:rsidR="00056116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00864E45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> besimokančių vaikų amžių. Skiriamos dvi amžiaus grupės (6–10 metų ir 11 metų bei vyresnio amžiaus vaikai). Nesant galimybės sudaryti valgiaraščius abiem amžiaus grupėms, sudaromas vienas valgiaraštis pagal 11 metų ir vyresnio amžiaus vaikų maistinių medžiagų fiziologinius poreikius. Esant poreikiui, vietoje 11 metų ir vyresnio amžiaus vaikų valgiaraščio gali būti sudaromi valgiaraščiai 11‒14 metų ir 15–18 metų vaikams.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BE971FF" w14:textId="5C2C6D36" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">36. Pasirinkti pietų metu </w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>turi būti patiekiami karštieji patiekalai: tausojantis patiekalas ir patiekalas, pagamintas tik iš augalinės kilmės maisto produktų (</w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>išskyrus mokyklas, į kurias maistas pristatomas termosuose)</w:t>
+        <w:t>išskyrus</w:t>
+      </w:r>
+      <w:r w:rsidR="00D73C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidR="00056116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnazija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00864E45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>s, į kurias maistas pristatomas termosuose)</w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Valgiaraščiuose šie patiekalai ar patiekalas (jei tausojantis patiekalas yra pagamintas tik iš </w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
@@ -4734,71 +5209,89 @@
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pagaminti tik iš augalinės kilmės maisto produktų</w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25C727D1" w14:textId="77777777" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
+    <w:p w14:paraId="25C727D1" w14:textId="2A85AC79" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>37. Mokykloje, be pietų, taip pat gali būti:</w:t>
+        <w:t xml:space="preserve">37. </w:t>
+      </w:r>
+      <w:r w:rsidR="00056116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00864E45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, be pietų, taip pat gali būti:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="644F5125" w14:textId="77777777" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>37.1. kiti vaikų maitinimai, nurodyti Tvarkos aprašo 17 punkte.</w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -5032,104 +5525,124 @@
       <w:r w:rsidR="00F87061" w:rsidRPr="00F87061">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> sudaromi atsižvelgiant į rekomenduojamas paros normas bei į vaikų buvimo įstaigoje trukmę. Valgiaraščių energinė ir maistinė vertė nuo rekomenduojamų paros normų gali nukrypti ne daugiau nei penkis procentus. Valgiaraštyje nurodyti ir faktiškai patiekiami maisto produktai ar patiekalai gali skirtis, jei atliekami nereikšmingi vienkartiniai keitimai: vienas maisto produktas ar patiekalas pakeičiamas tos pačios maisto produktų grupės kitu maisto produktu ar patiekalu, kai maistinė vertė nepablogėja, o energinė vertė pasikeičia ne daug</w:t>
       </w:r>
       <w:r w:rsidR="00F87061">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>iau kaip dešimt procentų</w:t>
       </w:r>
       <w:r w:rsidR="00F87061" w:rsidRPr="00F87061">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18E6AA41" w14:textId="77777777" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
+    <w:p w14:paraId="18E6AA41" w14:textId="721AE742" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>40. Mokykloje valgiaraščiai sudaromi ne mažiau kaip 15 darbo dienų laikotarpiui.</w:t>
+        <w:t xml:space="preserve">40. </w:t>
+      </w:r>
+      <w:r w:rsidR="00056116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00864E45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> valgiaraščiai sudaromi ne mažiau kaip 15 darbo dienų laikotarpiui.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="641E4EA9" w14:textId="77777777" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">41. Vaisių ir daržovių bei pieno ir pieno produktų vartojimo skatinimo vaikų ugdymo įstaigose programų maisto produktai į valgiaraščius neįtraukiami. Valgiaraščiuose nurodytų patiekalų receptūros ir gamybos technologiniuose aprašymuose turi būti nurodyti naudojami maisto produktai, </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>bruto</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>neto</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
@@ -5309,51 +5822,51 @@
       <w:r w:rsidRPr="008A2183">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>NEMOKAMO MAITINIMO SKYRIMAS MOKINIAMS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C7BBD01" w14:textId="77777777" w:rsidR="008A2183" w:rsidRPr="008A2183" w:rsidRDefault="008A2183" w:rsidP="008A2183">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="020E761B" w14:textId="62FCE9FC" w:rsidR="008A2183" w:rsidRPr="008A2183" w:rsidRDefault="008A2183" w:rsidP="008A2183">
+    <w:p w14:paraId="020E761B" w14:textId="22AAE31F" w:rsidR="008A2183" w:rsidRPr="008A2183" w:rsidRDefault="008A2183" w:rsidP="008A2183">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="186"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A2183">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">           4</w:t>
       </w:r>
@@ -5365,51 +5878,67 @@
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="008A2183">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="009561F3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008A2183">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Nemokamas maitinimas mokiniams teikiamas mokykloje, kurioje jie mokosi nepriklausomai nuo jų gyvenamosios vietos. </w:t>
+        <w:t xml:space="preserve">Nemokamas maitinimas mokiniams teikiamas </w:t>
+      </w:r>
+      <w:r w:rsidR="00056116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A2183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kurioje jie mokosi nepriklausomai nuo jų gyvenamosios vietos. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FD599C2" w14:textId="192FEC37" w:rsidR="008A2183" w:rsidRPr="008A2183" w:rsidRDefault="008A2183" w:rsidP="008A2183">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="851"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">45. </w:t>
@@ -5417,51 +5946,51 @@
       <w:r w:rsidRPr="008A2183">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009561F3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ne</w:t>
       </w:r>
       <w:r w:rsidRPr="008A2183">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">mokamas maitinimas skiriamas: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71359654" w14:textId="7F9FB717" w:rsidR="008A2183" w:rsidRPr="008A2183" w:rsidRDefault="008A2183" w:rsidP="009561F3">
+    <w:p w14:paraId="71359654" w14:textId="4462DF26" w:rsidR="008A2183" w:rsidRPr="008A2183" w:rsidRDefault="008A2183" w:rsidP="009561F3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A2183">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008A2183">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -5483,320 +6012,402 @@
       <w:r w:rsidRPr="008A2183">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="009561F3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="008A2183">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>. nuo informacijos apie priimtą sprendimą dėl socialinės paramos mokiniams gavimo mokykloje kitos dienos iki kalendorinių metų arba mokslo metų pabaigos (įskaitant egzaminų laikotarpį);</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2FD514CB" w14:textId="12BE6263" w:rsidR="008A2183" w:rsidRPr="008A2183" w:rsidRDefault="008A2183" w:rsidP="008A2183">
+        <w:t xml:space="preserve">. nuo informacijos apie priimtą sprendimą dėl socialinės paramos mokiniams gavimo </w:t>
+      </w:r>
+      <w:r w:rsidR="00056116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A2183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kitos dienos iki kalendorinių metų arba mokslo metų pabaigos (įskaitant egzaminų laikotarpį);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FD514CB" w14:textId="1AADFDBA" w:rsidR="008A2183" w:rsidRPr="008A2183" w:rsidRDefault="008A2183" w:rsidP="008A2183">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A2183">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">    4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="008A2183">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="009561F3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="008A2183">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. m</w:t>
       </w:r>
       <w:r w:rsidRPr="008A2183">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>okiniui atvykus į mokyklą iš kitos mokyklos</w:t>
+        <w:t xml:space="preserve">okiniui atvykus į </w:t>
+      </w:r>
+      <w:r w:rsidR="00056116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnaziją</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A2183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> iš kitos</w:t>
+      </w:r>
+      <w:r w:rsidR="00056116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokyklos</w:t>
       </w:r>
       <w:r w:rsidR="00771396">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir</w:t>
       </w:r>
       <w:r w:rsidRPr="008A2183">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> gavus raštu informaciją apie mokiniui </w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="1C8B8864" w14:textId="67CC58F9" w:rsidR="008A2183" w:rsidRPr="008A2183" w:rsidRDefault="008A2183" w:rsidP="008A2183">
+        <w:t xml:space="preserve"> gavus raštu informaciją apie mokiniui skirtą nemokamą maitinimą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C8B8864" w14:textId="3A43712D" w:rsidR="008A2183" w:rsidRPr="008A2183" w:rsidRDefault="008A2183" w:rsidP="008A2183">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A2183">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">    4</w:t>
       </w:r>
       <w:r w:rsidR="009561F3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="008A2183">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...7 lines deleted...]
-        <w:t>M</w:t>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00056116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Progimnazija</w:t>
       </w:r>
       <w:r w:rsidRPr="008A2183">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>okykla apie išvykusį mokinį informuoja Marijampolės savivaldybės administracijos Socialinių reikalų departamento Piniginės paramos skyrių ir ugdymo įstaigą, į kurią mokinys išvyko (raštu, el. paštu), jeigu yra žinoma į kurią mokyklą mokinys išvyko.</w:t>
+        <w:t xml:space="preserve"> apie išvykusį mokinį informuoja Marijampolės savivaldybės administracijos Socialinių reikalų departamento Piniginės paramos skyrių ir ugdymo įstaigą, į kurią mokinys išvyko (raštu, el. paštu), jeigu yra žinoma į kurią </w:t>
+      </w:r>
+      <w:r w:rsidR="00056116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnaziją</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A2183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokinys išvyko.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FFC133C" w14:textId="4D47660A" w:rsidR="008A2183" w:rsidRPr="008A2183" w:rsidRDefault="008A2183" w:rsidP="008A2183">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="part_ac9634f11fc34c27b1f8608320c41800"/>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkStart w:id="5" w:name="part_ac9634f11fc34c27b1f8608320c41800"/>
+      <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidRPr="008A2183">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">    4</w:t>
       </w:r>
       <w:r w:rsidR="009561F3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7.</w:t>
       </w:r>
       <w:r w:rsidRPr="008A2183">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009561F3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidRPr="008A2183">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>okslo metais mokiniams, vykstantiems į mokymo įstaigos organizuojamas išvykas, nemokami pietūs gali būti teikiami sausu maisto daviniu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="747AB365" w14:textId="54765594" w:rsidR="008A2183" w:rsidRPr="008A2183" w:rsidRDefault="008A2183" w:rsidP="008A2183">
+    <w:p w14:paraId="747AB365" w14:textId="5291F7F4" w:rsidR="008A2183" w:rsidRPr="008A2183" w:rsidRDefault="008A2183" w:rsidP="008A2183">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A2183">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4</w:t>
       </w:r>
       <w:r w:rsidR="009561F3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="008A2183">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Jei socialinė parama mokiniui būtina ir mokinio tėvai, globėjai (rūpintojai) nesikreipia dėl socialinės paramos mokiniams, mokykla apie tai informuoja mokinio deklaruotos gyvenamosios vietos savivaldybės administraciją ir pateikia turimą informaciją, reikalingą socialinei paramai mokiniams skirti. Tokiu atveju paramos prašo mokykla. </w:t>
+        <w:t>. Jei socialinė parama mokiniui būtina ir mokinio tėvai, globėjai (rūpintojai) nesikreipia dėl socialinės paramos mokiniams,</w:t>
+      </w:r>
+      <w:r w:rsidR="00056116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progimnazija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A2183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> apie tai informuoja mokinio deklaruotos gyvenamosios vietos savivaldybės administraciją ir pateikia turimą informaciją, reikalingą socialinei paramai mokiniams skirti. Tokiu atveju paramos prašo</w:t>
+      </w:r>
+      <w:r w:rsidR="00056116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progimnazija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A2183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2241184A" w14:textId="4254F6B2" w:rsidR="008A2183" w:rsidRPr="008A2183" w:rsidRDefault="008A2183" w:rsidP="008A2183">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="807"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="part_cd47cccc5a104c44826988de5e94de10"/>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkStart w:id="6" w:name="part_cd47cccc5a104c44826988de5e94de10"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidRPr="008A2183">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="009561F3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="008A2183">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -5859,78 +6470,114 @@
       <w:r w:rsidRPr="008A2183">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>NEMOKAMO MAITINIMO APSKAITA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60DCF1F0" w14:textId="77777777" w:rsidR="008A2183" w:rsidRPr="008A2183" w:rsidRDefault="008A2183" w:rsidP="008A2183">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="173A7EFF" w14:textId="53040ABD" w:rsidR="008A2183" w:rsidRPr="008A2183" w:rsidRDefault="009561F3" w:rsidP="008A2183">
+    <w:p w14:paraId="173A7EFF" w14:textId="44E21D2A" w:rsidR="008A2183" w:rsidRPr="008A2183" w:rsidRDefault="009561F3" w:rsidP="008A2183">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>50</w:t>
       </w:r>
       <w:r w:rsidR="008A2183" w:rsidRPr="008A2183">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>. Nemokamai maitinamų mokinių apskaitą mokykloje vykdo mokyklos direktoriaus paskirtas atsakingas darbuotojas.</w:t>
+        <w:t xml:space="preserve">. Nemokamai maitinamų mokinių apskaitą </w:t>
+      </w:r>
+      <w:r w:rsidR="00056116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidR="008A2183" w:rsidRPr="008A2183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vykdo</w:t>
+      </w:r>
+      <w:r w:rsidR="00056116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="008A2183" w:rsidRPr="008A2183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> direktoriaus paskirtas atsakingas darbuotojas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A26CB50" w14:textId="586EACAB" w:rsidR="008A2183" w:rsidRPr="008A2183" w:rsidRDefault="009561F3" w:rsidP="008A2183">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>51</w:t>
       </w:r>
       <w:r w:rsidR="008A2183" w:rsidRPr="008A2183">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -5966,51 +6613,51 @@
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>.1.</w:t>
       </w:r>
       <w:r w:rsidR="00B57FA1" w:rsidRPr="00B57FA1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B57FA1" w:rsidRPr="00B57FA1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>moksleivio, gaunančio nemokamą maitinimą, valgykloje pateiktas elektroninis mokinio pažymėjimas (apyrankė, pakabukas) patvirtina faktą, jog jis gavo maitinimą.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62B562F4" w14:textId="6BF7B305" w:rsidR="008A2183" w:rsidRPr="008A2183" w:rsidRDefault="00CC1E1A" w:rsidP="008A2183">
+    <w:p w14:paraId="62B562F4" w14:textId="03DEF27C" w:rsidR="008A2183" w:rsidRPr="008A2183" w:rsidRDefault="00CC1E1A" w:rsidP="008A2183">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>51</w:t>
       </w:r>
       <w:r w:rsidR="008A2183" w:rsidRPr="008A2183">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.2. </w:t>
       </w:r>
@@ -6022,68 +6669,84 @@
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="008A2183" w:rsidRPr="008A2183">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>okiniui, gaunančiam nemokamą maitinimą, pamiršus atsinešti mokinio pažymėjimą</w:t>
       </w:r>
       <w:r w:rsidR="00771396">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (apyrankę, pakabuką)</w:t>
       </w:r>
       <w:r w:rsidR="008A2183" w:rsidRPr="008A2183">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, jam gali būti priskiriama laikina kortelė, kurią priskiria mokykloje atsakingas asmuo (socialinis pedagogas). Mokinys pasinaudojęs kortele ją grąžina atsakingam asmeniui.</w:t>
+        <w:t xml:space="preserve">, jam gali būti priskiriama laikina kortelė, kurią priskiria </w:t>
+      </w:r>
+      <w:r w:rsidR="00056116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidR="008A2183" w:rsidRPr="008A2183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atsakingas asmuo (socialinis pedagogas). Mokinys pasinaudojęs kortele ją grąžina atsakingam asmeniui.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63A20DC5" w14:textId="5AD192C6" w:rsidR="008A2183" w:rsidRPr="008A2183" w:rsidRDefault="008A2183" w:rsidP="008A2183">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="part_d8063350d25a4109ba8d425387e114f7"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkStart w:id="7" w:name="part_d8063350d25a4109ba8d425387e114f7"/>
+      <w:bookmarkStart w:id="8" w:name="part_36940350de0d4e22aac5f4314901758d"/>
       <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00CC1E1A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="008A2183">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -6129,51 +6792,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Socialinės paramos šeimai informacinės sistemos (SPIS) duomenų bazės nemokamo mokinių maitinimo registravimo žurnal</w:t>
       </w:r>
       <w:r w:rsidR="00771396">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="008A2183">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AF72451" w14:textId="51B7DD62" w:rsidR="008A2183" w:rsidRPr="008A2183" w:rsidRDefault="008A2183" w:rsidP="008A2183">
+    <w:p w14:paraId="5AF72451" w14:textId="31859FB6" w:rsidR="008A2183" w:rsidRPr="008A2183" w:rsidRDefault="008A2183" w:rsidP="008A2183">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A2183">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00334FCA">
         <w:rPr>
@@ -6215,51 +6878,67 @@
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="008A2183">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ataskaitą apie valgiusius </w:t>
       </w:r>
       <w:r w:rsidR="00160153">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mokinius</w:t>
       </w:r>
       <w:r w:rsidRPr="008A2183">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pristato mokyklos buhalterijoje.</w:t>
+        <w:t xml:space="preserve"> pristato</w:t>
+      </w:r>
+      <w:r w:rsidR="00056116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A2183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> buhalterijoje.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7119EEA3" w14:textId="77777777" w:rsidR="008A2183" w:rsidRDefault="008A2183" w:rsidP="00864E45">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="09D7E25E" w14:textId="5AF80599" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00C67F44" w:rsidP="00864E45">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="000000"/>
@@ -6304,51 +6983,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>BAIGIAMOSIOS NUOSTATOS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="287A9E03" w14:textId="77777777" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="030CB375" w14:textId="2E12E013" w:rsidR="00864E45" w:rsidRPr="00D10C8F" w:rsidRDefault="008A2183" w:rsidP="006578DE">
+    <w:p w14:paraId="030CB375" w14:textId="4CB2DB88" w:rsidR="00864E45" w:rsidRPr="00D10C8F" w:rsidRDefault="008A2183" w:rsidP="006578DE">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00334FCA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
@@ -6370,57 +7049,73 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00864E45" w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Visuomenės  sveikatos  specialistas, vykdantis sveikato</w:t>
       </w:r>
       <w:r w:rsidR="004C231F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00864E45" w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">  priežiūrą mokykloje, pagal Tvarkos aprašo 1 priedo 2 punktą vertina vaikų maitinimo organizavimo atitiktį </w:t>
+        <w:t xml:space="preserve">  priežiūrą </w:t>
+      </w:r>
+      <w:r w:rsidR="00056116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijoje</w:t>
       </w:r>
       <w:r w:rsidR="00864E45" w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, pagal Tvarkos aprašo 1 priedo 2 punktą vertina vaikų maitinimo organizavimo atitiktį </w:t>
+      </w:r>
+      <w:r w:rsidR="00864E45" w:rsidRPr="00864E45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Tvarkos aprašo reikalavimams</w:t>
       </w:r>
       <w:r w:rsidR="00864E45" w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir savivaldybės visuomenės sveikatos biuro direktoriaus nustatyta tvarka, bet ne rečiau kaip kartą per dvi savaites pildo Valgiaraščių ir vaikų maitinimo atitikties patikrinimo žurnalą. Nustatęs neatitikimų, juos užregistruoja Valgiaraščių ir vaikų maitinimo atitikties patikrinimo žurnale (Tvarkos aprašo 2 priedas) ir nedelsdamas raštu </w:t>
       </w:r>
       <w:r w:rsidR="00864E45" w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>apie tai informuoja</w:t>
       </w:r>
       <w:r w:rsidR="00864E45" w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -6449,91 +7144,107 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">sveikatos specialistas </w:t>
       </w:r>
       <w:r w:rsidR="00864E45" w:rsidRPr="00D10C8F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>apie tai praneša teritorinei Valstybinei maisto ir veterinarijos tarnybai.</w:t>
       </w:r>
       <w:r w:rsidR="00864E45" w:rsidRPr="00D10C8F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="194D453B" w14:textId="7CA980AA" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="008A2183" w:rsidP="006578DE">
+    <w:p w14:paraId="194D453B" w14:textId="0C4458DE" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="008A2183" w:rsidP="006578DE">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00334FCA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00864E45" w:rsidRPr="00D10C8F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00864E45" w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Valgiaraščių ir vaikų maitinimo atitikties patikrinimo žurnalas Mokykloje saugomas dvejus metus.</w:t>
+        <w:t xml:space="preserve">Valgiaraščių ir vaikų maitinimo atitikties patikrinimo žurnalas </w:t>
+      </w:r>
+      <w:r w:rsidR="00056116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidR="00864E45" w:rsidRPr="00864E45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> saugomas dvejus metus.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4465A4FA" w14:textId="77777777" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A76F2AD" w14:textId="77777777" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
       <w:pPr>
@@ -6555,204 +7266,222 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3BB4A5B2" w14:textId="77777777" w:rsidR="0053391D" w:rsidRDefault="0053391D" w:rsidP="00864E45">
       <w:pPr>
         <w:ind w:firstLine="3119"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="31B58E23" w14:textId="77777777" w:rsidR="0053391D" w:rsidRDefault="0053391D" w:rsidP="00864E45">
       <w:pPr>
         <w:ind w:firstLine="3119"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4985CB6C" w14:textId="77777777" w:rsidR="008D62C7" w:rsidRDefault="008D62C7" w:rsidP="008D62C7">
-[...10 lines deleted...]
-        <w:ind w:firstLine="5245"/>
+    <w:p w14:paraId="1278CEAB" w14:textId="52939963" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="0053391D">
+      <w:pPr>
+        <w:ind w:firstLine="3119"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Vaikų maitinimo organizavimo tvarkos aprašo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F9D3210" w14:textId="6EA1A8F0" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="0053391D" w:rsidP="0053391D">
+    <w:p w14:paraId="3F9D3210" w14:textId="44ABDB47" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="0053391D" w:rsidP="0053391D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
           <w:tab w:val="left" w:pos="5529"/>
         </w:tabs>
         <w:ind w:firstLine="3119"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                    </w:t>
+        <w:t xml:space="preserve">                                        </w:t>
       </w:r>
       <w:r w:rsidR="00864E45" w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1 priedas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C9675A5" w14:textId="4ADAF041" w:rsidR="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
+    <w:p w14:paraId="0C9675A5" w14:textId="77777777" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C3FCB33" w14:textId="77777777" w:rsidR="008D62C7" w:rsidRPr="00864E45" w:rsidRDefault="008D62C7" w:rsidP="00864E45">
-[...11 lines deleted...]
-    <w:p w14:paraId="032BE8A7" w14:textId="77777777" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
+    <w:p w14:paraId="032BE8A7" w14:textId="0F211FEB" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>VISUOMENĖS SVEIKATOS SPECIALISTO FUNKCIJOS, PRIŽIŪRINT MAITINIMO ORGANIZAVIMĄ MOKYKLOSE</w:t>
+        <w:t>VISUOMENĖS SVEIKATOS SPECIALISTO FUNKCIJOS, PRIŽIŪRINT MAITINIMO ORGANIZAVIMĄ</w:t>
+      </w:r>
+      <w:r w:rsidR="00056116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PROGIMNAZIJOJ</w:t>
+      </w:r>
+      <w:r w:rsidR="00056116" w:rsidRPr="00864E45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>E</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4688FA80" w14:textId="77777777" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FFEE44F" w14:textId="21F2FC57" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
+    <w:p w14:paraId="0FFEE44F" w14:textId="04D24382" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r w:rsidR="0053391D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">Raštu informuoti mokyklos administraciją ir maitinimo paslaugų teikėjų darbuotojus, atsakingus už vaikų maitinimą, apie </w:t>
+        <w:t>Raštu informuoti</w:t>
+      </w:r>
+      <w:r w:rsidR="00056116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00864E45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> administraciją ir maitinimo paslaugų teikėjų darbuotojus, atsakingus už vaikų maitinimą, apie </w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Formoje Nr. E027-1 pateiktus raštiškus nurodymus dėl vaiko maitinimo organizavimo per 5 darbo dienas nuo Formos Nr. E027-1 pateikimo.</w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40897315" w14:textId="77777777" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -7255,85 +7984,94 @@
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> pietų metu tiekiami tausojantis ir augalinės ki</w:t>
       </w:r>
       <w:r w:rsidR="00542364">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>lmės maisto produktų patiekalai</w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0856F84B" w14:textId="12EC2372" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
+    <w:p w14:paraId="0856F84B" w14:textId="0B5E3700" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2.9. ar </w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>endrojo ugdymo mokykloje</w:t>
+        <w:t xml:space="preserve">endrojo ugdymo </w:t>
+      </w:r>
+      <w:r w:rsidR="00056116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>progimnazijoje</w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> visi kiti nei pietūs maitinimai or</w:t>
       </w:r>
       <w:r w:rsidR="00542364">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ganizuojami pagal valgiaraščius</w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
@@ -7770,50 +8508,51 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3751AE31" w14:textId="36D81523" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="0053391D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="1457"/>
           <w:tab w:val="left" w:pos="1604"/>
           <w:tab w:val="left" w:pos="1757"/>
         </w:tabs>
         <w:ind w:left="4535"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Vaikų maitinimo organizavimo tvarkos aprašo</w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53945F79" w14:textId="27227F3A" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="0053391D" w:rsidP="0053391D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="1457"/>
           <w:tab w:val="left" w:pos="1604"/>
           <w:tab w:val="left" w:pos="1757"/>
           <w:tab w:val="left" w:pos="5387"/>
           <w:tab w:val="left" w:pos="5529"/>
         </w:tabs>
         <w:ind w:left="4535"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -10093,50 +10832,51 @@
         <w:ind w:firstLine="3402"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61CC6381" w14:textId="194D1062" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
       <w:pPr>
         <w:ind w:firstLine="3402"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Vaikų maitinimo organizavimo tvarkos aprašo</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79123CED" w14:textId="722C71B6" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="0053391D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
           <w:tab w:val="left" w:pos="5529"/>
         </w:tabs>
         <w:ind w:firstLine="3402"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                              </w:t>
       </w:r>
@@ -11909,51 +12649,50 @@
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D58B1A4" w14:textId="77777777" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>4.3.   E 622</w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>monokalio</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -11973,50 +12712,51 @@
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EA3C163" w14:textId="77777777" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>4.4.   E 623</w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">kalcio </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>glutamatas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -12573,87 +13313,77 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4.15. E 634</w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>kalcio5´-ribonukleotidai;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A0C44E7" w14:textId="46633859" w:rsidR="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
+    <w:p w14:paraId="7A0C44E7" w14:textId="77777777" w:rsidR="00864E45" w:rsidRPr="00864E45" w:rsidRDefault="00864E45" w:rsidP="00864E45">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4.16. E 635</w:t>
       </w:r>
       <w:r w:rsidRPr="00864E45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>dinatrio5´-ribonukleotidai.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D8FE0D9" w14:textId="77777777" w:rsidR="008D62C7" w:rsidRPr="00864E45" w:rsidRDefault="008D62C7" w:rsidP="00864E45">
-[...8 lines deleted...]
-    </w:p>
     <w:p w14:paraId="3935D8D6" w14:textId="409FEFF1" w:rsidR="00864E45" w:rsidRPr="00BA1EC8" w:rsidRDefault="00864E45" w:rsidP="0053391D">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA1EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>__________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52C4CE5C" w14:textId="0A97C06B" w:rsidR="00864E45" w:rsidRPr="00BA1EC8" w:rsidRDefault="00864E45" w:rsidP="00864E45">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -13028,50 +13758,51 @@
         <w:ind w:firstLine="3544"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5557B179" w14:textId="5D03BC9F" w:rsidR="00BA1EC8" w:rsidRPr="00BA1EC8" w:rsidRDefault="00BA1EC8" w:rsidP="00BA1EC8">
       <w:pPr>
         <w:ind w:firstLine="3544"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA1EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Vaikų maitinimo organizavimo tvarkos aprašo</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="204054A3" w14:textId="188C8790" w:rsidR="00BA1EC8" w:rsidRPr="00BA1EC8" w:rsidRDefault="00BA1EC8" w:rsidP="0053391D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4820"/>
           <w:tab w:val="left" w:pos="5103"/>
           <w:tab w:val="left" w:pos="5245"/>
           <w:tab w:val="left" w:pos="5529"/>
         </w:tabs>
         <w:ind w:firstLine="3544"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA1EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                            </w:t>
@@ -13679,82 +14410,74 @@
         <w:t>11. Miltinės konditerijos gaminiai turi atitikti</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA1EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Miltinės konditerijos gaminių apibūdinimo, gamybos ir prekinio pateikimo techniniame reglamente, patvirtintame </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA1EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Lietuvos Respublikos žemės ūkio ministro 2014 m. spalio 28 d. įsakymu Nr. 3D-794  „</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA1EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Dėl Duonos ir pyrago kepinių apibūdinimo, </w:t>
-[...8 lines deleted...]
-        <w:t>gamybos ir prekinio pateikimo techninio reglamento ir miltinės konditerijos gaminių apibūdinimo, gamybos ir prekinio pateikimo techninio reglamento patvirtinimo“, nustatytus reikalavimus.</w:t>
+        <w:t>Dėl Duonos ir pyrago kepinių apibūdinimo, gamybos ir prekinio pateikimo techninio reglamento ir miltinės konditerijos gaminių apibūdinimo, gamybos ir prekinio pateikimo techninio reglamento patvirtinimo“, nustatytus reikalavimus.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C64C08D" w14:textId="77777777" w:rsidR="00BA1EC8" w:rsidRPr="00BA1EC8" w:rsidRDefault="00BA1EC8" w:rsidP="00BA1EC8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA1EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">12. Miltai ir kruopos turi atitikti kokybės reikalavimus, nustatytus Maistui skirtų grūdų produktų techniniame reglamente, patvirtintame Lietuvos Respublikos žemės ūkio ministro 2019 m. rugsėjo 11 d. įsakymu Nr. 3D-511 „Dėl Maistui skirtų grūdų techninio reglamento ir Maistui skirtų grūdų produktų techninio reglamento patvirtinimo. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="503BC46D" w14:textId="77777777" w:rsidR="00BA1EC8" w:rsidRPr="00BA1EC8" w:rsidRDefault="00BA1EC8" w:rsidP="00BA1EC8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA1EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">13. Grietinė ir grietinėlė </w:t>
       </w:r>
@@ -14340,195 +15063,231 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="702D892E" w14:textId="77777777" w:rsidR="0053391D" w:rsidRDefault="0053391D" w:rsidP="00BA1EC8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="1457"/>
           <w:tab w:val="left" w:pos="1604"/>
           <w:tab w:val="left" w:pos="1757"/>
         </w:tabs>
         <w:ind w:left="4535"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4CA8F908" w14:textId="77777777" w:rsidR="0053391D" w:rsidRDefault="0053391D" w:rsidP="00BA1EC8">
+    <w:p w14:paraId="3A7885FC" w14:textId="11748123" w:rsidR="0053391D" w:rsidRDefault="0053391D" w:rsidP="00BA1EC8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="1457"/>
           <w:tab w:val="left" w:pos="1604"/>
           <w:tab w:val="left" w:pos="1757"/>
         </w:tabs>
         <w:ind w:left="4535"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A7885FC" w14:textId="77777777" w:rsidR="0053391D" w:rsidRDefault="0053391D" w:rsidP="00BA1EC8">
+    <w:p w14:paraId="3D8AC3F4" w14:textId="0F8C2FE0" w:rsidR="00056116" w:rsidRDefault="00056116" w:rsidP="00BA1EC8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="1457"/>
           <w:tab w:val="left" w:pos="1604"/>
           <w:tab w:val="left" w:pos="1757"/>
         </w:tabs>
         <w:ind w:left="4535"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CD206D2" w14:textId="77777777" w:rsidR="0053391D" w:rsidRDefault="0053391D" w:rsidP="00BA1EC8">
+    <w:p w14:paraId="10155BC0" w14:textId="1E6D9125" w:rsidR="00056116" w:rsidRDefault="00056116" w:rsidP="00BA1EC8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="1457"/>
           <w:tab w:val="left" w:pos="1604"/>
           <w:tab w:val="left" w:pos="1757"/>
         </w:tabs>
         <w:ind w:left="4535"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3575FD23" w14:textId="77777777" w:rsidR="0053391D" w:rsidRDefault="0053391D" w:rsidP="00BA1EC8">
+    <w:p w14:paraId="6C65FB5A" w14:textId="1F688D67" w:rsidR="00056116" w:rsidRDefault="00056116" w:rsidP="00BA1EC8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="1457"/>
           <w:tab w:val="left" w:pos="1604"/>
           <w:tab w:val="left" w:pos="1757"/>
         </w:tabs>
         <w:ind w:left="4535"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="798ECC4C" w14:textId="77777777" w:rsidR="0053391D" w:rsidRDefault="0053391D" w:rsidP="00BA1EC8">
+    <w:p w14:paraId="09057CDE" w14:textId="77777777" w:rsidR="00056116" w:rsidRDefault="00056116" w:rsidP="00BA1EC8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="1457"/>
           <w:tab w:val="left" w:pos="1604"/>
           <w:tab w:val="left" w:pos="1757"/>
         </w:tabs>
         <w:ind w:left="4535"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21D35323" w14:textId="77777777" w:rsidR="0053391D" w:rsidRDefault="0053391D" w:rsidP="00BA1EC8">
+    <w:p w14:paraId="1CD206D2" w14:textId="77777777" w:rsidR="0053391D" w:rsidRDefault="0053391D" w:rsidP="00BA1EC8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="1457"/>
           <w:tab w:val="left" w:pos="1604"/>
           <w:tab w:val="left" w:pos="1757"/>
         </w:tabs>
         <w:ind w:left="4535"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="733BEF23" w14:textId="77777777" w:rsidR="0075103D" w:rsidRDefault="0075103D" w:rsidP="00BA1EC8">
+    <w:p w14:paraId="3575FD23" w14:textId="77777777" w:rsidR="0053391D" w:rsidRDefault="0053391D" w:rsidP="00BA1EC8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="1457"/>
           <w:tab w:val="left" w:pos="1604"/>
           <w:tab w:val="left" w:pos="1757"/>
         </w:tabs>
         <w:ind w:left="4535"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="096D4A4D" w14:textId="77777777" w:rsidR="008D62C7" w:rsidRDefault="008D62C7" w:rsidP="00BA1EC8">
+    <w:p w14:paraId="798ECC4C" w14:textId="77777777" w:rsidR="0053391D" w:rsidRDefault="0053391D" w:rsidP="00BA1EC8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="1457"/>
           <w:tab w:val="left" w:pos="1604"/>
           <w:tab w:val="left" w:pos="1757"/>
         </w:tabs>
         <w:ind w:left="4535"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3550B315" w14:textId="73B1DCB7" w:rsidR="00BA1EC8" w:rsidRPr="00BA1EC8" w:rsidRDefault="00BA1EC8" w:rsidP="00BA1EC8">
+    <w:p w14:paraId="21D35323" w14:textId="77777777" w:rsidR="0053391D" w:rsidRDefault="0053391D" w:rsidP="00BA1EC8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1304"/>
+          <w:tab w:val="left" w:pos="1457"/>
+          <w:tab w:val="left" w:pos="1604"/>
+          <w:tab w:val="left" w:pos="1757"/>
+        </w:tabs>
+        <w:ind w:left="4535"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="733BEF23" w14:textId="77777777" w:rsidR="0075103D" w:rsidRDefault="0075103D" w:rsidP="00BA1EC8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1304"/>
+          <w:tab w:val="left" w:pos="1457"/>
+          <w:tab w:val="left" w:pos="1604"/>
+          <w:tab w:val="left" w:pos="1757"/>
+        </w:tabs>
+        <w:ind w:left="4535"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3550B315" w14:textId="3E8E46B9" w:rsidR="00BA1EC8" w:rsidRPr="00BA1EC8" w:rsidRDefault="00BA1EC8" w:rsidP="00BA1EC8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="1457"/>
           <w:tab w:val="left" w:pos="1604"/>
           <w:tab w:val="left" w:pos="1757"/>
         </w:tabs>
         <w:ind w:left="4535"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA1EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Vaikų maitinimo organizavimo tvarkos aprašo</w:t>
       </w:r>
@@ -33451,190 +34210,190 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00BA1EC8" w:rsidRPr="00BA1EC8" w:rsidSect="00764C7F">
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="even" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="2"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="55D22608" w14:textId="77777777" w:rsidR="00C31A2F" w:rsidRDefault="00C31A2F" w:rsidP="00764C7F">
+    <w:p w14:paraId="67DBC3D2" w14:textId="77777777" w:rsidR="00CA027A" w:rsidRDefault="00CA027A" w:rsidP="00764C7F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="65EEB082" w14:textId="77777777" w:rsidR="00C31A2F" w:rsidRDefault="00C31A2F" w:rsidP="00764C7F">
+    <w:p w14:paraId="58392D5F" w14:textId="77777777" w:rsidR="00CA027A" w:rsidRDefault="00CA027A" w:rsidP="00764C7F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="44CCE0B5" w14:textId="77777777" w:rsidR="00764C7F" w:rsidRDefault="00764C7F">
     <w:pPr>
       <w:pStyle w:val="Porat"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="4C8A9D05" w14:textId="77777777" w:rsidR="00764C7F" w:rsidRDefault="00764C7F">
     <w:pPr>
       <w:pStyle w:val="Porat"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="4FB5AED8" w14:textId="77777777" w:rsidR="00764C7F" w:rsidRDefault="00764C7F">
     <w:pPr>
       <w:pStyle w:val="Porat"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3DE0229D" w14:textId="77777777" w:rsidR="00C31A2F" w:rsidRDefault="00C31A2F" w:rsidP="00764C7F">
+    <w:p w14:paraId="3AF99A60" w14:textId="77777777" w:rsidR="00CA027A" w:rsidRDefault="00CA027A" w:rsidP="00764C7F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="49F37276" w14:textId="77777777" w:rsidR="00C31A2F" w:rsidRDefault="00C31A2F" w:rsidP="00764C7F">
+    <w:p w14:paraId="76A46D8E" w14:textId="77777777" w:rsidR="00CA027A" w:rsidRDefault="00CA027A" w:rsidP="00764C7F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="2B6F052B" w14:textId="77777777" w:rsidR="00764C7F" w:rsidRDefault="00764C7F">
     <w:pPr>
       <w:pStyle w:val="Antrats"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="1610FB3B" w14:textId="77777777" w:rsidR="00764C7F" w:rsidRDefault="00764C7F">
     <w:pPr>
       <w:pStyle w:val="Antrats"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="08BE2ADA" w14:textId="77777777" w:rsidR="00764C7F" w:rsidRDefault="00764C7F">
     <w:pPr>
       <w:pStyle w:val="Antrats"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C33637C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="35CC3438"/>
     <w:lvl w:ilvl="0" w:tplc="06BCA1BC">
       <w:start w:val="46"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1167" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1887" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -33677,218 +34436,219 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5487" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6207" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6927" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1339653663">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="46"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003C6202"/>
+    <w:rsid w:val="00056116"/>
     <w:rsid w:val="000C5FB8"/>
     <w:rsid w:val="000E3BC1"/>
     <w:rsid w:val="000F4020"/>
     <w:rsid w:val="00141E9F"/>
     <w:rsid w:val="0015783D"/>
     <w:rsid w:val="00160153"/>
     <w:rsid w:val="001779AC"/>
     <w:rsid w:val="00184FEA"/>
     <w:rsid w:val="00243485"/>
     <w:rsid w:val="00254854"/>
     <w:rsid w:val="00274D57"/>
     <w:rsid w:val="002F4BF5"/>
     <w:rsid w:val="00334FCA"/>
     <w:rsid w:val="00361802"/>
+    <w:rsid w:val="00362DA5"/>
     <w:rsid w:val="003C6202"/>
     <w:rsid w:val="00425C11"/>
     <w:rsid w:val="004C231F"/>
+    <w:rsid w:val="004D5773"/>
     <w:rsid w:val="0053391D"/>
     <w:rsid w:val="00542364"/>
     <w:rsid w:val="00555501"/>
     <w:rsid w:val="0058663C"/>
     <w:rsid w:val="005E6B74"/>
     <w:rsid w:val="00645A64"/>
     <w:rsid w:val="006578DE"/>
     <w:rsid w:val="006713E8"/>
     <w:rsid w:val="006847CD"/>
     <w:rsid w:val="006C49B0"/>
     <w:rsid w:val="00720366"/>
+    <w:rsid w:val="00722BE9"/>
     <w:rsid w:val="0075103D"/>
     <w:rsid w:val="00764C7F"/>
     <w:rsid w:val="00771396"/>
     <w:rsid w:val="00786882"/>
     <w:rsid w:val="007D050D"/>
     <w:rsid w:val="00864E45"/>
     <w:rsid w:val="0087122A"/>
     <w:rsid w:val="008834C4"/>
     <w:rsid w:val="008A2183"/>
-    <w:rsid w:val="008D62C7"/>
     <w:rsid w:val="00912015"/>
     <w:rsid w:val="00925858"/>
     <w:rsid w:val="009561F3"/>
     <w:rsid w:val="00AF0C60"/>
     <w:rsid w:val="00B13E0E"/>
     <w:rsid w:val="00B57FA1"/>
     <w:rsid w:val="00B8484E"/>
     <w:rsid w:val="00BA1EC8"/>
     <w:rsid w:val="00C06F4E"/>
     <w:rsid w:val="00C30653"/>
-    <w:rsid w:val="00C31A2F"/>
     <w:rsid w:val="00C67F44"/>
+    <w:rsid w:val="00CA027A"/>
     <w:rsid w:val="00CC1E1A"/>
     <w:rsid w:val="00CF4A0D"/>
     <w:rsid w:val="00D10C8F"/>
-    <w:rsid w:val="00D20DC0"/>
+    <w:rsid w:val="00D73C4A"/>
     <w:rsid w:val="00DA5F6A"/>
     <w:rsid w:val="00DD0F58"/>
-    <w:rsid w:val="00DF4710"/>
     <w:rsid w:val="00E3578B"/>
     <w:rsid w:val="00F70CFD"/>
     <w:rsid w:val="00F728B8"/>
     <w:rsid w:val="00F87061"/>
     <w:rsid w:val="00FD4DAA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="29D8EDFA"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{256479BE-1E07-4403-BAE6-163A2E482351}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:ind w:firstLine="709"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -34216,55 +34976,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="lt-LT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
@@ -34334,51 +35089,51 @@
     <w:link w:val="PoratDiagrama"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00764C7F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PoratDiagrama">
     <w:name w:val="Poraštė Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Porat"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00764C7F"/>
     <w:rPr>
       <w:lang w:val="lt-LT"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="210656604">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="665550388">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -34390,50 +35145,51 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="888104177">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -34702,81 +35458,81 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{91D8F682-3AEB-48C8-BA8E-57ECE3DC2182}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CA8CD5AB-3AA4-4261-AA0F-A663E655C6A7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>22</Pages>
-[...1 lines deleted...]
-  <Characters>18315</Characters>
+  <Pages>1</Pages>
+  <Words>32544</Words>
+  <Characters>18551</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>152</Lines>
-  <Paragraphs>100</Paragraphs>
+  <Lines>154</Lines>
+  <Paragraphs>101</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>50344</CharactersWithSpaces>
+  <CharactersWithSpaces>50994</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Skinkienė, Žaneta</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>