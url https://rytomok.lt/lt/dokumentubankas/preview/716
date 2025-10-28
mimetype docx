--- v0 (2025-10-04)
+++ v1 (2025-10-28)
@@ -1,5968 +1,7161 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="435E14FA" w14:textId="77777777" w:rsidR="000E2227" w:rsidRDefault="000E2227" w:rsidP="000E2227">
+    <w:p w14:paraId="435E14FA" w14:textId="77777777" w:rsidR="000E2227" w:rsidRPr="00E374B9" w:rsidRDefault="000E2227" w:rsidP="000E2227">
       <w:pPr>
         <w:ind w:left="5184"/>
         <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk111790918"/>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>PATVIRTINTA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B579749" w14:textId="77777777" w:rsidR="00941001" w:rsidRDefault="00550A5F" w:rsidP="007658AF">
+    <w:p w14:paraId="0B579749" w14:textId="0F0952EA" w:rsidR="00941001" w:rsidRPr="00FD0684" w:rsidRDefault="00550A5F" w:rsidP="007658AF">
       <w:pPr>
         <w:ind w:left="5184"/>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
-      <w:r w:rsidR="000B1BB3">
-        <w:rPr>
+      <w:r w:rsidR="000B1BB3" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>arijampolės „</w:t>
       </w:r>
-      <w:r w:rsidR="0081741D">
-        <w:rPr>
+      <w:r w:rsidR="0081741D" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Ryto</w:t>
       </w:r>
-      <w:r w:rsidR="000B1BB3">
-        <w:rPr>
+      <w:r w:rsidR="000B1BB3" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">“ </w:t>
       </w:r>
-      <w:r w:rsidR="0081741D">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="0081741D" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="007E45EF" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>rogimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="0081741D" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00941001" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">direktoriaus </w:t>
       </w:r>
-      <w:r w:rsidR="000B1BB3">
-        <w:rPr>
+      <w:r w:rsidR="000B1BB3" w:rsidRPr="00FD0684">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00BE4148">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00B274B3" w:rsidRPr="00FD0684">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="000B1BB3" w:rsidRPr="00FD0684">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00764CBA">
-[...24 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00764CBA" w:rsidRPr="00FD0684">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>m.</w:t>
+      </w:r>
+      <w:r w:rsidR="00472E7C" w:rsidRPr="00FD0684">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007658AF">
-        <w:rPr>
+      <w:r w:rsidR="007E38ED" w:rsidRPr="00FD0684">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>spalio</w:t>
+      </w:r>
+      <w:r w:rsidR="00472E7C" w:rsidRPr="00FD0684">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD0684" w:rsidRPr="00FD0684">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0684">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007658AF" w:rsidRPr="00FD0684">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>d.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A53848A" w14:textId="77777777" w:rsidR="000E2227" w:rsidRDefault="00941001" w:rsidP="00941001">
-[...12 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3A53848A" w14:textId="3B527E5C" w:rsidR="000E2227" w:rsidRPr="00E374B9" w:rsidRDefault="00550A5F" w:rsidP="00FD0684">
+      <w:pPr>
+        <w:ind w:left="5245"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>įsakymu</w:t>
+      </w:r>
+      <w:r w:rsidR="007658AF" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00550A5F">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nr. </w:t>
+      </w:r>
+      <w:r w:rsidR="00213F2D" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>V-</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD0684">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>103.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="311084BD" w14:textId="77777777" w:rsidR="0085775C" w:rsidRDefault="0085775C" w:rsidP="007658AF">
+      <w:pPr>
+        <w:ind w:left="5184"/>
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61C121FF" w14:textId="77777777" w:rsidR="000E2227" w:rsidRPr="00E374B9" w:rsidRDefault="000E2227" w:rsidP="000E2227">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49421D96" w14:textId="16C7EF42" w:rsidR="000E2227" w:rsidRPr="00E374B9" w:rsidRDefault="00C20F9C" w:rsidP="00C20F9C">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk211882767"/>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>MARIJAMPOLĖS</w:t>
+      </w:r>
+      <w:r w:rsidR="000B1BB3" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> „</w:t>
+      </w:r>
+      <w:r w:rsidR="0081741D" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>RYTO</w:t>
+      </w:r>
+      <w:r w:rsidR="000B1BB3" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“ </w:t>
+      </w:r>
+      <w:r w:rsidR="0081741D" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="007E45EF" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>ROGIMNAZIJOS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00550A5F">
-[...37 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="000E2227" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:t>PAILGINT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
+        <w:t>OS</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7455" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C20F9C">
-        <w:rPr>
+      <w:r w:rsidR="00D343A6" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>MARIJAMPOLĖS</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">MOKYMOSI </w:t>
+      </w:r>
+      <w:r w:rsidR="0005415D" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> „</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">DIENOS </w:t>
+      </w:r>
+      <w:r w:rsidR="000E2227" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>RYTO</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>GRUPĖS</w:t>
+      </w:r>
+      <w:r w:rsidR="00550A5F" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">“ </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> VEIKLOS ORGANIZAVIMO</w:t>
+      </w:r>
+      <w:r w:rsidR="000E2227" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>PAGRINDINĖS MOKYKLOS</w:t>
-[...54 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> TVARKOS APRAŠAS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0875D731" w14:textId="77777777" w:rsidR="000E2227" w:rsidRDefault="000E2227" w:rsidP="000E2227">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="0875D731" w14:textId="77777777" w:rsidR="000E2227" w:rsidRPr="00E374B9" w:rsidRDefault="000E2227" w:rsidP="000E2227">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2BCD2228" w14:textId="77777777" w:rsidR="000E2227" w:rsidRDefault="000E2227" w:rsidP="000E2227">
+    <w:p w14:paraId="2BCD2228" w14:textId="77777777" w:rsidR="000E2227" w:rsidRPr="00E374B9" w:rsidRDefault="000E2227" w:rsidP="000E2227">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>I. BENDROSIOS NUOSTATOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77A42A93" w14:textId="77777777" w:rsidR="000E2227" w:rsidRDefault="000E2227" w:rsidP="000E2227">
+    <w:p w14:paraId="77A42A93" w14:textId="77777777" w:rsidR="000E2227" w:rsidRPr="0087158D" w:rsidRDefault="000E2227" w:rsidP="000E2227">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="700245A1" w14:textId="77777777" w:rsidR="000E2227" w:rsidRDefault="000E2227" w:rsidP="000E2227">
+    <w:p w14:paraId="0741A1F3" w14:textId="405F9ED7" w:rsidR="006A5FB1" w:rsidRPr="0087158D" w:rsidRDefault="0087158D" w:rsidP="00C20F9C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...135 lines deleted...]
-    <w:p w14:paraId="223637FD" w14:textId="77777777" w:rsidR="000E2227" w:rsidRPr="00C20F9C" w:rsidRDefault="000E2227" w:rsidP="00C20F9C">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0087158D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Marijampolės „Ryto“ progimnazijos pailgintos mokymosi dienos grupės veiklos organizavimo tvarkos aprašas</w:t>
+      </w:r>
+      <w:r w:rsidR="006A5FB1" w:rsidRPr="0087158D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (toliau – Aprašas) reglamentuoja pailgintos mokymosi dienos grupės (toliau – Grupė) veiklą progimnazijoje.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="223637FD" w14:textId="4F2CDDB1" w:rsidR="000E2227" w:rsidRPr="00E374B9" w:rsidRDefault="000E2227" w:rsidP="00C20F9C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="apple-style-span"/>
-          <w:lang w:val="lt-LT"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="150E9A30" w14:textId="77777777" w:rsidR="000E2227" w:rsidRDefault="0081741D" w:rsidP="000E2227">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0087158D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Apraše vartojamos sąvokos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="150E9A30" w14:textId="58613C9B" w:rsidR="000E2227" w:rsidRPr="00E374B9" w:rsidRDefault="0087158D" w:rsidP="000E2227">
       <w:pPr>
         <w:pStyle w:val="HTMLiankstoformatuotas"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="0087158D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2.1.</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Mokykla</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00517791" w:rsidRPr="0087158D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – Marijampolės</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Progimnazija</w:t>
+      </w:r>
+      <w:r w:rsidR="00C20F9C" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> miesto savivald</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> – Marijampolės</w:t>
+      </w:r>
+      <w:r w:rsidR="000E2227" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ybės bendrojo lavinimo</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> miesto savivald</w:t>
+      </w:r>
+      <w:r w:rsidR="00424936" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> įstaiga (juridinis asmuo, kurio pagrind</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>ybės bendrojo lavinimo</w:t>
+      </w:r>
+      <w:r w:rsidR="000E2227" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>inė veikla yra formalusis ir</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> įstaiga (juridinis asmuo, kurio pagrind</w:t>
+      </w:r>
+      <w:r w:rsidR="007658AF" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>inė veikla yra formalusis ir</w:t>
+      </w:r>
+      <w:r w:rsidR="000E2227" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> neformalusis švietimas).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C3DDC88" w14:textId="77777777" w:rsidR="000E2227" w:rsidRDefault="000E2227" w:rsidP="00C20F9C">
+    <w:p w14:paraId="6C3DDC88" w14:textId="7F7BDEC4" w:rsidR="000E2227" w:rsidRPr="00E374B9" w:rsidRDefault="0087158D" w:rsidP="00C20F9C">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0087158D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>2.2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087158D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="000E2227" w:rsidRPr="0087158D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Pailgin</w:t>
+      </w:r>
+      <w:r w:rsidR="007658AF" w:rsidRPr="0087158D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tos </w:t>
+      </w:r>
+      <w:r w:rsidR="0019205D" w:rsidRPr="0087158D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>mokymosi</w:t>
+      </w:r>
+      <w:r w:rsidR="00044C8F" w:rsidRPr="0087158D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007658AF" w:rsidRPr="0087158D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>dienos</w:t>
+      </w:r>
+      <w:r w:rsidR="000E2227" w:rsidRPr="0087158D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> grupė</w:t>
+      </w:r>
+      <w:r w:rsidR="000E2227" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tai tėvų (globėjų, rūpintojų) prašym</w:t>
+      </w:r>
+      <w:r w:rsidR="00C20F9C" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>u su</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...45 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>daroma</w:t>
+      </w:r>
+      <w:r w:rsidR="00C20F9C" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> grupė </w:t>
+      </w:r>
+      <w:r w:rsidR="000E2227" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>mokiniams, kuriems teikiama neformaliojo švietimo paslauga po pamokų.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="000E2227" w:rsidRPr="00E374B9">
         <w:rPr>
           <w:rStyle w:val="apple-style-span"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C4236FC" w14:textId="77777777" w:rsidR="000E2227" w:rsidRDefault="00937DF2" w:rsidP="000E2227">
+    <w:p w14:paraId="1C4236FC" w14:textId="36AEB45D" w:rsidR="000E2227" w:rsidRPr="006B553E" w:rsidRDefault="00937DF2" w:rsidP="000E2227">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...9 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Tvarkos aprašas parengtas vadovaujantis: Marijampolės savivaldybės tarybos 2021 m. sausio 29 d. sprendimu Nr. 1-282 „Dėl mokesčio už pailgintos dienos grupę nustatymo“, Marijampolės savivaldybės tarybos 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00C65395" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C65395" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>rugsėjo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C65395" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0087158D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">d. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>sprendimu Nr. 1-</w:t>
+      </w:r>
+      <w:r w:rsidR="00C65395" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>311</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> „Dėl Marijampolės savivaldybės taryb</w:t>
+      </w:r>
+      <w:r w:rsidR="00625728" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>s 2021 m. lapkričio 29 d.</w:t>
       </w:r>
-      <w:r w:rsidR="00625728">
-[...12 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00625728" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sprendimo Nr. 1-282 </w:t>
+      </w:r>
+      <w:r w:rsidR="00C65395" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>„</w:t>
+      </w:r>
+      <w:r w:rsidR="00625728" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">„Dėl Mokesčio už pailgintos dienos grupę nustatymo“ pakeitimo“, </w:t>
+      </w:r>
+      <w:r w:rsidR="000E2227" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Lietuvos Respublikos švietimo įstatymu,</w:t>
+      </w:r>
+      <w:r w:rsidR="0087158D" w:rsidRPr="0087158D">
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0087158D" w:rsidRPr="0087158D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lietuvos </w:t>
+      </w:r>
+      <w:r w:rsidR="0087158D" w:rsidRPr="006B553E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Respublikos švietimo, mokslo ir sporto ministerijos norminiais teisės aktais</w:t>
+      </w:r>
+      <w:r w:rsidR="00625728" w:rsidRPr="006B553E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3344127A" w14:textId="77777777" w:rsidR="000E2227" w:rsidRDefault="000E2227" w:rsidP="000E2227">
+    <w:p w14:paraId="3344127A" w14:textId="18F4CD55" w:rsidR="000E2227" w:rsidRPr="006B553E" w:rsidRDefault="006B553E" w:rsidP="000E2227">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...33 lines deleted...]
-    <w:p w14:paraId="55859D3F" w14:textId="77777777" w:rsidR="000E2227" w:rsidRDefault="000E2227" w:rsidP="000E2227">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B553E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Grupės paslauga yra mokama ir teikiama pedagogo, vadovaujantis jo pareigybės aprašymu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55859D3F" w14:textId="77777777" w:rsidR="000E2227" w:rsidRPr="00E374B9" w:rsidRDefault="000E2227" w:rsidP="000E2227">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="01EE6C4E" w14:textId="77777777" w:rsidR="000E2227" w:rsidRDefault="000E2227" w:rsidP="000E2227">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01EE6C4E" w14:textId="77777777" w:rsidR="000E2227" w:rsidRPr="00E374B9" w:rsidRDefault="000E2227" w:rsidP="000E2227">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>II. GRUPĖS  VEIKLOS TIKSLAS IR UŽDAVINIAI</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32BDADD3" w14:textId="77777777" w:rsidR="000E2227" w:rsidRDefault="000E2227" w:rsidP="000E2227">
+    <w:p w14:paraId="32BDADD3" w14:textId="77777777" w:rsidR="000E2227" w:rsidRPr="00E374B9" w:rsidRDefault="000E2227" w:rsidP="000E2227">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="31C2480E" w14:textId="77777777" w:rsidR="000E2227" w:rsidRDefault="000E2227" w:rsidP="000E2227">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31C2480E" w14:textId="77777777" w:rsidR="000E2227" w:rsidRPr="00E374B9" w:rsidRDefault="000E2227" w:rsidP="000E2227">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Grupės veiklos tikslas – plėtoti vaikų socializacijos galimybes, užtikrinti saugų, kryptingą vaikų ugdymą ir užimtumą po pamokų.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="055307BF" w14:textId="77777777" w:rsidR="000E2227" w:rsidRDefault="000E2227" w:rsidP="000E2227">
+    <w:p w14:paraId="055307BF" w14:textId="77777777" w:rsidR="000E2227" w:rsidRPr="00E374B9" w:rsidRDefault="000E2227" w:rsidP="000E2227">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Grupės veiklos uždaviniai:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D5CE8E0" w14:textId="77777777" w:rsidR="000E2227" w:rsidRDefault="000E2227" w:rsidP="000E2227">
+    <w:p w14:paraId="5D5CE8E0" w14:textId="415B05F3" w:rsidR="000E2227" w:rsidRPr="00E374B9" w:rsidRDefault="000E2227" w:rsidP="000E2227">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:tab/>
         <w:t>6.1. geri</w:t>
       </w:r>
-      <w:r w:rsidR="00044C8F">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00044C8F" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>nti vaikų ugdymo</w:t>
+      </w:r>
+      <w:r w:rsidR="003F6749">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00044C8F" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>(si) kokybę</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="505EC5F2" w14:textId="77777777" w:rsidR="000E2227" w:rsidRDefault="000E2227" w:rsidP="000E2227">
+    <w:p w14:paraId="505EC5F2" w14:textId="77777777" w:rsidR="000E2227" w:rsidRPr="00E374B9" w:rsidRDefault="000E2227" w:rsidP="000E2227">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:tab/>
         <w:t>6.2. skatin</w:t>
       </w:r>
-      <w:r w:rsidR="009F0781">
-        <w:rPr>
+      <w:r w:rsidR="009F0781" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ti vaikų užimtumą, jo įvairovę;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EDCB652" w14:textId="77777777" w:rsidR="009F0781" w:rsidRDefault="009F0781" w:rsidP="009F0781">
+    <w:p w14:paraId="5EDCB652" w14:textId="77777777" w:rsidR="009F0781" w:rsidRPr="00E374B9" w:rsidRDefault="009F0781" w:rsidP="009F0781">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>6.3. tenkinti mokinių pažinimo, saviraiškos bei bendravimo poreikius;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="544B46B9" w14:textId="77777777" w:rsidR="009F0781" w:rsidRDefault="009F0781" w:rsidP="009F0781">
+    <w:p w14:paraId="544B46B9" w14:textId="77777777" w:rsidR="009F0781" w:rsidRPr="00E374B9" w:rsidRDefault="009F0781" w:rsidP="009F0781">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>6.4. formuoti prasmingo poilsio ir sveikos gyvensenos įgūdžius.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66E5065D" w14:textId="77777777" w:rsidR="000E2227" w:rsidRDefault="000E2227" w:rsidP="000E2227">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B3211D9" w14:textId="77777777" w:rsidR="000E2227" w:rsidRDefault="000E2227" w:rsidP="000E2227">
+    <w:p w14:paraId="7B3211D9" w14:textId="77777777" w:rsidR="000E2227" w:rsidRPr="00E374B9" w:rsidRDefault="000E2227" w:rsidP="000E2227">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>III. GRUPĖS STEIGIMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AE39988" w14:textId="77777777" w:rsidR="000E2227" w:rsidRDefault="000E2227" w:rsidP="000E2227">
-[...2 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="4AE39988" w14:textId="77777777" w:rsidR="000E2227" w:rsidRPr="00E374B9" w:rsidRDefault="000E2227" w:rsidP="000E2227">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1885DF3C" w14:textId="77777777" w:rsidR="000E2227" w:rsidRPr="009F0781" w:rsidRDefault="000E2227" w:rsidP="009F0781">
+    <w:p w14:paraId="1885DF3C" w14:textId="50BA873E" w:rsidR="000E2227" w:rsidRPr="00E374B9" w:rsidRDefault="000E2227" w:rsidP="0038202A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
-          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Grupė steigiama pagal tėvų (globėjų, rūpintojų)</w:t>
       </w:r>
-      <w:r w:rsidR="000B1BB3">
-        <w:rPr>
+      <w:r w:rsidR="000B1BB3" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> prašymus, suderinus su </w:t>
       </w:r>
-      <w:r w:rsidR="000912F9">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00517791" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="000912F9" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>direktoriumi</w:t>
       </w:r>
-      <w:r w:rsidR="00044C8F">
-        <w:rPr>
+      <w:r w:rsidR="00044C8F" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62D1B8B1" w14:textId="77777777" w:rsidR="000E2227" w:rsidRDefault="000E2227" w:rsidP="005763FA">
+    <w:p w14:paraId="62D1B8B1" w14:textId="77777777" w:rsidR="000E2227" w:rsidRPr="00E374B9" w:rsidRDefault="000E2227" w:rsidP="00E374B9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
-          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
-        <w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Į grupę mokiniai priimami tėvams</w:t>
       </w:r>
-      <w:r w:rsidR="009F0781">
-        <w:rPr>
+      <w:r w:rsidR="009F0781" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> (globėjams, rūpintojams)</w:t>
       </w:r>
-      <w:r w:rsidR="00764CBA">
-        <w:rPr>
+      <w:r w:rsidR="00764CBA" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> pateikus rašytinį prašymą </w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_Hlk111808770"/>
-[...1 lines deleted...]
-        <w:rPr>
+      <w:bookmarkStart w:id="2" w:name="_Hlk111808770"/>
+      <w:r w:rsidR="00764CBA" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>(1</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> priedas)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
-[...1 lines deleted...]
-        <w:rPr>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidR="00421189" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir pasirašius paslaugos teikimo sutartį (2 priedas).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22A74B79" w14:textId="77777777" w:rsidR="0085775C" w:rsidRPr="0085775C" w:rsidRDefault="000E2227" w:rsidP="0085775C">
+    <w:p w14:paraId="22A74B79" w14:textId="06D9FEE7" w:rsidR="0085775C" w:rsidRPr="00E374B9" w:rsidRDefault="000E2227" w:rsidP="0038202A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...5 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>G</w:t>
       </w:r>
-      <w:r w:rsidR="000B1BB3">
-        <w:rPr>
+      <w:r w:rsidR="000B1BB3" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">rupės veikla grindžiama </w:t>
       </w:r>
-      <w:r w:rsidR="00BF1B0D">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00517791" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> direktoriaus įsakymu patvirtintu Pailgint</w:t>
       </w:r>
-      <w:r w:rsidR="009F0781">
-        <w:rPr>
+      <w:r w:rsidR="009F0781" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">os </w:t>
       </w:r>
-      <w:r w:rsidR="00044C8F">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="008F5257">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>mokymosi</w:t>
+      </w:r>
+      <w:r w:rsidR="00044C8F" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009F0781" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">dienos </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">grupės </w:t>
       </w:r>
-      <w:r w:rsidR="0083365D">
-        <w:rPr>
+      <w:r w:rsidR="0083365D" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">veiklos organizavimo </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidR="00E65E3E">
-        <w:rPr>
+      <w:r w:rsidR="00E65E3E" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>varkos aprašu</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07072D63" w14:textId="77777777" w:rsidR="000E2227" w:rsidRDefault="000E2227" w:rsidP="000E2227">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3964ECEE" w14:textId="77777777" w:rsidR="000E2227" w:rsidRDefault="000E2227" w:rsidP="000E2227">
+    <w:p w14:paraId="3964ECEE" w14:textId="77777777" w:rsidR="000E2227" w:rsidRPr="00E374B9" w:rsidRDefault="000E2227" w:rsidP="000E2227">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>IV. GRUPĖS DARBO ORGANIZAVIMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FE2489D" w14:textId="77777777" w:rsidR="000E2227" w:rsidRPr="004C1318" w:rsidRDefault="000E2227" w:rsidP="00E65E3E">
+    <w:p w14:paraId="6FE2489D" w14:textId="77777777" w:rsidR="000E2227" w:rsidRPr="00E374B9" w:rsidRDefault="000E2227" w:rsidP="00E65E3E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="5708AD4A" w14:textId="77777777" w:rsidR="000E2227" w:rsidRPr="004C1318" w:rsidRDefault="000E2227" w:rsidP="000E2227">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5708AD4A" w14:textId="36616F2A" w:rsidR="000E2227" w:rsidRPr="00E374B9" w:rsidRDefault="000E2227" w:rsidP="000E2227">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Grupės darbas organizuojamas pagal sudarytą ir su</w:t>
       </w:r>
-      <w:r w:rsidR="000B1BB3" w:rsidRPr="004C1318">
-        <w:rPr>
+      <w:r w:rsidR="000B1BB3" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">derintą su </w:t>
       </w:r>
-      <w:r w:rsidR="00BF1B0D">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00517791" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00E65E3E" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> direktoriumi </w:t>
       </w:r>
-      <w:r w:rsidRPr="004C1318">
-        <w:rPr>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>grupės</w:t>
       </w:r>
-      <w:r w:rsidR="003D62A8" w:rsidRPr="004C1318">
-        <w:rPr>
+      <w:r w:rsidR="003D62A8" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> veiklos planą ir dienotvarkę</w:t>
       </w:r>
-      <w:r w:rsidRPr="004C1318">
-        <w:rPr>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02ECCC46" w14:textId="77777777" w:rsidR="004F7897" w:rsidRPr="004C1318" w:rsidRDefault="004F7897" w:rsidP="000E2227">
+    <w:p w14:paraId="02ECCC46" w14:textId="4CCD777D" w:rsidR="004F7897" w:rsidRPr="00E374B9" w:rsidRDefault="004F7897" w:rsidP="000E2227">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Grupė komplektuojama ir pradeda veikti nuo</w:t>
       </w:r>
-      <w:r w:rsidR="00350BEC" w:rsidRPr="004C1318">
-        <w:rPr>
+      <w:r w:rsidR="00350BEC" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> kiekvienų mokslo metų rugsėjo 2</w:t>
       </w:r>
-      <w:r w:rsidR="000B1BB3" w:rsidRPr="004C1318">
-[...6 lines deleted...]
-    <w:p w14:paraId="51654B7B" w14:textId="77777777" w:rsidR="001E7455" w:rsidRPr="004C1318" w:rsidRDefault="001E7455" w:rsidP="000E2227">
+      <w:r w:rsidR="000B1BB3" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d</w:t>
+      </w:r>
+      <w:r w:rsidR="00C25054" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="000B1BB3" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>, baigia veikti paskutinę ugdymo proceso dieną.</w:t>
+      </w:r>
+      <w:r w:rsidR="0019205D" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51654B7B" w14:textId="77777777" w:rsidR="001E7455" w:rsidRPr="00E374B9" w:rsidRDefault="001E7455" w:rsidP="00E374B9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...6 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
         <w:t>Mokiniai ir jų sk</w:t>
       </w:r>
-      <w:r w:rsidR="00AC4C45" w:rsidRPr="004C1318">
-        <w:rPr>
+      <w:r w:rsidR="00AC4C45" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">aičius </w:t>
       </w:r>
-      <w:r w:rsidRPr="004C1318">
-        <w:rPr>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>grupėje per mokslo metus gali kisti.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="360D946A" w14:textId="77777777" w:rsidR="00350BEC" w:rsidRPr="004C1318" w:rsidRDefault="00350BEC" w:rsidP="000E2227">
+    <w:p w14:paraId="3ECE011D" w14:textId="233D287E" w:rsidR="00AC68EF" w:rsidRPr="00E374B9" w:rsidRDefault="00E374B9" w:rsidP="00E374B9">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> G</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC68EF" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>rupės veikla vykdoma ugdymo proceso ir mokinių rudens, žiemos (Kalėdų), žiemos bei pavasario (Velykų) atostogų metu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="360D946A" w14:textId="72F8EB6B" w:rsidR="00350BEC" w:rsidRPr="00E374B9" w:rsidRDefault="00350BEC" w:rsidP="000E2227">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...9 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ugdomąją veiklą grupės </w:t>
+      </w:r>
+      <w:r w:rsidR="0019205D" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>auklėtoja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> f</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC4C45" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">iksuoja </w:t>
       </w:r>
-      <w:r w:rsidR="00764CBA" w:rsidRPr="004C1318">
-        <w:rPr>
+      <w:r w:rsidR="00764CBA" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>elektroniniame</w:t>
       </w:r>
-      <w:r w:rsidRPr="004C1318">
-[...12 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dienyne, mokinių </w:t>
+      </w:r>
+      <w:r w:rsidR="00A246E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>lankomumą</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7455" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – mokinių lankomumo </w:t>
+      </w:r>
+      <w:r w:rsidR="0019205D" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>žiniaraštyje</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7455" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>, kurį paskutinę kiekvieno mėnesio dar</w:t>
+      </w:r>
+      <w:r w:rsidR="00764CBA" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">bo dieną pateikia </w:t>
       </w:r>
-      <w:r w:rsidR="000912F9">
-[...18 lines deleted...]
-    <w:p w14:paraId="4203721C" w14:textId="77777777" w:rsidR="00E65E3E" w:rsidRPr="004C1318" w:rsidRDefault="00E65E3E" w:rsidP="000E2227">
+      <w:r w:rsidR="00271DE4" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>per duomenų valdymo sistemą „Kontora“</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7455" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4203721C" w14:textId="25265ABE" w:rsidR="00E65E3E" w:rsidRPr="00E374B9" w:rsidRDefault="00E65E3E" w:rsidP="000E2227">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...9 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Į </w:t>
+      </w:r>
+      <w:r w:rsidR="000B1BB3" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>grupę priimami 1</w:t>
       </w:r>
-      <w:r w:rsidR="007B2641">
-        <w:rPr>
+      <w:r w:rsidR="007B2641" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidR="000B1BB3" w:rsidRPr="004C1318">
-        <w:rPr>
+      <w:r w:rsidR="000B1BB3" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="004C1318">
-        <w:rPr>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> klasių mokiniai (išimties tvarka ir vyresni).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="193D8094" w14:textId="77777777" w:rsidR="004F7897" w:rsidRPr="00DA788C" w:rsidRDefault="004F7897" w:rsidP="000E2227">
+    <w:p w14:paraId="193D8094" w14:textId="26442DD1" w:rsidR="004F7897" w:rsidRPr="00A246E8" w:rsidRDefault="00A246E8" w:rsidP="000E2227">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="FF0000"/>
-[...51 lines deleted...]
-    <w:p w14:paraId="677A7086" w14:textId="77777777" w:rsidR="000E2227" w:rsidRPr="004C1318" w:rsidRDefault="000E2227" w:rsidP="000E2227">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A246E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Grupėje gali būti ne daugiau kaip 30 ir ne mažiau kaip 15 mokinių.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F3BBED0" w14:textId="54BD526C" w:rsidR="000E2227" w:rsidRPr="00E374B9" w:rsidRDefault="000E2227" w:rsidP="00AF08A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:strike/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Grup</w:t>
       </w:r>
-      <w:r w:rsidR="00E65E3E" w:rsidRPr="004C1318">
-[...35 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00E65E3E" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>ės</w:t>
+      </w:r>
+      <w:r w:rsidR="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001E393F" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>auklėtojos</w:t>
+      </w:r>
+      <w:r w:rsidR="00E65E3E" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vykdo saugią </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>mokinių priežiūrą, kryptingą pažintinę, meninę, sportinę veiklą grupės patalpose ar lauke</w:t>
+      </w:r>
+      <w:r w:rsidR="001E393F" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>, i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>nformuoja tėvus (g</w:t>
+      </w:r>
+      <w:r w:rsidR="00E65E3E" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">lobėjus, rūpintojus) apie </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>mokinių savijautą, sveikatą, elge</w:t>
       </w:r>
-      <w:r w:rsidR="00AC4C45">
-        <w:rPr>
+      <w:r w:rsidR="00AC4C45" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">sį, veiklą </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>grupėje.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12140E40" w14:textId="77777777" w:rsidR="00CF6BCE" w:rsidRPr="005749B2" w:rsidRDefault="000E2227" w:rsidP="00764CBA">
+    <w:p w14:paraId="12140E40" w14:textId="77777777" w:rsidR="00CF6BCE" w:rsidRPr="00E374B9" w:rsidRDefault="000E2227" w:rsidP="00764CBA">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Tėvai (globėjai, rūpintojai) turi teisę savo vaikams parinkti grupės lankymo trukmę</w:t>
       </w:r>
-      <w:r w:rsidR="00E65E3E">
-[...12 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00E65E3E" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (apie tai nurodoma tėvų (globėjų, rūpintojų) prašyme)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26737B2D" w14:textId="77777777" w:rsidR="005749B2" w:rsidRPr="00A23744" w:rsidRDefault="00764CBA" w:rsidP="005749B2">
+    <w:p w14:paraId="26737B2D" w14:textId="77777777" w:rsidR="005749B2" w:rsidRPr="00E374B9" w:rsidRDefault="00764CBA" w:rsidP="005749B2">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">19. </w:t>
       </w:r>
-      <w:r w:rsidR="00AB08CF" w:rsidRPr="00A23744">
-        <w:rPr>
+      <w:r w:rsidR="00AB08CF" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Marijampolės savivaldybės</w:t>
       </w:r>
-      <w:r w:rsidR="00A23744">
-        <w:rPr>
+      <w:r w:rsidR="00A23744" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000B6CAA" w:rsidRPr="00A23744">
-        <w:rPr>
+      <w:r w:rsidR="000B6CAA" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>tarybos</w:t>
       </w:r>
-      <w:r w:rsidR="00D046F0" w:rsidRPr="00A23744">
-        <w:rPr>
+      <w:r w:rsidR="00D046F0" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B8778D" w:rsidRPr="00A23744">
-        <w:rPr>
+      <w:r w:rsidR="00B8778D" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="00DA788C" w:rsidRPr="00A23744">
-        <w:rPr>
+      <w:r w:rsidR="00DA788C" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>21</w:t>
       </w:r>
-      <w:r w:rsidR="00B8778D" w:rsidRPr="00A23744">
-        <w:rPr>
+      <w:r w:rsidR="00B8778D" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> m. </w:t>
       </w:r>
-      <w:r w:rsidR="00DA788C" w:rsidRPr="00A23744">
-        <w:rPr>
+      <w:r w:rsidR="00DA788C" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">lapkričio 29 </w:t>
       </w:r>
-      <w:r w:rsidR="00B8778D" w:rsidRPr="00A23744">
-        <w:rPr>
+      <w:r w:rsidR="00B8778D" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>d. sprendimu Nr. 1-2</w:t>
       </w:r>
-      <w:r w:rsidR="00DA788C" w:rsidRPr="00A23744">
-        <w:rPr>
+      <w:r w:rsidR="00DA788C" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>82</w:t>
       </w:r>
-      <w:r w:rsidR="000B6CAA" w:rsidRPr="00A23744">
-        <w:rPr>
+      <w:r w:rsidR="000B6CAA" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> nustatytas </w:t>
       </w:r>
-      <w:r w:rsidR="000B6CAA" w:rsidRPr="00A23744">
+      <w:r w:rsidR="000B6CAA" w:rsidRPr="00E374B9">
         <w:rPr>
           <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="000B6CAA" w:rsidRPr="00A23744">
-        <w:rPr>
+      <w:r w:rsidR="000B6CAA" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>mėnesio mokestis už pailgintos dienos grup</w:t>
       </w:r>
-      <w:r w:rsidR="00B33405" w:rsidRPr="00A23744">
-        <w:rPr>
+      <w:r w:rsidR="00B33405" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ės vaikų priežiūrą</w:t>
       </w:r>
-      <w:r w:rsidR="000B6CAA" w:rsidRPr="00A23744">
-        <w:rPr>
+      <w:r w:rsidR="000B6CAA" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>, kai mokinys tėvų pageidavimu prižiūrimas:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37494397" w14:textId="77777777" w:rsidR="005749B2" w:rsidRPr="00213F2D" w:rsidRDefault="005749B2" w:rsidP="005749B2">
+    <w:p w14:paraId="37494397" w14:textId="7BA5FBA4" w:rsidR="005749B2" w:rsidRPr="00E374B9" w:rsidRDefault="005749B2" w:rsidP="005749B2">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>19.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="part_a11a36f7524f4c65b80ef8dfcd914793"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:bookmarkStart w:id="3" w:name="part_a11a36f7524f4c65b80ef8dfcd914793"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidR="00CF6BCE" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
-      <w:r w:rsidR="00B33405">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00517791" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">mokyklos pailgintoje dienos grupėje </w:t>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00B33405" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
+        <w:t xml:space="preserve"> pailgintoje dienos grupėje </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF6BCE" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+        </w:rPr>
         <w:t xml:space="preserve">iki </w:t>
       </w:r>
-      <w:r w:rsidR="00B33405">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00B33405" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00CF6BCE" w:rsidRPr="005749B2">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00CF6BCE" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> valandų per dieną – </w:t>
       </w:r>
-      <w:r w:rsidR="00B33405">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00B33405" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="00CF6BCE" w:rsidRPr="005749B2">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00CF6BCE" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">,00 Eur (vienos dienos </w:t>
       </w:r>
-      <w:r w:rsidR="00B33405">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00B33405" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">mokesčio </w:t>
       </w:r>
-      <w:r w:rsidR="00CF6BCE" w:rsidRPr="005749B2">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00CF6BCE" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">vidurkis </w:t>
       </w:r>
-      <w:r w:rsidR="00B33405">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00B33405" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>1,00</w:t>
       </w:r>
-      <w:r w:rsidR="00CF6BCE" w:rsidRPr="005749B2">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00CF6BCE" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Eur);</w:t>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="part_e1a94f05f26a4e72aa862679d95b3d48"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="10B2D452" w14:textId="77777777" w:rsidR="00B33405" w:rsidRPr="00213F2D" w:rsidRDefault="005749B2" w:rsidP="00B33405">
+      <w:bookmarkStart w:id="4" w:name="part_e1a94f05f26a4e72aa862679d95b3d48"/>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w14:paraId="10B2D452" w14:textId="721BAF31" w:rsidR="00B33405" w:rsidRPr="00E374B9" w:rsidRDefault="005749B2" w:rsidP="00B33405">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>19.2.</w:t>
       </w:r>
-      <w:r w:rsidR="00CF6BCE" w:rsidRPr="005749B2">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00CF6BCE" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="4" w:name="part_d519df5a63de41ee992c5e164409dde7"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:bookmarkStart w:id="5" w:name="part_d519df5a63de41ee992c5e164409dde7"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidR="00517791" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">mokyklos pailgintoje dienos grupėje </w:t>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00B33405" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">iki </w:t>
-[...58 lines deleted...]
-    <w:p w14:paraId="378806CF" w14:textId="77777777" w:rsidR="00B8778D" w:rsidRPr="00B8778D" w:rsidRDefault="00F73446" w:rsidP="005749B2">
+        <w:t xml:space="preserve"> pailgintoje dienos grupėje iki 6 valandų per dieną – 30,00 Eur (vienos dienos mokesčio vidurkis 1,50 Eur);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="378806CF" w14:textId="77777777" w:rsidR="00B8778D" w:rsidRPr="00E374B9" w:rsidRDefault="00F73446" w:rsidP="005749B2">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">20. </w:t>
       </w:r>
-      <w:r w:rsidR="00CB5817">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00CB5817" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Mažinamas 50 proc. mėnesio mokestis</w:t>
       </w:r>
-      <w:r w:rsidR="00B8778D" w:rsidRPr="00B8778D">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00B8778D" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="787A15CD" w14:textId="77777777" w:rsidR="005749B2" w:rsidRDefault="005749B2" w:rsidP="00CB5817">
+    <w:p w14:paraId="787A15CD" w14:textId="77777777" w:rsidR="005749B2" w:rsidRPr="00E374B9" w:rsidRDefault="005749B2" w:rsidP="00CB5817">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>20.</w:t>
       </w:r>
-      <w:r w:rsidR="00B8778D" w:rsidRPr="005749B2">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00B8778D" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>1. mokiniams, gaunantiems socialinę paramą arba turintiems teisę į ją (kai šeimos pajamos vienam šeimos nariui per mėnesį yra mažesnis kaip 1,5 valstybės remiamų pajamų dydžio)</w:t>
       </w:r>
-      <w:r w:rsidR="00C7761F">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00C7761F" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> pagal pateikt</w:t>
+      </w:r>
+      <w:r w:rsidR="00956A6E" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>pagal pateikt</w:t>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>ą</w:t>
+      </w:r>
+      <w:r w:rsidR="00C7761F" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>ą</w:t>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> Marijampolės savivaldybės administracijos Piniginės paramos skyriaus </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="part_2ac37ee7bf0f4c7091d8ed6475b502cb"/>
+      <w:bookmarkStart w:id="7" w:name="part_8434d93489814986a1b956683d41b789"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidR="00956A6E" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Marijampolės savivaldybės administracijos Piniginės paramos skyriaus </w:t>
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>sąrašą</w:t>
+      </w:r>
+      <w:r w:rsidR="00250403" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>sąrašą</w:t>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EA35B2C" w14:textId="77777777" w:rsidR="00B8778D" w:rsidRPr="00E374B9" w:rsidRDefault="005749B2" w:rsidP="005749B2">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00D046F0" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D046F0" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5817" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>S</w:t>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>umažin</w:t>
+      </w:r>
+      <w:r w:rsidR="00D046F0" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>umažin</w:t>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t>amas</w:t>
       </w:r>
-      <w:r w:rsidR="00D046F0">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00D046F0" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:spacing w:val="20"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CB5817">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00CB5817" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>mėnesio mokest</w:t>
       </w:r>
-      <w:r w:rsidR="00D046F0">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00D046F0" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidR="00B8778D" w:rsidRPr="005749B2">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00B8778D" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D046F0">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00D046F0" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">19 punkte nurodyto </w:t>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">19 punkte nurodyto vienos dienos mokesčio vidurkio dydžiu </w:t>
+      </w:r>
+      <w:r w:rsidR="00B8778D" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">vienos dienos </w:t>
-[...33 lines deleted...]
-        </w:rPr>
         <w:t>už kiekvieną nelankytą dieną</w:t>
       </w:r>
-      <w:r w:rsidR="00D046F0">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00D046F0" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:spacing w:val="20"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B8778D" w:rsidRPr="005749B2">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00B8778D" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>jeigu mokinys grupės nelankė:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BED9102" w14:textId="77777777" w:rsidR="00B8778D" w:rsidRDefault="005749B2" w:rsidP="005749B2">
+    <w:p w14:paraId="5BED9102" w14:textId="342BDD55" w:rsidR="00B8778D" w:rsidRPr="00E374B9" w:rsidRDefault="005749B2" w:rsidP="005749B2">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="part_6d3c193806924896b364e1eba164fbdf"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:bookmarkStart w:id="8" w:name="part_6d3c193806924896b364e1eba164fbdf"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00D046F0">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00D046F0" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00D046F0">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00D046F0" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="005749B2">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00B8778D" w:rsidRPr="005749B2">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00B8778D" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FB2E9C">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00FB2E9C" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>mokyklos ugdymo plane nustatytų atostogų laikotarpiu ir kai pamokos nevyko dėl ekstremalių gamtos sąlygų (šalčio, karščio ir pan.);</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="43E0D477" w14:textId="77777777" w:rsidR="00EF5624" w:rsidRDefault="00EF5624" w:rsidP="005749B2">
+        <w:t>kai pamokos nevyko dėl ekstremalių gamtos sąlygų (šalčio, karščio ir pan.);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43E0D477" w14:textId="77777777" w:rsidR="00EF5624" w:rsidRPr="00E374B9" w:rsidRDefault="00EF5624" w:rsidP="005749B2">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>21.2. paskelbto karantino laikotarpiu nelankant ugdymo įstaigos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2343B1CC" w14:textId="77777777" w:rsidR="00EF5624" w:rsidRPr="005749B2" w:rsidRDefault="00EF5624" w:rsidP="005749B2">
+    <w:p w14:paraId="2343B1CC" w14:textId="38D7F0D0" w:rsidR="00EF5624" w:rsidRPr="00E374B9" w:rsidRDefault="00EF5624" w:rsidP="005749B2">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>21.3. mokykloje paskelbto ugdymo nuotoliniu mokymo proceso organizavimo būdu laikotarpiu.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7708AD68" w14:textId="77777777" w:rsidR="00B8778D" w:rsidRDefault="008F4F71" w:rsidP="007B4CC5">
+        <w:t xml:space="preserve">21.3. </w:t>
+      </w:r>
+      <w:r w:rsidR="00517791" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> paskelbto ugdymo nuotoliniu mokymo proceso organizavimo būdu laikotarpiu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7708AD68" w14:textId="66258E4E" w:rsidR="00B8778D" w:rsidRPr="00A246E8" w:rsidRDefault="008F4F71" w:rsidP="00A246E8">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="part_25bc2c7e9e124d1cad81597e115782e7"/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkStart w:id="9" w:name="part_25bc2c7e9e124d1cad81597e115782e7"/>
+      <w:bookmarkStart w:id="10" w:name="part_dfae5e8cd14f46c0b39ebfa62a949037"/>
+      <w:bookmarkStart w:id="11" w:name="part_e8fb1292dcae4845b94b1e2f65413c6e"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00A246E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="00B8778D" w:rsidRPr="00F73446">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00B8778D" w:rsidRPr="00A246E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">pskaičiuotas mėnesio </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00A246E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>mokestis sumokamas</w:t>
       </w:r>
-      <w:r w:rsidR="00B8778D" w:rsidRPr="00F73446">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00B8778D" w:rsidRPr="00A246E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> iki kito mėnesio 20 dienos. Mokinį, už kur</w:t>
       </w:r>
-      <w:r w:rsidR="004D615B">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="004D615B" w:rsidRPr="00A246E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>io priežiūrą pailgintoje dienos grupėje laiku nesumokėtas</w:t>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>io priežiūrą grupėje laiku nesumokėtas</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8778D" w:rsidRPr="00A246E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> mėnesio mokestis, įstaigos vadovas turi teisę išbraukti iš grupės sąrašų.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22F167DE" w14:textId="77777777" w:rsidR="001A74A2" w:rsidRPr="00F73446" w:rsidRDefault="001A74A2" w:rsidP="007B4CC5">
+    <w:p w14:paraId="22F167DE" w14:textId="6E752E1E" w:rsidR="001A74A2" w:rsidRPr="00A246E8" w:rsidRDefault="001A74A2" w:rsidP="00A246E8">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00A246E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Mokiniui atsisakius lankyti pailgintą dienos grupę, tėvai privalo informuoti raštu (</w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-        <w:pStyle w:val="Sraopastraipa"/>
+      <w:r w:rsidRPr="00A246E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>3 priedas)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A246E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A246E8" w:rsidRPr="00A246E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Atsisakymas lankyti įsigalioja nuo kito mėnesio pirmos dienos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09AB6B40" w14:textId="2985E6BC" w:rsidR="00A246E8" w:rsidRPr="00A246E8" w:rsidRDefault="00A246E8" w:rsidP="00A246E8">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
-[...62 lines deleted...]
-          <w:numId w:val="6"/>
+          <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...44 lines deleted...]
-    <w:p w14:paraId="0BCC502F" w14:textId="77777777" w:rsidR="000E2227" w:rsidRPr="004F7897" w:rsidRDefault="000E2227" w:rsidP="00F73446">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="part_4cd440305178419cbd943851dccc4d0d"/>
+      <w:bookmarkStart w:id="13" w:name="part_904ac182e5304707b67624a14d1f4f2e"/>
+      <w:bookmarkStart w:id="14" w:name="part_85fa458216e94eeea628bc5613f20ae8"/>
+      <w:bookmarkStart w:id="15" w:name="part_58705fc9ecbf4e34a2e7cf73c26e5a32"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00A246E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Grupę lankančių mokinių tėvai (globėjai, rūpintojai) už teikiamas paslaugas atsiskaito bankiniu pavedimu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5237711F" w14:textId="4C76EE93" w:rsidR="000E2227" w:rsidRPr="00E374B9" w:rsidRDefault="004F7897" w:rsidP="00A246E8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...18 lines deleted...]
-        <w:t>.</w:t>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Į namus mokiniai išleidžiami jiems patogiu laiku: vieni arba juos pasiima tėvai (apie tai nurodoma tėvų (globėjų, rūpintojų) prašyme).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33FB8343" w14:textId="77777777" w:rsidR="000E2227" w:rsidRPr="00C25054" w:rsidRDefault="000E2227" w:rsidP="000E2227">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52E76260" w14:textId="77777777" w:rsidR="000E2227" w:rsidRPr="00AC68EF" w:rsidRDefault="000E2227" w:rsidP="000E2227">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC68EF">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>V. BAIGIAMOSIOS NUOSTATOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11B5F031" w14:textId="77777777" w:rsidR="000E2227" w:rsidRPr="00AC68EF" w:rsidRDefault="000E2227" w:rsidP="000E2227">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BCC502F" w14:textId="193E052A" w:rsidR="000E2227" w:rsidRPr="00A246E8" w:rsidRDefault="00A246E8" w:rsidP="00A246E8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A246E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Grupės veiklos priežiūrą vykdo direktoriaus pavaduotojas ugdymui, atsakinga už veiklos organizavimo, kokybės ir saugos reikalavimų laikymosi kontrolę.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="382CE062" w14:textId="77777777" w:rsidR="000E2227" w:rsidRDefault="000E2227" w:rsidP="000E2227">
+    <w:p w14:paraId="382CE062" w14:textId="77777777" w:rsidR="000E2227" w:rsidRPr="00104EC9" w:rsidRDefault="000E2227" w:rsidP="000E2227">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="2CA8EA1E" w14:textId="77777777" w:rsidR="000E2227" w:rsidRDefault="000E2227" w:rsidP="000E2227">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CA8EA1E" w14:textId="77777777" w:rsidR="000E2227" w:rsidRPr="00104EC9" w:rsidRDefault="000E2227" w:rsidP="000E2227">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00104EC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>_________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="672A448E" w14:textId="77777777" w:rsidR="007B2641" w:rsidRDefault="007B2641" w:rsidP="000E2227">
+    <w:p w14:paraId="672A448E" w14:textId="77777777" w:rsidR="007B2641" w:rsidRPr="00104EC9" w:rsidRDefault="007B2641" w:rsidP="000E2227">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B94FC9C" w14:textId="77777777" w:rsidR="00932D6A" w:rsidRDefault="00932D6A" w:rsidP="000E2227">
+    <w:p w14:paraId="5B94FC9C" w14:textId="77777777" w:rsidR="00932D6A" w:rsidRPr="00104EC9" w:rsidRDefault="00932D6A" w:rsidP="000E2227">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7DABE4A1" w14:textId="77777777" w:rsidR="00932D6A" w:rsidRDefault="00932D6A" w:rsidP="000E2227">
+    <w:p w14:paraId="7DABE4A1" w14:textId="77777777" w:rsidR="00932D6A" w:rsidRPr="00104EC9" w:rsidRDefault="00932D6A" w:rsidP="000E2227">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="466EED46" w14:textId="77777777" w:rsidR="00932D6A" w:rsidRDefault="00932D6A" w:rsidP="000E2227">
+    <w:p w14:paraId="254EBAB8" w14:textId="77777777" w:rsidR="00C87578" w:rsidRDefault="00C87578" w:rsidP="000E2227">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="289168C7" w14:textId="77777777" w:rsidR="00941001" w:rsidRDefault="00941001" w:rsidP="00941001">
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="286516BD" w14:textId="77777777" w:rsidR="00A246E8" w:rsidRDefault="00A246E8" w:rsidP="000E2227">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D6D65AB" w14:textId="77777777" w:rsidR="0022262C" w:rsidRDefault="0022262C" w:rsidP="00941001">
-[...2 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="189C6636" w14:textId="77777777" w:rsidR="00A246E8" w:rsidRDefault="00A246E8" w:rsidP="000E2227">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C2ABBC4" w14:textId="77777777" w:rsidR="00A246E8" w:rsidRDefault="00A246E8" w:rsidP="000E2227">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4219FED2" w14:textId="77777777" w:rsidR="00A246E8" w:rsidRDefault="00A246E8" w:rsidP="000E2227">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28AD4B7F" w14:textId="77777777" w:rsidR="00A246E8" w:rsidRDefault="00A246E8" w:rsidP="000E2227">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04180577" w14:textId="77777777" w:rsidR="00A246E8" w:rsidRDefault="00A246E8" w:rsidP="000E2227">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B470311" w14:textId="77777777" w:rsidR="00A246E8" w:rsidRDefault="00A246E8" w:rsidP="000E2227">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59218968" w14:textId="77777777" w:rsidR="00A246E8" w:rsidRDefault="00A246E8" w:rsidP="000E2227">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22D6B924" w14:textId="77777777" w:rsidR="00A246E8" w:rsidRDefault="00A246E8" w:rsidP="000E2227">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B0BF442" w14:textId="77777777" w:rsidR="00A246E8" w:rsidRDefault="00A246E8" w:rsidP="000E2227">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58A55E6A" w14:textId="77777777" w:rsidR="00A246E8" w:rsidRDefault="00A246E8" w:rsidP="000E2227">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C9DABC3" w14:textId="77777777" w:rsidR="00A246E8" w:rsidRDefault="00A246E8" w:rsidP="000E2227">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19571238" w14:textId="77777777" w:rsidR="00A246E8" w:rsidRDefault="00A246E8" w:rsidP="000E2227">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E00D14F" w14:textId="77777777" w:rsidR="00A246E8" w:rsidRDefault="00A246E8" w:rsidP="000E2227">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42C3647B" w14:textId="77777777" w:rsidR="00A246E8" w:rsidRDefault="00A246E8" w:rsidP="000E2227">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="541137C9" w14:textId="77777777" w:rsidR="00A246E8" w:rsidRDefault="00A246E8" w:rsidP="000E2227">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1932222F" w14:textId="77777777" w:rsidR="00A246E8" w:rsidRDefault="00A246E8" w:rsidP="000E2227">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C684353" w14:textId="77777777" w:rsidR="00A246E8" w:rsidRDefault="00A246E8" w:rsidP="000E2227">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6378BC66" w14:textId="77777777" w:rsidR="00A246E8" w:rsidRDefault="00A246E8" w:rsidP="000E2227">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="252A34EA" w14:textId="77777777" w:rsidR="00A246E8" w:rsidRDefault="00A246E8" w:rsidP="000E2227">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35D06671" w14:textId="77777777" w:rsidR="00A246E8" w:rsidRDefault="00A246E8" w:rsidP="000E2227">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17457300" w14:textId="77777777" w:rsidR="00A246E8" w:rsidRDefault="00A246E8" w:rsidP="000E2227">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E17B9D1" w14:textId="77777777" w:rsidR="00A246E8" w:rsidRDefault="00A246E8" w:rsidP="000E2227">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BB8CC00" w14:textId="600D57A6" w:rsidR="0005415D" w:rsidRDefault="00A246E8" w:rsidP="00A246E8">
+      <w:pPr>
+        <w:ind w:left="5184"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">                                          </w:t>
-[...34 lines deleted...]
-        <w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00C87578" w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">arijampolės „Ryto“ progimnazijos pailgintos </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF30D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mokymosi </w:t>
+      </w:r>
+      <w:r w:rsidR="00C87578" w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>dienos grupės veiklos organizavimo tvarkos aprašo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75DD284E" w14:textId="5B76F889" w:rsidR="00C87578" w:rsidRPr="00C87578" w:rsidRDefault="00C87578" w:rsidP="00C87578">
+      <w:pPr>
+        <w:ind w:left="5184"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>1 priedas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BCA00BF" w14:textId="77777777" w:rsidR="006D16DE" w:rsidRDefault="006D16DE" w:rsidP="00CE0E1E">
-[...8 lines deleted...]
-    <w:p w14:paraId="4F8B7900" w14:textId="77777777" w:rsidR="00FA4463" w:rsidRPr="00FA4463" w:rsidRDefault="00FA4463" w:rsidP="00FA4463">
+    <w:p w14:paraId="406037B7" w14:textId="77777777" w:rsidR="00C87578" w:rsidRPr="00C87578" w:rsidRDefault="00C87578" w:rsidP="00C87578">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4646393A" w14:textId="77777777" w:rsidR="00C87578" w:rsidRPr="00C87578" w:rsidRDefault="00C87578" w:rsidP="00C87578">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">         ...............................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34ADD822" w14:textId="77777777" w:rsidR="00FA4463" w:rsidRPr="00FA4463" w:rsidRDefault="00FA4463" w:rsidP="00FA4463">
+    <w:p w14:paraId="0F0E466E" w14:textId="77777777" w:rsidR="00C87578" w:rsidRPr="00C87578" w:rsidRDefault="00C87578" w:rsidP="00C87578">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA4463">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri"/>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Tėvų (globėjų, rūpintojų) vardas, pavardė</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C494FBF" w14:textId="77777777" w:rsidR="00FA4463" w:rsidRPr="00FA4463" w:rsidRDefault="00FA4463" w:rsidP="00FA4463">
+    <w:p w14:paraId="31B0B411" w14:textId="77777777" w:rsidR="00C87578" w:rsidRPr="00C87578" w:rsidRDefault="00C87578" w:rsidP="00C87578">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7384F91F" w14:textId="77777777" w:rsidR="00FA4463" w:rsidRPr="00FA4463" w:rsidRDefault="00FA4463" w:rsidP="00FA4463">
+    <w:p w14:paraId="62F8BC4D" w14:textId="77777777" w:rsidR="00C87578" w:rsidRPr="00C87578" w:rsidRDefault="00C87578" w:rsidP="00C87578">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="4F5616F1" w14:textId="77777777" w:rsidR="00FA4463" w:rsidRPr="00FA4463" w:rsidRDefault="00FA4463" w:rsidP="00FA4463">
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>..............................................................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B5CC4CA" w14:textId="77777777" w:rsidR="00C87578" w:rsidRPr="00C87578" w:rsidRDefault="00C87578" w:rsidP="00C87578">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
-[...24 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA4463">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri"/>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">Gyvenamosios vietos adresas, tel. </w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="709AFE64" w14:textId="77777777" w:rsidR="00FA4463" w:rsidRPr="00FA4463" w:rsidRDefault="00FA4463" w:rsidP="00FA4463">
+        <w:t>Gyvenamosios vietos adresas, tel. Nr., el. pašto adresas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30F66C06" w14:textId="77777777" w:rsidR="00C87578" w:rsidRPr="00C87578" w:rsidRDefault="00C87578" w:rsidP="00C87578">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
-[...82 lines deleted...]
-    <w:p w14:paraId="4D1645A2" w14:textId="77777777" w:rsidR="00FA4463" w:rsidRPr="00FA4463" w:rsidRDefault="00FA4463" w:rsidP="00FA4463">
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="789AF8B8" w14:textId="77777777" w:rsidR="00C87578" w:rsidRPr="00C87578" w:rsidRDefault="00C87578" w:rsidP="00C87578">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C44A32D" w14:textId="77777777" w:rsidR="00C87578" w:rsidRPr="00C87578" w:rsidRDefault="00C87578" w:rsidP="00C87578">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2034EAC3" w14:textId="77777777" w:rsidR="00C87578" w:rsidRPr="00C87578" w:rsidRDefault="00C87578" w:rsidP="00C87578">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="291F0698" w14:textId="4CF3136E" w:rsidR="00C87578" w:rsidRPr="00C87578" w:rsidRDefault="00C87578" w:rsidP="00C87578">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Marijampolės </w:t>
+      </w:r>
+      <w:r w:rsidR="003F6749">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>„</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ryto“ progimnazijos </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="264CC133" w14:textId="77777777" w:rsidR="00C87578" w:rsidRPr="00C87578" w:rsidRDefault="00C87578" w:rsidP="00C87578">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>direktoriui</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="699C7C0B" w14:textId="77777777" w:rsidR="00C87578" w:rsidRPr="00C87578" w:rsidRDefault="00C87578" w:rsidP="00C87578">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="334FACE1" w14:textId="77777777" w:rsidR="00C87578" w:rsidRPr="00C87578" w:rsidRDefault="00C87578" w:rsidP="00C87578">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12A80962" w14:textId="77777777" w:rsidR="00C87578" w:rsidRPr="00C87578" w:rsidRDefault="00C87578" w:rsidP="00C87578">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="6A7A2F4A" w14:textId="77777777" w:rsidR="00FA4463" w:rsidRPr="00FA4463" w:rsidRDefault="00FA4463" w:rsidP="00FA4463">
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="537CBFAE" w14:textId="77777777" w:rsidR="00C87578" w:rsidRPr="00C87578" w:rsidRDefault="00C87578" w:rsidP="00C87578">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA4463">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri"/>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>PRAŠYMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C75291C" w14:textId="77777777" w:rsidR="00FA4463" w:rsidRPr="00FA4463" w:rsidRDefault="00FA4463" w:rsidP="00FA4463">
+    <w:p w14:paraId="73D25032" w14:textId="2A646594" w:rsidR="00C87578" w:rsidRPr="00C87578" w:rsidRDefault="00C87578" w:rsidP="00C87578">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA4463">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri"/>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>DĖL PRIĖMIMO Į PAILGINTOS DIENOS GRUPĘ</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="65B70158" w14:textId="77777777" w:rsidR="00FA4463" w:rsidRPr="00FA4463" w:rsidRDefault="00FA4463" w:rsidP="00FA4463">
+        <w:t xml:space="preserve">DĖL PRIĖMIMO Į PAILGINTOS </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF30D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MOKYMOSI </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>DIENOS GRUPĘ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="665B9422" w14:textId="77777777" w:rsidR="00C87578" w:rsidRPr="00C87578" w:rsidRDefault="00C87578" w:rsidP="00C87578">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="38BB75A5" w14:textId="77777777" w:rsidR="00FA4463" w:rsidRPr="00FA4463" w:rsidRDefault="00FA4463" w:rsidP="00FA4463">
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="624ED3DC" w14:textId="77777777" w:rsidR="00C87578" w:rsidRPr="00C87578" w:rsidRDefault="00C87578" w:rsidP="00C87578">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>.................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A9D0B45" w14:textId="77777777" w:rsidR="00FA4463" w:rsidRPr="00FA4463" w:rsidRDefault="00FA4463" w:rsidP="00FA4463">
+    <w:p w14:paraId="05229443" w14:textId="77777777" w:rsidR="00C87578" w:rsidRPr="00C87578" w:rsidRDefault="00C87578" w:rsidP="00C87578">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA4463">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri"/>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>(data)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45C5FEC1" w14:textId="77777777" w:rsidR="00FA4463" w:rsidRPr="00FA4463" w:rsidRDefault="00FA4463" w:rsidP="00FA4463">
+    <w:p w14:paraId="1A9E930D" w14:textId="77777777" w:rsidR="00C87578" w:rsidRPr="00C87578" w:rsidRDefault="00C87578" w:rsidP="00C87578">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Marijampolė</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57CAFDCA" w14:textId="77777777" w:rsidR="00FA4463" w:rsidRPr="00FA4463" w:rsidRDefault="00FA4463" w:rsidP="00FA4463">
-[...15 lines deleted...]
-    <w:p w14:paraId="7123E61D" w14:textId="77777777" w:rsidR="007659F6" w:rsidRDefault="00FA4463" w:rsidP="007659F6">
+    <w:p w14:paraId="507C22DA" w14:textId="77777777" w:rsidR="00C87578" w:rsidRPr="00C87578" w:rsidRDefault="00C87578" w:rsidP="00C87578">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4551E9D3" w14:textId="77777777" w:rsidR="00C87578" w:rsidRPr="00C87578" w:rsidRDefault="00C87578" w:rsidP="00C87578">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72841B51" w14:textId="77777777" w:rsidR="00C87578" w:rsidRPr="00C87578" w:rsidRDefault="00C87578" w:rsidP="00BF30D9">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
-[...25 lines deleted...]
-    <w:p w14:paraId="093FE10C" w14:textId="77777777" w:rsidR="007659F6" w:rsidRPr="007659F6" w:rsidRDefault="007659F6" w:rsidP="007659F6">
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prašau priimti mano dukrą (sūnų) ......................................................., </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5118E032" w14:textId="77777777" w:rsidR="00C87578" w:rsidRPr="00C87578" w:rsidRDefault="00C87578" w:rsidP="00BF30D9">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="3888" w:firstLine="1296"/>
-        <w:rPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007659F6">
-        <w:rPr>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>(mokinio vardas, pavardė, klasė )</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="72A93C3C" w14:textId="77777777" w:rsidR="00FA4463" w:rsidRPr="00FA4463" w:rsidRDefault="007659F6" w:rsidP="00112D09">
+        <w:t>(mokinio vardas, pavardė )</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="425DBC0D" w14:textId="558DD056" w:rsidR="00C87578" w:rsidRPr="00C87578" w:rsidRDefault="00C87578" w:rsidP="00BF30D9">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
-[...60 lines deleted...]
-    <w:p w14:paraId="6178B072" w14:textId="77777777" w:rsidR="00FA4463" w:rsidRPr="00FA4463" w:rsidRDefault="00FA4463" w:rsidP="00FA4463">
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>.............. klasės mokinę(-į), į pailgintos</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF30D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokymosi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dienos grupę nuo .......................................... Pageidauju, kad dukra (sūnus) būtų prižiūrimas (pažymėti pasirinktą variantą nuo kurio priklausys mokestis už grupę):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2104090E" w14:textId="77777777" w:rsidR="00C87578" w:rsidRPr="00C87578" w:rsidRDefault="00C87578" w:rsidP="00BF30D9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>iki 3 valandų per dieną;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E15FFEB" w14:textId="77777777" w:rsidR="00FA4463" w:rsidRPr="00FA4463" w:rsidRDefault="00FA4463" w:rsidP="00FA4463">
+    <w:p w14:paraId="32DC18C2" w14:textId="77777777" w:rsidR="00C87578" w:rsidRPr="00C87578" w:rsidRDefault="00C87578" w:rsidP="00BF30D9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>iki 6 valandų per dieną;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D07D9E6" w14:textId="77777777" w:rsidR="00FA4463" w:rsidRPr="00FA4463" w:rsidRDefault="00FA4463" w:rsidP="00FA4463">
+    <w:p w14:paraId="40AE8692" w14:textId="5D40C3C8" w:rsidR="00C87578" w:rsidRPr="00C87578" w:rsidRDefault="00C87578" w:rsidP="00BF30D9">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="113F2C64" w14:textId="77777777" w:rsidR="00B375F9" w:rsidRPr="00B375F9" w:rsidRDefault="00B375F9" w:rsidP="00B375F9">
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Įsipareigoju už vaiko priežiūrą pailgintos </w:t>
+      </w:r>
+      <w:r w:rsidR="00A246E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mokymosi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>dienos grupėje mokėti Marijampolės savivaldybės tarybos nustatytą mėnesinį mokestį iki sekančio mėnesio 20 d.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="026D5C72" w14:textId="77777777" w:rsidR="00C87578" w:rsidRPr="00C87578" w:rsidRDefault="00C87578" w:rsidP="00C87578">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...21 lines deleted...]
-    <w:p w14:paraId="3F96B804" w14:textId="77777777" w:rsidR="00B375F9" w:rsidRPr="00B375F9" w:rsidRDefault="00B375F9" w:rsidP="00B375F9">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Informuoju, kad iš grupės mokinį pasiims: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="388026E1" w14:textId="77777777" w:rsidR="00C87578" w:rsidRPr="00C87578" w:rsidRDefault="00C87578" w:rsidP="00C87578">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="141E5A6E" w14:textId="77777777" w:rsidR="00B375F9" w:rsidRPr="00B375F9" w:rsidRDefault="00B375F9" w:rsidP="009336C4">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="276058B0" w14:textId="77777777" w:rsidR="00C87578" w:rsidRPr="00C87578" w:rsidRDefault="00C87578" w:rsidP="00C87578">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
+        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Pats savarankiškai grįš namo (pažymėti):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36372557" w14:textId="77777777" w:rsidR="00C87578" w:rsidRPr="00C87578" w:rsidRDefault="00C87578" w:rsidP="00C87578">
+      <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="709" w:hanging="283"/>
-[...59 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CA0466E" w14:textId="77777777" w:rsidR="00C87578" w:rsidRPr="00C87578" w:rsidRDefault="00C87578" w:rsidP="00C87578">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="lt-LT"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>(nurodyti kuriuo metu vaiką išleisti iš grupės, ar laikas skirtingomis dienomis bus skirtingas ir pan.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F27C457" w14:textId="77777777" w:rsidR="00FA4463" w:rsidRDefault="00FA4463" w:rsidP="00FA4463">
+    <w:p w14:paraId="2BBAE345" w14:textId="77777777" w:rsidR="00C87578" w:rsidRPr="00C87578" w:rsidRDefault="00C87578" w:rsidP="00C87578">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
-[...44 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">(parašas)                                                                                                 (vardas, pavardė)                                                      </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6865FCA8" w14:textId="77777777" w:rsidR="0022262C" w:rsidRDefault="00FA4463" w:rsidP="00941001">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BADAAE7" w14:textId="77777777" w:rsidR="00C87578" w:rsidRPr="00C87578" w:rsidRDefault="00C87578" w:rsidP="00C87578">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>.............................................       .............................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10823BC9" w14:textId="77777777" w:rsidR="00C87578" w:rsidRPr="00C87578" w:rsidRDefault="00C87578" w:rsidP="00C87578">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(parašas)   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> (vardas, pavardė)                                                      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E99E157" w14:textId="427561E3" w:rsidR="0005415D" w:rsidRDefault="0005415D" w:rsidP="00F945CE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1985"/>
           <w:tab w:val="left" w:pos="2835"/>
         </w:tabs>
-        <w:rPr>
-[...25 lines deleted...]
-    <w:p w14:paraId="2B9AB87C" w14:textId="77777777" w:rsidR="0022262C" w:rsidRDefault="0022262C" w:rsidP="00941001">
+        <w:ind w:left="4820"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Marijampolės „Ryto“ progimnazijos pailgintos </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF30D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mokymosi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dienos grupės veiklos organizavimo tvarkos aprašo </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E152613" w14:textId="4D937FC7" w:rsidR="00282EBD" w:rsidRPr="00C25054" w:rsidRDefault="00282EBD" w:rsidP="00F945CE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1985"/>
           <w:tab w:val="left" w:pos="2835"/>
         </w:tabs>
+        <w:ind w:left="4820"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="EE0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...12 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri"/>
+      <w:r w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>2 priedas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C6297BE" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00C25054" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D6442FF" w14:textId="77777777" w:rsidR="0022262C" w:rsidRPr="00C25054" w:rsidRDefault="0022262C" w:rsidP="00282EBD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A6AE490" w14:textId="3584C9DA" w:rsidR="00282EBD" w:rsidRPr="0005415D" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MARIJAMPOLĖS </w:t>
+      </w:r>
+      <w:r w:rsidR="00F945CE" w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>„</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>RYTO</w:t>
+      </w:r>
+      <w:r w:rsidR="00F945CE" w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> P</w:t>
+      </w:r>
+      <w:r w:rsidR="0041694D" w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>ROGIMNAZIJOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61CF3D6E" w14:textId="13CD1594" w:rsidR="00282EBD" w:rsidRPr="0005415D" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PAILGINTOS </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF30D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MOKYMOSI </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>DIENOS GRUPĖS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66748BFC" w14:textId="3E057D78" w:rsidR="00282EBD" w:rsidRPr="0005415D" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PASLAUGOS TEIKIMO </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>SUTARTIS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="202B3963" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00C25054" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...54 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35454197" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="0005415D" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...5 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Courier New" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Courier New" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+        <w:t>20     .............................  Nr.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CF2014B" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="0005415D" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...5 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Courier New" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Courier New" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+        <w:t>Marijampolė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B286002" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="0005415D" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...11 lines deleted...]
-    <w:p w14:paraId="61CF3D6E" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Courier New" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43D12F5F" w14:textId="532E8F5C" w:rsidR="0005415D" w:rsidRPr="0005415D" w:rsidRDefault="00282EBD" w:rsidP="0005415D">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Marijampolės „Ryto" p</w:t>
+      </w:r>
+      <w:r w:rsidR="0041694D" w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>rogimnazija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, įstaigos kodas 190453670, LT 68262 Marijampolė, </w:t>
+      </w:r>
+      <w:r w:rsidR="0005415D" w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> g. 22 (toliau – paslaugos teikėjas), atstovaujamas Vlado Klasavičiaus, </w:t>
+      </w:r>
+      <w:r w:rsidR="00517791" w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> direktoriaus ir tėvas (globėjas) rūpintojas (reikalingą žodį pabraukti), toliau – klientas, atstovaujantis vaiko interesus,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37B31F27" w14:textId="77777777" w:rsidR="0005415D" w:rsidRPr="0005415D" w:rsidRDefault="0005415D" w:rsidP="0005415D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EFF1573" w14:textId="7777DC07" w:rsidR="00282EBD" w:rsidRPr="0005415D" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>..............................................................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AE6B9B1" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="0005415D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...11 lines deleted...]
-    <w:p w14:paraId="66748BFC" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>(vardas, pavardė, adresas, telefonas)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07743FD7" w14:textId="77777777" w:rsidR="0005415D" w:rsidRPr="0005415D" w:rsidRDefault="0005415D" w:rsidP="0005415D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="506E77C4" w14:textId="26C7AF0C" w:rsidR="00282EBD" w:rsidRPr="0005415D" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>..............................................................................................................sudaro šią sutartį:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38F58A72" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="0005415D" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3ECD1500" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="0005415D" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00282EBD">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00282EBD">
+      <w:r w:rsidRPr="0005415D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>SUTARTIS</w:t>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:t>I. SUTARTIES  OBJEKTAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CAB75D1" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="0005415D" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...7 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38D3C471" w14:textId="5930575E" w:rsidR="00282EBD" w:rsidRPr="0005415D" w:rsidRDefault="00282EBD" w:rsidP="00F34B33">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Paslaugos teikėjas įsipareigoja Paslaugos gavėjo sūnų /dukrą </w:t>
+      </w:r>
+      <w:r w:rsidR="00F34B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>(globotinį)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F240402" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="0005415D" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+      <w:pPr>
+        <w:ind w:firstLine="1296"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13BA9C38" w14:textId="1941EADF" w:rsidR="00282EBD" w:rsidRPr="0005415D" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Courier New"/>
-[...15 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>..............................................................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7907BB80" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="0005415D" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Courier New"/>
-[...15 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>( mokinio vardas, pavardė, klasė, gimimo data )</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38B10F51" w14:textId="76E6FEBF" w:rsidR="00282EBD" w:rsidRPr="0005415D" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">prižiūrėti ir organizuoti veiklą pagal </w:t>
+      </w:r>
+      <w:r w:rsidR="00517791" w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> direktoriaus įsakymu patvirtintą pailgintos</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF30D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokymosi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dienos grupės veiklos aprašą.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BA56CF7" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="0005415D" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14523811" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="0005415D" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Courier New"/>
-[...72 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00282EBD">
-        <w:rPr>
+      <w:r w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>I. SUTARTIES  OBJEKTAS</w:t>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:t>II. SUTARTIES ŠALIŲ ĮSIPAREIGOJIMAI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="313DB33A" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="0005415D" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38D3C471" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+    <w:p w14:paraId="271183C0" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="0005415D" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...82 lines deleted...]
-          <w:b/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00282EBD">
-[...1 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>II. SUTARTIES ŠALIŲ ĮSIPAREIGOJIMAI</w:t>
-[...23 lines deleted...]
-        </w:rPr>
         <w:t>2. Paslaugos teikėjas įsipareigoja:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65F821C2" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+    <w:p w14:paraId="65F821C2" w14:textId="2322D82A" w:rsidR="00282EBD" w:rsidRPr="0005415D" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="7B33F47A" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.1. organizuoti kokybišką veiklą vadovaujantis Lietuvos Respublikos Konstitucija, Lietuvos Respublikos švietimo įstatymu, Jungtinių Tautų vaiko teisių konvencija, pradinio ugdymo koncepcija, išsilavinimo standartais, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F34B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Lietuvos h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>igienos normomis, kitais teisės ir steigėjo norminiais aktais, Marijampolės „Ryto“ p</w:t>
+      </w:r>
+      <w:r w:rsidR="0041694D" w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>rogimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nuostatais, </w:t>
+      </w:r>
+      <w:r w:rsidR="00517791" w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vidaus tvarkos taisyklėmis, </w:t>
+      </w:r>
+      <w:r w:rsidR="00517791" w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> direktoriaus įsakymu patvirtintu Pailgintos dienos grupės veiklos aprašu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B33F47A" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="0005415D" w:rsidRDefault="00282EBD" w:rsidP="006B74D5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
-        <w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:tab/>
         <w:t>2.2. nuosekliai, planingai ir turiningai organizuoti veiklą, atitinkančią mokinių amžių;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1336E6D5" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+    <w:p w14:paraId="1336E6D5" w14:textId="4E6253AE" w:rsidR="00282EBD" w:rsidRPr="0005415D" w:rsidRDefault="00282EBD" w:rsidP="006B74D5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
-        <w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:tab/>
-        <w:t>2.3. saugoti mokinius nuo fizinę, psichinę sveikatą žalojančių poveikių;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3C422C41" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+        <w:t>2.3. saugoti mokinius nuo fizinę, psichinę sveikatą žalojanči</w:t>
+      </w:r>
+      <w:r w:rsidR="006B74D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> poveiki</w:t>
+      </w:r>
+      <w:r w:rsidR="006B74D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C422C41" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="0005415D" w:rsidRDefault="00282EBD" w:rsidP="006B74D5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
-        <w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:tab/>
         <w:t>2.4. pagal galimybes sudaryti sąlygas mokinių saviraiškos poreikiams tenkinti;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51A8A044" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+    <w:p w14:paraId="51A8A044" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="0005415D" w:rsidRDefault="00282EBD" w:rsidP="006B74D5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
-        <w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:tab/>
         <w:t>2.5. teikti pagalbą mokiniams atliekant namų užduotis;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D1924B3" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+    <w:p w14:paraId="4D1924B3" w14:textId="241EE630" w:rsidR="00282EBD" w:rsidRPr="0005415D" w:rsidRDefault="00282EBD" w:rsidP="006B74D5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:tab/>
-        <w:t>2.6. pranešti tėvams (globėjams, rūpintojams) apie mokinių savijautą, sveikatą, elgesį, veiklą  pailgintos dienos (popamokinės veiklos) grupėje;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="58A1B241" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+        <w:t xml:space="preserve">2.6. pranešti tėvams (globėjams, rūpintojams) apie mokinių savijautą, sveikatą, elgesį, veiklą pailgintos </w:t>
+      </w:r>
+      <w:r w:rsidR="006B74D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mokymosi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>dienos grupėje;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58A1B241" w14:textId="2A157040" w:rsidR="00282EBD" w:rsidRPr="0005415D" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="4E404F8A" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2.7. prižiūrėti mokinius ir organizuoti turiningą jų veiklą (pažymėti pa</w:t>
+      </w:r>
+      <w:r w:rsidR="00F34B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>sirinkimą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E404F8A" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="0005415D" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>iki 3 val. per dieną;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14383881" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+    <w:p w14:paraId="14383881" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="0005415D" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>iki 6 val. per dieną;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BDC5865" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+    <w:p w14:paraId="4BDC5865" w14:textId="36630730" w:rsidR="00282EBD" w:rsidRPr="006B74D5" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="5F3808FC" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B74D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.8. mokiniams, pažeidusiems darbo tvarkos taisykles, taikyti poveikio priemones, numatytas </w:t>
+      </w:r>
+      <w:r w:rsidR="00517791" w:rsidRPr="006B74D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B74D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vidaus tvarkos taisyklėse bei kitose galiojančiose tvarkose.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F3808FC" w14:textId="55277A73" w:rsidR="00282EBD" w:rsidRPr="008E634E" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00282EBD">
-        <w:rPr>
+      <w:r w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>3. Paslaugos gavėjas įsipareigoja:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="03BD93C7" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+        <w:t>3</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="16" w:name="_Hlk211884514"/>
+      <w:r w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Paslaugos gavėjas </w:t>
+      </w:r>
+      <w:r w:rsidR="00F14BFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(tėvai / globėjai / rūpintojai) </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>įsipareigoja:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03BD93C7" w14:textId="1676B146" w:rsidR="00282EBD" w:rsidRPr="008E634E" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...17 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1. laikytis </w:t>
+      </w:r>
+      <w:r w:rsidR="00517791" w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nuostatų, vidaus tvarkos taisyklių ir Pailgintos </w:t>
+      </w:r>
+      <w:r w:rsidR="006B74D5" w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mokymosi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>dieno</w:t>
+      </w:r>
+      <w:r w:rsidR="006B74D5" w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> grupės tvarkos aprašo reikalavimų;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ADADFCF" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="008E634E" w:rsidRDefault="00282EBD" w:rsidP="008E634E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>3.2. suteikti reikiamą informaciją apie mokinį;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59C8C99C" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
-[...13 lines deleted...]
-    <w:p w14:paraId="06EB5578" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+    <w:p w14:paraId="59C8C99C" w14:textId="79EEB1DC" w:rsidR="00282EBD" w:rsidRPr="008E634E" w:rsidRDefault="00282EBD" w:rsidP="008E634E">
       <w:pPr>
         <w:ind w:firstLine="567"/>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>3.3. nuolat domėtis mokinio elgesiu, veikla pailgintos</w:t>
+      </w:r>
+      <w:r w:rsidR="008E634E" w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokymosi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dienos grupėje;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06EB5578" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="008E634E" w:rsidRDefault="00282EBD" w:rsidP="006B74D5">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
         <w:t>3.4. užtikrinti, kad vaikas nevykdys smurto ar patyčių veiksmų prieš kitą asmenį;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D3A905F" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="00D10316">
+    <w:p w14:paraId="0D3A905F" w14:textId="2A4739DD" w:rsidR="00282EBD" w:rsidRPr="008E634E" w:rsidRDefault="00282EBD" w:rsidP="006B74D5">
       <w:pPr>
         <w:ind w:firstLine="567"/>
-        <w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="1AC153B2" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="00D10316">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.5. informuoti pedagogą apie mokinio neatvykimą į pailgintos </w:t>
+      </w:r>
+      <w:r w:rsidR="006B74D5" w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mokymosi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>dienos grupę;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AC153B2" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="008E634E" w:rsidRDefault="00282EBD" w:rsidP="00D10316">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>3.6. raštu informuoti grupės pedagogą apie poreikį mokiniui savarankiškai grįžti namo;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05B49C93" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+    <w:p w14:paraId="05B49C93" w14:textId="40A4A3AA" w:rsidR="00282EBD" w:rsidRPr="008E634E" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="7CE75CC2" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.7. užtikrinti, kad mokinys neturėtų daiktų, nesusijusių su </w:t>
+      </w:r>
+      <w:r w:rsidR="00517791" w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, pailgintos </w:t>
+      </w:r>
+      <w:r w:rsidR="008E634E" w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mokymosi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>dienos grupės veikla ir galinčių sukelti pavojų sveikatai ar saugumui;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CE75CC2" w14:textId="0727886D" w:rsidR="00282EBD" w:rsidRPr="008E634E" w:rsidRDefault="00282EBD" w:rsidP="008E634E">
       <w:pPr>
         <w:ind w:firstLine="567"/>
-        <w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="52DE88DE" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.8. atlyginti mokinio padarytą žalą </w:t>
+      </w:r>
+      <w:r w:rsidR="00517791" w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnazija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>i pagal Civilinio kodekso 6.275 straipsnį;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52DE88DE" w14:textId="706B4C66" w:rsidR="00282EBD" w:rsidRPr="008E634E" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="3E35995F" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.9. laiku sumokėti už mokinio priežiūrą pailgintos </w:t>
+      </w:r>
+      <w:r w:rsidR="008E634E" w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mokymosi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dienos grupėje (iki </w:t>
+      </w:r>
+      <w:r w:rsidR="00F34B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>kito</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mėnesio 20 d.);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E35995F" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="008E634E" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>3.10. neprieštarauti, kad esant įtariamam vaiko sveikatos sutrikimui ar įvykus nelaimingam atsitikimui, paslaugos teikėjas suteiktų pirmąją pagalbą, negalint susisiekti su tiesioginiais vaiko atstovais, iškviestų greitąją pagalbą;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29499A7E" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+    <w:p w14:paraId="29499A7E" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="008E634E" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>3.11. laikytis reikalavimų paskelbtų valstybės lygio ekstremaliosios situacijos ir (ar) karantino metu, kai tai daryti įpareigoja Vyriausybės nutarimai, valstybės lygio ekstremalios situacijos valstybės operacijų vadovo sprendimai ar kiti teisės aktai.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07B8AA78" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
-[...7 lines deleted...]
-    <w:p w14:paraId="52707723" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+    <w:p w14:paraId="07B8AA78" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="008E634E" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52707723" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="008E634E" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00282EBD">
-        <w:rPr>
+      <w:r w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>III. MOKESTIS UŽ TEIKIAMAS PASLAUGAS IR JO MOKĖJIMO TVARKA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F9766BC" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
-[...7 lines deleted...]
-    <w:p w14:paraId="2E4D1F27" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+    <w:p w14:paraId="3F9766BC" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="008E634E" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E4D1F27" w14:textId="2C95A6F9" w:rsidR="00282EBD" w:rsidRPr="008E634E" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Courier New"/>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Courier New" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00282EBD">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Courier New" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
-        <w:t>4. Klientas įsipareigoja už suteiktas paslaugas laiku sumokėti Marijampolės savivaldybės tarybos ,,Dėl mokesčio už pailgintos dienos grupę nustatymo“ 2021 m. lapkričio 17 d. Nr. TR-305 sprendimu nustatytą mokestį (pabraukti pasirinktą variantą):</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5FB0E160" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F14BFB" w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Paslaugos gavėjas </w:t>
+      </w:r>
+      <w:r w:rsidR="00F14BFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(tėvai / globėjai / rūpintojai) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Courier New" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">įsipareigoja už suteiktas paslaugas laiku sumokėti Marijampolės savivaldybės tarybos </w:t>
+      </w:r>
+      <w:r w:rsidR="00F34B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Courier New" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+        <w:t>„</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Courier New" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+        <w:t>Dėl mokesčio už pailgintos dienos grupę nustatymo“ 2021 m. lapkričio 17 d. Nr. TR-305 sprendimu</w:t>
+      </w:r>
+      <w:r w:rsidR="00F34B33" w:rsidRPr="00F34B33">
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F34B33" w:rsidRPr="00F34B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>ir Marijampolės savivaldybės tarybos 2025 m. rugsėjo 26 d. sprendimu Nr. 1-311 „Dėl mokesčio už pailgintos dienos grupę nustatymo</w:t>
+      </w:r>
+      <w:r w:rsidR="00F34B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F34B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Courier New" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Courier New" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+        <w:t>ustatytą mokest</w:t>
+      </w:r>
+      <w:r w:rsidR="00F34B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Courier New" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+        <w:t>į</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Courier New" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FB0E160" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="008E634E" w:rsidRDefault="00282EBD" w:rsidP="008E634E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Courier New" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Courier New" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+        <w:t>4.1 iki 3 val. per dieną – 20,00 Eur (vienos dienos mokesčio vidurkis 1,00 Eur);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FC30149" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="008E634E" w:rsidRDefault="00282EBD" w:rsidP="008E634E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Courier New" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Courier New" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+        <w:t>4.2 iki 6 valandų per dieną – 30,00 Eur (vienos dienos mokesčio vidurkis 1,50 Eur).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17150618" w14:textId="194F39E6" w:rsidR="00282EBD" w:rsidRPr="008E634E" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:left="720" w:hanging="153"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Courier New"/>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Courier New" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00282EBD">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Courier New" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
-        <w:t>4.1 iki 3 val. per dieną – 20,00 Eur (vienos dienos mokesčio vidurkis 1,00 Eur);</w:t>
-[...10 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">5. Paslaugos teikėjas </w:t>
+      </w:r>
+      <w:r w:rsidR="00F14BFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Courier New" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00F14BFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tėvai / globėjai / rūpintojai) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Courier New" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
-        <w:t>4.2 iki 6 valandų per dieną – 30,00 Eur (vienos dienos mokesčio vidurkis 1,50 Eur).</w:t>
-[...23 lines deleted...]
-    <w:p w14:paraId="1C977F84" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="00A31E58">
+        <w:t xml:space="preserve">įsipareigoja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C977F84" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="008E634E" w:rsidRDefault="00282EBD" w:rsidP="00A31E58">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Courier New"/>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Courier New" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00282EBD">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Courier New" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
-        <w:t>5.1. mažinti 50 proc. mėnesio mokestį mokiniams, gaunantiems socialinę paramą arba turintiems teisę į ją (kai šeimos pajamos vienam šeimos nariui per mėnesį yra mažesnės kaip 1,5 valstybės remiamų pajamų dydžio);</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7B03B8A7" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="00A31E58">
+        <w:t xml:space="preserve">5.1. mažinti 50 proc. mėnesio mokestį mokiniams, gaunantiems socialinę paramą arba turintiems teisę į ją (kai šeimos pajamos vienam šeimos nariui per </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Courier New" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>mėnesį yra mažesnės kaip 1,5 valstybės remiamų pajamų dydžio);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B03B8A7" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="008E634E" w:rsidRDefault="00282EBD" w:rsidP="00A31E58">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Courier New"/>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Courier New" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00282EBD">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Courier New" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t>5.2. Sumažinti mėnesio mokestį 4-ame šios sutarties punkte nurodyto vienos dienos mokesčio vidurkio dydžiu už kiekvieną nelankytą dieną jeigu mokinys grupės nelankė:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58CFC65E" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="00A31E58">
+    <w:p w14:paraId="58CFC65E" w14:textId="2310CF6C" w:rsidR="00282EBD" w:rsidRPr="008E634E" w:rsidRDefault="00282EBD" w:rsidP="00A31E58">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Courier New"/>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Courier New" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00282EBD">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Courier New" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
-        <w:t>5.2.1. mokyklos ugdymo plane nustatytų atostogų laiku ir kai pamokos nevyko dėl ekstremalių gamtos sąlygų (šalčio, karščio ir pan.);</w:t>
-[...44 lines deleted...]
-    <w:p w14:paraId="67AD5BA6" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+        <w:t>5.2.1. kai pamokos nevyko dėl ekstremalių gamtos sąlygų (šalčio, karščio ir pan.);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35F9ECF9" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="008E634E" w:rsidRDefault="00282EBD" w:rsidP="008E634E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Courier New"/>
-          <w:color w:val="000000"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00282EBD">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Courier New" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
-        <w:t>6. Mokestis už teikiamas paslaugas mokamas iki sekančio mėnesio 20 dienos pavedimu į mokyklos sąskaitą LT68 7044 0600 0207 0600 Marijampolės ,,Ryto“ pagrindinė mokykla, įstaigos kodas 190453670, AB SEB bankas 70440,  (mokėjimo paskirtis – už ................ mėn. pailgintos darbo dienos grupės paslaugas, ..... klasės mokiniui Vardas Pavardė).</w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="5D6B970C" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+        <w:t>5.2.2. paskelbto karantino laikotarpiu nelankant ugdymo įstaigos;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5004EAB7" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="008E634E" w:rsidRDefault="00282EBD" w:rsidP="008E634E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Courier New" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Courier New" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+        <w:t>5.2.3. paskelbto ugdymo nuotoliniu mokymo proceso organizavimo būdu laikotarpiu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67AD5BA6" w14:textId="569E8DFB" w:rsidR="00282EBD" w:rsidRPr="008E634E" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Courier New" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Courier New" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Mokestis už teikiamas paslaugas mokamas iki </w:t>
+      </w:r>
+      <w:r w:rsidR="009453FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Courier New" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+        <w:t>kito</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Courier New" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mėnesio 20 dienos pavedimu į </w:t>
+      </w:r>
+      <w:r w:rsidR="00517791" w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Courier New" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Courier New" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sąskaitą LT68 7044 0600 0207 0600 Marijampolės ,,Ryto“ p</w:t>
+      </w:r>
+      <w:r w:rsidR="0041694D" w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Courier New" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+        <w:t>rogimnazija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Courier New" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, įstaigos kodas 190453670, AB SEB bankas 70440,  (mokėjimo paskirtis – už </w:t>
+      </w:r>
+      <w:r w:rsidR="009453FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Courier New" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Courier New" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mėn. pailgintos </w:t>
+      </w:r>
+      <w:r w:rsidR="008E634E" w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Courier New" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+        <w:t>mokymosi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Courier New" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dienos grupės paslaugas, </w:t>
+      </w:r>
+      <w:r w:rsidR="009453FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Courier New" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Courier New" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> klasės mokiniui Vardas Pavardė).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00A1E219" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="009453FF" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D6B970C" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="008E634E" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00282EBD">
-        <w:rPr>
+      <w:r w:rsidRPr="009453FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>IV. SUTARTIES GALIOJIMAS, KEITIMAS IR NUTRAUKIMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="038E8985" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+    <w:p w14:paraId="038E8985" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="008E634E" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1620"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00282EBD">
+      <w:r w:rsidRPr="008E634E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E3E7050" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="00A31E58">
+    <w:p w14:paraId="0E3E7050" w14:textId="490AA0EC" w:rsidR="00282EBD" w:rsidRPr="009453FF" w:rsidRDefault="00282EBD" w:rsidP="009453FF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
-        <w:ind w:left="360"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957DE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00282EBD">
-        <w:rPr>
+      <w:r w:rsidR="008E634E" w:rsidRPr="00957DE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>8.</w:t>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957DE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="009453FF" w:rsidRPr="009453FF">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00282EBD">
-[...6 lines deleted...]
-    <w:p w14:paraId="0C675AFF" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="00A31E58">
+      <w:r w:rsidR="009453FF" w:rsidRPr="009453FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Sutartis sudaroma einamiesiems mokslo metams ir galioja nuo jos pasirašymo dienos iki ugdymo proceso pabaigos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C675AFF" w14:textId="565E8B52" w:rsidR="00282EBD" w:rsidRPr="00957DE9" w:rsidRDefault="00282EBD" w:rsidP="00A31E58">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
-        <w:ind w:left="360"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957DE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="EE0000"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:tab/>
-        <w:t>9. Sutartis gali būti nutraukta:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="741AA95F" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="00A31E58">
+      </w:r>
+      <w:r w:rsidR="008E634E" w:rsidRPr="00957DE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957DE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>. Sutartis gali būti nutraukta:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="741AA95F" w14:textId="0D04BA66" w:rsidR="00282EBD" w:rsidRPr="00957DE9" w:rsidRDefault="00282EBD" w:rsidP="00A31E58">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
-        <w:ind w:left="360"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957DE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">9.1. vienai iš šalių pareiškus apie jos nutraukimą; </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3DE09F51" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="00A31E58">
+      </w:r>
+      <w:r w:rsidR="00C20876" w:rsidRPr="00957DE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957DE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.1. vienai iš šalių pareiškus apie jos nutraukimą; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DE09F51" w14:textId="162C3B0F" w:rsidR="00282EBD" w:rsidRPr="00957DE9" w:rsidRDefault="00C20876" w:rsidP="00957DE9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
-        <w:ind w:left="360" w:firstLine="207"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="6D4CBF5D" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="00A31E58">
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957DE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00282EBD" w:rsidRPr="00957DE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2. jeigu sutarties šalys nevykdo įsipareigojimų. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D4CBF5D" w14:textId="31AF5C81" w:rsidR="00282EBD" w:rsidRPr="00F14BFB" w:rsidRDefault="00C20876" w:rsidP="00957DE9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
-        <w:ind w:left="360" w:firstLine="207"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="345643EE" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="00A31E58">
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957DE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00282EBD" w:rsidRPr="00957DE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F14BFB" w:rsidRPr="00F14BFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Tėvai (globėjai, rūpintojai) gali nutraukti sutartį pateikę prašymą ir visiškai atsiskaitę už suteiktas paslaugas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="345643EE" w14:textId="1F9083FF" w:rsidR="00282EBD" w:rsidRPr="00957DE9" w:rsidRDefault="00282EBD" w:rsidP="00957DE9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
-        <w:ind w:left="360" w:firstLine="207"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="6C78BFB9" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="00A31E58">
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957DE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00957DE9" w:rsidRPr="00957DE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957DE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>. Atsisakymas lankyti grupę įsigalioja nuo ateinančio mėnesio 1 d.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C78BFB9" w14:textId="3598F074" w:rsidR="00282EBD" w:rsidRPr="00957DE9" w:rsidRDefault="00282EBD" w:rsidP="00A31E58">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
-        <w:ind w:left="360"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957DE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:tab/>
-        <w:t>12. Sutartis gali būti keičiama bei papildoma abipusiu raštišku susitarimu.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6F601A3C" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="00A31E58">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="009453FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957DE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>. Sutartis gali būti keičiama bei papildoma abipusiu raštišku susitarimu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F601A3C" w14:textId="00178F27" w:rsidR="00282EBD" w:rsidRPr="00957DE9" w:rsidRDefault="00282EBD" w:rsidP="00A31E58">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...18 lines deleted...]
-    <w:p w14:paraId="7EA7214C" w14:textId="77777777" w:rsidR="00941001" w:rsidRDefault="00941001" w:rsidP="00282EBD">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957DE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="009453FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957DE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Neatsiskaičius už pailgintos </w:t>
+      </w:r>
+      <w:r w:rsidR="00957DE9" w:rsidRPr="00957DE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mokymosi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957DE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dienos grupės paslaugas 2 savaites be pateisinamos priežasties sutartis gali būti nutraukiama </w:t>
+      </w:r>
+      <w:r w:rsidR="00517791" w:rsidRPr="00957DE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957DE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> iniciatyva.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EA7214C" w14:textId="77777777" w:rsidR="00941001" w:rsidRPr="00C25054" w:rsidRDefault="00941001" w:rsidP="00282EBD">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="lt-LT"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="6CB56F6C" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CB56F6C" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00957DE9" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00282EBD">
+      <w:r w:rsidRPr="00957DE9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>V. BAIGIAMOSIOS NUOSTATOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0780642B" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+    <w:p w14:paraId="0780642B" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00957DE9" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="638F88AE" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="00A31E58">
+    <w:p w14:paraId="638F88AE" w14:textId="59F24D7A" w:rsidR="00282EBD" w:rsidRPr="00957DE9" w:rsidRDefault="00282EBD" w:rsidP="00A31E58">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="147B6ADB" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="00A31E58">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957DE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="009453FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957DE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>. Ginčai sprendžiami derybų būdu. Šalims nepavykus taikiai susitarti, ginčai sprendžiami Lietuvos Respublikos įstatymų nustatyta tvarka.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="147B6ADB" w14:textId="08FBCBC7" w:rsidR="00282EBD" w:rsidRPr="00957DE9" w:rsidRDefault="00282EBD" w:rsidP="00A31E58">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="5DBF1FC2" w14:textId="77777777" w:rsidR="00282EBD" w:rsidRPr="00282EBD" w:rsidRDefault="00282EBD" w:rsidP="00282EBD">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957DE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="009453FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957DE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>. Sutartis sudaryta dviem egzemplioriais, turinčiais vienodą juridinę galią (po vieną egzempliorių kiekvienai šaliai).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E8B0960" w14:textId="77777777" w:rsidR="00F14BFB" w:rsidRDefault="00F14BFB" w:rsidP="00F14BFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E69F878" w14:textId="326DEF88" w:rsidR="00F14BFB" w:rsidRPr="00F14BFB" w:rsidRDefault="00F14BFB" w:rsidP="00F14BFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F14BFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Sutarties šalių parašai:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Lentelstinklelis"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4814"/>
+        <w:gridCol w:w="4814"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F14BFB" w:rsidRPr="00F14BFB" w14:paraId="78A1BAC9" w14:textId="77777777" w:rsidTr="00F14BFB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B2334A0" w14:textId="77777777" w:rsidR="00F14BFB" w:rsidRDefault="00F14BFB" w:rsidP="00F14BFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5785EE5F" w14:textId="1078F387" w:rsidR="00F14BFB" w:rsidRPr="00F14BFB" w:rsidRDefault="00F14BFB" w:rsidP="00F14BFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F14BFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Marijampolės „Ryto“ progimnazija</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76919CD8" w14:textId="77777777" w:rsidR="00F14BFB" w:rsidRPr="00F14BFB" w:rsidRDefault="00F14BFB" w:rsidP="00F14BFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="33DE712E" w14:textId="64245829" w:rsidR="00F14BFB" w:rsidRPr="00F14BFB" w:rsidRDefault="00F14BFB" w:rsidP="00F14BFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F14BFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>.........................................</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="602E096E" w14:textId="77777777" w:rsidR="00F14BFB" w:rsidRPr="00F14BFB" w:rsidRDefault="00F14BFB" w:rsidP="00F14BFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F14BFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>(parašas)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E6B0B91" w14:textId="77777777" w:rsidR="00F14BFB" w:rsidRPr="00F14BFB" w:rsidRDefault="00F14BFB" w:rsidP="00F14BFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="286018D6" w14:textId="08638ED4" w:rsidR="00F14BFB" w:rsidRPr="00F14BFB" w:rsidRDefault="00F14BFB" w:rsidP="00F14BFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F14BFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>direktorius Vladas Klasavičius</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0ADDD225" w14:textId="77777777" w:rsidR="00F14BFB" w:rsidRPr="00F14BFB" w:rsidRDefault="00F14BFB" w:rsidP="00F14BFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="23157011" w14:textId="00A9B2FF" w:rsidR="00F14BFB" w:rsidRPr="00F14BFB" w:rsidRDefault="00F14BFB" w:rsidP="00F14BFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F14BFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>20...............................</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05E73A5B" w14:textId="77777777" w:rsidR="00F14BFB" w:rsidRPr="00F14BFB" w:rsidRDefault="00F14BFB" w:rsidP="00282EBD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="EE0000"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08BC83BC" w14:textId="541FF7EF" w:rsidR="00F14BFB" w:rsidRPr="00F14BFB" w:rsidRDefault="00F14BFB" w:rsidP="00F14BFB">
+            <w:pPr>
+              <w:ind w:firstLine="41"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:bCs/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F14BFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Paslaugos teikėjas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F14BFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F14BFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:bCs/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>tėvai / globėjai / rūpintojai)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="253AFD82" w14:textId="77777777" w:rsidR="00F14BFB" w:rsidRPr="00F14BFB" w:rsidRDefault="00F14BFB" w:rsidP="00F14BFB">
+            <w:pPr>
+              <w:ind w:firstLine="41"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="10C38330" w14:textId="09D23F9F" w:rsidR="00F14BFB" w:rsidRPr="00F14BFB" w:rsidRDefault="00F14BFB" w:rsidP="00282EBD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F14BFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>......................................</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="491956CD" w14:textId="77777777" w:rsidR="00F14BFB" w:rsidRPr="00F14BFB" w:rsidRDefault="00F14BFB" w:rsidP="00282EBD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F14BFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>(vardas, pavardė)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="384190BE" w14:textId="77777777" w:rsidR="00F14BFB" w:rsidRPr="00F14BFB" w:rsidRDefault="00F14BFB" w:rsidP="00F14BFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0A383CF6" w14:textId="3D790F7C" w:rsidR="00F14BFB" w:rsidRPr="00F14BFB" w:rsidRDefault="00F14BFB" w:rsidP="00F14BFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F14BFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>.......................................</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="465AA32A" w14:textId="77777777" w:rsidR="00F14BFB" w:rsidRDefault="00F14BFB" w:rsidP="00F14BFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F14BFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>(parašas)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="283B71A0" w14:textId="77777777" w:rsidR="00F14BFB" w:rsidRPr="00F14BFB" w:rsidRDefault="00F14BFB" w:rsidP="00F14BFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="36C74A0B" w14:textId="08780BBF" w:rsidR="00F14BFB" w:rsidRPr="00F14BFB" w:rsidRDefault="00F14BFB" w:rsidP="00282EBD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F14BFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>20..................................</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12B659DA" w14:textId="1CC3709A" w:rsidR="00F14BFB" w:rsidRPr="00F14BFB" w:rsidRDefault="00F14BFB" w:rsidP="00282EBD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="EE0000"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="54FF11CB" w14:textId="77777777" w:rsidR="00F14BFB" w:rsidRPr="00C25054" w:rsidRDefault="00F14BFB" w:rsidP="00282EBD">
       <w:pPr>
         <w:ind w:firstLine="1260"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...199 lines deleted...]
-        <w:rPr>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31E16696" w14:textId="1825F75E" w:rsidR="00C87578" w:rsidRPr="00C87578" w:rsidRDefault="00C87578" w:rsidP="00C87578">
+      <w:pPr>
+        <w:ind w:left="5184"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Marijampolės „Ryto“ progimnazijos pailgintos </w:t>
+      </w:r>
+      <w:r w:rsidR="006B74D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mokymosi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>dienos grupės veiklos organizavimo tvarkos aprašo 1 priedas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F2964BB" w14:textId="77777777" w:rsidR="00C87578" w:rsidRPr="00C87578" w:rsidRDefault="00C87578" w:rsidP="00C87578">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="620A2469" w14:textId="1B83B77E" w:rsidR="00C87578" w:rsidRPr="00C87578" w:rsidRDefault="00C87578" w:rsidP="00C87578">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>...............................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A23BF1D" w14:textId="77777777" w:rsidR="00C87578" w:rsidRPr="00C87578" w:rsidRDefault="00C87578" w:rsidP="00C87578">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00282EBD">
-        <w:rPr>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">     (parašas)                                                                                                                         </w:t>
-[...8 lines deleted...]
-        <w:rPr>
+        <w:t>Tėvų (globėjų, rūpintojų) vardas, pavardė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="086795C1" w14:textId="77777777" w:rsidR="00C87578" w:rsidRPr="00C87578" w:rsidRDefault="00C87578" w:rsidP="00C87578">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>parašas)</w:t>
-[...414 lines deleted...]
-        <w:ind w:left="5529"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08E8B4E7" w14:textId="77777777" w:rsidR="00C87578" w:rsidRPr="00C87578" w:rsidRDefault="00C87578" w:rsidP="00C87578">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="76AC0C1D" w14:textId="77777777" w:rsidR="00D22E2D" w:rsidRPr="00D22E2D" w:rsidRDefault="00D22E2D" w:rsidP="00D22E2D">
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>..............................................................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6270C6B3" w14:textId="77777777" w:rsidR="00C87578" w:rsidRPr="00C87578" w:rsidRDefault="00C87578" w:rsidP="00C87578">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
-[...15 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D22E2D">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri"/>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>Tėvų (globėjų) vardas, pavardė</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="27FEF947" w14:textId="77777777" w:rsidR="00D22E2D" w:rsidRPr="00D22E2D" w:rsidRDefault="00D22E2D" w:rsidP="00D22E2D">
+        <w:t>Gyvenamosios vietos adresas, tel. Nr., el. pašto adresas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22D92730" w14:textId="77777777" w:rsidR="00D22E2D" w:rsidRPr="00C87578" w:rsidRDefault="00D22E2D" w:rsidP="00D22E2D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FC12723" w14:textId="77777777" w:rsidR="00D22E2D" w:rsidRPr="00C87578" w:rsidRDefault="00D22E2D" w:rsidP="00D22E2D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30076D97" w14:textId="77777777" w:rsidR="00D22E2D" w:rsidRPr="00C87578" w:rsidRDefault="00D22E2D" w:rsidP="00D22E2D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="280407B5" w14:textId="77777777" w:rsidR="00D22E2D" w:rsidRPr="00C87578" w:rsidRDefault="00D22E2D" w:rsidP="00D22E2D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="207616A4" w14:textId="48DD0A42" w:rsidR="0041694D" w:rsidRPr="00C87578" w:rsidRDefault="00D22E2D" w:rsidP="00D22E2D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Marijampolės </w:t>
+      </w:r>
+      <w:r w:rsidR="00F14BFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>„</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Ryto“ p</w:t>
+      </w:r>
+      <w:r w:rsidR="0041694D" w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>rogimnazijos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="035E3F21" w14:textId="6D4F5FCD" w:rsidR="00D22E2D" w:rsidRPr="00C87578" w:rsidRDefault="00D22E2D" w:rsidP="00D22E2D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>direktoriui</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51A88DA2" w14:textId="77777777" w:rsidR="00D22E2D" w:rsidRPr="00C87578" w:rsidRDefault="00D22E2D" w:rsidP="00D22E2D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A4E65FB" w14:textId="77777777" w:rsidR="00D22E2D" w:rsidRPr="00C87578" w:rsidRDefault="00D22E2D" w:rsidP="00D22E2D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0ABB7BEB" w14:textId="77777777" w:rsidR="00D22E2D" w:rsidRPr="00C87578" w:rsidRDefault="00D22E2D" w:rsidP="00D22E2D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="7BADCE97" w14:textId="77777777" w:rsidR="00D22E2D" w:rsidRPr="00D22E2D" w:rsidRDefault="00D22E2D" w:rsidP="00D22E2D">
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="558DA54F" w14:textId="77777777" w:rsidR="00D22E2D" w:rsidRPr="00C87578" w:rsidRDefault="00D22E2D" w:rsidP="00D22E2D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
-[...164 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D22E2D">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri"/>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>PRAŠYMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="360BB7B8" w14:textId="77777777" w:rsidR="00D22E2D" w:rsidRPr="00D22E2D" w:rsidRDefault="00D22E2D" w:rsidP="00D22E2D">
+    <w:p w14:paraId="360BB7B8" w14:textId="71700811" w:rsidR="00D22E2D" w:rsidRPr="00C87578" w:rsidRDefault="00D22E2D" w:rsidP="00D22E2D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D22E2D">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri"/>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>DĖL ATSISAKYMO LANKYTI PAILGINTOS DIENOS GRUPĘ</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7A93D685" w14:textId="77777777" w:rsidR="00D22E2D" w:rsidRPr="00D22E2D" w:rsidRDefault="00D22E2D" w:rsidP="00D22E2D">
+        <w:t>DĖL ATSISAKYMO LANKYTI PAILGINTOS</w:t>
+      </w:r>
+      <w:r w:rsidR="006B74D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MOKYMOSI </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>DIENOS GRUPĘ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A93D685" w14:textId="77777777" w:rsidR="00D22E2D" w:rsidRPr="00C87578" w:rsidRDefault="00D22E2D" w:rsidP="00D22E2D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="1499B3DD" w14:textId="77777777" w:rsidR="00D22E2D" w:rsidRPr="00D22E2D" w:rsidRDefault="00D22E2D" w:rsidP="00D22E2D">
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1499B3DD" w14:textId="77777777" w:rsidR="00D22E2D" w:rsidRPr="00C87578" w:rsidRDefault="00D22E2D" w:rsidP="00D22E2D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>.................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6795EF63" w14:textId="77777777" w:rsidR="00D22E2D" w:rsidRPr="00D22E2D" w:rsidRDefault="00D22E2D" w:rsidP="00D22E2D">
+    <w:p w14:paraId="6795EF63" w14:textId="77777777" w:rsidR="00D22E2D" w:rsidRPr="00C87578" w:rsidRDefault="00D22E2D" w:rsidP="00D22E2D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D22E2D">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri"/>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Data</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E0D9B74" w14:textId="77777777" w:rsidR="00D22E2D" w:rsidRPr="00D22E2D" w:rsidRDefault="00D22E2D" w:rsidP="00D22E2D">
+    <w:p w14:paraId="7E0D9B74" w14:textId="77777777" w:rsidR="00D22E2D" w:rsidRPr="00C87578" w:rsidRDefault="00D22E2D" w:rsidP="00D22E2D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Marijampolė</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B119FF5" w14:textId="77777777" w:rsidR="00D22E2D" w:rsidRPr="00D22E2D" w:rsidRDefault="00D22E2D" w:rsidP="00D22E2D">
-[...7 lines deleted...]
-    <w:p w14:paraId="1E326CB9" w14:textId="77777777" w:rsidR="00D22E2D" w:rsidRPr="00D22E2D" w:rsidRDefault="00D22E2D" w:rsidP="00CB7FB7">
+    <w:p w14:paraId="6B119FF5" w14:textId="77777777" w:rsidR="00D22E2D" w:rsidRPr="00C87578" w:rsidRDefault="00D22E2D" w:rsidP="00D22E2D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E326CB9" w14:textId="77777777" w:rsidR="00D22E2D" w:rsidRPr="00C87578" w:rsidRDefault="00D22E2D" w:rsidP="00CB7FB7">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="0F81AC48" w14:textId="77777777" w:rsidR="00D22E2D" w:rsidRPr="00D22E2D" w:rsidRDefault="00D22E2D" w:rsidP="00CB7FB7">
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F81AC48" w14:textId="6240E882" w:rsidR="00D22E2D" w:rsidRPr="00C87578" w:rsidRDefault="00D22E2D" w:rsidP="00CB7FB7">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prašau mano dukrą (sūnų) ........................................., ....... klasės mokinę(-į), išbraukti iš pailgintos </w:t>
+      </w:r>
+      <w:r w:rsidR="006B74D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mokymosi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>dienos grupės sąrašo nuo š. m. ..............</w:t>
+      </w:r>
+      <w:r w:rsidR="00C87578" w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>..........</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>......... mėn. .....</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB7FB7" w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>...</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d. Garantuoju, jog mokestį už lankytą laiką sumokėsiu per 3 darbo dienas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CBB0D09" w14:textId="77777777" w:rsidR="00D22E2D" w:rsidRPr="00C87578" w:rsidRDefault="00D22E2D" w:rsidP="00D22E2D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EF00C08" w14:textId="77777777" w:rsidR="00D22E2D" w:rsidRPr="00C87578" w:rsidRDefault="00D22E2D" w:rsidP="00D22E2D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A0A48D3" w14:textId="77777777" w:rsidR="00D22E2D" w:rsidRPr="00C87578" w:rsidRDefault="00D22E2D" w:rsidP="00D22E2D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0798B028" w14:textId="77777777" w:rsidR="00D22E2D" w:rsidRPr="00C87578" w:rsidRDefault="00D22E2D" w:rsidP="00D22E2D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07AA986C" w14:textId="77777777" w:rsidR="00D22E2D" w:rsidRPr="00C87578" w:rsidRDefault="00D22E2D" w:rsidP="00D22E2D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36A608F4" w14:textId="77777777" w:rsidR="00D22E2D" w:rsidRPr="00C87578" w:rsidRDefault="00D22E2D" w:rsidP="00D22E2D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AB24871" w14:textId="37BAC0B0" w:rsidR="00D22E2D" w:rsidRPr="00C87578" w:rsidRDefault="00D22E2D" w:rsidP="00D22E2D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>.......................................</w:t>
+      </w:r>
+      <w:r w:rsidR="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>...........................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4491DBAF" w14:textId="6031470D" w:rsidR="00D22E2D" w:rsidRPr="00D22E2D" w:rsidRDefault="00D22E2D" w:rsidP="00D22E2D">
+      <w:pPr>
+        <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D22E2D">
+      <w:r w:rsidRPr="00C87578">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              (parašas)                                                 (vardas, pavardė)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C87578">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>Prašau mano dukrą (sūnų) ................................................................................, ....... klasės mokinę(-į), išbraukti iš pailgintos darbo dienos grupės sąrašo nuo š. m. ....................... mėn. .....</w:t>
-[...94 lines deleted...]
-        <w:t xml:space="preserve">              (parašas)                                                                           (vardas, pavardė)                                                      </w:t>
+        <w:t xml:space="preserve">                                                      </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AA5B11A" w14:textId="77777777" w:rsidR="00D22E2D" w:rsidRPr="00D22E2D" w:rsidRDefault="00D22E2D" w:rsidP="00D22E2D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D22E2D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                                   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3187F4D5" w14:textId="77777777" w:rsidR="00D22E2D" w:rsidRPr="00FA4463" w:rsidRDefault="00D22E2D" w:rsidP="00FA4463">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D22E2D" w:rsidRPr="00FA4463" w:rsidSect="00CB7FB7">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="04F85451"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BBD42782"/>
+    <w:lvl w:ilvl="0" w:tplc="0427000F">
+      <w:start w:val="22"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0427000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0427000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="06257875"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D6FC0466"/>
+    <w:lvl w:ilvl="0" w:tplc="3B3CD7B4">
+      <w:start w:val="22"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="822" w:hanging="396"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0427000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0427000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="15081020"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DF78AFA8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:u w:val="none"/>
         <w:effect w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="2"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6059,51 +7252,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21655BE7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E454FFC0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="20"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1189" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -6172,51 +7365,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6403" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3304547D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B4CC8C66"/>
     <w:lvl w:ilvl="0" w:tplc="B756FABE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2055" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2775" w:hanging="360"/>
       </w:pPr>
@@ -6287,51 +7480,51 @@
     <w:lvl w:ilvl="7" w:tplc="04270003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7095" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04270005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7815" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="514F1867"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BE26697C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="21"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1189" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -6400,51 +7593,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6403" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="598D3AF0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="667C3826"/>
     <w:lvl w:ilvl="0" w:tplc="7436BB38">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -6515,51 +7708,51 @@
     <w:lvl w:ilvl="7" w:tplc="04270003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04270005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="60E04F9B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D57EDBF4"/>
     <w:lvl w:ilvl="0" w:tplc="F9A6F2A8">
       <w:start w:val="16"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
@@ -6604,51 +7797,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63B564BB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C892007A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6720,51 +7913,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6633024F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="91ACFF2C"/>
     <w:lvl w:ilvl="0" w:tplc="099CE782">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
@@ -6835,51 +8028,51 @@
     <w:lvl w:ilvl="7" w:tplc="04270003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04270005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="785522AE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F50211C6"/>
     <w:lvl w:ilvl="0" w:tplc="8E584C92">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
@@ -6924,279 +8117,321 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="120419739">
+  <w:num w:numId="1" w16cid:durableId="1886064029">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="306472973">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1315835188">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1623073741">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="664479406">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="520630512">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1216627798">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="482770397">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="939264585">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="2126730317">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="2103992490">
-[...8 lines deleted...]
-  <w:num w:numId="5" w16cid:durableId="487669063">
+  <w:num w:numId="11" w16cid:durableId="2042783535">
     <w:abstractNumId w:val="1"/>
-  </w:num>
-[...10 lines deleted...]
-    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
-  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:useNormalStyleForList/>
-[...14 lines deleted...]
-    <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000E3226"/>
     <w:rsid w:val="000053FD"/>
     <w:rsid w:val="000368A5"/>
     <w:rsid w:val="00044C8F"/>
+    <w:rsid w:val="0005415D"/>
     <w:rsid w:val="00087376"/>
     <w:rsid w:val="000912F9"/>
     <w:rsid w:val="000B1BB3"/>
     <w:rsid w:val="000B46B8"/>
     <w:rsid w:val="000B6CAA"/>
     <w:rsid w:val="000E2227"/>
     <w:rsid w:val="000E3226"/>
+    <w:rsid w:val="00104EC9"/>
     <w:rsid w:val="00112D09"/>
     <w:rsid w:val="00114D2E"/>
     <w:rsid w:val="00170E35"/>
     <w:rsid w:val="0017342F"/>
+    <w:rsid w:val="0019205D"/>
     <w:rsid w:val="00196B44"/>
     <w:rsid w:val="001A74A2"/>
+    <w:rsid w:val="001B2777"/>
+    <w:rsid w:val="001E393F"/>
     <w:rsid w:val="001E7455"/>
     <w:rsid w:val="00213F2D"/>
+    <w:rsid w:val="00217082"/>
     <w:rsid w:val="0022262C"/>
     <w:rsid w:val="00250403"/>
+    <w:rsid w:val="00252167"/>
+    <w:rsid w:val="00263DE0"/>
+    <w:rsid w:val="00271DE4"/>
     <w:rsid w:val="00276013"/>
     <w:rsid w:val="00282EBD"/>
     <w:rsid w:val="002921C8"/>
+    <w:rsid w:val="002A78B4"/>
     <w:rsid w:val="002F75EB"/>
     <w:rsid w:val="00313118"/>
     <w:rsid w:val="00322B78"/>
     <w:rsid w:val="00330FF8"/>
     <w:rsid w:val="00342032"/>
     <w:rsid w:val="003437D9"/>
     <w:rsid w:val="00350BEC"/>
     <w:rsid w:val="00367324"/>
+    <w:rsid w:val="0038202A"/>
     <w:rsid w:val="00396686"/>
     <w:rsid w:val="003D4D4D"/>
     <w:rsid w:val="003D62A8"/>
     <w:rsid w:val="003F2ADA"/>
+    <w:rsid w:val="003F6749"/>
+    <w:rsid w:val="004138B5"/>
+    <w:rsid w:val="0041694D"/>
     <w:rsid w:val="00421189"/>
     <w:rsid w:val="00424021"/>
     <w:rsid w:val="00424936"/>
     <w:rsid w:val="00425F1D"/>
     <w:rsid w:val="00432912"/>
     <w:rsid w:val="00436E3A"/>
+    <w:rsid w:val="00462A09"/>
+    <w:rsid w:val="00472E7C"/>
     <w:rsid w:val="00495F2C"/>
     <w:rsid w:val="004C1318"/>
     <w:rsid w:val="004D615B"/>
     <w:rsid w:val="004F7897"/>
     <w:rsid w:val="005127DD"/>
+    <w:rsid w:val="00517791"/>
     <w:rsid w:val="00550A5F"/>
     <w:rsid w:val="00557165"/>
     <w:rsid w:val="005749B2"/>
     <w:rsid w:val="005763FA"/>
+    <w:rsid w:val="005A33F3"/>
     <w:rsid w:val="005B2A3D"/>
     <w:rsid w:val="005D7A58"/>
+    <w:rsid w:val="0061724B"/>
     <w:rsid w:val="00621DB0"/>
     <w:rsid w:val="00625728"/>
     <w:rsid w:val="006257FE"/>
     <w:rsid w:val="0068233E"/>
+    <w:rsid w:val="006A5FB1"/>
     <w:rsid w:val="006B3ED4"/>
+    <w:rsid w:val="006B553E"/>
+    <w:rsid w:val="006B74D5"/>
     <w:rsid w:val="006D16DE"/>
     <w:rsid w:val="00733071"/>
     <w:rsid w:val="00747A76"/>
     <w:rsid w:val="00764CBA"/>
     <w:rsid w:val="007658AF"/>
     <w:rsid w:val="007659F6"/>
     <w:rsid w:val="007B2641"/>
     <w:rsid w:val="007B4CC5"/>
+    <w:rsid w:val="007E38ED"/>
+    <w:rsid w:val="007E45EF"/>
     <w:rsid w:val="00803796"/>
     <w:rsid w:val="0081741D"/>
     <w:rsid w:val="0083365D"/>
     <w:rsid w:val="00840025"/>
     <w:rsid w:val="00844E71"/>
     <w:rsid w:val="0085775C"/>
+    <w:rsid w:val="0087158D"/>
     <w:rsid w:val="00883E08"/>
     <w:rsid w:val="00884940"/>
     <w:rsid w:val="00886378"/>
     <w:rsid w:val="00891A71"/>
     <w:rsid w:val="008B6B38"/>
     <w:rsid w:val="008D4451"/>
+    <w:rsid w:val="008E634E"/>
     <w:rsid w:val="008F4F71"/>
+    <w:rsid w:val="008F5257"/>
     <w:rsid w:val="009061BF"/>
     <w:rsid w:val="00906E4A"/>
     <w:rsid w:val="00932D6A"/>
     <w:rsid w:val="009336C4"/>
     <w:rsid w:val="00937DF2"/>
     <w:rsid w:val="00941001"/>
+    <w:rsid w:val="009453FF"/>
     <w:rsid w:val="00956A6E"/>
+    <w:rsid w:val="00957DE9"/>
     <w:rsid w:val="009E5158"/>
     <w:rsid w:val="009F0781"/>
     <w:rsid w:val="00A23744"/>
+    <w:rsid w:val="00A246E8"/>
     <w:rsid w:val="00A31E58"/>
     <w:rsid w:val="00A35897"/>
     <w:rsid w:val="00AB08CF"/>
     <w:rsid w:val="00AB5024"/>
     <w:rsid w:val="00AC248B"/>
     <w:rsid w:val="00AC4C45"/>
+    <w:rsid w:val="00AC68EF"/>
+    <w:rsid w:val="00B274B3"/>
     <w:rsid w:val="00B279DE"/>
     <w:rsid w:val="00B33405"/>
     <w:rsid w:val="00B375F9"/>
     <w:rsid w:val="00B8778D"/>
     <w:rsid w:val="00BB4ABF"/>
     <w:rsid w:val="00BC2611"/>
     <w:rsid w:val="00BE4148"/>
     <w:rsid w:val="00BE5C03"/>
     <w:rsid w:val="00BF1B0D"/>
+    <w:rsid w:val="00BF30D9"/>
+    <w:rsid w:val="00C20876"/>
     <w:rsid w:val="00C20F9C"/>
+    <w:rsid w:val="00C25054"/>
+    <w:rsid w:val="00C65395"/>
     <w:rsid w:val="00C71517"/>
     <w:rsid w:val="00C72895"/>
     <w:rsid w:val="00C7578D"/>
     <w:rsid w:val="00C7761F"/>
+    <w:rsid w:val="00C87578"/>
     <w:rsid w:val="00CB2989"/>
     <w:rsid w:val="00CB4FD2"/>
     <w:rsid w:val="00CB5817"/>
     <w:rsid w:val="00CB7FB7"/>
     <w:rsid w:val="00CE0E1E"/>
     <w:rsid w:val="00CF6BCE"/>
     <w:rsid w:val="00D046F0"/>
     <w:rsid w:val="00D10316"/>
     <w:rsid w:val="00D13994"/>
     <w:rsid w:val="00D22E2D"/>
+    <w:rsid w:val="00D3277F"/>
+    <w:rsid w:val="00D343A6"/>
+    <w:rsid w:val="00D82A16"/>
+    <w:rsid w:val="00D9079C"/>
     <w:rsid w:val="00DA3E85"/>
     <w:rsid w:val="00DA6CBE"/>
     <w:rsid w:val="00DA788C"/>
+    <w:rsid w:val="00DE0145"/>
+    <w:rsid w:val="00E374B9"/>
     <w:rsid w:val="00E65E3E"/>
     <w:rsid w:val="00E91500"/>
     <w:rsid w:val="00EA3F57"/>
+    <w:rsid w:val="00EA402F"/>
     <w:rsid w:val="00EE4E10"/>
     <w:rsid w:val="00EF5624"/>
+    <w:rsid w:val="00F14A2C"/>
+    <w:rsid w:val="00F14BFB"/>
+    <w:rsid w:val="00F34B33"/>
     <w:rsid w:val="00F45676"/>
     <w:rsid w:val="00F456F5"/>
     <w:rsid w:val="00F51F39"/>
     <w:rsid w:val="00F73446"/>
     <w:rsid w:val="00F75A42"/>
     <w:rsid w:val="00F77571"/>
+    <w:rsid w:val="00F945CE"/>
     <w:rsid w:val="00FA3A41"/>
     <w:rsid w:val="00FA4463"/>
     <w:rsid w:val="00FA4C04"/>
     <w:rsid w:val="00FB2E9C"/>
     <w:rsid w:val="00FB62D3"/>
     <w:rsid w:val="00FC08FB"/>
+    <w:rsid w:val="00FD0684"/>
     <w:rsid w:val="00FD2A5D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6E179F69"/>
   <w15:docId w15:val="{D97F4F1E-6D6F-4D1C-817D-B746674CB881}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7268,94 +8503,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -7726,55 +8965,71 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="DebesliotekstasDiagrama">
     <w:name w:val="Debesėlio tekstas Diagrama"/>
     <w:link w:val="Debesliotekstas"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A35897"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Betarp">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="005749B2"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="table" w:styleId="Lentelstinklelis">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="prastojilentel"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00F14BFB"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="461577390">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="529339557">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8469,87 +9724,87 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AEB4F5E2-AE45-48BB-922C-13BC0ED7036B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{479EF8B6-3C68-46D3-AE24-7CEE1146218A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>5820</Characters>
+  <Pages>8</Pages>
+  <Words>9666</Words>
+  <Characters>5511</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>48</Lines>
-  <Paragraphs>31</Paragraphs>
+  <Lines>45</Lines>
+  <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15998</CharactersWithSpaces>
+  <CharactersWithSpaces>15147</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>NBBaron</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>