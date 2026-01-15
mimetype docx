--- v1 (2025-10-28)
+++ v2 (2026-01-15)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="435E14FA" w14:textId="77777777" w:rsidR="000E2227" w:rsidRPr="00E374B9" w:rsidRDefault="000E2227" w:rsidP="000E2227">
       <w:pPr>
         <w:ind w:left="5184"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk111790918"/>
       <w:r w:rsidRPr="00E374B9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>PATVIRTINTA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B579749" w14:textId="0F0952EA" w:rsidR="00941001" w:rsidRPr="00FD0684" w:rsidRDefault="00550A5F" w:rsidP="007658AF">
+    <w:p w14:paraId="311084BD" w14:textId="143EB54B" w:rsidR="0085775C" w:rsidRDefault="00550A5F" w:rsidP="00880863">
       <w:pPr>
         <w:ind w:left="5184"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E374B9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidR="000B1BB3" w:rsidRPr="00E374B9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>arijampolės „</w:t>
       </w:r>
       <w:r w:rsidR="0081741D" w:rsidRPr="00E374B9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
@@ -89,159 +89,87 @@
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>rogimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="0081741D" w:rsidRPr="00E374B9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00941001" w:rsidRPr="00E374B9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">direktoriaus </w:t>
       </w:r>
       <w:r w:rsidR="000B1BB3" w:rsidRPr="00FD0684">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00B274B3" w:rsidRPr="00FD0684">
-[...4 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="00880863">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="000B1BB3" w:rsidRPr="00FD0684">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00764CBA" w:rsidRPr="00FD0684">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>m.</w:t>
       </w:r>
       <w:r w:rsidR="00472E7C" w:rsidRPr="00FD0684">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007E38ED" w:rsidRPr="00FD0684">
-[...79 lines deleted...]
-    <w:p w14:paraId="311084BD" w14:textId="77777777" w:rsidR="0085775C" w:rsidRDefault="0085775C" w:rsidP="007658AF">
+      <w:r w:rsidR="00850535">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>sausio 5 d. įsakymu Nr. V-1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F39C32F" w14:textId="77777777" w:rsidR="00880863" w:rsidRDefault="00880863" w:rsidP="00880863">
       <w:pPr>
         <w:ind w:left="5184"/>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61C121FF" w14:textId="77777777" w:rsidR="000E2227" w:rsidRPr="00E374B9" w:rsidRDefault="000E2227" w:rsidP="000E2227">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="49421D96" w14:textId="16C7EF42" w:rsidR="000E2227" w:rsidRPr="00E374B9" w:rsidRDefault="00C20F9C" w:rsidP="00C20F9C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
@@ -672,207 +600,207 @@
         <w:t>daroma</w:t>
       </w:r>
       <w:r w:rsidR="00C20F9C" w:rsidRPr="00E374B9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> grupė </w:t>
       </w:r>
       <w:r w:rsidR="000E2227" w:rsidRPr="00E374B9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>mokiniams, kuriems teikiama neformaliojo švietimo paslauga po pamokų.</w:t>
       </w:r>
       <w:r w:rsidR="000E2227" w:rsidRPr="00E374B9">
         <w:rPr>
           <w:rStyle w:val="apple-style-span"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C4236FC" w14:textId="36AEB45D" w:rsidR="000E2227" w:rsidRPr="006B553E" w:rsidRDefault="00937DF2" w:rsidP="000E2227">
+    <w:p w14:paraId="1C4236FC" w14:textId="4FC8F620" w:rsidR="000E2227" w:rsidRPr="00880863" w:rsidRDefault="00937DF2" w:rsidP="000E2227">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E374B9">
+      <w:r w:rsidRPr="00880863">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Tvarkos aprašas parengtas vadovaujantis: Marijampolės savivaldybės tarybos 2021 m. sausio 29 d. sprendimu Nr. 1-282 „Dėl mokesčio už pailgintos dienos grupę nustatymo“, Marijampolės savivaldybės tarybos 202</w:t>
       </w:r>
-      <w:r w:rsidR="00C65395" w:rsidRPr="00E374B9">
+      <w:r w:rsidR="00C65395" w:rsidRPr="00880863">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E374B9">
+      <w:r w:rsidRPr="00880863">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> m. </w:t>
       </w:r>
-      <w:r w:rsidR="00C65395" w:rsidRPr="00E374B9">
+      <w:r w:rsidR="00C65395" w:rsidRPr="00880863">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>rugsėjo</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E374B9">
+      <w:r w:rsidRPr="00880863">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C65395" w:rsidRPr="00E374B9">
+      <w:r w:rsidR="00C65395" w:rsidRPr="00880863">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>26</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E374B9">
+      <w:r w:rsidRPr="00880863">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0087158D">
+      <w:r w:rsidR="0087158D" w:rsidRPr="00880863">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">d. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E374B9">
+      <w:r w:rsidRPr="00880863">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>sprendimu Nr. 1-</w:t>
       </w:r>
-      <w:r w:rsidR="00C65395" w:rsidRPr="00E374B9">
+      <w:r w:rsidR="00C65395" w:rsidRPr="00880863">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>311</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E374B9">
+      <w:r w:rsidRPr="00880863">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> „Dėl Marijampolės savivaldybės taryb</w:t>
       </w:r>
-      <w:r w:rsidR="00625728" w:rsidRPr="00E374B9">
+      <w:r w:rsidR="00625728" w:rsidRPr="00880863">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E374B9">
+      <w:r w:rsidRPr="00880863">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>s 2021 m. lapkričio 29 d.</w:t>
       </w:r>
-      <w:r w:rsidR="00625728" w:rsidRPr="00E374B9">
+      <w:r w:rsidR="00625728" w:rsidRPr="00880863">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> sprendimo Nr. 1-282 </w:t>
       </w:r>
-      <w:r w:rsidR="00C65395" w:rsidRPr="00E374B9">
+      <w:r w:rsidR="00C65395" w:rsidRPr="00880863">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>„</w:t>
       </w:r>
-      <w:r w:rsidR="00625728" w:rsidRPr="00E374B9">
+      <w:r w:rsidR="00625728" w:rsidRPr="00880863">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">„Dėl Mokesčio už pailgintos dienos grupę nustatymo“ pakeitimo“, </w:t>
       </w:r>
-      <w:r w:rsidR="000E2227" w:rsidRPr="00E374B9">
+      <w:r w:rsidR="00880863" w:rsidRPr="00880863">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Marijampolės savivaldybės tarybos 2025 m. gruodžio 19 d. sprendimu Nr. 1-379 „Dėl Marijampolės savivaldybės tarybos 2021 m. lapkričio 29 d. sprendimo Nr. 1-282 „Dėl mokesčio už pailgintos dienos grupę nustatymo“ pakeitimo“ </w:t>
+      </w:r>
+      <w:r w:rsidR="000E2227" w:rsidRPr="00880863">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Lietuvos Respublikos švietimo įstatymu,</w:t>
       </w:r>
-      <w:r w:rsidR="0087158D" w:rsidRPr="0087158D">
+      <w:r w:rsidR="0087158D" w:rsidRPr="00880863">
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0087158D" w:rsidRPr="0087158D">
-[...13 lines deleted...]
-      <w:r w:rsidR="00625728" w:rsidRPr="006B553E">
+      <w:r w:rsidR="0087158D" w:rsidRPr="00880863">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Lietuvos Respublikos švietimo, mokslo ir sporto ministerijos norminiais teisės aktais</w:t>
+      </w:r>
+      <w:r w:rsidR="00625728" w:rsidRPr="00880863">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3344127A" w14:textId="18F4CD55" w:rsidR="000E2227" w:rsidRPr="006B553E" w:rsidRDefault="006B553E" w:rsidP="000E2227">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B553E">
@@ -1199,50 +1127,51 @@
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62D1B8B1" w14:textId="77777777" w:rsidR="000E2227" w:rsidRPr="00E374B9" w:rsidRDefault="000E2227" w:rsidP="00E374B9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E374B9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Į grupę mokiniai priimami tėvams</w:t>
       </w:r>
       <w:r w:rsidR="009F0781" w:rsidRPr="00E374B9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> (globėjams, rūpintojams)</w:t>
       </w:r>
       <w:r w:rsidR="00764CBA" w:rsidRPr="00E374B9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> pateikus rašytinį prašymą </w:t>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="_Hlk111808770"/>
       <w:r w:rsidR="00764CBA" w:rsidRPr="00E374B9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>(1</w:t>
       </w:r>
       <w:r w:rsidRPr="00E374B9">
@@ -1260,51 +1189,50 @@
         </w:rPr>
         <w:t xml:space="preserve"> ir pasirašius paslaugos teikimo sutartį (2 priedas).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22A74B79" w14:textId="06D9FEE7" w:rsidR="0085775C" w:rsidRPr="00E374B9" w:rsidRDefault="000E2227" w:rsidP="0038202A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E374B9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>G</w:t>
       </w:r>
       <w:r w:rsidR="000B1BB3" w:rsidRPr="00E374B9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">rupės veikla grindžiama </w:t>
       </w:r>
       <w:r w:rsidR="00517791" w:rsidRPr="00E374B9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>progimnazijos</w:t>
       </w:r>
       <w:r w:rsidRPr="00E374B9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> direktoriaus įsakymu patvirtintu Pailgint</w:t>
       </w:r>
       <w:r w:rsidR="009F0781" w:rsidRPr="00E374B9">
         <w:rPr>
@@ -1919,415 +1847,394 @@
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E374B9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Tėvai (globėjai, rūpintojai) turi teisę savo vaikams parinkti grupės lankymo trukmę</w:t>
       </w:r>
       <w:r w:rsidR="00E65E3E" w:rsidRPr="00E374B9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> (apie tai nurodoma tėvų (globėjų, rūpintojų) prašyme)</w:t>
       </w:r>
       <w:r w:rsidRPr="00E374B9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26737B2D" w14:textId="77777777" w:rsidR="005749B2" w:rsidRPr="00E374B9" w:rsidRDefault="00764CBA" w:rsidP="005749B2">
+    <w:p w14:paraId="26737B2D" w14:textId="38B99DE9" w:rsidR="005749B2" w:rsidRDefault="00AB08CF" w:rsidP="00BF6F90">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Marijampolės savivaldybės</w:t>
+      </w:r>
+      <w:r w:rsidR="00A23744" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000B6CAA" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>tarybos</w:t>
+      </w:r>
+      <w:r w:rsidR="00D046F0" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B8778D" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA788C" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8778D" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA788C" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lapkričio 29 </w:t>
+      </w:r>
+      <w:r w:rsidR="00B8778D" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>d. sprendimu Nr. 1-2</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA788C" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>82</w:t>
+      </w:r>
+      <w:r w:rsidR="000B6CAA" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00172736">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Marijampolės savivaldybės tarybos 2025 m. gruodžio 19 d. sprendimas Nr. 1-379 „Dėl Marijampolės savivaldybės tarybos 2021 m. lapkričio 29 d. sprendimo Nr. 1-282 „Dėl mokesčio už pailgintos dienos grupę nustatymo“ pakeitimo) </w:t>
+      </w:r>
+      <w:r w:rsidR="000B6CAA" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>nustatytas </w:t>
+      </w:r>
+      <w:r w:rsidR="000B6CAA" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="000B6CAA" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mėnesio mokestis už pailgintos </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF6F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mokymosi </w:t>
+      </w:r>
+      <w:r w:rsidR="000B6CAA" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>dienos gru</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF6F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>pę</w:t>
+      </w:r>
+      <w:r w:rsidR="00B33405" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000B6CAA" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kai mokinys tėvų pageidavimu </w:t>
+      </w:r>
+      <w:r w:rsidR="00172736">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">grupėje </w:t>
+      </w:r>
+      <w:r w:rsidR="000B6CAA" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>prižiūrimas:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37494397" w14:textId="63F892CE" w:rsidR="005749B2" w:rsidRPr="00085DF1" w:rsidRDefault="005749B2" w:rsidP="005749B2">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:lang w:val="lt-LT"/>
-[...122 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="EE0000"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E374B9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>19.</w:t>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="part_a11a36f7524f4c65b80ef8dfcd914793"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidR="00CF6BCE" w:rsidRPr="00E374B9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">1. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00517791" w:rsidRPr="00E374B9">
+        <w:t xml:space="preserve">1. iki </w:t>
+      </w:r>
+      <w:r w:rsidR="00B33405" w:rsidRPr="00E374B9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>progimnazijos</w:t>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF6BCE" w:rsidRPr="00E374B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> valandų per dieną – </w:t>
       </w:r>
       <w:r w:rsidR="00B33405" w:rsidRPr="00E374B9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pailgintoje dienos grupėje </w:t>
+        <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00CF6BCE" w:rsidRPr="00E374B9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">iki </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B33405" w:rsidRPr="00E374B9">
+        <w:t>,00 Eur</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF6BCE" w:rsidRPr="00172736">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>3</w:t>
-[...48 lines deleted...]
-        <w:t xml:space="preserve"> Eur);</w:t>
+        <w:t>;</w:t>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="part_e1a94f05f26a4e72aa862679d95b3d48"/>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
-    <w:p w14:paraId="10B2D452" w14:textId="721BAF31" w:rsidR="00B33405" w:rsidRPr="00E374B9" w:rsidRDefault="005749B2" w:rsidP="00B33405">
+    <w:p w14:paraId="10B2D452" w14:textId="7DD76E63" w:rsidR="00B33405" w:rsidRPr="00085DF1" w:rsidRDefault="005749B2" w:rsidP="00B33405">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="EE0000"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E374B9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>19.2.</w:t>
       </w:r>
       <w:r w:rsidR="00CF6BCE" w:rsidRPr="00E374B9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="part_d519df5a63de41ee992c5e164409dde7"/>
       <w:bookmarkEnd w:id="5"/>
-      <w:r w:rsidR="00517791" w:rsidRPr="00E374B9">
+      <w:r w:rsidR="00B33405" w:rsidRPr="00E374B9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>progimnazijos</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B33405" w:rsidRPr="00E374B9">
+        <w:t>iki 6 valandų per dieną – 30,00 Eur</w:t>
+      </w:r>
+      <w:r w:rsidR="00172736">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pailgintoje dienos grupėje iki 6 valandų per dieną – 30,00 Eur (vienos dienos mokesčio vidurkis 1,50 Eur);</w:t>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="378806CF" w14:textId="77777777" w:rsidR="00B8778D" w:rsidRPr="00E374B9" w:rsidRDefault="00F73446" w:rsidP="005749B2">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E374B9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">20. </w:t>
       </w:r>
       <w:r w:rsidR="00CB5817" w:rsidRPr="00E374B9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Mažinamas 50 proc. mėnesio mokestis</w:t>
       </w:r>
       <w:r w:rsidR="00B8778D" w:rsidRPr="00E374B9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="787A15CD" w14:textId="77777777" w:rsidR="005749B2" w:rsidRPr="00E374B9" w:rsidRDefault="005749B2" w:rsidP="00CB5817">
+    <w:p w14:paraId="787A15CD" w14:textId="78D687A6" w:rsidR="005749B2" w:rsidRPr="00085DF1" w:rsidRDefault="005749B2" w:rsidP="00CB5817">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="EE0000"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E374B9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>20.</w:t>
       </w:r>
       <w:r w:rsidR="00B8778D" w:rsidRPr="00E374B9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>1. mokiniams, gaunantiems socialinę paramą arba turintiems teisę į ją (kai šeimos pajamos vienam šeimos nariui per mėnesį yra mažesnis kaip 1,5 valstybės remiamų pajamų dydžio)</w:t>
       </w:r>
-      <w:r w:rsidR="00C7761F" w:rsidRPr="00E374B9">
+      <w:r w:rsidR="00172736">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pagal pateikt</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Marijampolės savivaldybės administracijos Piniginės paramos skyriaus </w:t>
+        <w:t>.</w:t>
       </w:r>
       <w:bookmarkStart w:id="6" w:name="part_2ac37ee7bf0f4c7091d8ed6475b502cb"/>
       <w:bookmarkStart w:id="7" w:name="part_8434d93489814986a1b956683d41b789"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
-      <w:r w:rsidR="00956A6E" w:rsidRPr="00E374B9">
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="7EA35B2C" w14:textId="77777777" w:rsidR="00B8778D" w:rsidRPr="00E374B9" w:rsidRDefault="005749B2" w:rsidP="005749B2">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E374B9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00D046F0" w:rsidRPr="00E374B9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00E374B9">
@@ -8173,212 +8080,222 @@
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000E3226"/>
     <w:rsid w:val="000053FD"/>
     <w:rsid w:val="000368A5"/>
     <w:rsid w:val="00044C8F"/>
     <w:rsid w:val="0005415D"/>
+    <w:rsid w:val="00085DF1"/>
     <w:rsid w:val="00087376"/>
     <w:rsid w:val="000912F9"/>
     <w:rsid w:val="000B1BB3"/>
     <w:rsid w:val="000B46B8"/>
     <w:rsid w:val="000B6CAA"/>
     <w:rsid w:val="000E2227"/>
     <w:rsid w:val="000E3226"/>
     <w:rsid w:val="00104EC9"/>
     <w:rsid w:val="00112D09"/>
     <w:rsid w:val="00114D2E"/>
     <w:rsid w:val="00170E35"/>
+    <w:rsid w:val="00172736"/>
     <w:rsid w:val="0017342F"/>
     <w:rsid w:val="0019205D"/>
     <w:rsid w:val="00196B44"/>
     <w:rsid w:val="001A74A2"/>
     <w:rsid w:val="001B2777"/>
     <w:rsid w:val="001E393F"/>
     <w:rsid w:val="001E7455"/>
     <w:rsid w:val="00213F2D"/>
     <w:rsid w:val="00217082"/>
     <w:rsid w:val="0022262C"/>
     <w:rsid w:val="00250403"/>
     <w:rsid w:val="00252167"/>
     <w:rsid w:val="00263DE0"/>
     <w:rsid w:val="00271DE4"/>
     <w:rsid w:val="00276013"/>
     <w:rsid w:val="00282EBD"/>
     <w:rsid w:val="002921C8"/>
     <w:rsid w:val="002A78B4"/>
     <w:rsid w:val="002F75EB"/>
     <w:rsid w:val="00313118"/>
     <w:rsid w:val="00322B78"/>
     <w:rsid w:val="00330FF8"/>
     <w:rsid w:val="00342032"/>
     <w:rsid w:val="003437D9"/>
     <w:rsid w:val="00350BEC"/>
     <w:rsid w:val="00367324"/>
     <w:rsid w:val="0038202A"/>
     <w:rsid w:val="00396686"/>
     <w:rsid w:val="003D4D4D"/>
     <w:rsid w:val="003D62A8"/>
     <w:rsid w:val="003F2ADA"/>
     <w:rsid w:val="003F6749"/>
     <w:rsid w:val="004138B5"/>
     <w:rsid w:val="0041694D"/>
     <w:rsid w:val="00421189"/>
     <w:rsid w:val="00424021"/>
     <w:rsid w:val="00424936"/>
     <w:rsid w:val="00425F1D"/>
     <w:rsid w:val="00432912"/>
     <w:rsid w:val="00436E3A"/>
+    <w:rsid w:val="00453564"/>
     <w:rsid w:val="00462A09"/>
     <w:rsid w:val="00472E7C"/>
     <w:rsid w:val="00495F2C"/>
     <w:rsid w:val="004C1318"/>
     <w:rsid w:val="004D615B"/>
     <w:rsid w:val="004F7897"/>
     <w:rsid w:val="005127DD"/>
     <w:rsid w:val="00517791"/>
     <w:rsid w:val="00550A5F"/>
     <w:rsid w:val="00557165"/>
     <w:rsid w:val="005749B2"/>
     <w:rsid w:val="005763FA"/>
     <w:rsid w:val="005A33F3"/>
     <w:rsid w:val="005B2A3D"/>
     <w:rsid w:val="005D7A58"/>
     <w:rsid w:val="0061724B"/>
     <w:rsid w:val="00621DB0"/>
     <w:rsid w:val="00625728"/>
     <w:rsid w:val="006257FE"/>
+    <w:rsid w:val="00661AB2"/>
     <w:rsid w:val="0068233E"/>
     <w:rsid w:val="006A5FB1"/>
     <w:rsid w:val="006B3ED4"/>
     <w:rsid w:val="006B553E"/>
     <w:rsid w:val="006B74D5"/>
     <w:rsid w:val="006D16DE"/>
     <w:rsid w:val="00733071"/>
     <w:rsid w:val="00747A76"/>
     <w:rsid w:val="00764CBA"/>
     <w:rsid w:val="007658AF"/>
     <w:rsid w:val="007659F6"/>
     <w:rsid w:val="007B2641"/>
     <w:rsid w:val="007B4CC5"/>
+    <w:rsid w:val="007C067E"/>
     <w:rsid w:val="007E38ED"/>
     <w:rsid w:val="007E45EF"/>
     <w:rsid w:val="00803796"/>
     <w:rsid w:val="0081741D"/>
     <w:rsid w:val="0083365D"/>
     <w:rsid w:val="00840025"/>
     <w:rsid w:val="00844E71"/>
+    <w:rsid w:val="00850535"/>
     <w:rsid w:val="0085775C"/>
     <w:rsid w:val="0087158D"/>
+    <w:rsid w:val="00880863"/>
     <w:rsid w:val="00883E08"/>
     <w:rsid w:val="00884940"/>
     <w:rsid w:val="00886378"/>
     <w:rsid w:val="00891A71"/>
     <w:rsid w:val="008B6B38"/>
     <w:rsid w:val="008D4451"/>
     <w:rsid w:val="008E634E"/>
     <w:rsid w:val="008F4F71"/>
     <w:rsid w:val="008F5257"/>
     <w:rsid w:val="009061BF"/>
     <w:rsid w:val="00906E4A"/>
     <w:rsid w:val="00932D6A"/>
     <w:rsid w:val="009336C4"/>
     <w:rsid w:val="00937DF2"/>
     <w:rsid w:val="00941001"/>
     <w:rsid w:val="009453FF"/>
     <w:rsid w:val="00956A6E"/>
     <w:rsid w:val="00957DE9"/>
     <w:rsid w:val="009E5158"/>
     <w:rsid w:val="009F0781"/>
     <w:rsid w:val="00A23744"/>
     <w:rsid w:val="00A246E8"/>
     <w:rsid w:val="00A31E58"/>
     <w:rsid w:val="00A35897"/>
     <w:rsid w:val="00AB08CF"/>
     <w:rsid w:val="00AB5024"/>
     <w:rsid w:val="00AC248B"/>
     <w:rsid w:val="00AC4C45"/>
     <w:rsid w:val="00AC68EF"/>
     <w:rsid w:val="00B274B3"/>
     <w:rsid w:val="00B279DE"/>
     <w:rsid w:val="00B33405"/>
     <w:rsid w:val="00B375F9"/>
     <w:rsid w:val="00B8778D"/>
     <w:rsid w:val="00BB4ABF"/>
     <w:rsid w:val="00BC2611"/>
     <w:rsid w:val="00BE4148"/>
     <w:rsid w:val="00BE5C03"/>
     <w:rsid w:val="00BF1B0D"/>
     <w:rsid w:val="00BF30D9"/>
+    <w:rsid w:val="00BF6F90"/>
     <w:rsid w:val="00C20876"/>
     <w:rsid w:val="00C20F9C"/>
     <w:rsid w:val="00C25054"/>
     <w:rsid w:val="00C65395"/>
     <w:rsid w:val="00C71517"/>
     <w:rsid w:val="00C72895"/>
     <w:rsid w:val="00C7578D"/>
     <w:rsid w:val="00C7761F"/>
     <w:rsid w:val="00C87578"/>
     <w:rsid w:val="00CB2989"/>
     <w:rsid w:val="00CB4FD2"/>
     <w:rsid w:val="00CB5817"/>
     <w:rsid w:val="00CB7FB7"/>
     <w:rsid w:val="00CE0E1E"/>
+    <w:rsid w:val="00CF2498"/>
     <w:rsid w:val="00CF6BCE"/>
     <w:rsid w:val="00D046F0"/>
     <w:rsid w:val="00D10316"/>
     <w:rsid w:val="00D13994"/>
     <w:rsid w:val="00D22E2D"/>
     <w:rsid w:val="00D3277F"/>
     <w:rsid w:val="00D343A6"/>
     <w:rsid w:val="00D82A16"/>
     <w:rsid w:val="00D9079C"/>
     <w:rsid w:val="00DA3E85"/>
     <w:rsid w:val="00DA6CBE"/>
     <w:rsid w:val="00DA788C"/>
     <w:rsid w:val="00DE0145"/>
     <w:rsid w:val="00E374B9"/>
     <w:rsid w:val="00E65E3E"/>
     <w:rsid w:val="00E91500"/>
+    <w:rsid w:val="00EA1907"/>
     <w:rsid w:val="00EA3F57"/>
     <w:rsid w:val="00EA402F"/>
     <w:rsid w:val="00EE4E10"/>
     <w:rsid w:val="00EF5624"/>
     <w:rsid w:val="00F14A2C"/>
     <w:rsid w:val="00F14BFB"/>
     <w:rsid w:val="00F34B33"/>
     <w:rsid w:val="00F45676"/>
     <w:rsid w:val="00F456F5"/>
     <w:rsid w:val="00F51F39"/>
     <w:rsid w:val="00F73446"/>
     <w:rsid w:val="00F75A42"/>
     <w:rsid w:val="00F77571"/>
     <w:rsid w:val="00F945CE"/>
     <w:rsid w:val="00FA3A41"/>
     <w:rsid w:val="00FA4463"/>
     <w:rsid w:val="00FA4C04"/>
     <w:rsid w:val="00FB2E9C"/>
     <w:rsid w:val="00FB62D3"/>
     <w:rsid w:val="00FC08FB"/>
     <w:rsid w:val="00FD0684"/>
     <w:rsid w:val="00FD2A5D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
@@ -9736,75 +9653,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{479EF8B6-3C68-46D3-AE24-7CEE1146218A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>9666</Words>
-  <Characters>5511</Characters>
+  <Words>9782</Words>
+  <Characters>5576</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>45</Lines>
+  <Lines>46</Lines>
   <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15147</CharactersWithSpaces>
+  <CharactersWithSpaces>15328</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>NBBaron</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>