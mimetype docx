--- v0 (2025-10-04)
+++ v1 (2025-10-28)
@@ -1,155 +1,249 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w14:paraId="7C7AAD44" w14:textId="77777777" w:rsidR="00C803A0" w:rsidRPr="00C803A0" w:rsidRDefault="00C803A0" w:rsidP="00C803A0">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:ind w:left="6480"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C803A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PATVIRTINTA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0955F6F4" w14:textId="77777777" w:rsidR="00C803A0" w:rsidRPr="00C803A0" w:rsidRDefault="00C803A0" w:rsidP="00C803A0">
+    <w:p w14:paraId="0955F6F4" w14:textId="55D8252D" w:rsidR="00C803A0" w:rsidRPr="00C803A0" w:rsidRDefault="00A74FCC" w:rsidP="00C803A0">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:ind w:left="6480"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C803A0">
-[...8 lines deleted...]
-    <w:p w14:paraId="41EF9BD3" w14:textId="77777777" w:rsidR="00C803A0" w:rsidRPr="00C803A0" w:rsidRDefault="00C803A0" w:rsidP="00C803A0">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Marijampolės ,,Ryto“ p</w:t>
+      </w:r>
+      <w:r w:rsidR="000F130F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rogimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00C803A0" w:rsidRPr="00C803A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> direktoriaus</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D0C2DA0" w14:textId="631ED552" w:rsidR="00930E85" w:rsidRDefault="00895F72" w:rsidP="00C803A0">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:ind w:left="6480"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C803A0">
-[...13 lines deleted...]
-        <w:t>43</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00930E85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5 m. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD478C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sausio 6</w:t>
+      </w:r>
+      <w:r w:rsidR="00A74FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00930E85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41EF9BD3" w14:textId="7B5D0CDC" w:rsidR="00C803A0" w:rsidRPr="00C803A0" w:rsidRDefault="00FD478C" w:rsidP="00C803A0">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:left="6480"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>įsakymu Nr. V-</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2039B570" w14:textId="77777777" w:rsidR="00C803A0" w:rsidRDefault="00C803A0" w:rsidP="00C803A0">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="60F23D9C" w14:textId="77777777" w:rsidR="00C803A0" w:rsidRDefault="00C803A0" w:rsidP="00C803A0">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="050D7527" w14:textId="3C9EF3AA" w:rsidR="00433340" w:rsidRDefault="00433340" w:rsidP="00C803A0">
+    <w:p w14:paraId="050D7527" w14:textId="4CB4ECD7" w:rsidR="00433340" w:rsidRDefault="00433340" w:rsidP="00C803A0">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>MARIJAMPOLĖS „RYTO“ PAGRINDINĖS MOKYKLOS</w:t>
+        <w:t>MARIJAMPOLĖS „RYTO“ P</w:t>
+      </w:r>
+      <w:r w:rsidR="000F130F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ROGIMNAZIJOS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48328527" w14:textId="051801E6" w:rsidR="00C8230D" w:rsidRPr="00C803A0" w:rsidRDefault="00E15A65" w:rsidP="00C803A0">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C803A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>NAUDOJIMOSI MOKYKLINĖMIS SPINTELĖMIS TVARKA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="552B1032" w14:textId="77777777" w:rsidR="00E15A65" w:rsidRDefault="00E15A65" w:rsidP="00E15A65">
       <w:pPr>
@@ -523,84 +617,84 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_______________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00C803A0" w:rsidRPr="00E15A65" w:rsidSect="00C803A0">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="43A6675E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BE9A953A"/>
     <w:lvl w:ilvl="0" w:tplc="0427000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -646,124 +740,129 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="370344624">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E15A65"/>
+    <w:rsid w:val="000F130F"/>
     <w:rsid w:val="00433340"/>
+    <w:rsid w:val="00895F72"/>
+    <w:rsid w:val="00930E85"/>
+    <w:rsid w:val="00A74FCC"/>
     <w:rsid w:val="00C803A0"/>
     <w:rsid w:val="00C8230D"/>
     <w:rsid w:val="00E15A65"/>
+    <w:rsid w:val="00FD478C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7C2CCD19"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{82F18D4E-DC2B-458D-8D66-3529BF966BB3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -825,94 +924,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -1087,55 +1190,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -1167,52 +1265,53 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DebesliotekstasDiagrama">
     <w:name w:val="Debesėlio tekstas Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Debesliotekstas"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C803A0"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -1440,73 +1539,73 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>943</Words>
-  <Characters>539</Characters>
+  <Words>962</Words>
+  <Characters>549</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>4</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1480</CharactersWithSpaces>
+  <CharactersWithSpaces>1508</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Rastine</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>