--- v0 (2025-12-25)
+++ v1 (2026-02-25)
@@ -2,6354 +2,6291 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="457D5048" w14:textId="77777777" w:rsidR="00CC1F97" w:rsidRPr="00B91998" w:rsidRDefault="00CC1F97" w:rsidP="00606DE1">
+    <w:p w14:paraId="457D5048" w14:textId="77777777" w:rsidR="00CC1F97" w:rsidRPr="00312914" w:rsidRDefault="00CC1F97" w:rsidP="00606DE1">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="5387"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">PATVIRTINTA </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="737DC2D4" w14:textId="68B735E9" w:rsidR="00CC1F97" w:rsidRPr="00B91998" w:rsidRDefault="00CC1F97" w:rsidP="00606DE1">
+    <w:p w14:paraId="737DC2D4" w14:textId="68B735E9" w:rsidR="00CC1F97" w:rsidRPr="00312914" w:rsidRDefault="00CC1F97" w:rsidP="00606DE1">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="5387"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Marijampolės „</w:t>
       </w:r>
-      <w:r w:rsidR="006611F0" w:rsidRPr="00B91998">
+      <w:r w:rsidR="006611F0" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Ryto</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>“ progimnazijos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AA835B4" w14:textId="444AC274" w:rsidR="00CC1F97" w:rsidRPr="00B91998" w:rsidRDefault="00CC1F97" w:rsidP="00606DE1">
+    <w:p w14:paraId="3AA835B4" w14:textId="2635E20E" w:rsidR="00CC1F97" w:rsidRPr="00312914" w:rsidRDefault="00CC1F97" w:rsidP="00606DE1">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="5387"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>direktoriaus 202</w:t>
       </w:r>
-      <w:r w:rsidR="00280DB8" w:rsidRPr="00B91998">
+      <w:r w:rsidR="003B3B94">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003B3B94">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>sausio</w:t>
+      </w:r>
+      <w:r w:rsidR="00953AE8" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009E0B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> m.</w:t>
-[...54 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> d. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62210970" w14:textId="5478DCBA" w:rsidR="00CC1F97" w:rsidRPr="00B91998" w:rsidRDefault="00CC1F97" w:rsidP="00606DE1">
+    <w:p w14:paraId="62210970" w14:textId="528D6F9B" w:rsidR="00CC1F97" w:rsidRPr="00312914" w:rsidRDefault="00CC1F97" w:rsidP="00606DE1">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="5387"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">įsakymu Nr. V- </w:t>
       </w:r>
-      <w:r w:rsidR="00D65515" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00D65515">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>111</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4D5CAC00" w14:textId="77777777" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="009E0B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D5CAC00" w14:textId="77777777" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="15593" w:right="49" w:hanging="9781"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5708C588" w14:textId="0682CEE7" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="007155ED" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="5708C588" w14:textId="6B11E315" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="007155ED" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>MARIJAMPOLĖS „</w:t>
       </w:r>
-      <w:r w:rsidR="006611F0" w:rsidRPr="00B91998">
+      <w:r w:rsidR="006611F0" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>RYTO</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">“ PROGIMNAZIJOS MOKINIŲ </w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">UGDYMO NE </w:t>
       </w:r>
-      <w:r w:rsidR="00CC1F97" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00CC1F97" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>PROGIMNAZIJOS</w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> APLINKOJE ORGANIZAVIMO </w:t>
       </w:r>
-      <w:r w:rsidR="00CC1F97" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00CC1F97" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>TVARK</w:t>
       </w:r>
-      <w:r w:rsidR="002F0D18" w:rsidRPr="00B91998">
+      <w:r w:rsidR="009E0B0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>O</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00765EE1" w:rsidRPr="00B91998">
+        <w:t>OS</w:t>
+      </w:r>
+      <w:r w:rsidR="002F0D18" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>S</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002F0D18" w:rsidRPr="00B91998">
+        <w:t xml:space="preserve"> APRAŠAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="068ECE59" w14:textId="77777777" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="49"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> APRAŠAS</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="068ECE59" w14:textId="77777777" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F8EDAF0" w14:textId="77777777" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="2F8EDAF0" w14:textId="77777777" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>I SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16720248" w14:textId="77777777" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>I SKYRIUS</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="16720248" w14:textId="77777777" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+        <w:t>BENDROSIOS NUOSTATOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ECE3682" w14:textId="77777777" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CB82EBA" w14:textId="214D31BF" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ugdymo ne </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC1F97" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aplinkoje organizavimo </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC1F97" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tvark</w:t>
+      </w:r>
+      <w:r w:rsidR="002F0D18" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>os aprašas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (toliau </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Malgun Gothic" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="002F0D18" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Malgun Gothic" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aprašas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Malgun Gothic" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> numato ugdymo ne </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC1F97" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aplinkoje tikslus, formas, trukmę ir reikalavimus mokinių saugumui bei prasmingam ugdymo laiko panaudojimui užtikrinti. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC1F97" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Tvarkos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nuostatos netaikomos vykimui į fizinio ugdymo pamokas, kai jos organizuojamas baseinuose ar  sporto aikštynuose ir vykstama ne rečiau kas dvi savaites.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC1F97" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Progimnazija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nuolatinį vykimą į fizinio ugdymo pamokas, organizuojamas baseinuose ar sporto aikštynuose, reglamentuoja  vidaus teisės aktuose.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60E5496B" w14:textId="77777777" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="573E8262" w14:textId="77777777" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>BENDROSIOS NUOSTATOS</w:t>
-[...5 lines deleted...]
-        <w:ind w:right="49" w:firstLine="709"/>
+        <w:t>II SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="141CD4C1" w14:textId="183E05E8" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="49"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
-          <w:sz w:val="24"/>
-[...28 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...148 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UGDYMO NE </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC1F97" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...7 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>PROGIMNAZIJOS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+        <w:t xml:space="preserve"> APLINKOJE ORGANIZAVIMO FORMOS IR TRUKMĖ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="311A99D9" w14:textId="77777777" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="49" w:firstLine="1296"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
-          <w:sz w:val="24"/>
-[...15 lines deleted...]
-          <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
-[...65 lines deleted...]
-      <w:r w:rsidRPr="00B91998">
+    </w:p>
+    <w:p w14:paraId="648CFA56" w14:textId="22C6371D" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00AB0E7F" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CC1F97" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00CC1F97" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">. Atsižvelgiant į dalyko bendrosios programos mokymosi turinį, ugdymo procesas ne </w:t>
       </w:r>
-      <w:r w:rsidR="00886222" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00886222" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>progimnazijos</w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> aplinkoje gali būti organizuojamas vykdant:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F6CB3A6" w14:textId="64836BF4" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00B91998">
+    <w:p w14:paraId="0F6CB3A6" w14:textId="64836BF4" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>.1. išvykas, t. y. išvykimus iš</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> progimnazijos</w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> mokymosi tikslais: į muziejus, STEAM centrus, parkus, sporto aikštynus, baseinus ar kitus objektus, erdves, kuriose organizuojamas ugdymo procesas; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5834AB30" w14:textId="1FA448E2" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00B91998">
+    <w:p w14:paraId="5834AB30" w14:textId="1FA448E2" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">.2. </w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Malgun Gothic" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>pažintines veiklas</w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>, kaip neformaliojo vaikų švietimo veiklas, skirtas vaikų ir jaunimo tautiniam, pilietiniam ir kultūriniam ugdymui skatinti.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77984001" w14:textId="40AF124C" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00B91998">
+    <w:p w14:paraId="77984001" w14:textId="40AF124C" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>. Pažintinės veiklos organizavimo formos:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26DC51F6" w14:textId="019CF0C4" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00B91998">
+    <w:p w14:paraId="26DC51F6" w14:textId="019CF0C4" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>.1. ekskursija – turistinių objektų lankymas nustatytu maršrutu ugdymo tikslais, kurį vykdo gidas arba mokytojas; gidas – asmuo, kuris suteikia specialią informaciją apie lankomus muziejus, meno galerijas, gamtos, kultūros, mokslo, parodų ar kitus objektus arba vietoves;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D411DE9" w14:textId="6A9212BA" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00B91998">
+    <w:p w14:paraId="6D411DE9" w14:textId="6A9212BA" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>.2. turistinė stovykla – trumpalaikio vaikų poilsio organizavimo forma į rekreacinę teritoriją su įrengta stovyklaviete;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="762561C9" w14:textId="77719824" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00B91998">
+    <w:p w14:paraId="762561C9" w14:textId="77719824" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>.3. sąskrydis – organizuotas vaikų susibūrimas gamtinėje aplinkoje (stovyklavietėje) poilsio ar ugdymo tikslais;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13255CD3" w14:textId="36135423" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00B91998">
+    <w:p w14:paraId="13255CD3" w14:textId="36135423" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>.4. vaikų turizmo renginys – trumpalaikės neformaliojo vaikų švietimo programos (gali būti sudedamoji formaliojo ir neformaliojo švietimo programos dalis) vykdymas keičiant vietą pažintiniais, rekreaciniais ir sportiniais tikslais;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B66C76C" w14:textId="05423319" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00B91998">
+    <w:p w14:paraId="1B66C76C" w14:textId="05423319" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>.5. žygis – ugdymo tikslais organizuotas keliavimas nustatytu maršrutu pėsčiomis ar naudojant įvairias priemones;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50FD399F" w14:textId="716EB4AD" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00B91998">
+    <w:p w14:paraId="50FD399F" w14:textId="716EB4AD" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">.6. varžybos – organizuotas vaikų (jų grupių) rungtyniavimas ugdymo tikslais; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D987C3B" w14:textId="45D643A9" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00B91998">
+    <w:p w14:paraId="1D987C3B" w14:textId="45D643A9" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">.7. kitos </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>progimnazijos</w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> vykdomos pažintinės veiklos formos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DE29362" w14:textId="6E9B1593" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00B91998">
+    <w:p w14:paraId="7DE29362" w14:textId="6E9B1593" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">. Ugdymo proceso ne </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>progimnazijos</w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> aplinkoje trukmė gali būti:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="783D2064" w14:textId="2A65BD0E" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00B91998">
+    <w:p w14:paraId="783D2064" w14:textId="2A65BD0E" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">.1. trumpalaikė (nuo vienos iki kelių valandų); </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C109E07" w14:textId="0F98D46C" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00B91998">
+    <w:p w14:paraId="5C109E07" w14:textId="0F98D46C" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">.2. visos dienos (trukmė ilgesnė nei per dieną nustatytas pamokų laikas); </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="048B5C92" w14:textId="7DA086B1" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00B91998">
+    <w:p w14:paraId="048B5C92" w14:textId="7DA086B1" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>.3. ilgesnė nei vienos dienos (trunka ilgiau nei vieną ugdymo dieną, įskaitant kelionę ir apgyvendinimą).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="716B0156" w14:textId="05E001C6" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00B91998">
+    <w:p w14:paraId="716B0156" w14:textId="05E001C6" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">. Ugdymas ne </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>progimnazijos</w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> aplinkoje gali būti organizuojamas:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="311F3834" w14:textId="22AB483B" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00B91998">
+    <w:p w14:paraId="311F3834" w14:textId="22AB483B" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">.1. artimoje aplinkoje, netoli </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>progimnazijos</w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> esančiose organizacijose, viešose erdvėse ar parkuose ir kituose objektuose;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15BBF564" w14:textId="0B9DC0BE" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00B91998">
+    <w:p w14:paraId="15BBF564" w14:textId="0B9DC0BE" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>.2. savivaldybės teritorijoje;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66C1B047" w14:textId="6B49FB65" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00B91998">
+    <w:p w14:paraId="66C1B047" w14:textId="6B49FB65" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>.3. kitos savivaldybės teritorijoje;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F94816A" w14:textId="3E12BB64" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00B91998">
+    <w:p w14:paraId="2F94816A" w14:textId="3E12BB64" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>.4. kitoje šalyje.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F358F61" w14:textId="77777777" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="6F358F61" w14:textId="77777777" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3733"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="74CA6E34" w14:textId="77777777" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="74CA6E34" w14:textId="77777777" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>III SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14F2A55F" w14:textId="0C110B44" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="14F2A55F" w14:textId="0C110B44" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">UGDYMO NE </w:t>
       </w:r>
-      <w:r w:rsidR="00886222" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00886222" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>PROGIMNAZIJOS</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> APLINKOJE PLANAVIMAS IR ORGANIZAVIMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BBEF751" w14:textId="77777777" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="3BBEF751" w14:textId="77777777" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="1296"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2822B50B" w14:textId="62F10F46" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00B91998">
+    <w:p w14:paraId="2822B50B" w14:textId="62F10F46" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">. Ugdymo ne </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>progimnazijos</w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> aplinkoje poreikį numato mokytojai, atsižvelgdami į dalyko bendrojoje programoje numatytus tikslus. Poreikis organizuoti ugdymą ne</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> progimnazijos</w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> aplinkoje ir tam reikalingi resursai derinami su </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>progimnazijos</w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> vadovu ar jo įgaliotu asmeniu. Planuojant organizuoti ugdymą ne </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>progimnazijos</w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> aplinkoje rekomenduojama atsižvelgti į šiuos veiksnius:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56883FEF" w14:textId="43D61397" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00B91998">
+    <w:p w14:paraId="56883FEF" w14:textId="43D61397" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">.1. tikslingumo. Numatyti, kaip suplanuotos veiklos padės siekti dalyko Bendrojoje programoje numatytų tikslų, kokios užduotys bus skiriamos mokiniams ir kaip bus vertinama jų pažanga; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4409A4F7" w14:textId="41DF1114" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00B91998">
+    <w:p w14:paraId="4409A4F7" w14:textId="41DF1114" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">.2. mokinių saugumo. Numatyti priemones mokinių saugumui esant ne </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>progimnazijos</w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> aplinkoje užtikrinti; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="410A7C36" w14:textId="5EA083AA" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00B91998">
+    <w:p w14:paraId="410A7C36" w14:textId="5EA083AA" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
-[...45 lines deleted...]
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.3. įtraukumo. Siūlant veiklas atsižvelgti į mokinių mokymosi poreikių įvairovę ir sudaryti sąlygas visiems mokiniams dalyvauti planuojamose veiklose, numatant įvairius mokinių įsitraukimo į veiklas būdus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A4BED59" w14:textId="3666E5F2" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">.4. ekonomiškumo. Įvertinti, kokių papildomų žmogiškųjų ir finansinių išteklių gali pareikalauti ši veikla ir ar </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>progimnazija</w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> gali juos skirti; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DDD3EFB" w14:textId="4CDFAE2B" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00B91998">
+    <w:p w14:paraId="5DDD3EFB" w14:textId="4CDFAE2B" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>.5. rizikų tikimybės. Apsvarstyti galimas rizikas ir numatyti jų įveikos būdus.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BC6003F" w14:textId="003877B2" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="0BC6003F" w14:textId="003877B2" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">. Siekiant, kad ugdymas ne </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>progimnazijos</w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> aplinkoje sukurtų prielaidas mokiniams patirti gilesnę mokymosi patirtį, rekomenduojama:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46043B4A" w14:textId="7779F29C" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="46043B4A" w14:textId="7779F29C" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>.1. numatyti konkrečius uždavinius, kuriems pasiekti ugdymo procese reikalingos kitokios aplinkos;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B636DE3" w14:textId="3EF9F089" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="2B636DE3" w14:textId="3EF9F089" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>.2. įtraukti mokinius į pasiruošimo procesą ir padėti mokiniams suprasti kontekstą;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="207B5570" w14:textId="702F60D6" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00886222" w:rsidP="00226E5C">
+    <w:p w14:paraId="207B5570" w14:textId="702F60D6" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00886222" w:rsidP="00226E5C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
-[...6 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>.3. jeigu ugdymo proceso metu į mokymosi vietą vykstama specialiu transportu, važiavimo laiką iš dalies panaudoti mokymuisi;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36897777" w14:textId="5911CF47" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="36897777" w14:textId="5911CF47" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
-[...7 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">.4. ugdymo procese organizuoti aktyvias mokymosi veiklas, pritaikytas kitokiai aplinkai, kurios negalimos organizuoti mokantis klasėje; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52B8D889" w14:textId="79797570" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="52B8D889" w14:textId="79797570" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>.5. į ugdymo procesą pagal galimybes įtraukti interaktyvias mokymosi priemones;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1857E47A" w14:textId="34E1FEDC" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="1857E47A" w14:textId="34E1FEDC" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00886222" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="00E1476D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E1476D" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">.6. ugdymo veiklas organizuoti pagal iš anksto sudarytą planą. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C3D58AE" w14:textId="629D39AB" w:rsidR="006A66C4" w:rsidRPr="00B91998" w:rsidRDefault="00AB0E7F" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="2C3D58AE" w14:textId="629D39AB" w:rsidR="006A66C4" w:rsidRPr="00312914" w:rsidRDefault="00AB0E7F" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="006A66C4" w:rsidRPr="00B91998">
+      <w:r w:rsidR="006A66C4" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Išvyką</w:t>
       </w:r>
-      <w:r w:rsidR="002D7A08" w:rsidRPr="00B91998">
+      <w:r w:rsidR="002D7A08" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, ekskursiją mokiniams organizuojantis asmuo</w:t>
       </w:r>
-      <w:r w:rsidR="006A66C4" w:rsidRPr="00B91998">
+      <w:r w:rsidR="006A66C4" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FA80F14" w14:textId="77777777" w:rsidR="009B37C4" w:rsidRPr="00B91998" w:rsidRDefault="00AB0E7F" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="5FA80F14" w14:textId="77777777" w:rsidR="009B37C4" w:rsidRPr="00AB5348" w:rsidRDefault="00AB0E7F" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="006A66C4" w:rsidRPr="00B91998">
+      <w:r w:rsidR="006A66C4" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.1. </w:t>
       </w:r>
-      <w:r w:rsidR="00B77E45" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00B77E45" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>apie organizuojamą išvyką</w:t>
       </w:r>
-      <w:r w:rsidR="002D7A08" w:rsidRPr="00B91998">
+      <w:r w:rsidR="002D7A08" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, ekskursiją</w:t>
       </w:r>
-      <w:r w:rsidR="00B77E45" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00B77E45" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ne vėliau kaip prieš penkias </w:t>
       </w:r>
-      <w:r w:rsidR="002D7A08" w:rsidRPr="00B91998">
+      <w:r w:rsidR="002D7A08" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">darbo </w:t>
       </w:r>
-      <w:r w:rsidR="00B77E45" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00B77E45" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">dienas </w:t>
       </w:r>
-      <w:r w:rsidR="002D7A08" w:rsidRPr="00B91998">
+      <w:r w:rsidR="002D7A08" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">iki išvykos, ekskursijos pradžios </w:t>
       </w:r>
-      <w:r w:rsidR="00B77E45" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00B77E45" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">informuoja </w:t>
       </w:r>
-      <w:r w:rsidR="003831AB" w:rsidRPr="00B91998">
+      <w:r w:rsidR="003831AB" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">kuruojantį </w:t>
       </w:r>
-      <w:r w:rsidR="00B77E45" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00B77E45" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>progimnazijos direktoriaus pavaduotoj</w:t>
       </w:r>
-      <w:r w:rsidR="00A04A3D" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00A04A3D" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ą</w:t>
       </w:r>
-      <w:r w:rsidR="00B77E45" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00B77E45" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ugdymui</w:t>
       </w:r>
-      <w:r w:rsidR="00D956B8" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00D956B8" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="003831AB" w:rsidRPr="00B91998">
+      <w:r w:rsidR="003831AB" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pateikia šiuos dokumentus per DVS „Kontora“</w:t>
       </w:r>
-      <w:r w:rsidR="00AD4DE9" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00AD4DE9" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04A9D90B" w14:textId="1DE7F082" w:rsidR="00312914" w:rsidRPr="00B91998" w:rsidRDefault="009B37C4" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="04A9D90B" w14:textId="1DE7F082" w:rsidR="00312914" w:rsidRPr="00AB5348" w:rsidRDefault="009B37C4" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">8.1.1. </w:t>
       </w:r>
-      <w:r w:rsidR="00312914" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00312914" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">prašymą (pateikiama pildant DVS „Kontorą“ „rengiamų“ dokumentų modulyje įrašu „pastabose“. Įrašo pavyzdys: </w:t>
       </w:r>
-      <w:r w:rsidR="00312914" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00312914" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">„prašau leisti 202..-..-.. vykti į.......“, „prašau leisti   202..-..-.. </w:t>
       </w:r>
-      <w:r w:rsidR="00606DE1" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00606DE1" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dailės</w:t>
       </w:r>
-      <w:r w:rsidR="00312914" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00312914" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> pamoką vesti už progimnazijos ribų</w:t>
       </w:r>
-      <w:r w:rsidR="00606DE1" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00606DE1" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="00312914" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00312914" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00606DE1" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00606DE1" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>........</w:t>
       </w:r>
-      <w:r w:rsidR="00312914" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00312914" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (nurodome, kur vyks pamoka).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="030A3C3E" w14:textId="5001F347" w:rsidR="009B37C4" w:rsidRPr="00B91998" w:rsidRDefault="00F759E2" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="030A3C3E" w14:textId="5001F347" w:rsidR="009B37C4" w:rsidRPr="00AB5348" w:rsidRDefault="00F759E2" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">8.1.2. </w:t>
       </w:r>
-      <w:r w:rsidR="00D956B8" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00D956B8" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>programą</w:t>
       </w:r>
-      <w:r w:rsidR="00AB0E7F" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00AB0E7F" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1 priedas)</w:t>
       </w:r>
-      <w:r w:rsidR="009B37C4" w:rsidRPr="00B91998">
+      <w:r w:rsidR="009B37C4" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01BCE99E" w14:textId="0062F46F" w:rsidR="009B37C4" w:rsidRPr="00B91998" w:rsidRDefault="009B37C4" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="01BCE99E" w14:textId="478919CD" w:rsidR="009B37C4" w:rsidRPr="00AB5348" w:rsidRDefault="009B37C4" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8.1.</w:t>
       </w:r>
-      <w:r w:rsidR="00F759E2" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00F759E2" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00AB0E7F" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00AB0E7F" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mokinių sąrašą (</w:t>
       </w:r>
-      <w:r w:rsidR="00AD4DE9" w:rsidRPr="00B91998">
-[...8 lines deleted...]
-      <w:r w:rsidR="00AB0E7F" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E94D2A" w:rsidRPr="00AB5348">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0E7F" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> priedas)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Jeigu vykstančių mokinių skaičius 5</w:t>
       </w:r>
-      <w:r w:rsidR="00C22164" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00C22164" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ar mažiau, mokinių vardai, pavardės, klasė pateikiama įraše;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18A8B343" w14:textId="632D1EB3" w:rsidR="00AB0E7F" w:rsidRPr="00B91998" w:rsidRDefault="009B37C4" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="18A8B343" w14:textId="632D1EB3" w:rsidR="00AB0E7F" w:rsidRPr="00AB5348" w:rsidRDefault="009B37C4" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8.1.</w:t>
       </w:r>
-      <w:r w:rsidR="00280DB8" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00280DB8" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. saugos ir sveikatos instrukciją pagal išvykos pobūdį (</w:t>
       </w:r>
-      <w:r w:rsidR="00280DB8" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00280DB8" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> arba </w:t>
       </w:r>
-      <w:r w:rsidR="00280DB8" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00280DB8" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> priedas). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22CA171B" w14:textId="1B1FE15C" w:rsidR="006A66C4" w:rsidRPr="00B91998" w:rsidRDefault="00AB0E7F" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="22CA171B" w14:textId="1B1FE15C" w:rsidR="006A66C4" w:rsidRPr="00AB5348" w:rsidRDefault="00AB0E7F" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="00D956B8" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00D956B8" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.2. </w:t>
       </w:r>
-      <w:r w:rsidR="006A66C4" w:rsidRPr="00B91998">
+      <w:r w:rsidR="006A66C4" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>apie organizuojamą išvyką, ekskursiją ne vėliau kaip prieš tris</w:t>
       </w:r>
-      <w:r w:rsidR="00BF6B8B" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00BF6B8B" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006A66C4" w:rsidRPr="00B91998">
+      <w:r w:rsidR="006A66C4" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dienas informuoja mokinių tėvus (globėjus, rūpintojus), pateikdamas jos</w:t>
       </w:r>
-      <w:r w:rsidR="00BF6B8B" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00BF6B8B" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006A66C4" w:rsidRPr="00B91998">
+      <w:r w:rsidR="006A66C4" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>programą elektroniniame dienyne</w:t>
       </w:r>
-      <w:r w:rsidR="00BA28A9" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00BA28A9" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A64A63A" w14:textId="40713D3C" w:rsidR="006A66C4" w:rsidRPr="00B91998" w:rsidRDefault="00AB0E7F" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="1A64A63A" w14:textId="40713D3C" w:rsidR="006A66C4" w:rsidRPr="00AB5348" w:rsidRDefault="00AB0E7F" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="006A66C4" w:rsidRPr="00B91998">
+      <w:r w:rsidR="006A66C4" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00D956B8" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00D956B8" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="006A66C4" w:rsidRPr="00B91998">
+      <w:r w:rsidR="006A66C4" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. supažindina mokinius su saugos ir sveikatos instrukcija pagal</w:t>
       </w:r>
-      <w:r w:rsidR="00BF6B8B" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00BF6B8B" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006A66C4" w:rsidRPr="00B91998">
+      <w:r w:rsidR="006A66C4" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>išvykos pobūdį (</w:t>
       </w:r>
-      <w:r w:rsidR="00280DB8" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00280DB8" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="006A66C4" w:rsidRPr="00B91998">
+      <w:r w:rsidR="006A66C4" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00280DB8" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00280DB8" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="006A66C4" w:rsidRPr="00B91998">
+      <w:r w:rsidR="006A66C4" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> priedai);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="028C9CEE" w14:textId="48689A46" w:rsidR="006A66C4" w:rsidRPr="00B91998" w:rsidRDefault="00AB0E7F" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="028C9CEE" w14:textId="48689A46" w:rsidR="006A66C4" w:rsidRPr="00F759E2" w:rsidRDefault="00AB0E7F" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="006A66C4" w:rsidRPr="00B91998">
+      <w:r w:rsidR="006A66C4" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00D956B8" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00D956B8" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="006A66C4" w:rsidRPr="00B91998">
+      <w:r w:rsidR="006A66C4" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. sveikatos ir saugos instruktažą fiksuoja </w:t>
       </w:r>
-      <w:r w:rsidR="00F759E2" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00F759E2" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>elektroninio dienyno „Saugaus elgesio ir kitų instruktažų“</w:t>
       </w:r>
-      <w:r w:rsidR="006A66C4" w:rsidRPr="00B91998">
+      <w:r w:rsidR="006A66C4" w:rsidRPr="00AB5348">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> lape;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D979B38" w14:textId="5AA4B321" w:rsidR="00AD14C3" w:rsidRPr="00B91998" w:rsidRDefault="00AB0E7F" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="6D979B38" w14:textId="5AA4B321" w:rsidR="00AD14C3" w:rsidRPr="00312914" w:rsidRDefault="00AB0E7F" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00F759E2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="00AD14C3" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00AD14C3" w:rsidRPr="00F759E2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.5. </w:t>
       </w:r>
-      <w:r w:rsidR="00AD14C3" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00AD14C3" w:rsidRPr="00F759E2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vadovaujantis patvirtinta turizmo renginio programa užtikrina vaikų saugą renginio metu, moka suteikti pirmąją medicininę pagalbą;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21774B7C" w14:textId="64488BAE" w:rsidR="00AD14C3" w:rsidRPr="00B91998" w:rsidRDefault="00AB0E7F" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="21774B7C" w14:textId="64488BAE" w:rsidR="00AD14C3" w:rsidRPr="00312914" w:rsidRDefault="00AB0E7F" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="00AD14C3" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00AD14C3" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.6. apie praleistas pamokas ne vėliau nei prieš 3 dienas elektroninio dienyno pranešimu informuoja dalykų mokytojus, klasių vadovus, nurodydamas renginio tikslą, išvykimo bei grįžimo laiką, mokinių pavardes;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D3C1110" w14:textId="40A73860" w:rsidR="006A66C4" w:rsidRPr="00B91998" w:rsidRDefault="00AB0E7F" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="1D3C1110" w14:textId="40A73860" w:rsidR="006A66C4" w:rsidRPr="00312914" w:rsidRDefault="00AB0E7F" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="006A66C4" w:rsidRPr="00B91998">
+      <w:r w:rsidR="006A66C4" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00D956B8" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00D956B8" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="006A66C4" w:rsidRPr="00B91998">
+      <w:r w:rsidR="006A66C4" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="0055231A" w:rsidRPr="00B91998">
+      <w:r w:rsidR="0055231A" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">per </w:t>
       </w:r>
-      <w:r w:rsidR="006A66C4" w:rsidRPr="00B91998">
+      <w:r w:rsidR="006A66C4" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DVS „Kontora“ susipažįsta su Progimnazijos direktoriaus įsakymu</w:t>
       </w:r>
-      <w:r w:rsidR="00BF6B8B" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00BF6B8B" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006A66C4" w:rsidRPr="00B91998">
+      <w:r w:rsidR="006A66C4" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dėl išvykos</w:t>
       </w:r>
-      <w:r w:rsidR="0055231A" w:rsidRPr="00B91998">
+      <w:r w:rsidR="0055231A" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="006A66C4" w:rsidRPr="00B91998">
+      <w:r w:rsidR="006A66C4" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vadovaujasi patvirtinta išvykos, ekskursijos programa ir užtikrina</w:t>
       </w:r>
-      <w:r w:rsidR="00BF6B8B" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00BF6B8B" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006A66C4" w:rsidRPr="00B91998">
+      <w:r w:rsidR="006A66C4" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mokinių saugą renginyje;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2950D2EF" w14:textId="007AEC6E" w:rsidR="006A66C4" w:rsidRPr="00B91998" w:rsidRDefault="00AB0E7F" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="2950D2EF" w14:textId="007AEC6E" w:rsidR="006A66C4" w:rsidRPr="00312914" w:rsidRDefault="00AB0E7F" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="006A66C4" w:rsidRPr="00B91998">
+      <w:r w:rsidR="006A66C4" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00D956B8" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00D956B8" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="006A66C4" w:rsidRPr="00B91998">
+      <w:r w:rsidR="006A66C4" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. susidarius situacijai, keliančiai pavojų mokinių saugai, pakeičia</w:t>
       </w:r>
-      <w:r w:rsidR="00BF6B8B" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00BF6B8B" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006A66C4" w:rsidRPr="00B91998">
+      <w:r w:rsidR="006A66C4" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>maršrutą, sustabdo arba nutraukia išvykos, ekskursijos vykdymą.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="075E3931" w14:textId="62DABA97" w:rsidR="006A66C4" w:rsidRPr="00B91998" w:rsidRDefault="00AB0E7F" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="075E3931" w14:textId="62DABA97" w:rsidR="006A66C4" w:rsidRPr="00312914" w:rsidRDefault="00AB0E7F" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
-      <w:r w:rsidR="006A66C4" w:rsidRPr="00B91998">
+      <w:r w:rsidR="006A66C4" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Išvykose dalyvaujantys mokiniai privalo laikytis saugaus elgesio</w:t>
       </w:r>
-      <w:r w:rsidR="00BF6B8B" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00BF6B8B" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006A66C4" w:rsidRPr="00B91998">
+      <w:r w:rsidR="006A66C4" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>reikalav</w:t>
       </w:r>
-      <w:r w:rsidR="00BE0B02" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00BE0B02" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>imų</w:t>
       </w:r>
-      <w:r w:rsidR="006A66C4" w:rsidRPr="00B91998">
+      <w:r w:rsidR="006A66C4" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EE4D497" w14:textId="77777777" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="7EE4D497" w14:textId="77777777" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2BBC8E82" w14:textId="77777777" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="2BBC8E82" w14:textId="77777777" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>IV SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BB3C932" w14:textId="77777777" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="7BB3C932" w14:textId="77777777" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>SAUGUMO REIKALAVIMAI IR ATSAKOMYBĖS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B3A774E" w14:textId="77777777" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="3B3A774E" w14:textId="77777777" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4CFFB3CB" w14:textId="1EBE2617" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="4CFFB3CB" w14:textId="1EBE2617" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00AB0E7F" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00AB0E7F" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
-[...9 lines deleted...]
-      <w:r w:rsidR="000B2AA3" w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Organizuojant išvyką, vykimą į pažintines veiklas (toliau – Išvyka) ir siekiant užtikrinti besimokančiųjų saugumą, yra skiriami lydintys asmenys ir </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Išvykos vadovas. Lydintys asmenys – suaugę asmenys, kurių funkcijas apibrėžia </w:t>
+      </w:r>
+      <w:r w:rsidR="000B2AA3" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>progimnazijos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> vadovas. Lydinčiųjų asmenų skaičius priklauso nuo Išvykoje dalyvaujančių mokinių skaičiaus. Jeigu Išvykoje dalyvauja: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CFB9F93" w14:textId="337C6E6A" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="2CFB9F93" w14:textId="337C6E6A" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
-[...7 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00226E5C" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00226E5C" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>.1. mažiau nei 15 mokinių, kurie mokosi pagal pradinio ugdymo programą, skiriamas Išvykos vadovas ir lydintis asmuo;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C258E70" w14:textId="118392BA" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="4C258E70" w14:textId="118392BA" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00226E5C" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00226E5C" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="000B2AA3" w:rsidRPr="00B91998">
+      <w:r w:rsidR="000B2AA3" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>. mažiau nei 15 mokinių, kurie mokosi pagal pagrindinio ugdymo programą ir jaunesni nei 16 metų, skiriamas Išvykos vadovas ir lydintis asmuo;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FDBE95F" w14:textId="50A9FC0A" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="4FDBE95F" w14:textId="50A9FC0A" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00226E5C" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00226E5C" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="000B2AA3" w:rsidRPr="00B91998">
+      <w:r w:rsidR="000B2AA3" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>. daugiau kaip 30 mokinių, skiriamas Išvykos vadovas ir 2 lydintys asmenys;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14B87CA2" w14:textId="683F2DF0" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="14B87CA2" w14:textId="683F2DF0" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00226E5C" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00226E5C" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="000F3A40" w:rsidRPr="00B91998">
+      <w:r w:rsidR="000F3A40" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">. organizuojant Išvyką į užsienį, skiriamas Išvykos vadovas ir lydintys asmenys santykiu 15 mokinių – 2 lydintys asmenys; 30 mokinių – 4 lydintys asmenys; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0492055B" w14:textId="4FCAB05D" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="0492055B" w14:textId="4FCAB05D" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00226E5C" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00226E5C" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">. 1–2 klasių mokiniams organizuojamos išvykos ne į ilgesnės nei vienos ugdymo dienos trukmės. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70E437DE" w14:textId="092E70C4" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="70E437DE" w14:textId="092E70C4" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00226E5C" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00226E5C" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">. Siekiant užtikrinti mokinių saugumą organizuojant ugdymą ne </w:t>
       </w:r>
-      <w:r w:rsidR="000F3A40" w:rsidRPr="00B91998">
+      <w:r w:rsidR="000F3A40" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>progimnazijos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> aplinkoje, nustatoma, kad:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E40283F" w14:textId="4458B4DE" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="7E40283F" w14:textId="4458B4DE" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00226E5C" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00226E5C" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">.1. </w:t>
       </w:r>
-      <w:r w:rsidR="000F3A40" w:rsidRPr="00B91998">
+      <w:r w:rsidR="000F3A40" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>progimnazijos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> vadovas ar jo įgaliotos asmuo:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E54E89A" w14:textId="474DB687" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="7E54E89A" w14:textId="474DB687" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00226E5C" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00226E5C" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">.1.1. skiria ir tvirtina asmenį, atsakingą už ugdymo ne </w:t>
       </w:r>
-      <w:r w:rsidR="000F3A40" w:rsidRPr="00B91998">
+      <w:r w:rsidR="000F3A40" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>progimnazijos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> aplinkoje organizavimą;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A6C558E" w14:textId="05EB8A00" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="1A6C558E" w14:textId="05EB8A00" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00226E5C" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00226E5C" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>.1.2. vertina galimas rizikas ir kitus veiksnius, teikia pritarimą / neteikia pritarimo planuojamai Išvykai;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="491AFAEF" w14:textId="1F2E9496" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="491AFAEF" w14:textId="1F2E9496" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00226E5C" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00226E5C" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>.1.3.  tvirtina Išvykos vadovą ir lydinčiuosius asmenis</w:t>
       </w:r>
-      <w:r w:rsidR="000F3A40" w:rsidRPr="00B91998">
+      <w:r w:rsidR="000F3A40" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B196E34" w14:textId="0320EAD2" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="2B196E34" w14:textId="0320EAD2" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00226E5C" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00226E5C" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
-[...32 lines deleted...]
-    <w:p w14:paraId="09A59065" w14:textId="61008090" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.1.4. atsižvelgdamas į planuojamos veiklos specifiką, mokinių amžių ir jų specialiuosius ugdymo(si) poreikius, gali nustatyti dalyvaujančiųjų išvykoje skaičių ir kitokį lydinčių asmenų skaičių;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09A59065" w14:textId="61008090" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00226E5C" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00226E5C" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>.2. Išvykos vadovas:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FA11B74" w14:textId="1FB54754" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="2FA11B74" w14:textId="1FB54754" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00226E5C" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00226E5C" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>.2.1. parengia veiklų programą / planą ir numato parengiamuosius darbus;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52A703C9" w14:textId="683D22D7" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="52A703C9" w14:textId="683D22D7" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00226E5C" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00226E5C" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>.2.2. numato galimas rizikas ir pasirengimą joms valdyti;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C491D45" w14:textId="058B996E" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="6C491D45" w14:textId="058B996E" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00226E5C" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00226E5C" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">.2.3. priima vadybinius sprendimus, reikalingus mokymuisi ne </w:t>
       </w:r>
-      <w:r w:rsidR="000F3A40" w:rsidRPr="00B91998">
+      <w:r w:rsidR="000F3A40" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>progimnazijos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> aplinkoje įgyvendinti;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BF4C572" w14:textId="5DBA31E8" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="4BF4C572" w14:textId="5DBA31E8" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="3119"/>
           <w:tab w:val="left" w:pos="4564"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00226E5C" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00226E5C" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>.2.4. pristato suplanuotų veiklų planą mokiniams ir jų tėvams (globėjams, rūpintojams);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0847771E" w14:textId="2B3A7E66" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="0847771E" w14:textId="2B3A7E66" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00226E5C" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00226E5C" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">.2.5. įtraukia lydinčius asmenis į parengiamuosius darbus, numato jų pareigas, priskiria lydintiems asmenims mokinių grupes, už kurių saugumą jie atsakingi; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38B15F10" w14:textId="402A901C" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="38B15F10" w14:textId="402A901C" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00226E5C" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00226E5C" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>.2.6. užtikrina numatytų veiklų įgyvendinimą ir sąlygas numatytiems ugdymo tikslams pasiekti;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0798C640" w14:textId="355A356B" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="0798C640" w14:textId="355A356B" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00226E5C" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00226E5C" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">.2.7. užtikrina, kad vykdant suplanuotas veiklas būtų laikomasi </w:t>
       </w:r>
-      <w:r w:rsidR="000F3A40" w:rsidRPr="00B91998">
+      <w:r w:rsidR="000F3A40" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>progimnazijoje</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> nustatytų procedūrų;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AFA4C23" w14:textId="4552185C" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="0AFA4C23" w14:textId="4552185C" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00226E5C" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00226E5C" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>.3. nepilnamečių mokinių tėvai (globėjai, rūpintojai) atsakingi už:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F4787BF" w14:textId="58C6EF26" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="3F4787BF" w14:textId="58C6EF26" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00226E5C" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00226E5C" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>.3.1. raštiško sutikimo dėl vaiko dalyvavimo planuojamose veiklose pateikimą už Išvyką atsakingam asmeniui</w:t>
       </w:r>
-      <w:r w:rsidR="00BA28A9" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00BA28A9" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2 priedas) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
-[...9 lines deleted...]
-      <w:r w:rsidR="0092771F" w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">arba el. dienyne; mokinio tėvai (globėjai, rūpintojai) turi teisę nepritarti, kad vaikas dalyvautų Išvykoje, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">atšaukti vaiką iš Išvykos. Mokiniams, nedalyvaujantiems Išvykoje, vyksta ugdymo procesas </w:t>
+      </w:r>
+      <w:r w:rsidR="0092771F" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>progimnazijos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> nustatyta ugdymo organizavimo forma; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="362F8A98" w14:textId="17A1152A" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="362F8A98" w14:textId="17A1152A" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00226E5C" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00226E5C" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>.3.2. su Išvykai organizuoti susijusių išlaidų apmokėjimu;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58E4CBC0" w14:textId="69C8E96E" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="58E4CBC0" w14:textId="69C8E96E" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00226E5C" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00226E5C" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>.3.3. būtinos informacijos apie vaiko sveikatą perdavimu lydintiems asmenims;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C69591E" w14:textId="0BB93F2E" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="5C69591E" w14:textId="0BB93F2E" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
-[...7 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00226E5C" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00226E5C" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">.4. mokiniai atsakingi: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="508CC1F8" w14:textId="524A7706" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="508CC1F8" w14:textId="524A7706" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00226E5C" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00226E5C" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">.4.1. už dalyvavimą Išvykoje. Atsisakyti dalyvauti gali tik dėl objektyviai pagrįstų priežasčių, dėl kurių susitariama </w:t>
       </w:r>
-      <w:r w:rsidR="006A040E" w:rsidRPr="00B91998">
+      <w:r w:rsidR="006A040E" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>progimnazijoje</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42FA1A6A" w14:textId="59463BD5" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="42FA1A6A" w14:textId="59463BD5" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00226E5C" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00226E5C" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">.4.2. už aptartų elgesio taisyklių laikymąsi: nekelti grėsmės sau ir kitiems keliaujant transporto priemone, nepažeisti saugaus eismo reikalavimų, atsakingai elgtis lankant numatytus objektus ir kt. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59EBDF0A" w14:textId="77777777" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="59EBDF0A" w14:textId="77777777" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C897699" w14:textId="77777777" w:rsidR="00606DE1" w:rsidRPr="00B91998" w:rsidRDefault="00606DE1" w:rsidP="00D65515">
+    <w:p w14:paraId="0C897699" w14:textId="77777777" w:rsidR="00606DE1" w:rsidRDefault="00606DE1" w:rsidP="00D65515">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48D856A1" w14:textId="2B483797" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="48D856A1" w14:textId="2B483797" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>V SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E8029B8" w14:textId="77777777" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="2E8029B8" w14:textId="77777777" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>IŠVYKOS Į UŽSIENĮ ORGANIZAVIMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05CD3969" w14:textId="77777777" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="05CD3969" w14:textId="77777777" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D202226" w14:textId="16FC5200" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="2D202226" w14:textId="16FC5200" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00226E5C" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00226E5C" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>. Išvyka į užsienį mokymosi tikslais galima, jeigu Išvykos programa ir tikslai padeda siekti Bendrosiose programose numatytų ugdymo tikslų. Prieš Išvyką į užsienio šalį susipažįstama su Lietuvos Respublikos užsienio reikalų ministerijos rekomendacijomis dėl vykimo į pasirinktą šalį.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44CADDB4" w14:textId="55D76D44" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="44CADDB4" w14:textId="55D76D44" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00226E5C" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00226E5C" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="006A040E" w:rsidRPr="00B91998">
+      <w:r w:rsidR="006A040E" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Progimnazijos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> vadovas ar jo įgaliotas asmuo, susipažinęs su mokytojo planuojamos Išvykos programos projektu, kuris rengiamas </w:t>
       </w:r>
-      <w:r w:rsidR="006A040E" w:rsidRPr="00B91998">
+      <w:r w:rsidR="006A040E" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>progimnazijos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> nustatyta tvarka, priima sprendimą dėl mokinių Išvykos į užsienį organizavimo. </w:t>
       </w:r>
-      <w:r w:rsidR="006A040E" w:rsidRPr="00B91998">
+      <w:r w:rsidR="006A040E" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Progimnazijos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> vadovas skiria Išvykos vadovą ir lydinčiuosius asmenis, su jais aptaria Išvykos programą, saugaus vykimo aplinkybes, galimas rizikas bei jų valdymą. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35A80A53" w14:textId="2243A10D" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="35A80A53" w14:textId="2243A10D" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00226E5C" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00226E5C" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">. Išvykos į užsienį vadovas: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AA0D405" w14:textId="11379F3C" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="0AA0D405" w14:textId="11379F3C" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00226E5C" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00226E5C" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>.1. sudaro detalią Išvykos programą;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56F26A54" w14:textId="6286997E" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="56F26A54" w14:textId="6286997E" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00226E5C" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00226E5C" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">.2. numato galimas kelionės rizikas ir jų valdymą ir aptaria su </w:t>
       </w:r>
-      <w:r w:rsidR="006A040E" w:rsidRPr="00B91998">
+      <w:r w:rsidR="006A040E" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>progimnazijos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> vadovu; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CE6004B" w14:textId="1132391E" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="2CE6004B" w14:textId="1132391E" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00226E5C" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00226E5C" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">.3. pateikia Išvykos programą ir detalią informaciją nepilnamečių mokinių tėvams (globėjams, rūpintojams) dėl nakvynės vietos, nurodo telefono numerį, kuriuo gali susiekti, bei kitą, jo nuožiūra, svarbią informaciją; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EA606AE" w14:textId="1BEAC14A" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="0EA606AE" w14:textId="1BEAC14A" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00226E5C" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00226E5C" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>.4. pateikia reikalavimus reikalingai informacijai gauti iš nepilnamečių mokinių tėvų (globėjų, rūpintojų) ir pilnamečių mokinių, kurią turi žinoti Išvykos vadovas vykdamas į Išvyką;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="125AF4FD" w14:textId="34AF0FEC" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="125AF4FD" w14:textId="34AF0FEC" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00226E5C" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00226E5C" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">.5. organizuoja vizos, jeigu reikalinga, gavimą; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46755518" w14:textId="7136D0FC" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="46755518" w14:textId="7136D0FC" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00226E5C" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00226E5C" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">.6. organizuoja mokinių pasirengimą vykti į Išvyką, atsižvelgdamas į </w:t>
       </w:r>
-      <w:r w:rsidR="00013000" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00013000" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>progimnazijos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> nustatytas taisykles / reikalavimus. Neišvykusiems mokiniams ugdymo procesas organizuojamas</w:t>
       </w:r>
-      <w:r w:rsidR="00013000" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00013000" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> progimnazijoje</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> įprasta tvarka; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E4E42A0" w14:textId="0EE6D85E" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="1E4E42A0" w14:textId="0EE6D85E" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00226E5C" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00226E5C" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>.7. supažindina su Išvykai į užsienį reikalinga informacija, paaiškina pagrindinius kultūrinius skirtumus, nurodo galimus informacijos šaltinius, pasiūlo mokiniams savarankiškai susipažinti su šalimi, į kurią vykstama;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D8C3FDD" w14:textId="3BB8A64F" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00D65515">
+    <w:p w14:paraId="3D8C3FDD" w14:textId="3BB8A64F" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00D65515">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00226E5C" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00226E5C" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">.8. supažindina su išvykos taisyklėmis. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62279ED8" w14:textId="77777777" w:rsidR="00765EE1" w:rsidRPr="00B91998" w:rsidRDefault="00765EE1" w:rsidP="00D65515">
+    <w:p w14:paraId="487AC791" w14:textId="77777777" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="49" w:firstLine="709"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="487AC791" w14:textId="77777777" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+        <w:ind w:right="49"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>VI SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2946EE0D" w14:textId="77777777" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>VI SKYRIUS</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2946EE0D" w14:textId="77777777" w:rsidR="00E1476D" w:rsidRPr="00B91998" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
+        <w:t>BAIGIAMOSIOS NUOSTATOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CCF8083" w14:textId="3DB30FD6" w:rsidR="00E1476D" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="49"/>
-[...24 lines deleted...]
-    <w:p w14:paraId="66CD2962" w14:textId="77777777" w:rsidR="00765EE1" w:rsidRPr="00B91998" w:rsidRDefault="00765EE1" w:rsidP="00AB0E7F">
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00226E5C" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00013000" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Progimnazija ugdymo plane</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> numato</w:t>
+      </w:r>
+      <w:r w:rsidR="00732359" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ma</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kaip </w:t>
+      </w:r>
+      <w:r w:rsidR="00732359" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bus </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>organizuo</w:t>
+      </w:r>
+      <w:r w:rsidR="00732359" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>jamos klasių vadovų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokinių Išvyk</w:t>
+      </w:r>
+      <w:r w:rsidR="00732359" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>os.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="507C9CAF" w14:textId="7950F3B0" w:rsidR="00493B25" w:rsidRPr="00312914" w:rsidRDefault="00E1476D" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="49"/>
-[...29 lines deleted...]
-      <w:r w:rsidRPr="00B91998">
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00226E5C" w:rsidRPr="00B91998">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidR="00226E5C" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00013000" w:rsidRPr="00B91998">
-[...136 lines deleted...]
-      <w:r w:rsidR="00013000" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00013000" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Ši tvarka viešinama progimnazijos tinklalapyje </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="00493B25" w:rsidRPr="00B91998">
+        <w:r w:rsidR="00493B25" w:rsidRPr="00312914">
           <w:rPr>
             <w:rStyle w:val="Hipersaitas"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.rytomok.lt/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1CF8A533" w14:textId="1EF26025" w:rsidR="00493B25" w:rsidRPr="00B91998" w:rsidRDefault="00493B25" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="1CF8A533" w14:textId="1EF26025" w:rsidR="00493B25" w:rsidRPr="00312914" w:rsidRDefault="00493B25" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00226E5C" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00226E5C" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>. Tvarka gali būti keičiama, papildoma pasikeitus teisės aktams.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09E661A8" w14:textId="77777777" w:rsidR="00493B25" w:rsidRPr="00B91998" w:rsidRDefault="00493B25" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="09E661A8" w14:textId="77777777" w:rsidR="00493B25" w:rsidRPr="00312914" w:rsidRDefault="00493B25" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="663D327C" w14:textId="659B8354" w:rsidR="00493B25" w:rsidRPr="00B91998" w:rsidRDefault="00493B25" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="663D327C" w14:textId="659B8354" w:rsidR="00493B25" w:rsidRPr="00312914" w:rsidRDefault="00493B25" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1A0A17EB" wp14:editId="712D5A92">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>268605</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>175260</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5318760" cy="53340"/>
                 <wp:effectExtent l="0" t="0" r="34290" b="22860"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1095028806" name="Tiesioji jungtis 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
@@ -6370,9220 +6307,12141 @@
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:line w14:anchorId="7993CBB1" id="Tiesioji jungtis 1" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="21.15pt,13.8pt" to="439.95pt,18pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCwHxQ2qAEAAJYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvAfoPxC815Lj5gHBcg4J2kvR&#10;BknbO0MtLSJ8gWQt+e+7XNlK0SZAEORC8LEzuzO7XF+N1rAdxKS9a/lyUXMGTvpOu23Lf/74/PGS&#10;s5SF64TxDlq+h8SvNh9O1kNo4NT33nQQGZK41Ayh5X3OoamqJHuwIi18AIePykcrMh7jtuqiGJDd&#10;muq0rs+rwccuRC8hJby9mR75hviVApm/K5UgM9NyrC3TGml9KGu1WYtmG0XotTyUId5QhRXaYdKZ&#10;6kZkwX5H/R+V1TL65FVeSG8rr5SWQBpQzbL+R819LwKQFjQnhdmm9H608tvu2t1GtGEIqUnhNhYV&#10;o4qWKaPDL+wp6cJK2Ui27WfbYMxM4uXZanl5cY7uSnw7W60+ka3VRFPoQkz5C3jLyqblRruiSjRi&#10;9zVlTI2hxxA8PBVCu7w3UIKNuwPFdIcJp5JoRuDaRLYT2N3ucVm6iVwUWSBKGzODakr5IugQW2BA&#10;c/Na4BxNGb3LM9Bq5+NzWfN4LFVN8UfVk9Yi+8F3e2oL2YHNJ2WHQS3T9feZ4E/fafMHAAD//wMA&#10;UEsDBBQABgAIAAAAIQBG4kxg3AAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyD&#10;tUjcqE1KkzbNpiqVEGdaLr058ZJEjdchdtvw95gTPY5mNPOm2Ey2FxcafecY4XmmQBDXznTcIHwe&#10;3p6WIHzQbHTvmBB+yMOmvL8rdG7clT/osg+NiCXsc43QhjDkUvq6Jav9zA3E0ftyo9UhyrGRZtTX&#10;WG57mSiVSqs7jgutHmjXUn3any3C4d2qqQrdjvg7U9vj6yLl4wLx8WHarkEEmsJ/GP7wIzqUkaly&#10;ZzZe9AgvyTwmEZIsBRH9ZbZagagQ5qkCWRby9kD5CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhALAfFDaoAQAAlgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAEbiTGDcAAAACAEAAA8AAAAAAAAAAAAAAAAAAgQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAALBQAAAAA=&#10;" strokecolor="black [3200]" strokeweight=".5pt">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CA6F758" w14:textId="77777777" w:rsidR="00493B25" w:rsidRPr="00B91998" w:rsidRDefault="00493B25" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="4CA6F758" w14:textId="77777777" w:rsidR="00493B25" w:rsidRPr="00312914" w:rsidRDefault="00493B25" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="67AAE7EA" w14:textId="77777777" w:rsidR="00013000" w:rsidRPr="00B91998" w:rsidRDefault="00013000" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="67AAE7EA" w14:textId="77777777" w:rsidR="00013000" w:rsidRPr="00312914" w:rsidRDefault="00013000" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4564"/>
           <w:tab w:val="center" w:pos="5467"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63F26536" w14:textId="77777777" w:rsidR="0044146F" w:rsidRPr="00B91998" w:rsidRDefault="0044146F" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="63F26536" w14:textId="77777777" w:rsidR="0044146F" w:rsidRPr="00312914" w:rsidRDefault="0044146F" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0487FFA8" w14:textId="77777777" w:rsidR="00226E5C" w:rsidRPr="00B91998" w:rsidRDefault="00226E5C" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="0487FFA8" w14:textId="77777777" w:rsidR="00226E5C" w:rsidRPr="00312914" w:rsidRDefault="00226E5C" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D90E801" w14:textId="77777777" w:rsidR="00D65515" w:rsidRPr="00B91998" w:rsidRDefault="00F759E2" w:rsidP="00F759E2">
+    <w:p w14:paraId="2D90E801" w14:textId="77777777" w:rsidR="00D65515" w:rsidRDefault="00F759E2" w:rsidP="00F759E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk207791727"/>
-      <w:r w:rsidRPr="00B91998">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                         </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35CAB0D9" w14:textId="77777777" w:rsidR="00D65515" w:rsidRPr="00B91998" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
+    <w:p w14:paraId="35CAB0D9" w14:textId="77777777" w:rsidR="00D65515" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="67C6815A" w14:textId="77777777" w:rsidR="00D65515" w:rsidRPr="00B91998" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
+    <w:p w14:paraId="67C6815A" w14:textId="77777777" w:rsidR="00D65515" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25972909" w14:textId="77777777" w:rsidR="00D65515" w:rsidRPr="00B91998" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
+    <w:p w14:paraId="25972909" w14:textId="77777777" w:rsidR="00D65515" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C21F9FA" w14:textId="77777777" w:rsidR="00D65515" w:rsidRPr="00B91998" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
+    <w:p w14:paraId="3C21F9FA" w14:textId="77777777" w:rsidR="00D65515" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06E894E8" w14:textId="77777777" w:rsidR="00D65515" w:rsidRPr="00B91998" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
+    <w:p w14:paraId="06E894E8" w14:textId="77777777" w:rsidR="00D65515" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1514D199" w14:textId="77777777" w:rsidR="00D65515" w:rsidRPr="00B91998" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
+    <w:p w14:paraId="1514D199" w14:textId="77777777" w:rsidR="00D65515" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F90B8D3" w14:textId="77777777" w:rsidR="00D65515" w:rsidRPr="00B91998" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
+    <w:p w14:paraId="1F90B8D3" w14:textId="77777777" w:rsidR="00D65515" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79DDE27B" w14:textId="77777777" w:rsidR="00D65515" w:rsidRPr="00B91998" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
+    <w:p w14:paraId="79DDE27B" w14:textId="77777777" w:rsidR="00D65515" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BAB0D79" w14:textId="77777777" w:rsidR="00D65515" w:rsidRPr="00B91998" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
+    <w:p w14:paraId="3BAB0D79" w14:textId="77777777" w:rsidR="00D65515" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62B1B1FF" w14:textId="77777777" w:rsidR="00D65515" w:rsidRPr="00B91998" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
+    <w:p w14:paraId="62B1B1FF" w14:textId="77777777" w:rsidR="00D65515" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4FF76391" w14:textId="77777777" w:rsidR="00D65515" w:rsidRPr="00B91998" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
+    <w:p w14:paraId="4FF76391" w14:textId="77777777" w:rsidR="00D65515" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62528041" w14:textId="77777777" w:rsidR="00D65515" w:rsidRPr="00B91998" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
+    <w:p w14:paraId="62528041" w14:textId="77777777" w:rsidR="00D65515" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69E39936" w14:textId="77777777" w:rsidR="00D65515" w:rsidRPr="00B91998" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
+    <w:p w14:paraId="69E39936" w14:textId="77777777" w:rsidR="00D65515" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="662FA2BA" w14:textId="77777777" w:rsidR="00D65515" w:rsidRPr="00B91998" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
+    <w:p w14:paraId="662FA2BA" w14:textId="77777777" w:rsidR="00D65515" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A1B80C5" w14:textId="77777777" w:rsidR="00D65515" w:rsidRPr="00B91998" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
+    <w:p w14:paraId="4A1B80C5" w14:textId="77777777" w:rsidR="00D65515" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42A3B414" w14:textId="77777777" w:rsidR="00D65515" w:rsidRPr="00B91998" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
+    <w:p w14:paraId="42A3B414" w14:textId="77777777" w:rsidR="00D65515" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46C80BB6" w14:textId="77777777" w:rsidR="00D65515" w:rsidRPr="00B91998" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
+    <w:p w14:paraId="46C80BB6" w14:textId="77777777" w:rsidR="00D65515" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64215F19" w14:textId="77777777" w:rsidR="00D65515" w:rsidRPr="00B91998" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
+    <w:p w14:paraId="64215F19" w14:textId="77777777" w:rsidR="00D65515" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CBE74A3" w14:textId="77777777" w:rsidR="00D65515" w:rsidRPr="00B91998" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
+    <w:p w14:paraId="0CBE74A3" w14:textId="77777777" w:rsidR="00D65515" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25403893" w14:textId="77777777" w:rsidR="00D65515" w:rsidRPr="00B91998" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
+    <w:p w14:paraId="25403893" w14:textId="77777777" w:rsidR="00D65515" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1433E4FA" w14:textId="77777777" w:rsidR="00D65515" w:rsidRPr="00B91998" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
+    <w:p w14:paraId="1433E4FA" w14:textId="77777777" w:rsidR="00D65515" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38083B0D" w14:textId="77777777" w:rsidR="00D65515" w:rsidRPr="00B91998" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
+    <w:p w14:paraId="38083B0D" w14:textId="77777777" w:rsidR="00D65515" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38D9E492" w14:textId="77777777" w:rsidR="00D65515" w:rsidRPr="00B91998" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
+    <w:p w14:paraId="38D9E492" w14:textId="77777777" w:rsidR="00D65515" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="391B3312" w14:textId="77777777" w:rsidR="00D65515" w:rsidRPr="00B91998" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
+    <w:p w14:paraId="391B3312" w14:textId="77777777" w:rsidR="00D65515" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="329D2F2D" w14:textId="77777777" w:rsidR="00D65515" w:rsidRPr="00B91998" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
+    <w:p w14:paraId="329D2F2D" w14:textId="77777777" w:rsidR="00D65515" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="317DBD87" w14:textId="77777777" w:rsidR="00D65515" w:rsidRPr="00B91998" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
+    <w:p w14:paraId="317DBD87" w14:textId="77777777" w:rsidR="00D65515" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="110EA88E" w14:textId="77777777" w:rsidR="00D65515" w:rsidRPr="00B91998" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
+    <w:p w14:paraId="110EA88E" w14:textId="77777777" w:rsidR="00D65515" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10BD4848" w14:textId="77777777" w:rsidR="00D65515" w:rsidRPr="00B91998" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
+    <w:p w14:paraId="10BD4848" w14:textId="77777777" w:rsidR="00D65515" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="090F9464" w14:textId="77777777" w:rsidR="00D65515" w:rsidRPr="00B91998" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
+    <w:p w14:paraId="090F9464" w14:textId="77777777" w:rsidR="00D65515" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2BAB9946" w14:textId="77777777" w:rsidR="00765EE1" w:rsidRPr="00B91998" w:rsidRDefault="00765EE1">
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="0EAE0CC4" w14:textId="09D00504" w:rsidR="0002447E" w:rsidRPr="00312914" w:rsidRDefault="0002447E" w:rsidP="00D65515">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="49" w:firstLine="5387"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
-[...25 lines deleted...]
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Marijampolės „Ryto“ progimnazijos </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CC3CA8C" w14:textId="77777777" w:rsidR="00D65515" w:rsidRPr="00B91998" w:rsidRDefault="0002447E" w:rsidP="00D65515">
+    <w:p w14:paraId="7CC3CA8C" w14:textId="77777777" w:rsidR="00D65515" w:rsidRDefault="0002447E" w:rsidP="00D65515">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="5387"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>mokinių ugdymo ne progimnazijo</w:t>
       </w:r>
-      <w:r w:rsidR="00D65515" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00D65515">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="077EC51A" w14:textId="77777777" w:rsidR="00D65515" w:rsidRPr="00B91998" w:rsidRDefault="0002447E" w:rsidP="00D65515">
+    <w:p w14:paraId="077EC51A" w14:textId="77777777" w:rsidR="00D65515" w:rsidRDefault="0002447E" w:rsidP="00D65515">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="5387"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>aplinkoje organizavimo tvarkos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A767E61" w14:textId="386B4D3C" w:rsidR="0002447E" w:rsidRPr="00B91998" w:rsidRDefault="0002447E" w:rsidP="00D65515">
+    <w:p w14:paraId="0A767E61" w14:textId="386B4D3C" w:rsidR="0002447E" w:rsidRPr="00312914" w:rsidRDefault="0002447E" w:rsidP="00D65515">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="5387"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>1 priedas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EDB0748" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00B91998" w:rsidRDefault="0002447E" w:rsidP="0002447E">
+    <w:p w14:paraId="7EDB0748" w14:textId="77777777" w:rsidR="0002447E" w:rsidRDefault="0002447E" w:rsidP="0002447E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="504B7AD1" w14:textId="77777777" w:rsidR="00D65515" w:rsidRPr="00B91998" w:rsidRDefault="00D65515" w:rsidP="0002447E">
+    <w:p w14:paraId="504B7AD1" w14:textId="77777777" w:rsidR="00D65515" w:rsidRPr="00312914" w:rsidRDefault="00D65515" w:rsidP="0002447E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33B35044" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00B91998" w:rsidRDefault="0002447E" w:rsidP="0002447E">
+    <w:p w14:paraId="33B35044" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00312914" w:rsidRDefault="0002447E" w:rsidP="0002447E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>MARIJAMPOLĖS ,,RYTO“ PROGIMNAZIJOS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="011B04F8" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00B91998" w:rsidRDefault="0002447E" w:rsidP="0002447E">
+    <w:p w14:paraId="011B04F8" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00312914" w:rsidRDefault="0002447E" w:rsidP="0002447E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>MOKINIŲ TURIZMO RENGINIO PROGRAMA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="049A3D6B" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00B91998" w:rsidRDefault="0002447E" w:rsidP="0002447E">
+    <w:p w14:paraId="049A3D6B" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00312914" w:rsidRDefault="0002447E" w:rsidP="0002447E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2C32E281" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00B91998" w:rsidRDefault="0002447E" w:rsidP="0002447E">
+    <w:p w14:paraId="2C32E281" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00312914" w:rsidRDefault="0002447E" w:rsidP="0002447E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Turizmo renginio tipas (pabraukti): žygis, išvyka (panaudojant transporto priemones), </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>ekskursija</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>, sąskrydis, varžybos, konkursas, kt. ......................................................)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3728296A" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00B91998" w:rsidRDefault="0002447E" w:rsidP="0002447E">
+    <w:p w14:paraId="3728296A" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00312914" w:rsidRDefault="0002447E" w:rsidP="0002447E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>2. Turizmo renginio trumpas pristatymas: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AC9AB0D" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00B91998" w:rsidRDefault="0002447E" w:rsidP="0002447E">
+    <w:p w14:paraId="1AC9AB0D" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00312914" w:rsidRDefault="0002447E" w:rsidP="0002447E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>3. Edukacinio ir kt. renginio pavadinimas.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45B3E44B" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00B91998" w:rsidRDefault="0002447E" w:rsidP="0002447E">
+    <w:p w14:paraId="45B3E44B" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00312914" w:rsidRDefault="0002447E" w:rsidP="0002447E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>4. Turizmo renginio tikslai: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2149F188" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00B91998" w:rsidRDefault="0002447E" w:rsidP="0002447E">
+    <w:p w14:paraId="2149F188" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00312914" w:rsidRDefault="0002447E" w:rsidP="0002447E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>5. Pamoka siejama su dalyku (dalykas, tema). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CC3B18B" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00B91998" w:rsidRDefault="0002447E" w:rsidP="0002447E">
+    <w:p w14:paraId="2CC3B18B" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00312914" w:rsidRDefault="0002447E" w:rsidP="0002447E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>4. Data: .  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A7EF1BE" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00B91998" w:rsidRDefault="0002447E" w:rsidP="0002447E">
+    <w:p w14:paraId="6A7EF1BE" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00312914" w:rsidRDefault="0002447E" w:rsidP="0002447E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>5. Išvykimo laikas ir vieta: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="230CF478" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00B91998" w:rsidRDefault="0002447E" w:rsidP="0002447E">
+    <w:p w14:paraId="230CF478" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00312914" w:rsidRDefault="0002447E" w:rsidP="0002447E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>6. Grįžimo laikas ir vieta:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="430B6F64" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00B91998" w:rsidRDefault="0002447E" w:rsidP="0002447E">
+    <w:p w14:paraId="430B6F64" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00312914" w:rsidRDefault="0002447E" w:rsidP="0002447E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>7. Maršrutas: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28BD3A54" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00B91998" w:rsidRDefault="0002447E" w:rsidP="0002447E">
+    <w:p w14:paraId="28BD3A54" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00312914" w:rsidRDefault="0002447E" w:rsidP="0002447E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>8. Keliavimo būdas ir / ar transporto rūšis: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E736AAC" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00B91998" w:rsidRDefault="0002447E" w:rsidP="0002447E">
+    <w:p w14:paraId="7E736AAC" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00312914" w:rsidRDefault="0002447E" w:rsidP="0002447E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>9. Nakvynės vieta (jei reikia):. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CD05799" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00B91998" w:rsidRDefault="0002447E" w:rsidP="0002447E">
+    <w:p w14:paraId="2CD05799" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00312914" w:rsidRDefault="0002447E" w:rsidP="0002447E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>10. Mokinių grupė(s), klasė(s): </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FBD6006" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00B91998" w:rsidRDefault="0002447E" w:rsidP="0002447E">
+    <w:p w14:paraId="4FBD6006" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00312914" w:rsidRDefault="0002447E" w:rsidP="0002447E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>11. Mokinių skaičius: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F199F0C" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00B91998" w:rsidRDefault="0002447E" w:rsidP="0002447E">
+    <w:p w14:paraId="2F199F0C" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00312914" w:rsidRDefault="0002447E" w:rsidP="0002447E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04F7532C" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00B91998" w:rsidRDefault="0002447E" w:rsidP="0002447E">
+    <w:p w14:paraId="04F7532C" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00312914" w:rsidRDefault="0002447E" w:rsidP="0002447E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F3E8139" w14:textId="40666F0F" w:rsidR="0002447E" w:rsidRPr="00B91998" w:rsidRDefault="0002447E" w:rsidP="0002447E">
+    <w:p w14:paraId="1F3E8139" w14:textId="40666F0F" w:rsidR="0002447E" w:rsidRPr="00312914" w:rsidRDefault="0002447E" w:rsidP="0002447E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Turizmo rengini</w:t>
       </w:r>
-      <w:r w:rsidR="00D65515" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00D65515">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">o </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>vadovas:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>        .......................   ....................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF03110" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00B91998" w:rsidRDefault="0002447E" w:rsidP="0002447E">
+    <w:p w14:paraId="3BF03110" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00312914" w:rsidRDefault="0002447E" w:rsidP="0002447E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>                                                                        (parašas)                   (vardas, pavardė) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="089705FD" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00B91998" w:rsidRDefault="0002447E" w:rsidP="0002447E">
+    <w:p w14:paraId="089705FD" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00312914" w:rsidRDefault="0002447E" w:rsidP="0002447E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="24CD5FDA" w14:textId="4E9AAF00" w:rsidR="0002447E" w:rsidRPr="00B91998" w:rsidRDefault="0002447E" w:rsidP="0002447E">
+    <w:p w14:paraId="24CD5FDA" w14:textId="4E9AAF00" w:rsidR="0002447E" w:rsidRPr="00312914" w:rsidRDefault="0002447E" w:rsidP="0002447E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Atsakingi lydintys asmenys:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">     .............  </w:t>
       </w:r>
-      <w:r w:rsidR="00D65515" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00D65515">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> .....................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75E2F6B9" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00B91998" w:rsidRDefault="0002447E" w:rsidP="0002447E">
+    <w:p w14:paraId="75E2F6B9" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00312914" w:rsidRDefault="0002447E" w:rsidP="0002447E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>                                                                         (parašas)                    (vardas, pavardė)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F2010D1" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00B91998" w:rsidRDefault="0002447E" w:rsidP="0002447E">
+    <w:p w14:paraId="1F2010D1" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00312914" w:rsidRDefault="0002447E" w:rsidP="0002447E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C31F446" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00B91998" w:rsidRDefault="0002447E" w:rsidP="0002447E">
+    <w:p w14:paraId="2C31F446" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00312914" w:rsidRDefault="0002447E" w:rsidP="0002447E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>                                                     .............................    </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1374ECD0" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00B91998" w:rsidRDefault="0002447E" w:rsidP="0002447E">
+    <w:p w14:paraId="1374ECD0" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00312914" w:rsidRDefault="0002447E" w:rsidP="0002447E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>                                                                         (parašas)                    (vardas, pavardė)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EC78008" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00B91998" w:rsidRDefault="0002447E" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="5EC78008" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00312914" w:rsidRDefault="0002447E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="5103"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D231F89" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00B91998" w:rsidRDefault="0002447E" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="3D231F89" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00312914" w:rsidRDefault="0002447E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="5103"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B237AB3" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00B91998" w:rsidRDefault="0002447E" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="7B237AB3" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00312914" w:rsidRDefault="0002447E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="5103"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49A384F8" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00B91998" w:rsidRDefault="0002447E" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="49A384F8" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00312914" w:rsidRDefault="0002447E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="5103"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71D1D8E5" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00B91998" w:rsidRDefault="0002447E" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="71D1D8E5" w14:textId="77777777" w:rsidR="0002447E" w:rsidRPr="00312914" w:rsidRDefault="0002447E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="5103"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2470C0E8" w14:textId="77777777" w:rsidR="00F759E2" w:rsidRPr="00B91998" w:rsidRDefault="00F759E2" w:rsidP="00F759E2">
+    <w:p w14:paraId="2470C0E8" w14:textId="77777777" w:rsidR="00F759E2" w:rsidRDefault="00F759E2" w:rsidP="00F759E2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="51CB7040" w14:textId="77777777" w:rsidR="00D65515" w:rsidRPr="00B91998" w:rsidRDefault="00F759E2" w:rsidP="00F759E2">
+    <w:p w14:paraId="51CB7040" w14:textId="77777777" w:rsidR="00D65515" w:rsidRDefault="00F759E2" w:rsidP="00F759E2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                            </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="455EF360" w14:textId="77777777" w:rsidR="00D65515" w:rsidRPr="00B91998" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
+    <w:p w14:paraId="455EF360" w14:textId="77777777" w:rsidR="00D65515" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D4D70A0" w14:textId="77777777" w:rsidR="00D65515" w:rsidRPr="00B91998" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
+    <w:p w14:paraId="5D4D70A0" w14:textId="77777777" w:rsidR="00D65515" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DB1BD45" w14:textId="77777777" w:rsidR="00D65515" w:rsidRPr="00B91998" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
+    <w:p w14:paraId="6DB1BD45" w14:textId="77777777" w:rsidR="00D65515" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="006FDA92" w14:textId="4EC24762" w:rsidR="00765EE1" w:rsidRPr="00B91998" w:rsidRDefault="00765EE1" w:rsidP="00765EE1">
+    <w:p w14:paraId="423F4F18" w14:textId="77777777" w:rsidR="00D65515" w:rsidRDefault="00D65515" w:rsidP="00F759E2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4943BAE5" w14:textId="77777777" w:rsidR="00765EE1" w:rsidRPr="00B91998" w:rsidRDefault="00765EE1">
-[...18 lines deleted...]
-    <w:p w14:paraId="12B54A06" w14:textId="0E395A23" w:rsidR="00E30775" w:rsidRPr="00B91998" w:rsidRDefault="00E30775" w:rsidP="00D65515">
+    <w:p w14:paraId="12B54A06" w14:textId="56B6EA17" w:rsidR="00E30775" w:rsidRPr="00312914" w:rsidRDefault="00F759E2" w:rsidP="00D65515">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="5103"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00E30775" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">Marijampolės „Ryto“ progimnazijos </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="007BB92C" w14:textId="77777777" w:rsidR="00D65515" w:rsidRPr="00B91998" w:rsidRDefault="00F759E2" w:rsidP="00D65515">
+    <w:p w14:paraId="007BB92C" w14:textId="77777777" w:rsidR="00D65515" w:rsidRDefault="00F759E2" w:rsidP="00D65515">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="5103"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="00E30775" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E30775" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mokinių ugdymo ne pro</w:t>
       </w:r>
-      <w:r w:rsidR="00D65515" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00D65515">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>gimnazijos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="475409D7" w14:textId="1EDF2FE6" w:rsidR="00D65515" w:rsidRPr="00B91998" w:rsidRDefault="0002447E" w:rsidP="00D65515">
+    <w:p w14:paraId="475409D7" w14:textId="1EDF2FE6" w:rsidR="00D65515" w:rsidRDefault="0002447E" w:rsidP="00D65515">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="5103"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D65515" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00D65515">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E30775" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E30775" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">aplinkoje </w:t>
       </w:r>
-      <w:r w:rsidR="00D65515" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00D65515">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>organizavimo tvarkos aprašo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3904A5FB" w14:textId="6CBC3ED6" w:rsidR="00E30775" w:rsidRPr="00B91998" w:rsidRDefault="00D65515" w:rsidP="00D65515">
+    <w:p w14:paraId="3904A5FB" w14:textId="6CBC3ED6" w:rsidR="00E30775" w:rsidRDefault="00D65515" w:rsidP="00D65515">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="5103"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="00AD4DE9" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00AD4DE9" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00E30775" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E30775" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> priedas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C07B856" w14:textId="77777777" w:rsidR="00D65515" w:rsidRPr="00B91998" w:rsidRDefault="00D65515" w:rsidP="00D65515">
+    <w:p w14:paraId="3C07B856" w14:textId="77777777" w:rsidR="00D65515" w:rsidRPr="00312914" w:rsidRDefault="00D65515" w:rsidP="00D65515">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="5103"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F4F4650" w14:textId="77777777" w:rsidR="00E30775" w:rsidRPr="00B91998" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="4F4F4650" w14:textId="77777777" w:rsidR="00E30775" w:rsidRPr="00312914" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F4940A2" w14:textId="77777777" w:rsidR="00E30775" w:rsidRPr="00B91998" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="2F4940A2" w14:textId="77777777" w:rsidR="00E30775" w:rsidRPr="00312914" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman,Bold"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman,Bold"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">TĖVŲ ARBA TEISĖTŲ VAIKO GLOBĖJŲ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SUTIKIMA</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman,Bold"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>S DĖL MOKINIO DALYVAVIMO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28414AF7" w14:textId="77777777" w:rsidR="00E30775" w:rsidRPr="00B91998" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="28414AF7" w14:textId="77777777" w:rsidR="00E30775" w:rsidRPr="00312914" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">TURIZMO RENGINYJE </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BE59D7A" w14:textId="77777777" w:rsidR="00E30775" w:rsidRPr="00B91998" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="6BE59D7A" w14:textId="77777777" w:rsidR="00E30775" w:rsidRPr="00312914" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62D7308D" w14:textId="77777777" w:rsidR="00E30775" w:rsidRPr="00B91998" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="62D7308D" w14:textId="77777777" w:rsidR="00E30775" w:rsidRPr="00312914" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="746E8C54" w14:textId="77777777" w:rsidR="00E30775" w:rsidRPr="00B91998" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="746E8C54" w14:textId="77777777" w:rsidR="00E30775" w:rsidRPr="00312914" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="500A5D10" w14:textId="77777777" w:rsidR="00E30775" w:rsidRPr="00B91998" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="500A5D10" w14:textId="77777777" w:rsidR="00E30775" w:rsidRPr="00312914" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38A1140B" w14:textId="77777777" w:rsidR="00E30775" w:rsidRPr="00B91998" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="38A1140B" w14:textId="77777777" w:rsidR="00E30775" w:rsidRPr="00312914" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="168AACAF" w14:textId="541F9441" w:rsidR="00E30775" w:rsidRPr="00B91998" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="168AACAF" w14:textId="541F9441" w:rsidR="00E30775" w:rsidRPr="00312914" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Renginio pavad</w:t>
       </w:r>
-      <w:r w:rsidR="00D65515" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00D65515">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nimas_______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="610F8260" w14:textId="75E5859D" w:rsidR="00E30775" w:rsidRPr="00B91998" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="610F8260" w14:textId="75E5859D" w:rsidR="00E30775" w:rsidRPr="00312914" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B097DAF" w14:textId="77777777" w:rsidR="00E30775" w:rsidRPr="00B91998" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="2B097DAF" w14:textId="77777777" w:rsidR="00E30775" w:rsidRPr="00312914" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26277020" w14:textId="558C824E" w:rsidR="00E30775" w:rsidRPr="00B91998" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="26277020" w14:textId="558C824E" w:rsidR="00E30775" w:rsidRPr="00312914" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Renginio pradžia ir vieta_______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52055563" w14:textId="29A19998" w:rsidR="00E30775" w:rsidRPr="00B91998" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="52055563" w14:textId="29A19998" w:rsidR="00E30775" w:rsidRPr="00312914" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Renginio pabaiga ir vieta _________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31A9A808" w14:textId="58F1D8E2" w:rsidR="00E30775" w:rsidRPr="00B91998" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="31A9A808" w14:textId="58F1D8E2" w:rsidR="00E30775" w:rsidRPr="00312914" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Renginio vadovas (-ai) _________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54A0186A" w14:textId="3E80ADA8" w:rsidR="00E30775" w:rsidRPr="00B91998" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="54A0186A" w14:textId="3E80ADA8" w:rsidR="00E30775" w:rsidRPr="00312914" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                         (vardas, pavardė)                                                                                 (telefono </w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="1CD58EB9" w14:textId="77777777" w:rsidR="00E30775" w:rsidRPr="00B91998" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
+        <w:t xml:space="preserve">                                                                                         (vardas, pavardė)                                                                                 (telefono nr.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CD58EB9" w14:textId="77777777" w:rsidR="00E30775" w:rsidRPr="00312914" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47D11E7B" w14:textId="3B2882BE" w:rsidR="00E30775" w:rsidRPr="00B91998" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="47D11E7B" w14:textId="3B2882BE" w:rsidR="00E30775" w:rsidRPr="00312914" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Sutinku, kad mano vaikas ___________________________________________, supažindintas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C8B3544" w14:textId="5CFA7B40" w:rsidR="00E30775" w:rsidRPr="00B91998" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="3C8B3544" w14:textId="5CFA7B40" w:rsidR="00E30775" w:rsidRPr="00312914" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                     (vardas, pavardė, klasė)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="438750B6" w14:textId="7F8ACA16" w:rsidR="00E30775" w:rsidRPr="00B91998" w:rsidRDefault="009A75B9" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="438750B6" w14:textId="7F8ACA16" w:rsidR="00E30775" w:rsidRPr="00312914" w:rsidRDefault="009A75B9" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00E30775" w:rsidRPr="00B91998">
-[...26 lines deleted...]
-    <w:p w14:paraId="39303C3F" w14:textId="77777777" w:rsidR="00E30775" w:rsidRPr="00B91998" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
+      <w:r w:rsidR="00E30775" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>u renginio programa, saugos bei sveikatos instrukcija, dalyvautų šiame renginyje, o esant būtinybei, jam būtų suteikta medicinos pagalba. Prisiimu atsakomybę dėl tinkamo vaiko elgesio. Sutinku, jog esant būtinybei su manimi būtų susisiekta telefonu nr. _____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39303C3F" w14:textId="77777777" w:rsidR="00E30775" w:rsidRPr="00312914" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A840678" w14:textId="30346A79" w:rsidR="00E30775" w:rsidRPr="00B91998" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="0A840678" w14:textId="30346A79" w:rsidR="00E30775" w:rsidRPr="00312914" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Pastabos dėl vaiko sveikatos (jei reikia): _______________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00D65515" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00D65515">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>__________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05F8EB4F" w14:textId="7E31AA37" w:rsidR="00E30775" w:rsidRPr="00B91998" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="05F8EB4F" w14:textId="7E31AA37" w:rsidR="00E30775" w:rsidRPr="00312914" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00D65515" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00D65515">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3967F4A4" w14:textId="77777777" w:rsidR="00E30775" w:rsidRPr="00B91998" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="3967F4A4" w14:textId="77777777" w:rsidR="00E30775" w:rsidRPr="00312914" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6421013B" w14:textId="77777777" w:rsidR="00E30775" w:rsidRPr="00B91998" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="6421013B" w14:textId="77777777" w:rsidR="00E30775" w:rsidRPr="00312914" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                               </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6139237A" w14:textId="77777777" w:rsidR="00E30775" w:rsidRPr="00B91998" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="6139237A" w14:textId="77777777" w:rsidR="00E30775" w:rsidRPr="00312914" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mokinio tėvai (globėjai, rūpintojai) ___________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6812E080" w14:textId="5F83409F" w:rsidR="00E30775" w:rsidRPr="00B91998" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="6812E080" w14:textId="5F83409F" w:rsidR="00E30775" w:rsidRPr="00312914" w:rsidRDefault="00E30775" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                           (parašas, vardas, pavardė)                                                     </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="052664A2" w14:textId="77777777" w:rsidR="00D65515" w:rsidRPr="00B91998" w:rsidRDefault="00D65515" w:rsidP="00D65515">
+    <w:p w14:paraId="052664A2" w14:textId="77777777" w:rsidR="00D65515" w:rsidRDefault="00D65515" w:rsidP="00D65515">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk207791790"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="4D605D9C" w14:textId="77777777" w:rsidR="00D65515" w:rsidRPr="00B91998" w:rsidRDefault="00E30775" w:rsidP="00D65515">
+    <w:p w14:paraId="4D605D9C" w14:textId="77777777" w:rsidR="00D65515" w:rsidRDefault="00E30775" w:rsidP="00D65515">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="0D71FE9F" w14:textId="77777777" w:rsidR="00D65515" w:rsidRPr="00B91998" w:rsidRDefault="00D65515" w:rsidP="00D65515">
+    <w:p w14:paraId="0D71FE9F" w14:textId="77777777" w:rsidR="00D65515" w:rsidRDefault="00D65515" w:rsidP="00D65515">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="5103"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="470EF938" w14:textId="77777777" w:rsidR="00765EE1" w:rsidRPr="00B91998" w:rsidRDefault="00765EE1">
-[...18 lines deleted...]
-    <w:p w14:paraId="60BA8A68" w14:textId="4665B649" w:rsidR="00CD62D6" w:rsidRPr="00B91998" w:rsidRDefault="00CD62D6" w:rsidP="00D65515">
+    <w:p w14:paraId="60BA8A68" w14:textId="4952ED9A" w:rsidR="00CD62D6" w:rsidRPr="00312914" w:rsidRDefault="00CD62D6" w:rsidP="00D65515">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="5103"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Marijampolės „</w:t>
       </w:r>
-      <w:r w:rsidR="00E30775" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00E30775" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ryto</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">“ progimnazijos </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F5CA33A" w14:textId="77777777" w:rsidR="00CD62D6" w:rsidRPr="00B91998" w:rsidRDefault="00CD62D6" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="6F5CA33A" w14:textId="77777777" w:rsidR="00CD62D6" w:rsidRPr="00312914" w:rsidRDefault="00CD62D6" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="5103"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mokinių ugdymo ne progimnazijos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FEED40B" w14:textId="5FF93727" w:rsidR="00CD62D6" w:rsidRPr="00B91998" w:rsidRDefault="00CD62D6" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="4FEED40B" w14:textId="5FF93727" w:rsidR="00CD62D6" w:rsidRPr="00312914" w:rsidRDefault="00CD62D6" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="5103"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>aplinkoje organizavimo tvarkos</w:t>
       </w:r>
-      <w:r w:rsidR="00D65515" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00D65515">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> aprašo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18497A19" w14:textId="46D9DFB0" w:rsidR="00CD62D6" w:rsidRPr="00B91998" w:rsidRDefault="009A75B9" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="18497A19" w14:textId="46D9DFB0" w:rsidR="00CD62D6" w:rsidRPr="00312914" w:rsidRDefault="009A75B9" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="5103"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00CD62D6" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00CD62D6" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> priedas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F819EAC" w14:textId="77777777" w:rsidR="0002587A" w:rsidRPr="00B91998" w:rsidRDefault="0002587A" w:rsidP="00AB0E7F">
-[...15 lines deleted...]
-    <w:p w14:paraId="1D43428A" w14:textId="77777777" w:rsidR="00A40C6A" w:rsidRPr="00B91998" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="1F819EAC" w14:textId="77777777" w:rsidR="0002587A" w:rsidRDefault="0002587A" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C5A2F9C" w14:textId="77777777" w:rsidR="00D65515" w:rsidRPr="00312914" w:rsidRDefault="00D65515" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D43428A" w14:textId="77777777" w:rsidR="00A40C6A" w:rsidRPr="00312914" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>VIENOS DIENOS MOKINIŲ IŠVYKOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="385C6114" w14:textId="77777777" w:rsidR="00A40C6A" w:rsidRPr="00B91998" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="385C6114" w14:textId="77777777" w:rsidR="00A40C6A" w:rsidRPr="00312914" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SAUGOS IR SVEIKATOS INSTRUKCIJA NR. 1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B0EC01A" w14:textId="77777777" w:rsidR="000B45C2" w:rsidRPr="00B91998" w:rsidRDefault="000B45C2" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="0B0EC01A" w14:textId="77777777" w:rsidR="000B45C2" w:rsidRPr="00312914" w:rsidRDefault="000B45C2" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B0517E7" w14:textId="14A4A305" w:rsidR="00A40C6A" w:rsidRPr="00B91998" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="4B0517E7" w14:textId="14A4A305" w:rsidR="00A40C6A" w:rsidRPr="00312914" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D72D861" w14:textId="77777777" w:rsidR="00A40C6A" w:rsidRPr="00B91998" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="1D72D861" w14:textId="77777777" w:rsidR="00A40C6A" w:rsidRPr="00312914" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>BENDROJI DALIS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="620E6E3D" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="620E6E3D" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="11F446FF" w14:textId="4F83F971" w:rsidR="00A40C6A" w:rsidRPr="00B91998" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="11F446FF" w14:textId="4F83F971" w:rsidR="00A40C6A" w:rsidRPr="00312914" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1. Šia instrukcija siekiama užtikrinti mokinių ir vadovų saugą ir sveikatą</w:t>
       </w:r>
-      <w:r w:rsidR="00967D8E" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00967D8E" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vienos dienos išvykos metu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B412497" w14:textId="123B689D" w:rsidR="00A40C6A" w:rsidRPr="00B91998" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="2B412497" w14:textId="123B689D" w:rsidR="00A40C6A" w:rsidRPr="00312914" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2. Patvirtinta instrukcija yra norminis progimnazijos dokumentas,</w:t>
       </w:r>
-      <w:r w:rsidR="00967D8E" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00967D8E" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nusakantis mokiniams jų veiklos ir elgesio reikalavimus renginyje, kad nebūtų</w:t>
       </w:r>
-      <w:r w:rsidR="00967D8E" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00967D8E" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>padaryta žala gamtai, savo ir kitų mokinių saugai ir sveikatai.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BBE5358" w14:textId="7E3EB209" w:rsidR="00A40C6A" w:rsidRPr="00B91998" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="3BBE5358" w14:textId="7E3EB209" w:rsidR="00A40C6A" w:rsidRPr="00312914" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3. Instrukcija nusako su mokinių veikla susijusius pavojus, rizikas ir</w:t>
       </w:r>
-      <w:r w:rsidR="00967D8E" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00967D8E" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>reikalauja griežtai laikytis saugos priemonių, elgesio taisyklių ir etiketo</w:t>
       </w:r>
-      <w:r w:rsidR="00967D8E" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00967D8E" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>reikalavimų išvykos, ekskursijos metu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5791F7C6" w14:textId="0F9034EF" w:rsidR="00CD62D6" w:rsidRPr="00B91998" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00B91998">
+    <w:p w14:paraId="5791F7C6" w14:textId="0F9034EF" w:rsidR="00CD62D6" w:rsidRPr="00312914" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4. Mokiniai su šia instrukcija supažindinami prieš išvyką.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="354F9686" w14:textId="77777777" w:rsidR="00A40C6A" w:rsidRPr="00B91998" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="354F9686" w14:textId="77777777" w:rsidR="00A40C6A" w:rsidRPr="00312914" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>II SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="494E70CA" w14:textId="77777777" w:rsidR="00A40C6A" w:rsidRPr="00B91998" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="494E70CA" w14:textId="77777777" w:rsidR="00A40C6A" w:rsidRPr="00312914" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>GALIMI RIZIKOS VEIKSNIAI. SAUGOS PRIEMONĖS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3710FEF2" w14:textId="77777777" w:rsidR="000B45C2" w:rsidRPr="00B91998" w:rsidRDefault="000B45C2" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="3710FEF2" w14:textId="77777777" w:rsidR="000B45C2" w:rsidRPr="00312914" w:rsidRDefault="000B45C2" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="731A1DC1" w14:textId="49ECFA93" w:rsidR="00A40C6A" w:rsidRPr="00B91998" w:rsidRDefault="00A40C6A" w:rsidP="00226E5C">
+    <w:p w14:paraId="731A1DC1" w14:textId="49ECFA93" w:rsidR="00A40C6A" w:rsidRPr="00312914" w:rsidRDefault="00A40C6A" w:rsidP="00226E5C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5. Eismo įvykis, avarijos grėsmė. Saugos priemonė – laikytis pėsčiųjų</w:t>
       </w:r>
-      <w:r w:rsidR="00967D8E" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00967D8E" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>saugaus eismo, dviračių eismo taisyklių ir reikalavimų gatvėje, transporto</w:t>
       </w:r>
-      <w:r w:rsidR="00967D8E" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00967D8E" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>priemonėje, kelyje.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56D9A015" w14:textId="2BC0E132" w:rsidR="00A40C6A" w:rsidRPr="00B91998" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="56D9A015" w14:textId="2BC0E132" w:rsidR="00A40C6A" w:rsidRPr="00312914" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6. Skendimas. Laikytis maudymosi atviruose telkiniuose, plaukimo</w:t>
       </w:r>
-      <w:r w:rsidR="00967D8E" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00967D8E" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>įvairiomis vandens transporto priemonėmis taisyklių, pasirūpinti reikiamomis</w:t>
       </w:r>
-      <w:r w:rsidR="00967D8E" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00967D8E" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>saugos vandenyje priemonėmis (gelbėjimosi ratais, liemenėmis); be vadovo</w:t>
       </w:r>
-      <w:r w:rsidR="00967D8E" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00967D8E" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>leidimo nelipti į vandenį, nesimaudyti nepažymėtoje maudymosi vietoje.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21CF7E38" w14:textId="030230A4" w:rsidR="00A40C6A" w:rsidRPr="00B91998" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="21CF7E38" w14:textId="030230A4" w:rsidR="00A40C6A" w:rsidRPr="00312914" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7. Terminiai nudegimai. Laikytis priešgaisrinių ir aplinkosaugos</w:t>
       </w:r>
-      <w:r w:rsidR="00967D8E" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00967D8E" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>reikalavimų. Laužą kurti tik su pirštinėmis ir galvos apdangalu ne arčiau kaip</w:t>
       </w:r>
-      <w:r w:rsidR="00967D8E" w:rsidRPr="00B91998">
+      <w:r w:rsidR="00967D8E" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>50 m. nuo medynų pakraščių.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1684806C" w14:textId="261B6F68" w:rsidR="00CD62D6" w:rsidRPr="00B91998" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="1684806C" w14:textId="261B6F68" w:rsidR="00CD62D6" w:rsidRPr="00312914" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8. Sužeidimo galimybė. Laikytis saugaus eismo, elgesio gamtoje, viešose</w:t>
       </w:r>
-      <w:r w:rsidR="000B45C2" w:rsidRPr="00B91998">
+      <w:r w:rsidR="000B45C2" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vietose taisyklių.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="703921C6" w14:textId="26AA4AE4" w:rsidR="00A40C6A" w:rsidRPr="00B91998" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="703921C6" w14:textId="26AA4AE4" w:rsidR="00A40C6A" w:rsidRPr="00312914" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>9. Saulės smūgis, nušalimai. Priklausomai nuo meteorologinių sąlygų,</w:t>
       </w:r>
-      <w:r w:rsidR="000B45C2" w:rsidRPr="00B91998">
+      <w:r w:rsidR="000B45C2" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pasirūpinti tinkama apranga ir galvos apdangalu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="726BB764" w14:textId="4AE13F6D" w:rsidR="009A75B9" w:rsidRPr="00B91998" w:rsidRDefault="00A40C6A" w:rsidP="00D65515">
+    <w:p w14:paraId="726BB764" w14:textId="4AE13F6D" w:rsidR="009A75B9" w:rsidRPr="00D65515" w:rsidRDefault="00A40C6A" w:rsidP="00D65515">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>10. Vabzdžių įgėlimai, erkės, gyvatės, šuns, laukinio žvėries įkandimas.</w:t>
       </w:r>
-      <w:r w:rsidR="000B45C2" w:rsidRPr="00B91998">
+      <w:r w:rsidR="000B45C2" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
-[...28 lines deleted...]
-      <w:r w:rsidR="000B45C2" w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pasirūpinti tinkama apranga ir apavu (storapadžiai batai ir kt.), vengti nuošalių</w:t>
+      </w:r>
+      <w:r w:rsidR="000B45C2" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sodybų, kur galima grėsmė sutikti</w:t>
       </w:r>
-      <w:r w:rsidR="000B45C2" w:rsidRPr="00B91998">
+      <w:r w:rsidR="000B45C2" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nepririštus šunis; išsiaiškinti, ar vietovė nėra</w:t>
       </w:r>
-      <w:r w:rsidR="000B45C2" w:rsidRPr="00B91998">
+      <w:r w:rsidR="000B45C2" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>paskelbta draudžiama lankyti zona.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="369BFA82" w14:textId="77777777" w:rsidR="00765EE1" w:rsidRPr="00B91998" w:rsidRDefault="00765EE1" w:rsidP="00D65515">
+    <w:p w14:paraId="67B896BC" w14:textId="3D18907C" w:rsidR="00A40C6A" w:rsidRPr="00312914" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="49" w:firstLine="709"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="67B896BC" w14:textId="3D18907C" w:rsidR="00A40C6A" w:rsidRPr="00B91998" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
+        <w:ind w:right="49"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>III SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F7B8F9A" w14:textId="77777777" w:rsidR="00A40C6A" w:rsidRPr="00312914" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-    <w:p w14:paraId="2F7B8F9A" w14:textId="77777777" w:rsidR="00A40C6A" w:rsidRPr="00B91998" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
+        <w:t>VEIKSMAI IŠVYKOS METU</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="502C0684" w14:textId="77777777" w:rsidR="000B45C2" w:rsidRPr="00312914" w:rsidRDefault="000B45C2" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
-[...11 lines deleted...]
-    <w:p w14:paraId="502C0684" w14:textId="77777777" w:rsidR="000B45C2" w:rsidRPr="00B91998" w:rsidRDefault="000B45C2" w:rsidP="00AB0E7F">
+    </w:p>
+    <w:p w14:paraId="4847174F" w14:textId="3DBDF8EF" w:rsidR="00A40C6A" w:rsidRPr="00312914" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="49"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="4847174F" w14:textId="3DBDF8EF" w:rsidR="00A40C6A" w:rsidRPr="00B91998" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>11. Visi privalo vykdyti išvykos vadovo ir lydinčių asmenų nurodymus ir</w:t>
+      </w:r>
+      <w:r w:rsidR="000B45C2" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>laikytis saugos reikalavimų.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FA9D9F6" w14:textId="7960ADA1" w:rsidR="00A40C6A" w:rsidRPr="00312914" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
-[...8 lines deleted...]
-      <w:r w:rsidR="000B45C2" w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>12. Nuolat teikti informaciją vaikams apie atvykimo į punktus laiką,</w:t>
+      </w:r>
+      <w:r w:rsidR="000B45C2" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
-[...9 lines deleted...]
-    <w:p w14:paraId="7FA9D9F6" w14:textId="7960ADA1" w:rsidR="00A40C6A" w:rsidRPr="00B91998" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>susirinkimo vietas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="321BA130" w14:textId="77777777" w:rsidR="00A40C6A" w:rsidRPr="00312914" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
-[...27 lines deleted...]
-    <w:p w14:paraId="321BA130" w14:textId="77777777" w:rsidR="00A40C6A" w:rsidRPr="00B91998" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>13. Žygiuose pėsčiomis:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69037ACA" w14:textId="77777777" w:rsidR="00A40C6A" w:rsidRPr="00312914" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
-[...9 lines deleted...]
-    <w:p w14:paraId="69037ACA" w14:textId="77777777" w:rsidR="00A40C6A" w:rsidRPr="00B91998" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>13.1. eiti tik nustatytu maršrutu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BAD834C" w14:textId="3B4C7E4E" w:rsidR="00A40C6A" w:rsidRPr="00312914" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
-[...9 lines deleted...]
-    <w:p w14:paraId="6BAD834C" w14:textId="3B4C7E4E" w:rsidR="00A40C6A" w:rsidRPr="00B91998" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>13.2. draudžiama grupei išsiskirstyti smulkesnėmis grupelėmis,</w:t>
+      </w:r>
+      <w:r w:rsidR="000B45C2" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>savavališkai atsiskirti nuo pagrindinės grupės, keisti maršrutą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1373E8E6" w14:textId="211E8511" w:rsidR="00CD62D6" w:rsidRPr="00312914" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
-[...8 lines deleted...]
-      <w:r w:rsidR="000B45C2" w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>13.3. neatsilikti nuo grupės, pasimetus skambinti vadovui ar draugui ir</w:t>
+      </w:r>
+      <w:r w:rsidR="000B45C2" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
-[...9 lines deleted...]
-    <w:p w14:paraId="1373E8E6" w14:textId="211E8511" w:rsidR="00CD62D6" w:rsidRPr="00B91998" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nurodyti buvimo vietą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D178340" w14:textId="7836C812" w:rsidR="00A40C6A" w:rsidRPr="00312914" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
-[...8 lines deleted...]
-      <w:r w:rsidR="000B45C2" w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>13.4. neturint galimybės susisiekti, laukti toje vietoje, kurioje atsiskyrė</w:t>
+      </w:r>
+      <w:r w:rsidR="000B45C2" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
-[...9 lines deleted...]
-    <w:p w14:paraId="6D178340" w14:textId="7836C812" w:rsidR="00A40C6A" w:rsidRPr="00B91998" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nuo grupės, nebandyti patiems susirasti grupę;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65795CEC" w14:textId="55B3A42E" w:rsidR="00A40C6A" w:rsidRPr="00312914" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
-[...8 lines deleted...]
-      <w:r w:rsidR="000B45C2" w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>13.5. jeigu išvykos dalyvis tiksliai žino grupės buvimo adresą, galima</w:t>
+      </w:r>
+      <w:r w:rsidR="000B45C2" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
-[...9 lines deleted...]
-    <w:p w14:paraId="65795CEC" w14:textId="55B3A42E" w:rsidR="00A40C6A" w:rsidRPr="00B91998" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kreiptis į policijos pareigūnus, jei jie yra netoliese, kad padėtų pasiekti grupės</w:t>
+      </w:r>
+      <w:r w:rsidR="000B45C2" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>buvimo vietą. Kategoriškai atsisakyti nepažįstamų žmonių siūlomos pagalbos;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EC0BC29" w14:textId="2992AF81" w:rsidR="00A40C6A" w:rsidRPr="00312914" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
-[...8 lines deleted...]
-      <w:r w:rsidR="000B45C2" w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>13.6. eiti per gatvę su visa grupe tik tam skirtose vietose (pėsčiųjų</w:t>
+      </w:r>
+      <w:r w:rsidR="000B45C2" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
-[...27 lines deleted...]
-    <w:p w14:paraId="0EC0BC29" w14:textId="2992AF81" w:rsidR="00A40C6A" w:rsidRPr="00B91998" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>perėjose, degant žaliam šviesoforo signalui);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52998D89" w14:textId="0B6C8993" w:rsidR="00A40C6A" w:rsidRPr="00312914" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
-[...8 lines deleted...]
-      <w:r w:rsidR="000B45C2" w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>13.7. eiti šaligatviais arba pėsčiųjų takais dešine puse, o ten, kur jų nėra</w:t>
+      </w:r>
+      <w:r w:rsidR="000B45C2" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
-[...9 lines deleted...]
-    <w:p w14:paraId="52998D89" w14:textId="0B6C8993" w:rsidR="00A40C6A" w:rsidRPr="00B91998" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>– kelkraščiu, prieš transporto priemonių važiavimo kryptį. Eiti tvarkingai,</w:t>
+      </w:r>
+      <w:r w:rsidR="000B45C2" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nesistumdant. Pastebėjus, kad kas nors skuba, pasitraukti į šalį.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67D797AF" w14:textId="77777777" w:rsidR="00A40C6A" w:rsidRPr="00312914" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
-[...45 lines deleted...]
-    <w:p w14:paraId="67D797AF" w14:textId="77777777" w:rsidR="00A40C6A" w:rsidRPr="00B91998" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>14. Vykstant autobusu:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E32676F" w14:textId="7D163BFE" w:rsidR="00A40C6A" w:rsidRPr="00312914" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
-[...9 lines deleted...]
-    <w:p w14:paraId="3E32676F" w14:textId="7D163BFE" w:rsidR="00A40C6A" w:rsidRPr="00B91998" w:rsidRDefault="00A40C6A" w:rsidP="00AB0E7F">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>14.1. autobuso laukti vadovo nurodytoje</w:t>
+      </w:r>
+      <w:r w:rsidR="000B45C2" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vietoje nustatytu laiku, jam atvykus – nebėgti, įlipant ir išlipant –</w:t>
+      </w:r>
+      <w:r w:rsidR="000B45C2" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nesistumdyti, laikytis eilės;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62EFB747" w14:textId="15268A78" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
-          <w:kern w:val="0"/>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>14.2. draudžiama autobuse triukšmauti, vaikščioti, iškišti rankas pro</w:t>
+      </w:r>
+      <w:r w:rsidR="000B45C2" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>langą, mojuoti, rodyti gestus kitiems eismo dalyviams, persisverti pro</w:t>
+      </w:r>
+      <w:r w:rsidR="000B45C2" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
-[...9 lines deleted...]
-    <w:p w14:paraId="62EFB747" w14:textId="15268A78" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>važiuojančios transporto priemonės langą, išlipus iš autobuso iškart bėgti per</w:t>
+      </w:r>
+      <w:r w:rsidR="000B45C2" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gatvę;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2157018D" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>14.2. draudžiama autobuse triukšmauti, vaikščioti, iškišti rankas pro</w:t>
-[...62 lines deleted...]
-    <w:p w14:paraId="2157018D" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+        <w:t>14.3. šiukšles mesti tik į tam skirtas vietas, nemėtyti jų pro langą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21E34123" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>14.3. šiukšles mesti tik į tam skirtas vietas, nemėtyti jų pro langą.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="21E34123" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+        <w:t>15. Elgesys gamtoje:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2646970F" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15.1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>15. Elgesys gamtoje:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2646970F" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+        <w:t>saugoti gamtą ir nedaryti jai žalos;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="006295DF" w14:textId="1A96C0E8" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>saugoti gamtą ir nedaryti jai žalos;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="006295DF" w14:textId="1A96C0E8" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+        <w:t>15.2. nešiukšlinti: popierių, stiklo tarą ar duženas bei kitas šiukšles</w:t>
+      </w:r>
+      <w:r w:rsidR="000B45C2" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>palikti šiukšlių dėžėse;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="122A0231" w14:textId="75CDB4F9" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>15.2. nešiukšlinti: popierių, stiklo tarą ar duženas bei kitas šiukšles</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000B45C2" w:rsidRPr="00B91998">
+        <w:t>15.3. jei nėra įrengtų laužaviečių, laužui reikia pasirinkti tinkamą, atvirą</w:t>
+      </w:r>
+      <w:r w:rsidR="000B45C2" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>palikti šiukšlių dėžėse;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="122A0231" w14:textId="75CDB4F9" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+        <w:t>vietą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31C72BD3" w14:textId="1C5D4D06" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>15.3. jei nėra įrengtų laužaviečių, laužui reikia pasirinkti tinkamą, atvirą</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000B45C2" w:rsidRPr="00B91998">
+        <w:t>15.4. nepalikti degančio laužo, žarijas užpilti žemėmis ar vandeniu,</w:t>
+      </w:r>
+      <w:r w:rsidR="000B45C2" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>vietą;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="31C72BD3" w14:textId="1C5D4D06" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+        <w:t>sutvarkyti laužavietę;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="486817C2" w14:textId="102BAE95" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>15.4. nepalikti degančio laužo, žarijas užpilti žemėmis ar vandeniu,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000B45C2" w:rsidRPr="00B91998">
+        <w:t>15.5. laužą kurti tik su pirštinėmis ir galvos apdangalu ne arčiau kaip 50</w:t>
+      </w:r>
+      <w:r w:rsidR="000B45C2" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>sutvarkyti laužavietę;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="486817C2" w14:textId="102BAE95" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+        <w:t>m. nuo medynų pakraščių;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5017928A" w14:textId="77777777" w:rsidR="000B45C2" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>15.6. nenaudoti degių skysčių laužui įkurti;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FF10CB5" w14:textId="6F52A1D6" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>15.7. nesilankyti vietose, kur vyksta miško ruošimo darbai;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="295B1040" w14:textId="52B8A004" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>15.8. atkreipti dėmesį į prie įvažiavimo į mišką pastatytus informacinius</w:t>
+      </w:r>
+      <w:r w:rsidR="000B45C2" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ženklus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66D788DC" w14:textId="3A5B3F91" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>15.9. negalima naikinti ir gadinti poilsiaviečių įrangos, informacinių</w:t>
+      </w:r>
+      <w:r w:rsidR="000B45C2" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ženklų bei stendų,</w:t>
+      </w:r>
+      <w:r w:rsidR="000B45C2" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>stulpų, riboženklių ir kt.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EE3FA9A" w14:textId="464BF198" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>15.10. atsargiai elgtis su aštriais daiktais, nesistumdyti, nelaipioti į</w:t>
+      </w:r>
+      <w:r w:rsidR="000B45C2" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>medžius.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B1195D3" w14:textId="6A803001" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>16. Elgesys konkursuose, varžybose</w:t>
+      </w:r>
+      <w:r w:rsidR="000B45C2" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> olimpiadose:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CAD9C1D" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>16.1. laikytis elgesio viešoje vietoje reikalavimų;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B4AE3EC" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>16.2. vykdyti varžybų organizatorių nurodymus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41F2A85A" w14:textId="531690FA" w:rsidR="00A40C6A" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>16.3. be vadovo leidimo nepasišalinti iš varžybų vykdymo vietos;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28A62D5F" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...297 lines deleted...]
-    <w:p w14:paraId="28A62D5F" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>16.4. vykimo į varžybas metu būti drausmingiems;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A274B04" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
-[...9 lines deleted...]
-    <w:p w14:paraId="0A274B04" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>16.5. varžybų metu pasijutus blogai informuoti vadovą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20758018" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
-[...9 lines deleted...]
-    <w:p w14:paraId="20758018" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>17. Lankantis muziejuose ir parodose:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56BFCF91" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
-[...9 lines deleted...]
-    <w:p w14:paraId="56BFCF91" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>17.1. išsijungti mobilųjį telefoną;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41DB6736" w14:textId="71D18ACE" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
-[...9 lines deleted...]
-    <w:p w14:paraId="41DB6736" w14:textId="71D18ACE" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>17.2. saugoti eksponatus, neliesti jų rankomis, vaikščioti atsargiai,</w:t>
+      </w:r>
+      <w:r w:rsidR="000B45C2" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>klausytis išvykos vadovo nurodymų ir pasakojimo;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="191361B4" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
-[...27 lines deleted...]
-    <w:p w14:paraId="191361B4" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>17.3. nekalbėti, užduoti tik korektiškus klausimus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1797FD20" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
-[...9 lines deleted...]
-    <w:p w14:paraId="1797FD20" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>17.4. draudžiama atsiskirti nuo grupės dalyvių arba atsilikti nuo grupės;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CD67A16" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
-[...9 lines deleted...]
-    <w:p w14:paraId="3CD67A16" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>17.5. jeigu yra būtinybė išeiti, apie tai būtina informuoti grupės vadovą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B166015" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
-[...9 lines deleted...]
-    <w:p w14:paraId="0B166015" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>18. Elgesys koncertuose, teatruose ir kituose viešuose renginiuose:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7470C10B" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
-[...9 lines deleted...]
-    <w:p w14:paraId="7470C10B" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>18.1. laikytis drausmės ir kultūringo elgesio taisyklių renginiuose;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24AAC4C6" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
-[...9 lines deleted...]
-    <w:p w14:paraId="24AAC4C6" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>18.2. nesėdėti renginyje su striukėmis ar paltais, jeigu patalpa yra šilta;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FD8269E" w14:textId="0337D1B1" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
-[...9 lines deleted...]
-    <w:p w14:paraId="5FD8269E" w14:textId="0337D1B1" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>18.3. per renginį nevalgyti, nevaikščioti, nekalbėti, nekelti kitokio</w:t>
+      </w:r>
+      <w:r w:rsidR="000B45C2" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nereikalingo triukšmo;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FC9AAF5" w14:textId="6DDEE1B5" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
-[...8 lines deleted...]
-      <w:r w:rsidR="000B45C2" w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>18.4. neišeiti iš renginio jam nepasibaigus, o jeigu yra būtinybė išeiti</w:t>
+      </w:r>
+      <w:r w:rsidR="000B45C2" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
-[...9 lines deleted...]
-    <w:p w14:paraId="3FC9AAF5" w14:textId="6DDEE1B5" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>anksčiau, būtina prieš renginį informuoti grupės vadovą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E2118E1" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
-[...27 lines deleted...]
-    <w:p w14:paraId="3E2118E1" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>18.5. prieš renginį privaloma išjungti mobilųjį telefoną;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16C43520" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
-[...9 lines deleted...]
-    <w:p w14:paraId="16C43520" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>18.6. neatsiskirti nuo grupės;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0036C7BF" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
-[...9 lines deleted...]
-    <w:p w14:paraId="0036C7BF" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">18.7. jei yra pertrauka </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nevėluoti į kitą renginio dalį.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5099A9ED" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
-[...27 lines deleted...]
-    <w:p w14:paraId="5099A9ED" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>19. Elgesys prie vandens telkinių:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ACF50BA" w14:textId="00E881B3" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
-[...9 lines deleted...]
-    <w:p w14:paraId="7ACF50BA" w14:textId="00E881B3" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>19.1. laikytis maudymosi atviruose telkiniuose, plaukimo įvairiomis</w:t>
+      </w:r>
+      <w:r w:rsidR="000B45C2" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vandens transporto priemonėmis taisyklių, pasirūpinti reikiamomis saugos</w:t>
+      </w:r>
+      <w:r w:rsidR="000B45C2" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vandenyje priemonėmis (gelbėjimosi ratais, liemenėmis);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E58F89C" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
-[...45 lines deleted...]
-    <w:p w14:paraId="7E58F89C" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>19.2. maudytis galima tik turizmo renginio vadovui leidus ir jam stebint;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49DFAC61" w14:textId="751B6729" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
-[...9 lines deleted...]
-    <w:p w14:paraId="49DFAC61" w14:textId="751B6729" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>19.3. vienu metu gali maudytis ne daugiau kaip 8 vaikai. Maudymosi</w:t>
+      </w:r>
+      <w:r w:rsidR="000B45C2" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>metu turizmo renginio vadovui reikia būti labai atidžiam;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ADEB8FA" w14:textId="4D62B43A" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
-[...8 lines deleted...]
-      <w:r w:rsidR="000B45C2" w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>19.4. maudymosi metu draudžiama be reikalo šūkauti, nes šauksmas yra</w:t>
+      </w:r>
+      <w:r w:rsidR="000B45C2" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
-[...9 lines deleted...]
-    <w:p w14:paraId="7ADEB8FA" w14:textId="4D62B43A" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pagalbos prašymo signalas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EF46A61" w14:textId="5E645B8D" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
-[...8 lines deleted...]
-      <w:r w:rsidR="000B45C2" w:rsidRPr="00B91998">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>19.5. kategoriškai draudžiama renginio dalyviams nardyti, šokinėti iš</w:t>
+      </w:r>
+      <w:r w:rsidR="000B45C2" w:rsidRPr="00312914">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
-[...9 lines deleted...]
-    <w:p w14:paraId="1EF46A61" w14:textId="5E645B8D" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>valties ar nuo stataus skardžio, kranto, maudytis temstant ar tamsiu paros</w:t>
+      </w:r>
+      <w:r w:rsidR="000B45C2" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>metu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="127CC5A6" w14:textId="77777777" w:rsidR="000B45C2" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>19.6. kategoriškai draudžiama vieniems dalyviams irstytis valtimi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A399D51" w14:textId="4DEC9C33" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>19.7. priklausomai nuo meteorologinių sąlygų, pasirūpinti atitinkama</w:t>
+      </w:r>
+      <w:r w:rsidR="001326DD" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>apranga ir galvos apdangalu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F550E22" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>19.8. laikytis priešgaisrinių ir aplinkosaugos reikalavimų.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C7E2426" w14:textId="77777777" w:rsidR="000B45C2" w:rsidRPr="00312914" w:rsidRDefault="000B45C2" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D0C02CC" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="49" w:firstLine="709"/>
-[...140 lines deleted...]
-    <w:p w14:paraId="4FDA4FD5" w14:textId="77777777" w:rsidR="00765EE1" w:rsidRPr="00B91998" w:rsidRDefault="00765EE1" w:rsidP="00AB0E7F">
+        <w:ind w:right="49"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>IV SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10D41ACA" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="6E1B5BFB" w14:textId="77777777" w:rsidR="00765EE1" w:rsidRPr="00B91998" w:rsidRDefault="00765EE1" w:rsidP="00AB0E7F">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>VEIKSMAI AVARINIAIS (YPATINGAIS) ATVEJAIS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A5CB675" w14:textId="77777777" w:rsidR="001326DD" w:rsidRPr="00312914" w:rsidRDefault="001326DD" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="49"/>
+        <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="081A7EE0" w14:textId="77777777" w:rsidR="00765EE1" w:rsidRPr="00B91998" w:rsidRDefault="00765EE1" w:rsidP="00AB0E7F">
+    <w:p w14:paraId="34146038" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="49"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="3D0C02CC" w14:textId="2AA49CA7" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>20. Suteikiama pirmoji pagalba.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CBC1DF6" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="49"/>
-[...23 lines deleted...]
-    <w:p w14:paraId="10D41ACA" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>21. Esant reikalui, kviečiama greitoji medicininė pagalba, policija.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27D62323" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="49"/>
-[...22 lines deleted...]
-    <w:p w14:paraId="6A5CB675" w14:textId="77777777" w:rsidR="001326DD" w:rsidRPr="00B91998" w:rsidRDefault="001326DD" w:rsidP="00AB0E7F">
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>22. Apie įvykį informuojamas progimnazijos direktorius ir mokinių tėvai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EDC7B35" w14:textId="1837C3C2" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="34146038" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>23. Susidarius situacijai, keliančiai pavojų mokinių saugai, pakeičiamas</w:t>
+      </w:r>
+      <w:r w:rsidR="001326DD" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>maršrutas arba išvyka nutraukiama.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="247733AB" w14:textId="77777777" w:rsidR="001326DD" w:rsidRPr="00312914" w:rsidRDefault="001326DD" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="49" w:firstLine="709"/>
-[...18 lines deleted...]
-    <w:p w14:paraId="0CBC1DF6" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+        <w:ind w:right="49"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="418EED0D" w14:textId="3A27D084" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="49" w:firstLine="709"/>
-[...18 lines deleted...]
-    <w:p w14:paraId="27D62323" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+        <w:ind w:right="49"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>V SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2328DFF2" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="49" w:firstLine="709"/>
-[...18 lines deleted...]
-    <w:p w14:paraId="6EDC7B35" w14:textId="1837C3C2" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+        <w:ind w:right="49"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>VEIKSMAI PO IŠVYKOS, EKSKURSIJOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58C289A8" w14:textId="77777777" w:rsidR="001326DD" w:rsidRPr="00312914" w:rsidRDefault="001326DD" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="49" w:firstLine="709"/>
-[...36 lines deleted...]
-    <w:p w14:paraId="247733AB" w14:textId="77777777" w:rsidR="001326DD" w:rsidRPr="00B91998" w:rsidRDefault="001326DD" w:rsidP="00AB0E7F">
+        <w:ind w:right="49"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A3B1522" w14:textId="32AFD141" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="49"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="418EED0D" w14:textId="3A27D084" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>24. Mokiniai po išvykos į namus grįžta savarankiškai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51FB5054" w14:textId="0659E3D6" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="49"/>
-[...22 lines deleted...]
-    <w:p w14:paraId="2328DFF2" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>25. Apie pažeidimus (jeigu jų buvo) informuojamas progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="001326DD" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>direktorius ir mokinių tėvai (globėjai, rūpintojai).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31457544" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
-          <w:b/>
-[...18 lines deleted...]
-    <w:p w14:paraId="58C289A8" w14:textId="77777777" w:rsidR="001326DD" w:rsidRPr="00B91998" w:rsidRDefault="001326DD" w:rsidP="00AB0E7F">
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3000217E" w14:textId="3A84E2D5" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
-        <w:jc w:val="center"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="6A3B1522" w14:textId="32AFD141" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31F9A0C5" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F36A72F" w14:textId="77777777" w:rsidR="009A75B9" w:rsidRDefault="009A75B9" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FB12E0E" w14:textId="77777777" w:rsidR="009A75B9" w:rsidRDefault="009A75B9" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49166F5C" w14:textId="77777777" w:rsidR="009A75B9" w:rsidRDefault="009A75B9" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="293614A8" w14:textId="77777777" w:rsidR="009A75B9" w:rsidRDefault="009A75B9" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C08D923" w14:textId="77777777" w:rsidR="009A75B9" w:rsidRDefault="009A75B9" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="458B4E4E" w14:textId="77777777" w:rsidR="009A75B9" w:rsidRDefault="009A75B9" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D27E7BE" w14:textId="77777777" w:rsidR="009A75B9" w:rsidRDefault="009A75B9" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EE2D174" w14:textId="77777777" w:rsidR="009A75B9" w:rsidRDefault="009A75B9" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69AE44C0" w14:textId="77777777" w:rsidR="009A75B9" w:rsidRDefault="009A75B9" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07B51912" w14:textId="77777777" w:rsidR="009A75B9" w:rsidRDefault="009A75B9" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20947872" w14:textId="77777777" w:rsidR="009A75B9" w:rsidRDefault="009A75B9" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D41D551" w14:textId="77777777" w:rsidR="009A75B9" w:rsidRDefault="009A75B9" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23740D5D" w14:textId="77777777" w:rsidR="009A75B9" w:rsidRDefault="009A75B9" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22C3A471" w14:textId="77777777" w:rsidR="009A75B9" w:rsidRDefault="009A75B9" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="742A78FF" w14:textId="77777777" w:rsidR="009A75B9" w:rsidRDefault="009A75B9" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A8BB02B" w14:textId="77777777" w:rsidR="009A75B9" w:rsidRDefault="009A75B9" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="576867FA" w14:textId="77777777" w:rsidR="00312914" w:rsidRDefault="00312914" w:rsidP="00312914">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="49" w:firstLine="709"/>
-[...18 lines deleted...]
-    <w:p w14:paraId="51FB5054" w14:textId="0659E3D6" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+        <w:ind w:right="49"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19DA733F" w14:textId="77EC3DBE" w:rsidR="00D65515" w:rsidRDefault="00967D8E" w:rsidP="00D65515">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="49" w:firstLine="709"/>
-[...36 lines deleted...]
-    <w:p w14:paraId="31457544" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+        <w:ind w:right="49" w:firstLine="4253"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Marijampolės „</w:t>
+      </w:r>
+      <w:r w:rsidR="00E30775" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ryto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“ prog</w:t>
+      </w:r>
+      <w:r w:rsidR="00D65515">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>imnazijos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16A90FF5" w14:textId="77777777" w:rsidR="00D65515" w:rsidRDefault="00967D8E" w:rsidP="00D65515">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="49"/>
-[...18 lines deleted...]
-    <w:p w14:paraId="3000217E" w14:textId="3A84E2D5" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+        <w:ind w:right="49" w:firstLine="4253"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokinių ugdymo ne pro</w:t>
+      </w:r>
+      <w:r w:rsidR="00D65515">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gimnazijos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aplinkoje </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31033B47" w14:textId="77777777" w:rsidR="00D65515" w:rsidRDefault="00967D8E" w:rsidP="00D65515">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="49"/>
-[...195 lines deleted...]
-    <w:p w14:paraId="576867FA" w14:textId="77777777" w:rsidR="00312914" w:rsidRPr="00B91998" w:rsidRDefault="00312914" w:rsidP="00312914">
+        <w:ind w:right="49" w:firstLine="4253"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>organizav</w:t>
+      </w:r>
+      <w:r w:rsidR="00D65515">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>imo tvarkos aprašo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B208AC3" w14:textId="7EDCCEB2" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="009A75B9" w:rsidP="00D65515">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="49"/>
-[...8 lines deleted...]
-    <w:p w14:paraId="19DA733F" w14:textId="77EC3DBE" w:rsidR="00D65515" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00D65515">
+        <w:ind w:right="49" w:firstLine="4253"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00967D8E" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> priedas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="700487C5" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="49" w:firstLine="4253"/>
-[...44 lines deleted...]
-    <w:p w14:paraId="16A90FF5" w14:textId="77777777" w:rsidR="00D65515" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00D65515">
+        <w:ind w:right="49" w:firstLine="5529"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09975B8D" w14:textId="77777777" w:rsidR="009A75B9" w:rsidRPr="00312914" w:rsidRDefault="009A75B9" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="49" w:firstLine="4253"/>
-[...35 lines deleted...]
-    <w:p w14:paraId="31033B47" w14:textId="77777777" w:rsidR="00D65515" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00D65515">
+        <w:ind w:right="49" w:firstLine="5529"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69849661" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="49" w:firstLine="4253"/>
-[...26 lines deleted...]
-    <w:p w14:paraId="6B208AC3" w14:textId="7EDCCEB2" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="009A75B9" w:rsidP="00D65515">
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DVIEJŲ IR DAUGIAU DIENŲ MOKINIŲ IŠVYKOS, EKSKURSIJOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E89F516" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="49" w:firstLine="4253"/>
-[...26 lines deleted...]
-    <w:p w14:paraId="700487C5" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SAUGOS IR SVEIKATOS INSTRUKCIJA NR. 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D8C0B69" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="49" w:firstLine="5529"/>
-[...8 lines deleted...]
-    <w:p w14:paraId="09975B8D" w14:textId="77777777" w:rsidR="009A75B9" w:rsidRPr="00B91998" w:rsidRDefault="009A75B9" w:rsidP="00AB0E7F">
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="709E7A62" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="49" w:firstLine="5529"/>
-[...8 lines deleted...]
-    <w:p w14:paraId="69849661" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>BENDROJI DALIS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="288E7D3A" w14:textId="77777777" w:rsidR="00E61894" w:rsidRPr="00312914" w:rsidRDefault="00E61894" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
-[...11 lines deleted...]
-    <w:p w14:paraId="1E89F516" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+    </w:p>
+    <w:p w14:paraId="7EB4BB9F" w14:textId="7088903F" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...21 lines deleted...]
-    <w:p w14:paraId="2D8C0B69" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1. Šia instrukcija siekiama užtikrinti mokinių ir vadovų saugą ir sveikatą</w:t>
+      </w:r>
+      <w:r w:rsidR="00E61894" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dviejų ir daugiau dienų išvykos metu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72603A88" w14:textId="718E1991" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...21 lines deleted...]
-    <w:p w14:paraId="709E7A62" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Patvirtinta instrukcija yra norminis progimnazijos dokumentas,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E61894" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nusakantis mokiniams jų veiklos ir elgesio reikalavimus renginyje, kad nebūt</w:t>
+      </w:r>
+      <w:r w:rsidR="00E61894" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>padaryta žala gamtai, savo ir kitų mokinių saugai ir sveikatai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A784CCE" w14:textId="293AE645" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...21 lines deleted...]
-    <w:p w14:paraId="288E7D3A" w14:textId="77777777" w:rsidR="00E61894" w:rsidRPr="00B91998" w:rsidRDefault="00E61894" w:rsidP="00AB0E7F">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3. Instrukcija nusako su mokinių veikla susijusius pavojus, rizikas ir</w:t>
+      </w:r>
+      <w:r w:rsidR="00E61894" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>reikalauja griežtai laikytis saugos priemonių, elgesio taisyklių ir etiketo</w:t>
+      </w:r>
+      <w:r w:rsidR="00E61894" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>reikalavimų išvykos, ekskursijos metu. Mokiniai su šia instrukcija</w:t>
+      </w:r>
+      <w:r w:rsidR="00E61894" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>supažindinami prieš išvyką.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55C63E9D" w14:textId="77777777" w:rsidR="00E61894" w:rsidRPr="00312914" w:rsidRDefault="00E61894" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E353D7A" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="0"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="7EB4BB9F" w14:textId="7088903F" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>II SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B846B14" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>GALIMI RIZIKOS VEIKSNIAI. SAUGOS PRIEMONĖS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F5AC936" w14:textId="77777777" w:rsidR="00E61894" w:rsidRPr="00312914" w:rsidRDefault="00E61894" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="364331C8" w14:textId="6EF4E2A7" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4. Eismo įvykis, avarijos grėsmė. Saugos priemonė – laikytis pėsčiųjų</w:t>
+      </w:r>
+      <w:r w:rsidR="002D0D87" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>saugaus eismo, dviračių eismo taisyklių ir reikalavimų gatvėje, transporto</w:t>
+      </w:r>
+      <w:r w:rsidR="002D0D87" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>priemonėje, kelyje.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C91C003" w14:textId="6CC1288F" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5. Skendimas. Laikytis maudymosi atviruose telkiniuose, plaukimo</w:t>
+      </w:r>
+      <w:r w:rsidR="002D0D87" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>įvairiomis vandens transporto priemonėmis taisyklių, pasirūpinti reikiamomis</w:t>
+      </w:r>
+      <w:r w:rsidR="002D0D87" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>saugos vandenyje priemonėmis (gelbėjimosi ratais, liemenėmis); be vadovo</w:t>
+      </w:r>
+      <w:r w:rsidR="002D0D87" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>leidimo nelipti į vandenį, nesimaudyti nepažymėtoje maudymosi vietoje.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05C1626C" w14:textId="46716F6E" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6. Terminiai nudegimai. Laikytis priešgaisrinių ir aplinkosaugos</w:t>
+      </w:r>
+      <w:r w:rsidR="002D0D87" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>reikalavimų. Laužą kurti tik su pirštinėmis ir galvos apdangalu ne arčiau kaip</w:t>
+      </w:r>
+      <w:r w:rsidR="002D0D87" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>50 m. nuo medynų pakraščių.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B2E5242" w14:textId="2FE48198" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7. Sužeidimo galimybė. Laikytis saugaus eismo, elgesio gamtoje, viešose</w:t>
+      </w:r>
+      <w:r w:rsidR="002D0D87" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vietose taisyklių.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A659580" w14:textId="492BC98F" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8. Saulės smūgis, nušalimai. Priklausomai nuo meteorologinių sąlygų</w:t>
+      </w:r>
+      <w:r w:rsidR="002D0D87" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pasirūpinti tinkama apranga ir galvos apdangalu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F7809AD" w14:textId="6BBBB5B3" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9. Vabzdžių įgėlimai, erkės, gyvatės, šuns, laukinio žvėries įkandimas.</w:t>
+      </w:r>
+      <w:r w:rsidR="002D0D87" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pasirūpinti tinkama apranga ir apavu (storapadžiai batai ir kt.), vengti nuošalių</w:t>
+      </w:r>
+      <w:r w:rsidR="002D0D87" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sodybų, kur galima grėsmė sutikti nepririštus šunis; išsiaiškinti, ar vietovė nėra</w:t>
+      </w:r>
+      <w:r w:rsidR="002D0D87" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>paskelbta draudžiama lankyti zona.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E35E31D" w14:textId="77777777" w:rsidR="00632B3E" w:rsidRPr="00312914" w:rsidRDefault="00632B3E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="49" w:firstLine="709"/>
-[...20 lines deleted...]
-          <w:kern w:val="0"/>
+        <w:ind w:right="49"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2695FFB6" w14:textId="77777777" w:rsidR="009A75B9" w:rsidRDefault="009A75B9" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="015BF80A" w14:textId="77777777" w:rsidR="004B0C83" w:rsidRDefault="004B0C83" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7916D517" w14:textId="31D988A5" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>III SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BF9CBFD" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>VEIKSMAI IŠVYKOS, EKSKURSIJOS METU</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60529BF6" w14:textId="77777777" w:rsidR="00632B3E" w:rsidRPr="00312914" w:rsidRDefault="00632B3E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="391393D5" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10. Mokinių elgesys viešose vietose:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11A72492" w14:textId="176501C1" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10.1. neatsilikti nuo grupės ir vadovo;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5432A178" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10.2. laiku ateiti į sutartą vietą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28A56ECB" w14:textId="595F3690" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10.3. pasiklydus paskambinti vadovui ar grupės nariams, jeigu yra tokia</w:t>
+      </w:r>
+      <w:r w:rsidR="00632B3E" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91998">
-[...9 lines deleted...]
-    <w:p w14:paraId="72603A88" w14:textId="718E1991" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>galimybė;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73E00BC4" w14:textId="5819F134" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10.4. neturint galimybės susisiekti, laukti toje vietoje, kurioje atsiskyrė</w:t>
+      </w:r>
+      <w:r w:rsidR="00632B3E" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nuo grupės, nebandyti patiems susirasti grupę;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6805E991" w14:textId="5792F3C7" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10.5. jeigu išvykos dalyvis tiksliai žino grupės buvimo adresą, galima</w:t>
+      </w:r>
+      <w:r w:rsidR="00632B3E" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kreiptis į policijos pareigūnus, jei jie yra netoliese, kad padėtų pasiekti grupės</w:t>
+      </w:r>
+      <w:r w:rsidR="005252B4" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>buvimo vietą. Kategoriškai atsisakyti nepažįstamų žmonių siūlomos pagalbos;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C146ECF" w14:textId="5AF692A1" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10.6. eiti per gatvę su visa grupe tik tam skirtose vietose (pėsčiųjų</w:t>
+      </w:r>
+      <w:r w:rsidR="005252B4" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>perėjose, degant žaliam šviesoforo signalui);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44F7341B" w14:textId="650D549F" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10.7. eiti šaligatviais arba pėsčiųjų takais dešine puse, o ten, kur jų nėra</w:t>
+      </w:r>
+      <w:r w:rsidR="005252B4" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>– kelkraščiu, prieš transporto priemonių važiavimo kryptį. Eiti tvarkingai,</w:t>
+      </w:r>
+      <w:r w:rsidR="005252B4" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nesistumdant. Pastebėjus, kad kas nors skuba, pasitraukti į šalį;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A96D915" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10.8. nešiukšlinti.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6812DC55" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>11. Elgesys renginiuose:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="369BA3B0" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>11.1. laikytis drausmės, elgtis kultūringai;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BE3659E" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>11.2. išsijungti mobilųjį telefoną;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DBE073C" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>11.3. nesėdėti renginyje su striukėmis ar paltais, jeigu patalpa yra šilta;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E286269" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>11.4. renginyje nevalgyti, nevaikščioti, nekalbėti, nekelti triukšmo;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EC42434" w14:textId="483FFD56" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>11.5. neišeiti iš renginio jam nepasibaigus, o jeigu yra būtinybė išeiti</w:t>
+      </w:r>
+      <w:r w:rsidR="005252B4" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>anksčiau, būtina prieš renginį informuoti grupės vadovą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="797FD7C6" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>11.6. po pertraukos nevėluoti į kitą renginio dalį.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3885CEB4" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>12. Elgesys gamtoje:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AC2739C" w14:textId="66C853E2" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>12.1. nešiukšlinti: popierių, stiklo tarą ar duženas bei kitas šiukšles</w:t>
+      </w:r>
+      <w:r w:rsidR="005252B4" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>palikti šiukšlių dėžėse;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5747D556" w14:textId="7064EF66" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>12.2. jei nėra įrengtų laužaviečių, laužui reikia pasirinkti tinkamą, atvirą</w:t>
+      </w:r>
+      <w:r w:rsidR="005252B4" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vietą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40DC94C4" w14:textId="3CC8F795" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>12.3. nepalikti degančio laužo, žarijas užpilti žemėmis ar vandeniu,</w:t>
+      </w:r>
+      <w:r w:rsidR="005252B4" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sutvarkyti laužavietę;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6943F925" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>12.4. nesilankyti vietose, kur vyksta miško ruošimo darbai;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49EED732" w14:textId="1008CC90" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>12.5. atkreipti dėmesį į prie įvažiavimo į mišką pastatytus informacinius</w:t>
+      </w:r>
+      <w:r w:rsidR="005252B4" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ženklus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41DC725D" w14:textId="585C3AA8" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>12.6. negalima naikinti ir gadinti poilsiaviečių įrangos, informacinių</w:t>
+      </w:r>
+      <w:r w:rsidR="005252B4" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ženklų bei stendų, riboženklių ir kt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="469F66D0" w14:textId="411C1EF2" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>13. Elgesys prie vandens telkinių:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AC085E5" w14:textId="4BA44544" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>13.1. laikytis maudymosi atviruose telkiniuose, plaukimo įvairiomis</w:t>
+      </w:r>
+      <w:r w:rsidR="005252B4" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vandens transporto priemonėmis taisyklių, pasirūpinti reikiamomis saugos</w:t>
+      </w:r>
+      <w:r w:rsidR="005252B4" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vandenyje priemonėmis (gelbėjimosi ratais, liemenėmis);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E144371" w14:textId="60F3065E" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>13.2. kategoriškai draudžiama renginio dalyviams nardyti, šokinėti iš</w:t>
+      </w:r>
+      <w:r w:rsidR="005252B4" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>valties ar nuo stataus skardžio, kranto, maudytis temstant ar tamsiu paros</w:t>
+      </w:r>
+      <w:r w:rsidR="005252B4" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>metu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A6C1F96" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>13.3. kategoriškai draudžiama vieniems irstytis valtimi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E47437A" w14:textId="6C297874" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>13.4. priklausomai nuo meteorologinių sąlygų, pasirūpinti atitinkama</w:t>
+      </w:r>
+      <w:r w:rsidR="005252B4" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>apranga ir galvos apdangalu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EF479FC" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>13.5. laikytis priešgaisrinių ir aplinkosaugos reikalavimų.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23F88A25" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>14. Reikalavimai keliaujant traukiniais, laivais, lėktuvais:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66023D09" w14:textId="10D87FDE" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>14.1. prieš kelionę pasirūpinti asmenine vaistinėle;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21C461BB" w14:textId="11951729" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>14.2. plaukiant laivu, skrendant lėktuvu ar vykstant traukiniu, privaloma</w:t>
+      </w:r>
+      <w:r w:rsidR="005252B4" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>laikytis visų keleiviams nustatytų taisyklių ir laivo įgulos ar palydovų</w:t>
+      </w:r>
+      <w:r w:rsidR="005252B4" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>reikalavimų;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05E60C38" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>14.3. visą kelionę būti drausmingiems ir mandagiems;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="656F662E" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>14.4. be vadovo leidimo negalima pasitraukti iš grupės;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60773EA8" w14:textId="475B062E" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>14.5. visur ir visada būti punktualiems, atidžiai klausyti grupės vadovo</w:t>
+      </w:r>
+      <w:r w:rsidR="005252B4" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nurodymų ir juos vykdyti;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59AB89DF" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>14.6. nelipti į traukinį, lėktuvą, laivą, kol nepasakys, kad leidžiama lipti;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EE73F57" w14:textId="2183F8F6" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>14.7. draudžiama be reikalo vaikščioti traukinyje, laive ar lėktuvo salone,</w:t>
+      </w:r>
+      <w:r w:rsidR="005252B4" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>garsiai kalbėti, garsiai juoktis ar triukšmauti;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B38AF32" w14:textId="68682282" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>14.8. reikia būti drausmingiems, kultūringiems, paslaugiems savo grupės</w:t>
+      </w:r>
+      <w:r w:rsidR="005252B4" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nariams, pagyvenusiems žmonėms, seneliams ir neįgaliesiems, mažiems</w:t>
+      </w:r>
+      <w:r w:rsidR="005252B4" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vaikams, aptarnaujančiam personalui laukimo salėse ir kelionėje.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78A5F3D7" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>15. Elgesys nakvynės vietoje:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C556EF3" w14:textId="00E35051" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>15.1. viešbutyje, poilsio namuose ar kitoje nakvynės vietoje įsikurti</w:t>
+      </w:r>
+      <w:r w:rsidR="005252B4" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vadovo nurodytame kambaryje;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54635978" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>15.2. netriukšmauti, nevaikščioti į kitus kambarius poilsio valandomis;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="026C274A" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>15.3. kambaryje nedeginti žvakių;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A2BFB6E" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>15.4. atsargiai naudotis elektriniais prietaisais;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5459719F" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>15.5. apie sugadintus daiktus pranešti vadovui;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="177D5380" w14:textId="304489E6" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>15.6. už sugadintą ar sulaužytą inventorių atsakyti teisės aktų numatyta</w:t>
+      </w:r>
+      <w:r w:rsidR="005252B4" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tvarka.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="333F00CB" w14:textId="77777777" w:rsidR="005252B4" w:rsidRPr="00312914" w:rsidRDefault="005252B4" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="623884A5" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="49" w:firstLine="709"/>
-[...54 lines deleted...]
-    <w:p w14:paraId="5A784CCE" w14:textId="293AE645" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+        <w:ind w:right="49"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>IV SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D45A47B" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="49" w:firstLine="709"/>
-[...72 lines deleted...]
-    <w:p w14:paraId="55C63E9D" w14:textId="77777777" w:rsidR="00E61894" w:rsidRPr="00B91998" w:rsidRDefault="00E61894" w:rsidP="00AB0E7F">
+        <w:ind w:right="49"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>VEIKSMAI AVARINIAIS (YPATINGAIS) ATVEJAIS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B300919" w14:textId="77777777" w:rsidR="005252B4" w:rsidRPr="00312914" w:rsidRDefault="005252B4" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="49" w:firstLine="709"/>
-[...12 lines deleted...]
-        <w:ind w:right="49" w:firstLine="709"/>
+        <w:ind w:right="49"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...382 lines deleted...]
-    <w:p w14:paraId="0E35E31D" w14:textId="77777777" w:rsidR="00632B3E" w:rsidRPr="00B91998" w:rsidRDefault="00632B3E" w:rsidP="00AB0E7F">
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63C3C3CB" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="49"/>
-[...1430 lines deleted...]
-    <w:p w14:paraId="623884A5" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>16. Suteikiama pirmoji pagalba.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="683B3D07" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="49"/>
-[...22 lines deleted...]
-    <w:p w14:paraId="2D45A47B" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>17. Esant reikalui, kviečiama greitoji pagalba, policija.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="175BD74F" w14:textId="7AE27CA2" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="49"/>
-[...22 lines deleted...]
-    <w:p w14:paraId="4B300919" w14:textId="77777777" w:rsidR="005252B4" w:rsidRPr="00B91998" w:rsidRDefault="005252B4" w:rsidP="00AB0E7F">
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>18. Apie įvykį informuojamas progimnazijos direktorius ir mokinių tėvai</w:t>
+      </w:r>
+      <w:r w:rsidR="005252B4" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(globėjai, rūpintojai).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24E345F0" w14:textId="1FDBD215" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="49"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="63C3C3CB" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>19. Susidarius situacijai, keliančiai pavojų vaikų saugai, pakeičiamas</w:t>
+      </w:r>
+      <w:r w:rsidR="005252B4" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>maršrutas arba išvyka nutraukiama.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7447EF91" w14:textId="77777777" w:rsidR="005252B4" w:rsidRPr="00312914" w:rsidRDefault="005252B4" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
-        <w:rPr>
-[...16 lines deleted...]
-    <w:p w14:paraId="683B3D07" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DFEBE5C" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="49" w:firstLine="709"/>
-[...17 lines deleted...]
-    <w:p w14:paraId="175BD74F" w14:textId="7AE27CA2" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+        <w:ind w:right="49"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>VEIKSMAI PO IŠVYKOS, EKSKURSIJOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70DF9AD1" w14:textId="77777777" w:rsidR="005252B4" w:rsidRPr="00312914" w:rsidRDefault="005252B4" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="49" w:firstLine="709"/>
-[...35 lines deleted...]
-    <w:p w14:paraId="24E345F0" w14:textId="1FDBD215" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+        <w:ind w:right="49"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70D9B5C5" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
-        <w:jc w:val="both"/>
-[...35 lines deleted...]
-    <w:p w14:paraId="7447EF91" w14:textId="77777777" w:rsidR="005252B4" w:rsidRPr="00B91998" w:rsidRDefault="005252B4" w:rsidP="00AB0E7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>20. Mokiniai po išvykos savarankiškai grįžta į namus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B1F4B69" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="709"/>
-        <w:jc w:val="both"/>
-[...8 lines deleted...]
-    <w:p w14:paraId="3DFEBE5C" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>21. Išvyka aptariama su mokiniais.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63AE13B7" w14:textId="4361DAB2" w:rsidR="00967D8E" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="49"/>
-[...42 lines deleted...]
-    <w:p w14:paraId="70DF9AD1" w14:textId="77777777" w:rsidR="005252B4" w:rsidRPr="00B91998" w:rsidRDefault="005252B4" w:rsidP="00AB0E7F">
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>22. Apie pažeidimus (jeigu jų buvo) informuojamas progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="005252B4" w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>direktorius ir mokinių tėvai (globėjai, rūpintojai).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="337BCFD0" w14:textId="77777777" w:rsidR="009A75B9" w:rsidRPr="00312914" w:rsidRDefault="009A75B9" w:rsidP="00AB0E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="49"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="70D9B5C5" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F97F5C4" w14:textId="0C714C0E" w:rsidR="00967D8E" w:rsidRDefault="00967D8E" w:rsidP="00E94D2A">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EF25876" w14:textId="77777777" w:rsidR="00E94D2A" w:rsidRDefault="00E94D2A" w:rsidP="00E94D2A">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AE845DB" w14:textId="77777777" w:rsidR="00E94D2A" w:rsidRDefault="00E94D2A" w:rsidP="00E94D2A">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DEAA72C" w14:textId="77777777" w:rsidR="00E94D2A" w:rsidRDefault="00E94D2A" w:rsidP="00E94D2A">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="495F273E" w14:textId="77777777" w:rsidR="00E94D2A" w:rsidRDefault="00E94D2A" w:rsidP="00E94D2A">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32C194A5" w14:textId="77777777" w:rsidR="00E94D2A" w:rsidRDefault="00E94D2A" w:rsidP="00E94D2A">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3960824C" w14:textId="77777777" w:rsidR="00E94D2A" w:rsidRDefault="00E94D2A" w:rsidP="00E94D2A">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57050516" w14:textId="77777777" w:rsidR="00E94D2A" w:rsidRDefault="00E94D2A" w:rsidP="00E94D2A">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19498E1F" w14:textId="77777777" w:rsidR="00E94D2A" w:rsidRDefault="00E94D2A" w:rsidP="00E94D2A">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F8C89C8" w14:textId="77777777" w:rsidR="00E94D2A" w:rsidRDefault="00E94D2A" w:rsidP="00E94D2A">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DF5A740" w14:textId="77777777" w:rsidR="00E94D2A" w:rsidRDefault="00E94D2A" w:rsidP="00E94D2A">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BBC3A01" w14:textId="77777777" w:rsidR="00E94D2A" w:rsidRDefault="00E94D2A" w:rsidP="00E94D2A">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D278C11" w14:textId="77777777" w:rsidR="00E94D2A" w:rsidRDefault="00E94D2A" w:rsidP="00E94D2A">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14015BE4" w14:textId="77777777" w:rsidR="00E94D2A" w:rsidRDefault="00E94D2A" w:rsidP="00E94D2A">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CD39E2C" w14:textId="77777777" w:rsidR="00E94D2A" w:rsidRDefault="00E94D2A" w:rsidP="00E94D2A">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E40AB56" w14:textId="77777777" w:rsidR="00E94D2A" w:rsidRDefault="00E94D2A" w:rsidP="00E94D2A">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="402B3681" w14:textId="77777777" w:rsidR="00E94D2A" w:rsidRDefault="00E94D2A" w:rsidP="00E94D2A">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C392C70" w14:textId="77777777" w:rsidR="00E94D2A" w:rsidRDefault="00E94D2A" w:rsidP="00E94D2A">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D815084" w14:textId="77777777" w:rsidR="00E94D2A" w:rsidRDefault="00E94D2A" w:rsidP="00E94D2A">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41721FAF" w14:textId="77777777" w:rsidR="00E94D2A" w:rsidRDefault="00E94D2A" w:rsidP="00E94D2A">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A084D66" w14:textId="77777777" w:rsidR="00E94D2A" w:rsidRDefault="00E94D2A" w:rsidP="00E94D2A">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1025532D" w14:textId="77777777" w:rsidR="00E94D2A" w:rsidRDefault="00E94D2A" w:rsidP="00E94D2A">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DF6588B" w14:textId="77777777" w:rsidR="00E94D2A" w:rsidRDefault="00E94D2A" w:rsidP="00E94D2A">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68A05F76" w14:textId="77777777" w:rsidR="00E94D2A" w:rsidRDefault="00E94D2A" w:rsidP="00E94D2A">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BE9C9EB" w14:textId="77777777" w:rsidR="00E94D2A" w:rsidRDefault="00E94D2A" w:rsidP="00E94D2A">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E096B58" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00262E50">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="49" w:firstLine="709"/>
-[...17 lines deleted...]
-    <w:p w14:paraId="6B1F4B69" w14:textId="77777777" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+        <w:ind w:right="49" w:firstLine="4253"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Marijampolės „Ryto“ prog</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>imnazijos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A67F35F" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00262E50">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="49" w:firstLine="709"/>
-[...17 lines deleted...]
-    <w:p w14:paraId="63AE13B7" w14:textId="4361DAB2" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00AB0E7F">
+        <w:ind w:right="49" w:firstLine="4253"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokinių ugdymo ne pro</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gimnazijos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aplinkoje </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60F06CA2" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00262E50">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="49" w:firstLine="709"/>
-[...35 lines deleted...]
-    <w:p w14:paraId="31148ED9" w14:textId="2B5D847F" w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidRDefault="00967D8E" w:rsidP="00B91998">
+        <w:ind w:right="49" w:firstLine="4253"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>organizav</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>imo tvarkos aprašo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02847CFD" w14:textId="4C884559" w:rsidR="00262E50" w:rsidRPr="00312914" w:rsidRDefault="00262E50" w:rsidP="00262E50">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="49" w:firstLine="4253"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312914">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> priedas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="636BA967" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E25F61B" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61A9E6D5" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00262E50">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="51" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27E2654C" w14:textId="783F3749" w:rsidR="00E94D2A" w:rsidRDefault="00262E50" w:rsidP="00AB5348">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>............KLASĖS MOKINIŲ, VYKSTANČIŲ Į IŠVYKĄ.............................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F224519" w14:textId="3D600C92" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00AB5348">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>...................................................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5830C59F" w14:textId="50E5EA8A" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00AB5348">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                          (išvykos pavadinimas)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BFB23EB" w14:textId="71375C3E" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00AB5348">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                      SĄRAŠAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A1BE043" w14:textId="20DC7C0E" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00262E50">
       <w:pPr>
         <w:ind w:right="49"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B91998">
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Lentelstinklelis"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="846"/>
+        <w:gridCol w:w="9116"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00262E50" w14:paraId="7094130C" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48C67C4E" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00AB5348" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Eil.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="312D826B" w14:textId="7E8C9C86" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Nr.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9116" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39F113DF" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00262E50" w14:paraId="645993B0" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BABA6AC" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9116" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0326034F" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00262E50" w14:paraId="77B99D46" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B83A44D" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9116" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6442F4E3" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00262E50" w14:paraId="4C3A3FDC" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26D38D74" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9116" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CE65AE8" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00262E50" w14:paraId="13C60835" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71B0C2FF" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9116" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="253595F1" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00262E50" w14:paraId="7E2229C1" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F35A1F0" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9116" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37922F02" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00262E50" w14:paraId="10716899" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FA8BCA2" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9116" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="075985DF" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00262E50" w14:paraId="58183E63" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69C66BFA" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9116" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C295113" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00262E50" w14:paraId="3DF86D3E" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="351E38CD" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9116" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6375EC55" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00262E50" w14:paraId="69D5810C" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E83C0BB" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9116" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F85C4A4" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00262E50" w14:paraId="4BDEA318" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EC48F69" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9116" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15BE981F" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00262E50" w14:paraId="026978F9" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3723B4A6" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9116" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FD6117A" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00262E50" w14:paraId="717C216F" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2352A17B" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9116" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3409A7EE" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00262E50" w14:paraId="48E23A76" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="421BA692" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9116" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39D203A2" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00262E50" w14:paraId="2B053190" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29E9AE30" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9116" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04CC41CE" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00262E50" w14:paraId="5C1F0E3F" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="014B1DDC" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9116" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39C52B68" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00262E50" w14:paraId="3ED974F7" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E72678C" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9116" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75FB2578" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00262E50" w14:paraId="110DE1B0" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3768F1AF" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9116" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="500CAB21" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00262E50" w14:paraId="75463900" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C97E877" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9116" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ABDFAAA" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00262E50" w14:paraId="6D3E83F9" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2205AEC3" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9116" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F0E28C2" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00262E50" w14:paraId="1F58236F" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1259DE12" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9116" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CA920B3" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00262E50" w14:paraId="1214EBCF" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="135419D7" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9116" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C700FA5" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00262E50" w14:paraId="7169D482" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47A726E3" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9116" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="728B9F43" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00262E50" w14:paraId="561FDA0B" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="040A7325" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9116" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FF005EB" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00262E50" w14:paraId="008AB08F" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EFCB163" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9116" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F2DF130" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00262E50" w14:paraId="22F43A26" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63A40390" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9116" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26298C33" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00262E50" w14:paraId="44D7B83F" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E67916F" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9116" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="364309B2" w14:textId="77777777" w:rsidR="00262E50" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+            <w:pPr>
+              <w:ind w:right="49"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="786ED932" w14:textId="77777777" w:rsidR="00262E50" w:rsidRPr="00312914" w:rsidRDefault="00262E50" w:rsidP="00E94D2A">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>____________________</w:t>
-[...2 lines deleted...]
-    <w:sectPr w:rsidR="00967D8E" w:rsidRPr="00B91998" w:rsidSect="00B91998">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E2169E1" w14:textId="6B8D35EC" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>MOKINIŲ, VYKSTANČIŲ Į IŠVYKĄ.....................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22E7C21E" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>...................................................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="300EC986" w14:textId="0183CF06" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (išvykos pavadinimas)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4255DE3D" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                      SĄRAŠAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6490410A" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Lentelstinklelis"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1129"/>
+        <w:gridCol w:w="5512"/>
+        <w:gridCol w:w="3321"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AB5348" w14:paraId="134C74AA" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1129" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DAAA86D" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Eil.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="278A4BCE" w14:textId="60EE221A" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Nr.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5512" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F8AD98D" w14:textId="2318D4F2" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Vardas, pavardė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CC8ED83" w14:textId="50F7B064" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Klasė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB5348" w14:paraId="4BEFE9EB" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1129" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77244877" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5512" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45FCEB9A" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12E73BDB" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB5348" w14:paraId="0938963C" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1129" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DEDC066" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5512" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34FAF5B4" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AB0BC68" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB5348" w14:paraId="3AFEA761" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1129" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AE834F7" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5512" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1944D847" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0129C888" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB5348" w14:paraId="7F4F47B9" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1129" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="566800E4" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5512" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EF70929" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16275E09" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB5348" w14:paraId="293FF8E2" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1129" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F7F76DA" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5512" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77FF395F" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1548E9D9" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB5348" w14:paraId="40185CFC" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1129" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="163BC1C8" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5512" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D85DAAB" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="632290C2" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB5348" w14:paraId="48F107C9" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1129" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01B408B7" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5512" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72BF0DCC" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26814998" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB5348" w14:paraId="6F1088DE" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1129" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61C4935E" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5512" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D5665D3" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="068D1FFB" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB5348" w14:paraId="3BF98951" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1129" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="685F9EB0" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5512" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3757B176" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A3FC872" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB5348" w14:paraId="52BA5700" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1129" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F15C256" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5512" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30CD5C3F" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5158B23B" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB5348" w14:paraId="472208D0" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1129" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51A88579" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5512" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49155111" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51D3D869" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB5348" w14:paraId="7AE8110B" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1129" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FB8F723" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5512" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75EE0946" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47E6C388" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB5348" w14:paraId="1901EB03" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1129" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33E2CEA1" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5512" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F1DC53E" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54248B54" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB5348" w14:paraId="72A86975" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1129" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79A18F3A" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5512" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4600ACAA" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22ECD4B2" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB5348" w14:paraId="377AB12E" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1129" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41E2A191" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5512" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E5D1F74" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="458C6E92" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB5348" w14:paraId="07CF7ABD" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1129" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78EBF8E4" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5512" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FB8321A" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2866B8E2" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB5348" w14:paraId="3E84B407" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1129" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DA466D3" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5512" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67096F09" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FF5A9EC" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB5348" w14:paraId="441E9A35" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1129" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03FB3C99" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5512" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58507B11" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="228E31F0" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB5348" w14:paraId="293D3BAC" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1129" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="650EAACF" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5512" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EBBB2F1" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01CCCF66" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB5348" w14:paraId="4EA11AF0" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1129" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D26F122" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5512" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49FD5FF2" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1856A267" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB5348" w14:paraId="009443A0" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1129" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15935B02" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5512" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51170BD4" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C2DB561" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB5348" w14:paraId="0883C997" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1129" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52F30E7E" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5512" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="517FC88C" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E3D80D2" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB5348" w14:paraId="167E3A94" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1129" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42D95C67" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5512" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27BABE40" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42216721" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB5348" w14:paraId="35586E3A" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1129" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0399EE3A" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5512" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4354CBDC" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="271D97E2" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB5348" w14:paraId="0F8701A6" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1129" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C897898" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5512" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60E42AAB" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C45DEF4" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB5348" w14:paraId="59B3AD0E" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1129" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4956E9F6" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5512" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="265A6619" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="750B9DDA" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB5348" w14:paraId="73197E02" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1129" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D02CB79" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5512" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F44D58B" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EC1279D" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB5348" w14:paraId="6F816732" w14:textId="77777777" w:rsidTr="00AB5348">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1129" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="340419F9" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5512" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C653A0E" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7270E155" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="07F5ED2A" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="733BABB7" w14:textId="77777777" w:rsidR="00AB5348" w:rsidRDefault="00AB5348" w:rsidP="00AB5348">
+      <w:pPr>
+        <w:ind w:right="49"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31148ED9" w14:textId="2E6B72F9" w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidRDefault="00AB5348" w:rsidP="00AB0E7F">
+      <w:pPr>
+        <w:ind w:right="49" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6B2680D0" wp14:editId="7B5FBC18">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>695325</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>61595</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="4602480" cy="22860"/>
+                <wp:effectExtent l="0" t="0" r="26670" b="34290"/>
+                <wp:wrapNone/>
+                <wp:docPr id="298132833" name="Tiesioji jungtis 2"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm flipV="1">
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="4602480" cy="22860"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:line w14:anchorId="074A4A9D" id="Tiesioji jungtis 2" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="54.75pt,4.85pt" to="417.15pt,6.65pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC3UTtMpgEAAJYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8lu2zAQvRfoPxC815KFwDAEyzkkaC5B&#10;GnS7M9TQIsINJGPJf9/hyFaKLkBR5EJwmfdm3pvh7nqyhh0hJu1dx9ermjNw0vfaHTr+7evHD1vO&#10;UhauF8Y76PgJEr/ev3+3G0MLjR+86SEyJHGpHUPHh5xDW1VJDmBFWvkADh+Vj1ZkPMZD1UcxIrs1&#10;VVPXm2r0sQ/RS0gJb2/nR74nfqVA5k9KJcjMdBxry7RGWp/KWu13oj1EEQYtz2WI/6jCCu0w6UJ1&#10;K7JgL1H/RmW1jD55lVfS28orpSWQBlSzrn9R82UQAUgLmpPCYlN6O1r5cLxxjxFtGENqU3iMRcWk&#10;omXK6PAde0q6sFI2kW2nxTaYMpN4ebWpm6stuivxrWm2G7K1mmkKXYgp34G3rGw6brQrqkQrjvcp&#10;Y2oMvYTg4bUQ2uWTgRJs3GdQTPeYcC6JZgRuTGRHgd3tn9elm8hFkQWitDELqKaUfwWdYwsMaG7+&#10;FbhEU0bv8gK02vn4p6x5upSq5viL6llrkf3k+xO1hezA5pOy86CW6fr5TPDX77T/AQAA//8DAFBL&#10;AwQUAAYACAAAACEANM1rdtsAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy27CMBBF95X6D9ZU&#10;6q7YNA2PEAdRJNR1oRt2TjwkEfE4jQ2Ev+901S6vztWdM/l6dJ244hBaTxqmEwUCqfK2pVrD12H3&#10;sgARoiFrOk+o4Y4B1sXjQ24y62/0idd9rAWPUMiMhibGPpMyVA06Eya+R2J28oMzkeNQSzuYG4+7&#10;Tr4qNZPOtMQXGtPjtsHqvL84DYcPp8Yytluk77naHN/TGR1TrZ+fxs0KRMQx/pXhV5/VoWCn0l/I&#10;BtFxVsuUqxqWcxDMF8lbAqJkkCQgi1z+f6D4AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;ALdRO0ymAQAAlgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhADTNa3bbAAAACAEAAA8AAAAAAAAAAAAAAAAAAAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAAIBQAAAAA=&#10;" strokecolor="black [3200]" strokeweight=".5pt">
+                <v:stroke joinstyle="miter"/>
+              </v:line>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00967D8E" w:rsidRPr="00312914" w:rsidSect="00606DE1">
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1418" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
+      <w:pgMar w:top="1701" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4FB43318" w14:textId="77777777" w:rsidR="00DF0150" w:rsidRDefault="00DF0150" w:rsidP="00CC1F97">
+    <w:p w14:paraId="60091D31" w14:textId="77777777" w:rsidR="00E1405E" w:rsidRDefault="00E1405E" w:rsidP="00CC1F97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0ABAC52E" w14:textId="77777777" w:rsidR="00DF0150" w:rsidRDefault="00DF0150" w:rsidP="00CC1F97">
+    <w:p w14:paraId="3A345EFE" w14:textId="77777777" w:rsidR="00E1405E" w:rsidRDefault="00E1405E" w:rsidP="00CC1F97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Malgun Gothic">
     <w:panose1 w:val="020B0503020000020004"/>
     <w:charset w:val="81"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman,Bold">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="EE"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000005" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000002" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana-Bold">
     <w:altName w:val="Verdana"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="EE"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000005" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000002" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0CBBA406" w14:textId="77777777" w:rsidR="00DF0150" w:rsidRDefault="00DF0150" w:rsidP="00CC1F97">
+    <w:p w14:paraId="19B7478D" w14:textId="77777777" w:rsidR="00E1405E" w:rsidRDefault="00E1405E" w:rsidP="00CC1F97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="55B61467" w14:textId="77777777" w:rsidR="00DF0150" w:rsidRDefault="00DF0150" w:rsidP="00CC1F97">
+    <w:p w14:paraId="7962F7D8" w14:textId="77777777" w:rsidR="00E1405E" w:rsidRDefault="00E1405E" w:rsidP="00CC1F97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E1476D"/>
     <w:rsid w:val="00002738"/>
     <w:rsid w:val="00013000"/>
     <w:rsid w:val="0002447E"/>
     <w:rsid w:val="0002587A"/>
     <w:rsid w:val="00090D68"/>
     <w:rsid w:val="000B2AA3"/>
     <w:rsid w:val="000B39EF"/>
     <w:rsid w:val="000B45C2"/>
     <w:rsid w:val="000D2953"/>
     <w:rsid w:val="000F3A40"/>
     <w:rsid w:val="0010282C"/>
     <w:rsid w:val="0012481C"/>
     <w:rsid w:val="001270DC"/>
     <w:rsid w:val="001326DD"/>
     <w:rsid w:val="00166A8B"/>
     <w:rsid w:val="00184C35"/>
     <w:rsid w:val="002047F7"/>
     <w:rsid w:val="002059BE"/>
     <w:rsid w:val="00226E5C"/>
     <w:rsid w:val="00246503"/>
     <w:rsid w:val="00262B4A"/>
+    <w:rsid w:val="00262E50"/>
     <w:rsid w:val="00280DB8"/>
     <w:rsid w:val="0028327D"/>
     <w:rsid w:val="00286BE9"/>
     <w:rsid w:val="002D0D87"/>
     <w:rsid w:val="002D7A08"/>
     <w:rsid w:val="002E4073"/>
     <w:rsid w:val="002F0D18"/>
     <w:rsid w:val="00312914"/>
     <w:rsid w:val="00326E5B"/>
     <w:rsid w:val="00366FA2"/>
     <w:rsid w:val="003831AB"/>
+    <w:rsid w:val="003B3B94"/>
+    <w:rsid w:val="003B659F"/>
     <w:rsid w:val="004407C7"/>
     <w:rsid w:val="0044146F"/>
     <w:rsid w:val="0044402E"/>
     <w:rsid w:val="00493B25"/>
     <w:rsid w:val="004B0C83"/>
     <w:rsid w:val="005232D7"/>
     <w:rsid w:val="005252B4"/>
     <w:rsid w:val="0055231A"/>
     <w:rsid w:val="005B004F"/>
     <w:rsid w:val="00606DE1"/>
     <w:rsid w:val="0061081C"/>
     <w:rsid w:val="0061189D"/>
     <w:rsid w:val="00632B3E"/>
     <w:rsid w:val="00640F7C"/>
     <w:rsid w:val="006611F0"/>
     <w:rsid w:val="0068491C"/>
     <w:rsid w:val="006A040E"/>
     <w:rsid w:val="006A66C4"/>
     <w:rsid w:val="006C30A8"/>
     <w:rsid w:val="0070605C"/>
     <w:rsid w:val="007155ED"/>
     <w:rsid w:val="0073232D"/>
     <w:rsid w:val="00732359"/>
-    <w:rsid w:val="00765EE1"/>
     <w:rsid w:val="007E7A5F"/>
+    <w:rsid w:val="00814609"/>
     <w:rsid w:val="00825209"/>
-    <w:rsid w:val="00884227"/>
     <w:rsid w:val="00886222"/>
     <w:rsid w:val="008B4BC8"/>
     <w:rsid w:val="0091170E"/>
     <w:rsid w:val="0092771F"/>
     <w:rsid w:val="00953AE8"/>
     <w:rsid w:val="00967D8E"/>
     <w:rsid w:val="009A75B9"/>
     <w:rsid w:val="009B37C4"/>
     <w:rsid w:val="009C44D0"/>
     <w:rsid w:val="009C4D4B"/>
+    <w:rsid w:val="009E0B0E"/>
     <w:rsid w:val="00A04A3D"/>
     <w:rsid w:val="00A064A3"/>
+    <w:rsid w:val="00A3594C"/>
     <w:rsid w:val="00A40C6A"/>
     <w:rsid w:val="00A509AF"/>
     <w:rsid w:val="00AA5685"/>
     <w:rsid w:val="00AA5A93"/>
     <w:rsid w:val="00AB0E7F"/>
     <w:rsid w:val="00AB459B"/>
+    <w:rsid w:val="00AB5348"/>
     <w:rsid w:val="00AC6309"/>
     <w:rsid w:val="00AD14C3"/>
     <w:rsid w:val="00AD4DE9"/>
     <w:rsid w:val="00B1768B"/>
     <w:rsid w:val="00B61CF4"/>
     <w:rsid w:val="00B77E45"/>
-    <w:rsid w:val="00B91998"/>
     <w:rsid w:val="00BA28A9"/>
     <w:rsid w:val="00BA5748"/>
     <w:rsid w:val="00BC4611"/>
+    <w:rsid w:val="00BD1D7A"/>
     <w:rsid w:val="00BE0B02"/>
     <w:rsid w:val="00BF6B8B"/>
     <w:rsid w:val="00C22164"/>
     <w:rsid w:val="00C36331"/>
     <w:rsid w:val="00CB2F6E"/>
     <w:rsid w:val="00CB549C"/>
+    <w:rsid w:val="00CB6B28"/>
     <w:rsid w:val="00CC16BA"/>
     <w:rsid w:val="00CC1F97"/>
     <w:rsid w:val="00CC5211"/>
     <w:rsid w:val="00CC5C8E"/>
     <w:rsid w:val="00CD62D6"/>
     <w:rsid w:val="00CE138D"/>
     <w:rsid w:val="00D23984"/>
     <w:rsid w:val="00D65515"/>
     <w:rsid w:val="00D77C37"/>
     <w:rsid w:val="00D956B8"/>
     <w:rsid w:val="00DD0FBA"/>
-    <w:rsid w:val="00DF0150"/>
+    <w:rsid w:val="00E1405E"/>
     <w:rsid w:val="00E1476D"/>
     <w:rsid w:val="00E30775"/>
     <w:rsid w:val="00E3653A"/>
     <w:rsid w:val="00E61894"/>
+    <w:rsid w:val="00E94D2A"/>
     <w:rsid w:val="00EF0B28"/>
     <w:rsid w:val="00F270E5"/>
-    <w:rsid w:val="00F47AD6"/>
-    <w:rsid w:val="00F74D9F"/>
     <w:rsid w:val="00F759E2"/>
     <w:rsid w:val="00FD130A"/>
     <w:rsid w:val="00FF2C1A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -16934,71 +19792,71 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{997AC267-4845-47D5-8413-DF2A98CDCBDF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>15</Pages>
-[...1 lines deleted...]
-  <Characters>24899</Characters>
+  <Pages>18</Pages>
+  <Words>19214</Words>
+  <Characters>10952</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>207</Lines>
-  <Paragraphs>58</Paragraphs>
+  <Lines>91</Lines>
+  <Paragraphs>60</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>29209</CharactersWithSpaces>
+  <CharactersWithSpaces>30106</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Rima Baronienė</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>